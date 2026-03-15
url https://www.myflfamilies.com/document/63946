--- v0 (2025-10-13)
+++ v1 (2026-03-15)
@@ -19,221 +19,289 @@
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vandyke-misty\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\11_ME Planning\Block Grant\Template 2\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9664D2C1-5182-4F79-843A-BBE601227A45}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{05F09F77-F9F8-45E5-A81C-F4ABBEC32576}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16776" tabRatio="819" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="819" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="1" r:id="rId1"/>
     <sheet name="Definitions" sheetId="25" r:id="rId2"/>
     <sheet name="Feedback" sheetId="26" r:id="rId3"/>
     <sheet name="Table 5a" sheetId="4" r:id="rId4"/>
     <sheet name="Table 6" sheetId="6" r:id="rId5"/>
     <sheet name="Table 7" sheetId="7" r:id="rId6"/>
     <sheet name="Table 9" sheetId="8" r:id="rId7"/>
     <sheet name="Table 10" sheetId="9" r:id="rId8"/>
     <sheet name="Table 11" sheetId="11" r:id="rId9"/>
     <sheet name="Table 12" sheetId="19" r:id="rId10"/>
     <sheet name="Table 13" sheetId="20" r:id="rId11"/>
     <sheet name="Table 31" sheetId="13" r:id="rId12"/>
     <sheet name="Table 32" sheetId="14" r:id="rId13"/>
     <sheet name="Table 34" sheetId="15" r:id="rId14"/>
     <sheet name="Table 35" sheetId="27" r:id="rId15"/>
     <sheet name="MHBG CSC-FEP" sheetId="23" r:id="rId16"/>
     <sheet name="SpecialPopulationsWaitlist" sheetId="21" r:id="rId17"/>
     <sheet name="PPW Contacts" sheetId="29" r:id="rId18"/>
   </sheets>
   <definedNames>
     <definedName name="Alternatives">Definitions!$A$5</definedName>
     <definedName name="CommuneBased">Definitions!$A$7</definedName>
     <definedName name="CSAP_Strategies">Definitions!$A$2:$A$9</definedName>
     <definedName name="CSAPOther">Definitions!$A$9</definedName>
     <definedName name="CSC_ESMI">Instructions!$A$319:$A$341</definedName>
-    <definedName name="Detoxification">Definitions!$A$34</definedName>
+    <definedName name="Detoxification">Definitions!$A$39</definedName>
     <definedName name="Education">Definitions!$A$4</definedName>
     <definedName name="Enviro">Definitions!$A$8</definedName>
     <definedName name="Feedback">Feedback!$A$1:$A$4</definedName>
-    <definedName name="Free_standing_Residential">Definitions!$A$26</definedName>
-[...1 lines deleted...]
-    <definedName name="Hospital_Inpatient">Definitions!$A$25</definedName>
+    <definedName name="Free_standing_Residential">Definitions!$A$31</definedName>
+    <definedName name="HospInpatient">Definitions!$A$33</definedName>
+    <definedName name="Hospital_Inpatient">Definitions!$A$30</definedName>
     <definedName name="Indicated">Definitions!$A$12</definedName>
     <definedName name="InfoDiss">Definitions!$A$3</definedName>
     <definedName name="Information_Systems">Definitions!$A$17</definedName>
     <definedName name="Infrastructure_Support">Definitions!$A$18</definedName>
-    <definedName name="Intensive_Outpatient">Definitions!$A$33</definedName>
+    <definedName name="Intensive_Outpatient">Definitions!$A$38</definedName>
     <definedName name="IOM_Categories">Definitions!$A$10:$A$15</definedName>
-    <definedName name="Levels_of_Care">Definitions!$A$23:$A$37</definedName>
-[...3 lines deleted...]
-    <definedName name="Outpatient">Definitions!$A$32</definedName>
+    <definedName name="Levels_of_Care">Definitions!$A$28:$A$42</definedName>
+    <definedName name="Long_Term__over_30_days">Definitions!$A$35</definedName>
+    <definedName name="Opioid_Replacement_Therapy">Definitions!$A$42</definedName>
+    <definedName name="ORT_Detoxification">Definitions!$A$41</definedName>
+    <definedName name="Outpatient">Definitions!$A$37</definedName>
     <definedName name="Partnerships__Community_Outreach__and_Needs_Assessment">Definitions!$A$19</definedName>
     <definedName name="Planning_Council_Activities">Definitions!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="14">'Table 35'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'Table 7'!$A$1:$I$86</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="11">'Table 31'!$10:$11</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="5">'Table 7'!$10:$14</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="6">'Table 9'!$9:$9</definedName>
     <definedName name="ProbIdent">Definitions!$A$6</definedName>
     <definedName name="Quality_Assurance_and_Improvement">Definitions!$A$20</definedName>
     <definedName name="Research_and_Evaluation">Definitions!$A$21</definedName>
     <definedName name="Resource_Development_Categories">Definitions!$A$16:$A$22</definedName>
     <definedName name="Selective">Definitions!$A$11</definedName>
-    <definedName name="Short_Term__up_to_30_days">Definitions!$A$29</definedName>
+    <definedName name="Short_Term__up_to_30_days">Definitions!$A$34</definedName>
     <definedName name="Table_10">Instructions!$A$104:$A$150</definedName>
     <definedName name="Table_11">Instructions!$A$151:$A$167</definedName>
     <definedName name="Table_12">Instructions!$A$168:$A$195</definedName>
     <definedName name="Table_13">Instructions!$A$196:$A$202</definedName>
     <definedName name="Table_31">Instructions!$A$203:$A$243</definedName>
     <definedName name="Table_32">Instructions!$A$244:$A$285</definedName>
     <definedName name="Table_34">Instructions!$A$286:$A$305</definedName>
     <definedName name="Table_35___Prevention_Performance_Measures">Instructions!$A$306:$A$314</definedName>
     <definedName name="Table_5a">Instructions!$A$59:$A$73</definedName>
-    <definedName name="Table_6">Instructions!$A$74:$A$85</definedName>
-    <definedName name="Table_7">Instructions!$A$86:$A$96</definedName>
+    <definedName name="Table_6">Instructions!$A$74:$A$84</definedName>
+    <definedName name="Table_7">Instructions!$A$85:$A$95</definedName>
     <definedName name="Table_9">Instructions!$A$99:$A$103</definedName>
     <definedName name="Training_and_Education">Definitions!$A$22</definedName>
     <definedName name="Universal">Definitions!$A$13</definedName>
     <definedName name="Universal_Direct">Definitions!$A$14</definedName>
     <definedName name="Universal_Indirect">Definitions!$A$15</definedName>
     <definedName name="Waitlist">Instructions!$A$342:$A$355</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I16" i="6" l="1"/>
-[...44 lines deleted...]
-  <c r="E16" i="7" l="1"/>
+  <c r="E14" i="4" l="1"/>
+  <c r="D50" i="4"/>
+  <c r="E50" i="4"/>
+  <c r="F50" i="4"/>
+  <c r="G50" i="4"/>
+  <c r="H50" i="4"/>
+  <c r="I50" i="4"/>
+  <c r="D44" i="4"/>
+  <c r="E44" i="4"/>
+  <c r="F44" i="4"/>
+  <c r="G44" i="4"/>
+  <c r="H44" i="4"/>
+  <c r="I44" i="4"/>
+  <c r="D38" i="4"/>
+  <c r="E38" i="4"/>
+  <c r="F38" i="4"/>
+  <c r="G38" i="4"/>
+  <c r="H38" i="4"/>
+  <c r="I38" i="4"/>
+  <c r="C20" i="6"/>
+  <c r="D20" i="6"/>
+  <c r="B20" i="6"/>
+  <c r="D32" i="4"/>
+  <c r="E32" i="4"/>
+  <c r="F32" i="4"/>
+  <c r="G32" i="4"/>
+  <c r="H32" i="4"/>
+  <c r="I32" i="4"/>
+  <c r="C32" i="4"/>
+  <c r="D26" i="4"/>
+  <c r="E26" i="4"/>
+  <c r="F26" i="4"/>
+  <c r="G26" i="4"/>
+  <c r="H26" i="4"/>
+  <c r="I26" i="4"/>
+  <c r="C26" i="4"/>
+  <c r="D20" i="4"/>
+  <c r="E20" i="4"/>
+  <c r="F20" i="4"/>
+  <c r="G20" i="4"/>
+  <c r="H20" i="4"/>
+  <c r="I20" i="4"/>
+  <c r="C20" i="4"/>
+  <c r="D14" i="4"/>
+  <c r="F14" i="4"/>
+  <c r="G14" i="4"/>
+  <c r="H14" i="4"/>
+  <c r="I14" i="4"/>
+  <c r="C14" i="4"/>
+  <c r="C50" i="4"/>
+  <c r="C44" i="4"/>
+  <c r="C38" i="4"/>
+  <c r="E20" i="7"/>
+  <c r="E21" i="7"/>
   <c r="E22" i="7"/>
   <c r="E23" i="7"/>
   <c r="E24" i="7"/>
   <c r="E25" i="7"/>
   <c r="E26" i="7"/>
   <c r="E27" i="7"/>
   <c r="E28" i="7"/>
   <c r="E29" i="7"/>
   <c r="E30" i="7"/>
   <c r="E31" i="7"/>
   <c r="E32" i="7"/>
   <c r="E33" i="7"/>
   <c r="E34" i="7"/>
   <c r="E35" i="7"/>
   <c r="E36" i="7"/>
   <c r="E37" i="7"/>
   <c r="E38" i="7"/>
   <c r="E39" i="7"/>
   <c r="E40" i="7"/>
   <c r="E41" i="7"/>
   <c r="E42" i="7"/>
   <c r="E43" i="7"/>
-  <c r="M11" i="19" a="1"/>
+  <c r="E44" i="7"/>
+  <c r="E45" i="7"/>
+  <c r="E46" i="7"/>
+  <c r="E47" i="7"/>
+  <c r="E48" i="7"/>
+  <c r="E49" i="7"/>
+  <c r="E50" i="7"/>
+  <c r="E51" i="7"/>
+  <c r="E52" i="7"/>
+  <c r="E53" i="7"/>
+  <c r="E54" i="7"/>
+  <c r="E55" i="7"/>
+  <c r="E56" i="7"/>
+  <c r="E57" i="7"/>
+  <c r="E58" i="7"/>
+  <c r="E59" i="7"/>
+  <c r="E60" i="7"/>
+  <c r="E61" i="7"/>
+  <c r="E62" i="7"/>
+  <c r="E63" i="7"/>
+  <c r="E64" i="7"/>
+  <c r="E65" i="7"/>
+  <c r="E66" i="7"/>
+  <c r="E67" i="7"/>
+  <c r="E68" i="7"/>
+  <c r="E69" i="7"/>
+  <c r="E70" i="7"/>
+  <c r="E71" i="7"/>
+  <c r="E72" i="7"/>
+  <c r="E73" i="7"/>
+  <c r="E74" i="7"/>
+  <c r="E75" i="7"/>
+  <c r="E76" i="7"/>
+  <c r="E77" i="7"/>
+  <c r="E78" i="7"/>
+  <c r="E79" i="7"/>
+  <c r="E80" i="7"/>
+  <c r="E81" i="7"/>
+  <c r="E82" i="7"/>
+  <c r="E83" i="7"/>
+  <c r="E84" i="7"/>
+  <c r="E16" i="7"/>
+  <c r="E17" i="7"/>
+  <c r="E18" i="7"/>
+  <c r="E19" i="7"/>
+  <c r="E15" i="7"/>
+  <c r="I85" i="7"/>
+  <c r="J85" i="7"/>
+  <c r="H85" i="7"/>
+  <c r="G88" i="7" l="1"/>
+  <c r="F88" i="7"/>
+  <c r="L85" i="7"/>
+  <c r="L88" i="7" s="1"/>
+  <c r="K85" i="7"/>
+  <c r="K88" i="7" s="1"/>
+  <c r="G85" i="7"/>
+  <c r="F85" i="7"/>
+  <c r="E85" i="7"/>
+  <c r="C13" i="27" l="1"/>
+  <c r="B13" i="27"/>
+  <c r="M11" i="19" l="1" a="1"/>
   <c r="M11" i="19" s="1"/>
   <c r="M12" i="19" a="1"/>
   <c r="M12" i="19" s="1"/>
   <c r="M13" i="19" a="1"/>
   <c r="M13" i="19" s="1"/>
   <c r="M14" i="19" a="1"/>
   <c r="M14" i="19"/>
   <c r="M15" i="19" a="1"/>
   <c r="M15" i="19" s="1"/>
   <c r="M16" i="19" a="1"/>
   <c r="M16" i="19" s="1"/>
   <c r="M17" i="19" a="1"/>
   <c r="M17" i="19" s="1"/>
   <c r="M18" i="19" a="1"/>
   <c r="M18" i="19" s="1"/>
   <c r="M19" i="19" a="1"/>
   <c r="M19" i="19" s="1"/>
   <c r="M20" i="19" a="1"/>
   <c r="M20" i="19" s="1"/>
   <c r="M21" i="19" a="1"/>
   <c r="M21" i="19" s="1"/>
   <c r="M22" i="19" a="1"/>
   <c r="M22" i="19"/>
   <c r="M23" i="19" a="1"/>
   <c r="M23" i="19" s="1"/>
@@ -251,536 +319,281 @@
   <c r="E12" i="15"/>
   <c r="B14" i="15" a="1"/>
   <c r="B14" i="15" s="1"/>
   <c r="D14" i="15" a="1"/>
   <c r="D14" i="15" s="1"/>
   <c r="C13" i="15" a="1"/>
   <c r="C13" i="15" s="1"/>
   <c r="D13" i="15" a="1"/>
   <c r="D13" i="15" s="1"/>
   <c r="F13" i="15" a="1"/>
   <c r="F13" i="15" s="1"/>
   <c r="G13" i="15" a="1"/>
   <c r="G13" i="15" s="1"/>
   <c r="B13" i="15" a="1"/>
   <c r="B13" i="15" s="1"/>
   <c r="E10" i="15"/>
   <c r="G14" i="15" a="1"/>
   <c r="G14" i="15" s="1"/>
   <c r="F14" i="15" a="1"/>
   <c r="F14" i="15" s="1"/>
   <c r="C14" i="15" a="1"/>
   <c r="C14" i="15" s="1"/>
   <c r="E11" i="15"/>
   <c r="H11" i="15" s="1"/>
   <c r="E13" i="14"/>
-  <c r="J24" i="9" a="1"/>
-  <c r="J24" i="9" s="1"/>
   <c r="E12" i="13"/>
   <c r="E14" i="13"/>
   <c r="E13" i="13"/>
   <c r="E14" i="14"/>
   <c r="N69" i="23" a="1"/>
   <c r="N69" i="23" s="1"/>
   <c r="N50" i="23" a="1"/>
   <c r="N50" i="23" s="1"/>
   <c r="N31" i="23" a="1"/>
   <c r="N31" i="23" s="1"/>
   <c r="E13" i="15" l="1" a="1"/>
   <c r="E13" i="15" s="1"/>
   <c r="E14" i="15" a="1"/>
   <c r="E14" i="15" s="1"/>
-  <c r="J46" i="4" l="1"/>
-[...71 lines deleted...]
-  <c r="U14" i="11"/>
+  <c r="U14" i="11" l="1"/>
   <c r="U15" i="11"/>
   <c r="U16" i="11"/>
   <c r="U17" i="11"/>
   <c r="U18" i="11"/>
   <c r="U20" i="11"/>
   <c r="P20" i="11"/>
   <c r="V69" i="23"/>
   <c r="S65" i="23"/>
   <c r="Q65" i="23"/>
   <c r="N65" i="23"/>
   <c r="L65" i="23"/>
   <c r="J65" i="23"/>
   <c r="H65" i="23"/>
   <c r="F65" i="23"/>
   <c r="D65" i="23"/>
   <c r="B65" i="23"/>
   <c r="U64" i="23"/>
   <c r="P64" i="23"/>
   <c r="U63" i="23"/>
   <c r="P63" i="23"/>
   <c r="N59" i="23"/>
   <c r="N58" i="23"/>
   <c r="N57" i="23"/>
   <c r="N56" i="23"/>
   <c r="N55" i="23"/>
   <c r="N54" i="23"/>
   <c r="V50" i="23"/>
   <c r="V31" i="23"/>
   <c r="S46" i="23"/>
   <c r="Q46" i="23"/>
   <c r="N46" i="23"/>
   <c r="L46" i="23"/>
   <c r="J46" i="23"/>
   <c r="H46" i="23"/>
   <c r="F46" i="23"/>
   <c r="D46" i="23"/>
   <c r="B46" i="23"/>
   <c r="U45" i="23"/>
   <c r="P45" i="23"/>
   <c r="U44" i="23"/>
   <c r="P44" i="23"/>
   <c r="N40" i="23"/>
   <c r="N39" i="23"/>
   <c r="N38" i="23"/>
   <c r="N37" i="23"/>
   <c r="N36" i="23"/>
   <c r="N35" i="23"/>
   <c r="P26" i="23"/>
   <c r="P25" i="23"/>
-  <c r="M46" i="4" l="1"/>
-  <c r="P46" i="23"/>
+  <c r="P46" i="23" l="1"/>
   <c r="U46" i="23"/>
   <c r="U65" i="23"/>
   <c r="P65" i="23"/>
-  <c r="F46" i="4"/>
-[...102 lines deleted...]
-  <c r="D24" i="9" a="1"/>
+  <c r="D24" i="9" l="1" a="1"/>
   <c r="D24" i="9" s="1"/>
   <c r="D23" i="9" a="1"/>
   <c r="D23" i="9" s="1"/>
   <c r="D21" i="9" a="1"/>
   <c r="D21" i="9" s="1"/>
   <c r="D20" i="9" a="1"/>
   <c r="D20" i="9" s="1"/>
   <c r="D19" i="9" a="1"/>
   <c r="D19" i="9" s="1"/>
   <c r="D17" i="9" a="1"/>
   <c r="D17" i="9" s="1"/>
   <c r="D16" i="9" a="1"/>
   <c r="D16" i="9" s="1"/>
   <c r="D15" i="9" a="1"/>
   <c r="D15" i="9" s="1"/>
   <c r="D13" i="9" a="1"/>
   <c r="D13" i="9" s="1"/>
   <c r="D12" i="9" a="1"/>
   <c r="D12" i="9" s="1"/>
   <c r="E11" i="14"/>
   <c r="E12" i="14"/>
-  <c r="E73" i="7"/>
-[...4 lines deleted...]
-  <c r="E78" i="7"/>
   <c r="N11" i="23"/>
   <c r="N12" i="23"/>
   <c r="N10" i="23"/>
   <c r="N20" i="23"/>
   <c r="N21" i="23"/>
   <c r="N19" i="23"/>
   <c r="N17" i="23"/>
   <c r="N18" i="23"/>
   <c r="N16" i="23"/>
-  <c r="E15" i="7"/>
-[...6 lines deleted...]
-  <c r="P15" i="11"/>
+  <c r="P15" i="11" l="1"/>
   <c r="P16" i="11"/>
   <c r="P17" i="11"/>
   <c r="P18" i="11"/>
   <c r="P14" i="11"/>
   <c r="S27" i="23" l="1"/>
   <c r="Q27" i="23"/>
   <c r="N27" i="23"/>
   <c r="L27" i="23"/>
   <c r="J27" i="23"/>
   <c r="H27" i="23"/>
   <c r="F27" i="23"/>
   <c r="D27" i="23"/>
   <c r="B27" i="23"/>
   <c r="U26" i="23"/>
   <c r="U25" i="23"/>
   <c r="U27" i="23" l="1"/>
   <c r="P27" i="23"/>
   <c r="H10" i="15" l="1"/>
   <c r="H12" i="15"/>
   <c r="H13" i="15" s="1" a="1"/>
   <c r="H13" i="15" s="1"/>
   <c r="T19" i="11"/>
   <c r="S19" i="11"/>
   <c r="R19" i="11"/>
   <c r="Q19" i="11"/>
   <c r="O19" i="11"/>
   <c r="N19" i="11"/>
   <c r="M19" i="11"/>
   <c r="L19" i="11"/>
   <c r="K19" i="11"/>
   <c r="J19" i="11"/>
   <c r="I19" i="11"/>
   <c r="H19" i="11"/>
   <c r="G19" i="11"/>
   <c r="F19" i="11"/>
   <c r="E19" i="11"/>
   <c r="D19" i="11"/>
   <c r="C19" i="11"/>
   <c r="B19" i="11"/>
-  <c r="I85" i="7"/>
-[...50 lines deleted...]
-  <c r="D10" i="6"/>
   <c r="H14" i="15" l="1" a="1"/>
   <c r="H14" i="15" s="1"/>
   <c r="U19" i="11"/>
   <c r="P19" i="11"/>
   <c r="L22" i="11" s="1"/>
   <c r="N21" i="11" s="1" a="1"/>
   <c r="N21" i="11" s="1"/>
-  <c r="F88" i="7"/>
-[...4 lines deleted...]
-  <c r="G88" i="7"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1175" uniqueCount="564">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="996" uniqueCount="564">
   <si>
     <t>Activity</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>SAPT Block Grant</t>
-[...1 lines deleted...]
-  <si>
     <t>Selective</t>
   </si>
   <si>
     <t>Indicated</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>Unspecified</t>
   </si>
   <si>
     <t>Information Dissemination</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>Alternatives</t>
   </si>
   <si>
     <t>Problem Identification and Referral</t>
   </si>
   <si>
     <t>Community-Based Process</t>
   </si>
   <si>
     <t>Environmental</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Table 5a - Primary Prevention Expenditures Checklist</t>
   </si>
   <si>
     <t>Table 6 - Resource Development Expenditure Checklist</t>
   </si>
   <si>
     <t>Table 7 - Statewide Entity Inventory</t>
   </si>
   <si>
     <t>Provider/Program Name</t>
   </si>
   <si>
     <t xml:space="preserve">SAPT Block Grant </t>
   </si>
   <si>
-    <t>D. Primary Prevention</t>
-[...1 lines deleted...]
-  <si>
     <t>Strategies</t>
   </si>
   <si>
     <t>Clearinghouse/information resources centers</t>
   </si>
   <si>
     <t>Resource directories</t>
   </si>
   <si>
     <t>Media Campaigns</t>
   </si>
   <si>
     <t>Brochures</t>
   </si>
   <si>
     <t>Speaking engagements</t>
   </si>
   <si>
     <t>Health fairs and other health promotion, e.g., conferences, meetings, seminars</t>
   </si>
   <si>
     <t>Information lines/ Hot lines</t>
   </si>
   <si>
     <t>Parenting and family management</t>
@@ -887,80 +700,59 @@
   <si>
     <t>4. 45 - 64</t>
   </si>
   <si>
     <t>5. 65 and Older</t>
   </si>
   <si>
     <t>6. Total</t>
   </si>
   <si>
     <t>7. Pregnant Women</t>
   </si>
   <si>
     <t>Number of persons served who were admitted in a period prior to the 12 month reporting period:</t>
   </si>
   <si>
     <t>Number of persons served outside of the levels of care described on Table 10:</t>
   </si>
   <si>
     <t>Table 12 - HIV Designated States Early Intervention Services</t>
   </si>
   <si>
     <t>Table 31 - Prevention Performance Measures</t>
   </si>
   <si>
-    <t>0-4</t>
-[...10 lines deleted...]
-  <si>
     <t>18-20</t>
   </si>
   <si>
     <t>21-24</t>
   </si>
   <si>
-    <t>25-44</t>
-[...1 lines deleted...]
-  <si>
     <t>45-64</t>
   </si>
   <si>
-    <t>65 and over</t>
-[...4 lines deleted...]
-  <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>Gender Unknown</t>
   </si>
   <si>
     <t>Race</t>
   </si>
   <si>
     <t>White</t>
   </si>
   <si>
     <t>Black or African American</t>
   </si>
   <si>
     <t>Native Hawaiian/Other Pacific Islander</t>
   </si>
   <si>
     <t>Asian</t>
@@ -1241,117 +1033,90 @@
   <si>
     <t>kelly.gergen@myflfamilies.com</t>
   </si>
   <si>
     <t>Substance Abuse Prevention and Treatment Block Grant Tables</t>
   </si>
   <si>
     <t>If you have questions or need assistance, please contact one of the Substance Abuse and Mental Health Block Grant Coordinators.</t>
   </si>
   <si>
     <t>Table 5a – Primary Prevention Expenditures Checklist</t>
   </si>
   <si>
     <t>a.) State Fiscal Year (SFY): July 1 - June 30</t>
   </si>
   <si>
     <t>b.) Federal Fiscal Year (FFY): October 1 - September 30.</t>
   </si>
   <si>
     <t>c.) SFY Tables will generally reflect the most recent fiscal year.</t>
   </si>
   <si>
     <t>d.) FFY Tables will generally reflect a period two years in the past.</t>
   </si>
   <si>
-    <t>Table 6 – Resource Development Expenditure Checklist</t>
-[...4 lines deleted...]
-  <si>
     <t>Table 7 – Statewide Entity Inventory</t>
   </si>
   <si>
     <t>This table requires the state to enter actual expenditure amounts (not estimates).</t>
-  </si>
-[...1 lines deleted...]
-    <t>This table records information about the entities/providers funded to provide treatment “direct service” activities and/or primary prevention activities and/or HIV Early Intervention Services.</t>
   </si>
   <si>
     <t>Table 9 – Prevention Strategy Report</t>
   </si>
   <si>
     <t>Record the number of providers performing each of the activities listed. Providers are those entities that expended primary prevention set-aside funds. If a provider employs strategies that are not listed, please report these under “Other Strategies” and enter a description of the type of strategy/activity.</t>
   </si>
   <si>
     <t>Table 10 – Treatment Utilization Matrix</t>
   </si>
   <si>
     <t>Detoxification (24-hour care):</t>
   </si>
   <si>
     <t>Rehabilitation/Residential:</t>
   </si>
   <si>
     <t xml:space="preserve">Row 9: ORT Detoxification </t>
   </si>
   <si>
     <t>(A.) # of Admissions</t>
   </si>
   <si>
     <t>(B.) # of Persons Served</t>
   </si>
   <si>
     <t>Col. A ≥ Col. B</t>
   </si>
   <si>
     <t>VALIDATION 
 (Do not edit)</t>
   </si>
   <si>
     <t>In the second section of this table, report the numbers of persons served during this period that were admitted prior to this period but were not counted in the first section of this table. Also report the number of persons served during period outside of the levels of care listed on table 10, excluding those served by primary prevention services.</t>
   </si>
   <si>
-    <t>(C.) # of Admissions</t>
-[...16 lines deleted...]
-  <si>
     <t>Team  #1</t>
   </si>
   <si>
     <t>Team Name:</t>
   </si>
   <si>
     <t>Category Totals</t>
   </si>
   <si>
     <t>Table 7 itemizes the expenditures for each of the treatment and primary prevention activities themselves for each provider. It is a list of treatment providers and primary prevention providers.</t>
   </si>
   <si>
     <t># of Providers</t>
   </si>
   <si>
     <t>If a provider employs strategies that are not listed, please report these under “Other Strategies” and enter a description of the type of strategy/activity.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -1440,160 +1205,96 @@
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Supplemental COVID-19 SABG funds</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
   <si>
-    <r>
-[...1 lines deleted...]
-    </r>
+    <t>***Values in Col. A must be GREATER THAN OR EQUAL TO values in Col. B***</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
-        <u/>
-[...59 lines deleted...]
-        <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Column B:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Report the unduplicated number of persons served within the set of persons who were admitted during the 12-month period. Clients served during the State Expenditure Period are counted only once in each applicable level of care, even if they terminate and are readmitted during the 12-month time period. </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Include care purchased using SABG funds. </t>
     </r>
   </si>
   <si>
     <t>***Values in Col. C must be GREATER THAN OR EQUAL TO values in Col. D***</t>
   </si>
   <si>
     <t>***Values in Col. E must be GREATER THAN OR EQUAL TO values in Col. F***</t>
   </si>
   <si>
     <t xml:space="preserve">*Providers are those entities that expended primary prevention set-aside funds. </t>
   </si>
   <si>
     <t xml:space="preserve">11a SABG Unduplicated Count of Persons Served for Alcohol and Other Drug Use </t>
-  </si>
-[...1 lines deleted...]
-    <t>11c Supplemental ARP - Unduplicated Count of Persons Served for Alcohol and Other Drug Use</t>
   </si>
   <si>
     <t>Demographics of TOTAL SERVED by This Team within the Reporting Period</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Percentage of individuals served that experience improvements [(Row 2/Row 1)*100]
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">*Row 1 must be greater than or equal to Row 2 (Row 1 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
@@ -1975,1914 +1676,1631 @@
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Include care purchased using SABG funds.</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>Race &amp; Ethnicity Difference</t>
   </si>
   <si>
     <t xml:space="preserve">Please do not leave any cells blank. Use "0" or "N/A" if there aren't any data for a cell. </t>
   </si>
   <si>
+    <t xml:space="preserve">Totals should be equal across categories. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Answer the required  Charitable Choice questions for the reporting period. </t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Column C:</t>
-[...11 lines deleted...]
-</t>
+      <t>5b:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Identify the specific product</t>
+    </r>
+  </si>
+  <si>
+    <t>Total Race and Total Ethnicity should be close if not equal. If they are very different, please explain why.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">For Columns A through G (Race), report the </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Include care purchased using Supplemental COVID-19 funds.</t>
-[...24 lines deleted...]
-</t>
+      <t>unduplicated number</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> of persons served across sex and age categories. Do the same for Columns H and I (Ethnicity).</t>
+    </r>
+  </si>
+  <si>
+    <t>***Values in Col. 2 must be LESS THAN OR EQUAL TO values in Col. 3***</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This table requires us to provide a list of its SABG-funded entities and corresponding expenditures for authorized activities funded under the SABG awarded three years prior to the year the state is applying for funds. </t>
+  </si>
+  <si>
+    <t>Information Dissemination, Education, Alternatives, Problem Identification and Referral, Community-Based Process, Environmental</t>
+  </si>
+  <si>
+    <t>In addition, prevention strategies may be classified using the IOM Model of Universal, Selective and Indicated, which classifies preventive services by the population targeted. Definitions for these categories appear on the Definitions tab:</t>
+  </si>
+  <si>
+    <t>CSAP Strategies</t>
+  </si>
+  <si>
+    <t>IOM Categories</t>
+  </si>
+  <si>
+    <t>This strategy provides knowledge and increases awareness of the nature and extent of alcohol and other drug use, abuse, and addiction, as well as their effects on individuals, families, and communities. It also provides knowledge and increases awareness of available prevention and treatment programs and services. It is characterized by one-way communication from the source to the audience, with limited contact between the two.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This strategy builds skills through structured learning processes. Critical life and social skills include decision making, peer resistance, coping with stress, problem solving, interpersonal communication, and systematic and judgmental abilities. There is more interaction between facilitators and participants than in the information strategy. </t>
+  </si>
+  <si>
+    <t>This strategy provides participation in activities that exclude alcohol and other drugs. The purpose is to meet the needs filled by alcohol and other drugs with healthy activities, and to discourage the use of alcohol and drugs through these activities.</t>
+  </si>
+  <si>
+    <t>This strategy aims at identification of those who have indulged in illegal/age-inappropriate use of tobacco or alcohol and those individuals who have indulged in the first use of illicit drugs in order to assess if their behavior can be reversed through education. It should be noted however, that this strategy does not include any activity designed to determine if a person is in need of treatment.</t>
+  </si>
+  <si>
+    <t>This strategy provides ongoing networking activities and technical assistance to community groups or agencies. It encompasses neighborhood-based, grassroots empowerment models using action planning and collaborative systems planning.</t>
+  </si>
+  <si>
+    <t>This strategy establishes or changes written and unwritten community standards, codes, and attitudes, thereby influencing alcohol and other drug use by the general population.</t>
+  </si>
+  <si>
+    <t>The six primary prevention strategies have been designed to encompass nearly all of the prevention activities. However, in the unusual case an activity does not fit one of the six strategies it may be classified in the “Other” category.</t>
+  </si>
+  <si>
+    <t>Activities targeted to the general public or a whole population group that has not been identified on the basis of individual risk.</t>
+  </si>
+  <si>
+    <t>Activities targeted to individuals or a subgroup of the population whose risk of developing a disorder is significantly higher than average.</t>
+  </si>
+  <si>
+    <t>Activities targeted to individuals in high-risk environments, identified as having minimal but detectable signs or symptoms foreshadowing disorder or having biological markers indicating predisposition for disorder but not yet meeting diagnostic levels.</t>
+  </si>
+  <si>
+    <t>Universal, Selective, Indicated</t>
+  </si>
+  <si>
+    <t>DEFINITIONS</t>
+  </si>
+  <si>
+    <t>Table 6</t>
+  </si>
+  <si>
+    <t>Resource Development Categories</t>
+  </si>
+  <si>
+    <t>Research and Evaluation</t>
+  </si>
+  <si>
+    <t>Information Systems</t>
+  </si>
+  <si>
+    <t>The following categories are provided for resource development. See the Definitions tab for more information:</t>
+  </si>
+  <si>
+    <t>Table 5a; Table 9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This table captures the unduplicated count of persons with initial admissions and any subsequent admission(s) to an episode of care for each category (see Definitions tab). </t>
+  </si>
+  <si>
+    <t>Levels of Care</t>
+  </si>
+  <si>
+    <t>Table 10</t>
+  </si>
+  <si>
+    <t>Detoxification (24-hour care)</t>
+  </si>
+  <si>
+    <t>Hospital Inpatient</t>
+  </si>
+  <si>
+    <t>Free-standing Residential</t>
+  </si>
+  <si>
+    <t>Twenty-four hour/day medical acute care services for detoxification for persons with severe medical complications associated with withdrawal.</t>
+  </si>
+  <si>
+    <t>Twenty-four hour/day services in a non-hospital setting that provide for safe withdrawal and transition to ongoing treatment.</t>
+  </si>
+  <si>
+    <t>Short-Term (up to 30 days)</t>
+  </si>
+  <si>
+    <t>Long-Term (over 30 days)</t>
+  </si>
+  <si>
+    <t>Twenty-four hour/day medical care (other than detoxification) in a hospital facility in conjunction with treatment services for alcohol and other drug abuse and dependency.</t>
+  </si>
+  <si>
+    <t>Short-term residential, typically 30 days or less of non-acute care in a setting with treatment services for alcohol and other drug abuse and dependency.</t>
+  </si>
+  <si>
+    <t>Long-term residential, typically over 30 days of non-acute care in a setting with treatment services for alcohol and other drug abuse and dependency (may include transitional living arrangements such as halfway houses).</t>
+  </si>
+  <si>
+    <t>Ambulatory (outpatient)</t>
+  </si>
+  <si>
+    <t>Outpatient</t>
+  </si>
+  <si>
+    <t>Intensive Outpatient</t>
+  </si>
+  <si>
+    <t>Detoxification</t>
+  </si>
+  <si>
+    <t>Treatment/recovery/aftercare or rehabilitation services provided where the patient does not reside in a treatment facility. The patient receives drug abuse or alcoholism treatment services with or without medication, including counseling and supportive services. Day treatment is included in this category. This also is known as nonresidential services in the alcoholism field.</t>
+  </si>
+  <si>
+    <t>Services provided to a patient that last two or more hours per day for three or more days per week.</t>
+  </si>
+  <si>
+    <t>Outpatient treatment services rendered in less than 24 hours that provide for safe withdrawal in an ambulatory setting (pharmacological or non-pharmacological).</t>
+  </si>
+  <si>
+    <t>ORT Detoxification</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Row 1: Hospital Inpatient </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Row 2: Free-standing Residential </t>
+  </si>
+  <si>
+    <t>Row 3: Hospital Inpatient</t>
+  </si>
+  <si>
+    <t>Row 4: Short-term (up to 30 days)</t>
+  </si>
+  <si>
+    <t>Row 5: Long-term (over 30 days)</t>
+  </si>
+  <si>
+    <t>Row 6: Outpatient</t>
+  </si>
+  <si>
+    <t>Row 7: Intensive Outpatient</t>
+  </si>
+  <si>
+    <t>Row 8: Detoxification</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">This table provides an aggregate profile of the </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Include care purchased using Supplemental COVID-19 funds.</t>
-[...12 lines deleted...]
-  <si>
+      <t>unduplicated number</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> of persons admitted during the reporting period. Please provide this information on all programs by age, gender, race and ethnicity. </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Include all care purchased with public dollars, regardless of the source of funds.</t>
+    </r>
+  </si>
+  <si>
+    <t>Table 11a, 11b, 11c - Unduplicated Count of Persons Served</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Provide the unduplicated number of persons served using Supplemental COVID-19 funds in Table 11b. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Provide the unduplicated number of persons served using Supplemental ARP funds in Table 11c. </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Individual-based programs and strategies include practices and strategies with identifiable goals designed to change behavioral outcomes </t>
+    </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Column E:</t>
-[...12 lines deleted...]
-    </r>
+      <t>among a definable population</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> or within a definable geographic area</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> These programs and strategies are provided to individuals or group of individuals who do not require treatment for substance abuse who receive the services over a period of time in a planned sequence of activities that are intended to inform, educate, develop skills, alter risk behaviors, or deliver services (e.g., a parent education group that meets once a week for 6 weeks).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">This may be a duplicate count (e.g., an individual who participates in more than one individual-based program or strategy will be recorded multiple times). For example, a young person may receive a prevention curriculum in his/her health class and also participate in an after-school tutoring program. This individual would be reported twice. </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Individual counts should be unduplicated within a program, but can be duplicated between programs.</t>
+    </r>
+  </si>
+  <si>
+    <t>School and community-based curricula</t>
+  </si>
+  <si>
+    <t>School and community-based groups and organizations (e.g., SADD, Peer Helpers)</t>
+  </si>
+  <si>
+    <t>Alternative activities (e.g., after-school programs)</t>
+  </si>
+  <si>
+    <t>Enter the number of persons who were served by programs and strategies that were funded wholly or in part by SABG funds during the calendar year. Include the program and strategy even if the SABG funding constituted a minor part of the funding. For programs and strategies lasting longer than a year or that span calendar years, include the data for the reporting year only.</t>
+  </si>
+  <si>
+    <t>Enter total number of participants for each age group listed. If age is not known, enter the total in the Age Not Known subcategory.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Category A (Age): </t>
+  </si>
+  <si>
+    <t>Category B (Gender):</t>
+  </si>
+  <si>
+    <t>Enter total number of male and female participants in the applicable rows. If gender is not known, enter the total in the Gender Not Known subcategory.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Category C (Race): </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Participants who are more than one race should only be included in the total for the More Than One Race subcategory. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Enter total number of participants for each race listed in the applicable rows. The sum of participants across all racial categories should equal the number of participants served.  </t>
+  </si>
+  <si>
+    <t>If race is not known or is other than those listed, enter the total in the Race Not Known or Other subcategory.</t>
+  </si>
+  <si>
+    <t>Category D (Ethnicity):</t>
+  </si>
+  <si>
+    <t>Enter total number of Hispanic and Not Hispanic participants in the applicable rows. Enter total number of Ethnicity Unknown participants in the applicable row.</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Include care purchased using ARP funds.</t>
-[...24 lines deleted...]
-</t>
+      <t>A key indicator of individual-based programs and strategies is whether or not individual-level information is recorded for the participants (e.g., gender, race/ethnicity, age, etc.).</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> In most cases, participants in individual-based programs will complete pre- and post-test questionnaires.</t>
+    </r>
+  </si>
+  <si>
+    <t>Examples of individual-based strategies include (but are not limited to):</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Data reported for individual-based programs should be </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Include care purchased using ARP funds.</t>
-[...46 lines deleted...]
-      <t xml:space="preserve">For Columns A through G (Race), report the </t>
+      <t>based on actual counts - not on estimates</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> of people served.</t>
+    </r>
+  </si>
+  <si>
+    <t>Individual-Based Programs and Strategies; Number of Persons Served by Age, Gender, Race and Ethnicity</t>
+  </si>
+  <si>
+    <t>Table 32 – Population-Based Programs and Strategies Number of Persons Served by Age, Gender, Race, and Ethnicity</t>
+  </si>
+  <si>
+    <t>Ethnicity Unknown</t>
+  </si>
+  <si>
+    <t>More Than One Race</t>
+  </si>
+  <si>
+    <t>Race Not Known or Other</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Should be </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>unduplicated number</t>
-[...189 lines deleted...]
-    </r>
+      <t>actual counts - not on estimates -</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> of people served.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">10. Please provide the five-digit site number(s) from DOH HIV/AIDS Certificate of Registration to Conduct HIV Prevention Counseling, Testing and Linkage Services </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(XX-XXX)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>:</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Column 5a &amp; 5b:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Describe the type of HIV test(s) conducted with Block Grant funds.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>5a:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  Rapid, blood, or both</t>
+    </r>
+  </si>
+  <si>
+    <t>Population-based programs and strategies include planned and deliberate goal-oriented practices, procedures, processes, or activities that have identifiable outcomes achieved with a sequence of steps subject to monitoring and modification. Included within this definition are environmental strategies (which establish or change written and unwritten community standards, codes, laws, and attitudes, thereby influencing incidence and prevalence of substance abuse in the general population), one-time or single events (such as a health fair, a school assembly, or the distribution of material), and other activities intended to impact a broad population. The goal is to record the numbers of people impacted by the program or strategy.</t>
+  </si>
+  <si>
+    <t>Examples of how to record population-based programs and strategies include (but are not limited to):</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Brochure dissemination</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - number of people receiving the brochure</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Radio/TV talk show expert</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - number of people listening to or viewing the show</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Health fair</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - number of people attending the fair</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>School assembly</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - number of people attending the assembly</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Public service announcement (PSA)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - number of people listening to or viewing the PSA</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Coalition building</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - number of people in the coalition</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Developing community policies</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (e.g., restrictions on advertising) - number of people in the community</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Planning, managing, and coordinating efforts to effect positive community change</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - number of people involved in the planning effort</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Media campaign</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - number of people living in the "community" impacted by the media campaign</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Other environmental strategies, including media advocacy, keg registration, ID card enforcement, warning labels, server trainings</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> – (number of people impacted by the strategy)</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Category B (Gender):  </t>
+  </si>
+  <si>
+    <t>The following categories are to be reported:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Enter total number of participants for each race listed in the applicable rows. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Category D (Ethnicity): </t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>unduplicated number</t>
-[...171 lines deleted...]
-  <si>
+      <t>Data reported for population-based programs and strategies should be based on actual numbers (if known) or estimates of people served.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> This can be a duplicate count, meaning that an individual can be counted for participating in more than one program. For example, someone who attended a school assembly one day and a health fair the next would be counted for both programs. For programs and strategies that reach an identifiable population (e.g., an entire county, city, or State, or a targeted age range), it is permissible to use U.S. Census Bureau data (if available) to estimate the number of persons served.</t>
+    </r>
+  </si>
+  <si>
+    <t>U.S. Census Bureau data (if available) can be used to estimate the number of persons served for programs and strategies that reach an identifiable population (e.g., an entire county, city, or State, or a targeted age range).</t>
+  </si>
+  <si>
+    <t>Activities directly serve an identifiable group of participants but who have not been identified on the basis of individual risk (e.g., school curriculum, after- school program, parenting class). This also could include interventions involving interpersonal and ongoing/repeated contact (e.g., coalitions).</t>
+  </si>
+  <si>
+    <t>Activities support population-based programs and environmental strategies (e.g., establishing ATOD policies, modifying ATOD advertising practices, etc.). This also could include interventions involving programs and policies implemented by coalitions.</t>
+  </si>
+  <si>
+    <t>Table 34 - Number of Evidence-Based Programs and Strategies by Type of Intervention</t>
+  </si>
+  <si>
+    <t>1. Total SAPT Block Grant Dollars Spent on Evidence-Based Programs/Strategies</t>
+  </si>
+  <si>
+    <t>2. Number of Evidence-Based programs and Strategies Funded</t>
+  </si>
+  <si>
+    <t>3. Total number of Programs and Strategies Funded</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">VALIDATION (Do not edit) 
+# of EBPs </t>
+    </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>A key indicator of individual-based programs and strategies is whether or not individual-level information is recorded for the participants (e.g., gender, race/ethnicity, age, etc.).</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Data reported for individual-based programs should be </t>
+      <t>must be less than or equal</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> to total # of programs and strategies
+(Row 2 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>≤ Row 3)</t>
+    </r>
+  </si>
+  <si>
+    <t>4. Percent of Evidence-Based Programs and Strategies</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">2.) Number of </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">initial/baseline assessments completed during the reporting period </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>based on actual counts - not on estimates</t>
-[...32 lines deleted...]
-      <t xml:space="preserve">Should be </t>
+      <t>that showed improvement</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> in functioning or symptom severity according to the most recent subsequent assessment.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Enter the number of and amount spent for evidence-based programs and strategies that were </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>actual counts - not on estimates -</t>
-[...18 lines deleted...]
-    </r>
+      <t>funded wholly or in part by SABG funds during the calendar year.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Even if the SABG funding constituted only a minor part of the funding, include the program or strategy. For programs and strategies that last longer than a year or span multiple fiscal years, include the data for the reporting year only. </t>
+    </r>
+  </si>
+  <si>
+    <t>[10 providers X 3 EBPs X 3 implementations = 90 evidence-based programs and strategies]</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(XX-XXX)</t>
-[...10 lines deleted...]
-    </r>
+      <t>Row 1:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Enter the total SABG dollars spent for evidence-based programs/strategies for each IOM category.</t>
+    </r>
+  </si>
+  <si>
+    <t>Example: If 10 providers receiving block grant funds implemented 3 evidence-based programs and strategies (funded wholly or in part by SABG funds), and each program was implemented 3 times during the calendar year, you would report "90" as the number of evidence-based programs and strategies.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Example: If 10 providers receiving block grant funds implemented 5 programs and strategies (funded wholly or in part by SABG funds), and each program was implemented 3 times during the calendar year, you would report "150" as the total number of programs and strategies. </t>
+  </si>
+  <si>
+    <t>[10 providers X 5 programs and strategies X 3 implementations = 150 total programs and strategies]</t>
+  </si>
+  <si>
+    <t>***Values in Row 2 must be LESS THAN OR EQUAL TO values in Row 3***</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Column 5a &amp; 5b:</t>
-[...9 lines deleted...]
-      <t xml:space="preserve"> Describe the type of HIV test(s) conducted with Block Grant funds.</t>
+      <t>Row 2:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Report the number of evidence-based programs and strategies funded by SABG funds during the calendar year for each IOM category.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>5a:</t>
-[...260 lines deleted...]
-  <si>
+      <t>Row 3:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Report the total number of programs and strategies funded by SABG funds during the calendar year for each IOM category.</t>
+    </r>
+  </si>
+  <si>
+    <t>Universal Total</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">C. Universal
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
-        <color theme="1"/>
-[...41 lines deleted...]
-# of EBPs </t>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ONLY USE IF data aren't differentiated by direct/indirect*</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>IOM categories include A. Universal Direct, B. Universal Indirect, D. Selective, and E. Indicated.</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Only use Column C if the Universal data are not differentiated by direct and indirect.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Enter the total SABG dollars spent on evidence-based programs and strategies, the number of evidence-based programs funded by SABG dollars, and total number or programs and strategies funded by SABG dollars.  </t>
+  </si>
+  <si>
+    <t>Include programs and strategies funded wholly or in part by SABG during the reporting period.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">One of the current block grant performance indicators assesses the effectiveness of CSC services for FEP and Early Serious Mental Illness (ESMI). Specifically, we are aiming to increase the percent of individuals assisted by CSC Teams who experience improvements in functioning or symptom severity. </t>
+  </si>
+  <si>
+    <t>Mental Health Block Grant: Coordinated Specialty Care (CSC) for Early Serious Mental Illness (ESMI)/First Episode Psychosis (FEP)</t>
+  </si>
+  <si>
+    <t>a. The provider name and team name (if applicable);</t>
+  </si>
+  <si>
+    <t xml:space="preserve">b. Total expenditures during the reporting period; </t>
+  </si>
+  <si>
+    <t>c. Name, email address, and phone number of a contact at the provider;</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total Race and Total Ethnicity should be close if not equal. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">d. The total number of all individuals served by age (i.e., under 18, 18 and older), sex, race, and ethnicity. </t>
+  </si>
+  <si>
+    <t>Exclude individuals who completed an initial/baseline assessment but who never received a subsequent service or assessment.</t>
+  </si>
+  <si>
+    <t>***Values in Row 1 must be greater than or equal to values in Row 2***</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Repeat Step 2 for each team. </t>
+  </si>
+  <si>
+    <t>Special Population Waitlist</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Target:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> At least 80% of individuals served experienced improvements in function or symptom severity.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Row 1:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> The </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>total number of initial/baseline assessment completed during the reporting period</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>that also received a subsequent assessment during the reporting period</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Step 1:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Provide the name, email address, and phone number of a contact at the Managing Entity who can provide information on CSC Teams.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Step 2:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> For</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> each team</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, please report:</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">1.) Total number of </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">initial/baseline assessments completed during the reporting period </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>must be less than or equal</t>
-[...29 lines deleted...]
-      <t xml:space="preserve">2.) Number of </t>
+      <t>that</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">initial/baseline assessments completed during the reporting period </t>
+      <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>that showed improvement</t>
-[...14 lines deleted...]
-      <t xml:space="preserve">Enter the number of and amount spent for evidence-based programs and strategies that were </t>
+      <t>also received a subsequent assessment</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> during the reporting period. (Exclude individuals who completed an initial/baseline assessment but who never received any subsequent service or subsequent assessment.)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Row 2:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> The </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>total number of initial/baseline assessments completed during the reporting period</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">that showed improvement in functioning or symptom severity </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>in a subsequent assessment received during the reporting period</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Provide the requested CSC Team information, as well as the demographics of all individuals served and numbers related to baseline and subsequent assessments during the reporting period. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total Race should be close or equal to total Ethnicity. </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Complete a table for each CSC Team. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Please fill in all blanks for each team</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (use N/A or 0, if applicable).</t>
+    </r>
+  </si>
+  <si>
+    <t>Click for Instructions</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Consider: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Was individual-level information recorded for the participants? (e.g., gender, race/ethnicity, age, pre-/post-test, etc.)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Data reported for population-based programs and strategies should be based on </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>funded wholly or in part by SABG funds during the calendar year.</t>
-[...13 lines deleted...]
-    <t>[10 providers X 3 EBPs X 3 implementations = 90 evidence-based programs and strategies]</t>
+      <t>actual numbers (if known) OR estimates of people served</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">All figures provided in this tab should come only from providers that are part of the publicly-funded system of care overseen by the Managing Entities. If any of the requested information is not collected or available, please use "N/A" or "0", as appropriate. </t>
+  </si>
+  <si>
+    <t>Special populations for SABG are:</t>
+  </si>
+  <si>
+    <t>Special populations for MHBG are:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Other (specify here): </t>
+  </si>
+  <si>
+    <t>Other (specify here):</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOTE: If any of the requested information is not collected or available please indicate so with N/A or 0. </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Row 1:</t>
-[...87 lines deleted...]
-      <t>*</t>
+      <t>Column F:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Same as Column B, except </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">only include care purchased using </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
-        <color rgb="FFFF0000"/>
-[...9 lines deleted...]
-      <t>IOM categories include A. Universal Direct, B. Universal Indirect, D. Selective, and E. Indicated.</t>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Supplemental American Rescue Plan (ARP) Act SABG funds</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> Only use Column C if the Universal data are not differentiated by direct and indirect.</t>
-[...135 lines deleted...]
-      </rPr>
       <t>.</t>
     </r>
   </si>
   <si>
-    <r>
-[...421 lines deleted...]
-  <si>
     <t>Includes hospital detoxification, residential detoxification, or ambulatory detoxification AND methadone or buprenorphine.</t>
   </si>
   <si>
     <t>Managing Entity</t>
   </si>
   <si>
     <t>B. Substance Abuse Treatment Services</t>
-  </si>
-[...1 lines deleted...]
-    <t>E. HIV Early Intervention Services</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">VALIDATION
 (Do not edit)
 # of individuals tested (Col. 2) </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>must be less than or equal to</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
@@ -4129,53 +3547,50 @@
   <si>
     <t>(9.) ORT Detoxification</t>
   </si>
   <si>
     <t>The number of clients for who it was planned to use opioid replacement therapy during their course of treatment. Includes a combination of non-intensive outpatient services/settings with ORT.</t>
   </si>
   <si>
     <t>ORT Outpatient</t>
   </si>
   <si>
     <t>Click for Definitions</t>
   </si>
   <si>
     <t>***Please read carefully as some information has changed.***</t>
   </si>
   <si>
     <t>Row 10: ORT Outpatient</t>
   </si>
   <si>
     <t>Opioid Replacement Therapy (ORT):</t>
   </si>
   <si>
     <t>Ambulatory (Outpatient):</t>
   </si>
   <si>
-    <t>SABG OCAs: MS025, MS0PP</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">This table captures the unduplicated count of persons with initial admissions and any subsequent admission(s) to an episode of care for each category. </t>
   </si>
   <si>
     <t xml:space="preserve">3.) Critical information is provided above each table. This may include expenditure period, reporting period, OCAs, links to definitions, links to instructions, or other details. </t>
   </si>
   <si>
     <t>4.) Pay close attention to reporting periods for each table.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">6.) When submitting report data, please </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>do not leave a table blank or note that it has been previously submitted.</t>
     </r>
     <r>
       <rPr>
@@ -4281,825 +3696,1109 @@
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>must be greater than or equal to</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> # of Persons Served</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>In Table 11, each client initiating care at any level of service described in Table 10 during the reporting period is to be reported</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> according to age, sex, racial and ethnic categories. In addition, Table 11 documents the number of clients who were pregnant.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Total Race should be close, if not equal, to Total Ethnicity. </t>
+  </si>
+  <si>
+    <t>Each client initiating care at any level of service described in Table 10 during the reporting period is to be reported.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>SUPPLEMENTAL COVID-19</t>
-    </r>
+      <t>There are 3 tables to complete.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> These tables provide an aggregate profile of the unduplicated number of persons admitted during the reporting period. </t>
+    </r>
+  </si>
+  <si>
+    <t>Feedback</t>
+  </si>
+  <si>
+    <t>We are always looking for ways to make Template 2 more user friendly. Please include any suggestions you may have about the template below. Thank you for your time and feedback!</t>
+  </si>
+  <si>
+    <t>The state’s primary prevention program must include, but is not limited to, the six primary prevention strategies listed below. Expenditures within each of the six strategies should be directly associated with the cost of completing the activity or task. For example, information dissemination should include the cost of developing pamphlets, the time of participating staff or the cost of public service announcements, etc. If providers employ strategies not covered by these six categories defined on the Definitions tab, please report them under “Other” in Table 5a.</t>
+  </si>
+  <si>
+    <t>Parent education classes and workshops</t>
+  </si>
+  <si>
+    <t>This is the total number of SABG-funded strategies during the calendar year (i.e., all programs and strategies, including evidence-based programs and strategies).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.) Some cells have been locked to protect formulas and validation measures. Please do not attempt to override the settings. Contact a Block Grant Coordinator (see below) for assistance. </t>
+  </si>
+  <si>
+    <t>Table 35 - Prevention Performance Measures</t>
+  </si>
+  <si>
+    <t>IOM Category</t>
+  </si>
+  <si>
+    <t>Total SAPT Block Grant Dollars Spent on Evidence-Based Programs/Strategies</t>
+  </si>
+  <si>
+    <t>Total Number of Evidence-Based Programs/Strategies</t>
+  </si>
+  <si>
+    <t>This table captures the total number or evidence-based programs and total SAPT dollars spent on evidence-based programs/strategies by IOM category.</t>
+  </si>
+  <si>
+    <t>Table 5a; Table 34; Table 35</t>
+  </si>
+  <si>
+    <t>Report Due Date:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Enter the total number of evidence-based programs and the total SABG dollars spent on evidence-based programs/strategies for each IOM listed. </t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> 
-[...1 lines deleted...]
-# of Admissions </t>
+      <t>Column 2:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Report the total amount of SABG dollars spent on evidence-based programs/strategies during the reporting period for each IOM category.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">IOM categories include Universal Direct, Universal Indirect, Selective, and Indicated. </t>
+  </si>
+  <si>
+    <r>
+      <t>Column 1:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Report the total number of evidence-based programs/strategies during the reporting periodfor each IOM categegory.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>See Table 34 Instructions for examples.</t>
+  </si>
+  <si>
+    <t>2.) Tables 5a - 7 are expenditure tables. Tables 9 - 32 are service tables (Tables 34 and 35 and the table for MHBG CSC-FEP contain both).</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">5.) Please </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>do not attempt to edit orange cells</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> These cells have formulas or data validation measures that will not function if edited. The cells have been locked; however, just in case, please be extremely careful. Black cells should be left blank. </t>
+    </r>
+  </si>
+  <si>
+    <t>Click for Feedback Tab</t>
+  </si>
+  <si>
+    <t xml:space="preserve">We are striving to make Template 2 more user friendly and accessible. As the folks who actually complete this template, we want to hear from you! Click the link below or navigate to the Feedback tab to share your thoughts. </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Managing Entities that are able to report on both the strategy type and the population served (universal, selective or indicated) should do so.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> If expenditure information is only available by strategy type, please report these expenditures under "Unspecified" for the strategy.</t>
+    </r>
+  </si>
+  <si>
+    <t>Kim Brown</t>
+  </si>
+  <si>
+    <t>Kimberley.Brown@myflfamilies.com</t>
+  </si>
+  <si>
+    <t>Provider  #1</t>
+  </si>
+  <si>
+    <t>Provider Contact Information for PPW:</t>
+  </si>
+  <si>
+    <t>ME Contact Information for PPW:</t>
+  </si>
+  <si>
+    <t>Provider  #2</t>
+  </si>
+  <si>
+    <t>Provider  #3</t>
+  </si>
+  <si>
+    <t>Provider  #4</t>
+  </si>
+  <si>
+    <t>Provider  #5</t>
+  </si>
+  <si>
+    <t>Provider  #6</t>
+  </si>
+  <si>
+    <t>Provider  #7</t>
+  </si>
+  <si>
+    <t>Provider  #8</t>
+  </si>
+  <si>
+    <t>Provider  #9</t>
+  </si>
+  <si>
+    <t>Provider  #10</t>
+  </si>
+  <si>
+    <t>Substance Use Treatment - Pregnant and Parenting Women with Substance Use Disorder</t>
+  </si>
+  <si>
+    <t>Children: Y/N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Complete a table for each PPW provider. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Provide the requested PPW provider contact information. </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Step 2:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> For</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> each provider</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, please report:</t>
+    </r>
+  </si>
+  <si>
+    <t>a. Name, email address, and phone number of a contact at the provider;</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Step 1:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Provide the name, email address, and phone number of a contact at the Managing Entity who can provide information on PPW.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">One of the current block grant performance indicators assesses the effectiveness of treatment services for pregnant women with SUD. Specifically, we are aiming to increase the percent of pregnant women who discharge from treatment services successfully. </t>
+  </si>
+  <si>
+    <t>Pregnant and Parenting Women (PPW) with Substance use Disorder (SUD)</t>
+  </si>
+  <si>
+    <t>Managing Entity Substance Abuse and Mental Health Block Grant Reporting Template Overview and Instructions
+(Updated February 2026)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Due April 30, 2026 </t>
+  </si>
+  <si>
+    <t>Due September 1, 2026</t>
+  </si>
+  <si>
+    <t>September 1, 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Due: April 30, 2026 </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Expenditure Period: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>10/01/2023 - 09/30/2024</t>
+    </r>
+  </si>
+  <si>
+    <t>Due: April 30, 2026</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Reporting Period: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>10/01/2023 - 09/30/2024</t>
+    </r>
+  </si>
+  <si>
+    <t>Due: September 1, 2026</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Reporting Period:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 07/01/2025 - 06/30/2026</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Column A:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Report the total number of initial admissions to an episode of care for each of the ten levels of care during the 12-month State Expenditure Period. Each re-admission of a client that occurs during the applicable 12-month time frame would be counted. Include care purchased using SABG funds.</t>
+    </r>
+  </si>
+  <si>
+    <t>Column E: Same as Column A, except only include care purchased using Supplemental American Rescue Plan (ARP) Act SABG funds.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Reporting Period:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 07/01/2025 – 06/30/2026</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Reporting Period</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: 07/01/2025 – 06/30/2026</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Reporting Period</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: Calendar Year 2024 (01/01 - 12/31)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Reporting Period:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Calendar Year 2024 (01/01 - 12/31)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Reporting Period:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 10/01/2023 - 09/30/2025</t>
+    </r>
+  </si>
+  <si>
+    <t>e.) Table 35: Two FFYs; October 1, 2023 - September 3, 2025.</t>
+  </si>
+  <si>
+    <t>Please note, accurate provider FEID and I-BHS ID #'s numbers are required. Incomplete or duplicative numbers for assorted providers will be returned to the Managing Entity for correction. Additionally, providers must be listed in alphabetical order.</t>
+  </si>
+  <si>
+    <t>April 30, 2026</t>
+  </si>
+  <si>
+    <t>Reporting Period:  10/01/2023 - 9/30/2024</t>
+  </si>
+  <si>
+    <t>Reporting Period:  10/01/23 - 09/30/24</t>
+  </si>
+  <si>
+    <t>Reporting Period:  10/01/2023 - 09/30/2024</t>
+  </si>
+  <si>
+    <t>Reporting Period:  07/01/25 - 06/30/26</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Reporting Period: Calendar Year 2024 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(01/01 - 12/31)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Reporting Period:  Calendar Year 2024 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(01/01 - 12/31)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Reporting Period: Calendar Year 2024</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (01/01 - 12/31)</t>
+    </r>
+  </si>
+  <si>
+    <t>Reporting Period:  10/1/2023 - 9/30/2025</t>
+  </si>
+  <si>
+    <t>Reporting Period:  7/01/2025 - 6/30/2026</t>
+  </si>
+  <si>
+    <t>Due Date: September 1, 2026</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">*In all columns, please enter ONLY federally funded expenditures. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
-        <color theme="1"/>
-[...4 lines deleted...]
-      <t>must be greater than or equal to</t>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>DO NOT</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <color theme="1"/>
-[...7 lines deleted...]
-  <si>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> include expenditures paid with state general revenue.*</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">FEID #
+</t>
+    </r>
     <r>
       <rPr>
         <b/>
-        <u/>
-[...6 lines deleted...]
-      <t xml:space="preserve">SUPPLEMENTAL American Rescue Plan (ARP) Act
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(XX-XXXXXXX)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">I-BHS ID
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <color theme="1"/>
-[...6 lines deleted...]
-    </r>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(FLXXXXXX)</t>
+    </r>
+  </si>
+  <si>
+    <t>D. Opioid Treatment Programs (OTPs)</t>
+  </si>
+  <si>
+    <t>E. Office-based Opioid Treatment (OBOTs)</t>
+  </si>
+  <si>
+    <t>F. Recovery Support Services</t>
+  </si>
+  <si>
+    <t>G. Primary Prevention</t>
+  </si>
+  <si>
+    <t>H. HIV Early Intervention Services</t>
+  </si>
+  <si>
+    <t>Please note, accurate provider FEID and I-BHS ID #'s are required. Provider names must listed in alphabetical order. Incomplete or duplicative numbers for providers will be returned to the Managing Entity for correction.</t>
+  </si>
+  <si>
+    <t>Table 6 - Other Capacity Building/Systems Development Activities</t>
+  </si>
+  <si>
+    <t>This table records information about the entities/providers funded to provide Treatment "direct service" activities  and/or Primary Prevention activities and/or Recovery Support Services and/or HIV Early Intervention Services.</t>
+  </si>
+  <si>
+    <t>Recovery Support Services</t>
+  </si>
+  <si>
+    <t>RSS are evidence-based practices aimed at enhancing long-term recovery and improving the quality of life for individuals recoverying from substance use disorders. Examples: Peer Support, Individualized Recovery Coaching, Educational Groups, Access to Recources, Ongoing Support.</t>
+  </si>
+  <si>
+    <t>Services</t>
+  </si>
+  <si>
+    <t>Table 7</t>
+  </si>
+  <si>
+    <t>Table 6; Table 7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opioid Treatment Programs </t>
+  </si>
+  <si>
+    <t>(OPT's) The Opioid Treatment Program provides comprehensive treatment for individuals with opioid use disorder (OUD) through certified facilities that offer medications and support services.</t>
+  </si>
+  <si>
+    <t>Office-based Opioid Treatment Programs</t>
+  </si>
+  <si>
+    <t>(OBOT's) Office-based Treatment programs are a type of outpatient addiction treatment designed for  individuals  with opioid use disorder (OUD). These programs aim to address opioid use disorder by combining medication-assisted-treatment (like buprenorphine) with behavioral treatments. OBOT teams typically include a medical provider with a DEA waiver, a behavioral health provider, and other team members.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tables 11a, 11b, 11c - Unduplicated Count of Persons Served </t>
+  </si>
+  <si>
+    <t>Age Not Available</t>
+  </si>
+  <si>
+    <t>Race Not Available</t>
+  </si>
+  <si>
+    <t>Some Other Race</t>
+  </si>
+  <si>
+    <t>Gender Not Available</t>
+  </si>
+  <si>
+    <t>0-4</t>
+  </si>
+  <si>
+    <t>5-11</t>
+  </si>
+  <si>
+    <t>12-14</t>
+  </si>
+  <si>
+    <t>15-17</t>
+  </si>
+  <si>
+    <t>25-44</t>
+  </si>
+  <si>
+    <t>65+</t>
+  </si>
+  <si>
+    <t>Strategy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alternatives </t>
+  </si>
+  <si>
+    <t>IOM Classification</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total </t>
+  </si>
+  <si>
+    <t>A. SUPTRS BG</t>
+  </si>
+  <si>
+    <t>B. Other Federal</t>
+  </si>
+  <si>
+    <t>C. State</t>
+  </si>
+  <si>
+    <t>D. Local</t>
+  </si>
+  <si>
+    <t>E. Other</t>
+  </si>
+  <si>
+    <t>F. COVID-19</t>
+  </si>
+  <si>
+    <t>G. ARP</t>
+  </si>
+  <si>
+    <t>B. SUPTRS BG Recovery Support Services</t>
+  </si>
+  <si>
+    <t>C. SUPTRS BG Primary Prevention</t>
+  </si>
+  <si>
+    <t>This table captures the amount of SUPTRS BG, Other Federal, State, Local, Other, COVID-19</t>
+  </si>
+  <si>
+    <t>Covid-19 and ARP funds that were spent for each CSAP strategy by IOM target population.</t>
+  </si>
+  <si>
+    <t>Managing Entities, this table has been expanded and should report principal expenditures from the SUPTRS, Other Federal, State, Local, Other, COVID-19 &amp; ARP SABG for substance abuse primary prevention services.</t>
+  </si>
+  <si>
+    <t>Table 6 references the subreceipient  activities funded by the SSA through contracts, grants or agreements with subrecipients. Expenditures should not duplicate any reporting of allocations to subrecipients listed in Table 7.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Please utilize the following categories to describe the type of expenditures Florida supports with block grant funds, and if the activitity fits within a category. </t>
+  </si>
+  <si>
+    <t>A. SUPTRS BG Prevention &amp; Treatment</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>The title of this table has been modified, but the activities remain the same</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">. Expenditures for other </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>capacity building/systems development activities</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> may be direct expenditures (involving the time of state or sub-state personnel, or other state or sub-state resources) or be through funding mechanisms with independent organizations. These include state, regional, and local personnel salaries prorated for time spent and operating costs such as travel, printing, advertising, and conducting meetings related to the categories below. Please pay attention to categories and category definitions.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Other capacity building/system development</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> activities exclude expenditures through funding mechanisms for providing treatment “direct service” activities to individuals in need of SUD treatment, recovery support services, primary prevention. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>This table has been expanded to include</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>SUPTRS BG Recovery Support Services.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Those activities are to be reflected in Table 7. </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Other capacity building/system development activity expenditures provide support to those activities.</t>
+    </r>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
-        <u/>
-[...6 lines deleted...]
-      <t>must be greater than or equal to</t>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*New Columns to Complete; Column D</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>. Opioid Treatment Programs (OTP's) -</t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="11"/>
-[...37 lines deleted...]
-  <si>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Record the amount of FFY 2024 SUPTRS BG Award funds expended by each applicable entity/[provider. If a provider is an OTP exclusive provider, and does not provide women's specialized services (Column C), office-based opioid treatment (Column E), recovery support services (Column F), primary prevention (Column G), or EIS/HIV (Column H) then this column total should be equal to Column B. Otherwise the amount reported in this column should be less than Column B. </t>
+    </r>
     <r>
       <rPr>
         <b/>
-        <u/>
-[...61 lines deleted...]
-  <si>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Column</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
     <r>
       <rPr>
         <b/>
-        <sz val="11"/>
-[...33 lines deleted...]
-      <t xml:space="preserve"> Report the total number of evidence-based programs/strategies during the reporting periodfor each IOM categegory.</t>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">E. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Office-based Opioid Treatment (OBOT's) - Record the amount of FFY 2024 SUPTRS BG award funds expended by each applicable entity/provider. If a provider is an OBOT exclusive provider, and does not provide women's specialized services, opioid treatment program, recovery support services, primary prevention or EIS/HIV then this column total should be equal to Column B. Otherwise, less than Column B.  </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="11"/>
-[...527 lines deleted...]
-    <t>Pregnant and Parenting Women (PPW) with Substance use Disorder (SUD)</t>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Column F. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Recovery Support Services - Again for FFY 2024 SUPTRS BG Award funds, record the amounts for recovery support services by each applicable entity/provider.</t>
+    </r>
+  </si>
+  <si>
+    <t>Reporting Period: 07/01/2025 - 06/30/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
+    <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
-  <fonts count="27" x14ac:knownFonts="1">
+  <fonts count="38" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -5127,57 +4826,50 @@
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
@@ -5267,52 +4959,133 @@
     <font>
       <i/>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="18">
+  <fills count="27">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -5370,52 +5143,106 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEEECE1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF99"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF92CDDC"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF000000"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC000"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="2" tint="-9.9978637043366805E-2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.749992370372631"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="72">
+  <borders count="71">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
@@ -5855,95 +5682,71 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...9 lines deleted...]
-    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
-      <diagonal/>
-[...11 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
@@ -6175,76 +5978,50 @@
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...24 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
@@ -6276,102 +6053,108 @@
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="460">
+  <cellXfs count="434">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyProtection="1">
-[...12 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyProtection="1">
-      <protection locked="0"/>
-[...9 lines deleted...]
-    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
@@ -6413,673 +6196,516 @@
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="13" borderId="25" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="52" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="50" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="6" borderId="25" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="44" fontId="0" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-      <protection locked="0"/>
-[...21 lines deleted...]
-    <xf numFmtId="44" fontId="0" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="44" fontId="0" fillId="13" borderId="25" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="44" fontId="0" fillId="13" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="8" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="13" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="13" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="13" borderId="25" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="44" fontId="0" fillId="13" borderId="25" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...11 lines deleted...]
-    <xf numFmtId="44" fontId="0" fillId="13" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="8" borderId="63" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="0" fillId="8" borderId="61" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="15" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="15" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="15" borderId="45" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="15" borderId="43" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="34" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="24" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="26" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="8" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="8" borderId="20" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="22" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-[...5 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="14" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="3" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="3" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
-[...28 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...48 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-      <protection locked="0"/>
-[...22 lines deleted...]
-      <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="0" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="35" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="45" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="69" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="43" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="56" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="65" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="48" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="46" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1" indent="5"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="3" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="3" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1" indent="5"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1" indent="5"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1" indent="5"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1" indent="10"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="5"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="14" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="35" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="71" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="67" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="59" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="57" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="49" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="47" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
@@ -7094,866 +6720,960 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="37" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="25" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyProtection="1">
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="2" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="63" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="61" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="7" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="7" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="5" borderId="28" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="5" borderId="45" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="63" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="0" fillId="5" borderId="43" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="61" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="7" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="5" borderId="42" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="0" fillId="5" borderId="48" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="49" fontId="0" fillId="5" borderId="40" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="5" borderId="46" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="2" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="64" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="5" borderId="20" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="24" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="3" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="3" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="24" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="20" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="26" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="13" borderId="27" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="0" fillId="13" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="0" fillId="3" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="21" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="0" fillId="3" borderId="22" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="3" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="3" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="5"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="3" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="3" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1" indent="5"/>
-      <protection locked="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="44" fontId="0" fillId="4" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="44" fontId="0" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
-[...82 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="59" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="27" fillId="18" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="23" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="27" fillId="21" borderId="25" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="44" fontId="27" fillId="18" borderId="25" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="27" fillId="18" borderId="26" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="27" fillId="21" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="44" fontId="27" fillId="18" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="27" fillId="18" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="32" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="13" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="13" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="24" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="35" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="35" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="24" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="26" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="26" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="26" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="13" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="13" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="26" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="24" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="27" fillId="21" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="35" fillId="24" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="34" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="63" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1" indent="5"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="23" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="23" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="27" fillId="21" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="44" fontId="27" fillId="21" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="44" fontId="27" fillId="21" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="44" fontId="27" fillId="21" borderId="22" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="24" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="19" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="19" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="19" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="19" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="19" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="19" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="27" fillId="21" borderId="53" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="19" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="19" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="19" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="19" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="19" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="19" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="19" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="19" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="20" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="20" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="20" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="20" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="20" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="19" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="19" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="19" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="20" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="20" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="20" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
-    </xf>
-[...58 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...18 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="53" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="37" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="59" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="58" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="66" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="62" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="37" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="67" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="63" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="36" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...48 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="66" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="62" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="48" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="46" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="27" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="7" borderId="67" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="63" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="7" borderId="70" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="66" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="49" fontId="0" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...75 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="10" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="10" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="35" fillId="13" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="165" fontId="0" fillId="13" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="4" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="44" fontId="0" fillId="13" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="25" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="25" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Good" xfId="1" builtinId="26"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="4" builtinId="5"/>
   </cellStyles>
-  <dxfs count="23">
+  <dxfs count="17">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
@@ -8049,120 +7769,50 @@
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
-    </dxf>
-[...68 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="6" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
@@ -8675,5747 +8325,5760 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="8" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:H370"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="C360" sqref="C360"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A326" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="F342" sqref="F342"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="85" style="2" customWidth="1"/>
     <col min="2" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A1" s="31"/>
-      <c r="B1" s="60"/>
+      <c r="A1" s="24"/>
+      <c r="B1" s="42"/>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A2" s="31"/>
+      <c r="A2" s="24"/>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A3" s="31"/>
+      <c r="A3" s="24"/>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A4" s="31"/>
+      <c r="A4" s="24"/>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A5" s="31"/>
+      <c r="A5" s="24"/>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A6" s="31"/>
+      <c r="A6" s="24"/>
     </row>
     <row r="7" spans="1:2" ht="61.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="166" t="s">
+      <c r="A7" s="108" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A8" s="24"/>
+    </row>
+    <row r="9" spans="1:2" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="109" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A10" s="24"/>
+    </row>
+    <row r="11" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A12" s="24"/>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A13" s="110" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A14" s="111" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A15" s="24"/>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A16" s="112" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="17" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="111" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A18" s="24"/>
+    </row>
+    <row r="19" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="20" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A20" s="24"/>
+    </row>
+    <row r="21" spans="1:1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A21" s="24" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="22" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A22" s="245" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="23" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A23" s="24"/>
+    </row>
+    <row r="24" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="113" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="25" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A25" s="114"/>
+    </row>
+    <row r="26" spans="1:1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A26" s="24" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="27" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A27" s="114"/>
+    </row>
+    <row r="28" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A28" s="24" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="29" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A29" s="24"/>
+    </row>
+    <row r="30" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A30" s="24" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="31" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A31" s="24"/>
+    </row>
+    <row r="32" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A32" s="24" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A33" s="111" t="s">
+        <v>164</v>
+      </c>
+      <c r="B33" s="42"/>
+      <c r="C33" s="42"/>
+      <c r="D33" s="42"/>
+      <c r="E33" s="42"/>
+      <c r="F33" s="42"/>
+      <c r="G33" s="42"/>
+      <c r="H33" s="42"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A34" s="111" t="s">
+        <v>165</v>
+      </c>
+      <c r="B34" s="42"/>
+      <c r="C34" s="42"/>
+      <c r="D34" s="42"/>
+      <c r="E34" s="42"/>
+      <c r="F34" s="42"/>
+      <c r="G34" s="42"/>
+      <c r="H34" s="42"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" s="111" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A36" s="111" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" s="111" t="s">
         <v>497</v>
       </c>
     </row>
-    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-      <c r="A13" s="168" t="s">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A38" s="93"/>
+    </row>
+    <row r="39" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A39" s="24" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A40" s="24"/>
+    </row>
+    <row r="41" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A41" s="93" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A42" s="24"/>
+    </row>
+    <row r="43" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A43" s="24" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A44" s="24"/>
+    </row>
+    <row r="45" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A45" s="115" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A46" s="24"/>
+    </row>
+    <row r="47" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A47" s="24" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A48" s="24"/>
+    </row>
+    <row r="49" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A49" s="116" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A50" s="24" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A51" s="117" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A52" s="24"/>
+    </row>
+    <row r="53" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A53" s="116" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A54" s="246" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A55" s="117" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A56" s="24"/>
+    </row>
+    <row r="57" spans="1:3" ht="21" x14ac:dyDescent="0.25">
+      <c r="A57" s="118" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A58" s="24"/>
+    </row>
+    <row r="59" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A59" s="119" t="s">
+        <v>163</v>
+      </c>
+      <c r="C59" s="36"/>
+    </row>
+    <row r="60" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A60" s="120" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A61" s="110" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3" ht="105" x14ac:dyDescent="0.25">
+      <c r="A62" s="24" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A63" s="24"/>
+    </row>
+    <row r="64" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A64" s="121" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="65" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A65" s="24"/>
+    </row>
+    <row r="66" spans="1:1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A66" s="24" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="67" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A67" s="24"/>
+    </row>
+    <row r="68" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A68" s="121" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="69" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A69" s="24"/>
+    </row>
+    <row r="70" spans="1:1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A70" s="24" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="71" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A71" s="24"/>
+    </row>
+    <row r="72" spans="1:1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A72" s="311" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="73" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A73" s="24"/>
+    </row>
+    <row r="74" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A74" s="119" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="75" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A75" s="120" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="76" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A76" s="110" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="77" spans="1:1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A77" s="24" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="78" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A78" s="24"/>
+    </row>
+    <row r="79" spans="1:1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A79" s="24" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="80" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A80" s="24"/>
+    </row>
+    <row r="81" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A81" s="24" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="82" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A82" s="24"/>
+    </row>
+    <row r="83" spans="1:1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A83" s="305" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="84" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A84" s="24"/>
+    </row>
+    <row r="85" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A85" s="119" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="86" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A86" s="120" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="87" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A87" s="110" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="88" spans="1:1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A88" s="24" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="89" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A89" s="24"/>
+    </row>
+    <row r="90" spans="1:1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A90" s="24" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="91" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A91" s="24"/>
+    </row>
+    <row r="92" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A92" s="122" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="93" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A93" s="24"/>
+    </row>
+    <row r="94" spans="1:1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A94" s="246" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="95" spans="1:1" ht="195" x14ac:dyDescent="0.25">
+      <c r="A95" s="304" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="96" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A96" s="274"/>
+    </row>
+    <row r="97" spans="1:1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A97" s="122" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
-[...58 lines deleted...]
-      <c r="A28" s="31" t="s">
+    <row r="98" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A98" s="24"/>
+    </row>
+    <row r="99" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A99" s="119" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="100" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A100" s="120" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="101" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A101" s="112" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="102" spans="1:1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A102" s="24" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="103" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A103" s="24"/>
+    </row>
+    <row r="104" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A104" s="119" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="105" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A105" s="123" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="106" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A106" s="112" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="107" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A107" s="24" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="108" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A108" s="24"/>
+    </row>
+    <row r="109" spans="1:1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A109" s="24" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="110" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A110" s="24"/>
+    </row>
+    <row r="111" spans="1:1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A111" s="24" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="112" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A112" s="24"/>
+    </row>
+    <row r="113" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A113" s="122" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="114" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A114" s="24"/>
+    </row>
+    <row r="115" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A115" s="250" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="116" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A116" s="24"/>
+    </row>
+    <row r="117" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A117" s="250" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="118" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A118" s="24"/>
+    </row>
+    <row r="119" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A119" s="122" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="120" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A120" s="24"/>
+    </row>
+    <row r="121" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A121" s="250" t="s">
         <v>491</v>
       </c>
     </row>
-    <row r="29" spans="1:1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-      <c r="A33" s="169" t="s">
+    <row r="122" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A122" s="24"/>
+    </row>
+    <row r="123" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A123" s="250" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="124" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A124" s="24"/>
+    </row>
+    <row r="125" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A125" s="122" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="126" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A126" s="24"/>
+    </row>
+    <row r="127" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A127" s="24" t="s">
         <v>173</v>
       </c>
-      <c r="B33" s="60"/>
-[...8 lines deleted...]
-      <c r="A34" s="169" t="s">
+    </row>
+    <row r="128" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A128" s="111" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="129" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A129" s="24"/>
+    </row>
+    <row r="130" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A130" s="111" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="131" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A131" s="24"/>
+    </row>
+    <row r="132" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A132" s="24" t="s">
         <v>174</v>
       </c>
-      <c r="B34" s="60"/>
-[...8 lines deleted...]
-      <c r="A35" s="169" t="s">
+    </row>
+    <row r="133" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A133" s="111" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="134" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A134" s="24"/>
+    </row>
+    <row r="135" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A135" s="111" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="136" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A136" s="24"/>
+    </row>
+    <row r="137" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A137" s="111" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="138" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A138" s="24"/>
+    </row>
+    <row r="139" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A139" s="24" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="140" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A140" s="111" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="141" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A141" s="24"/>
+    </row>
+    <row r="142" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A142" s="111" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="143" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A143" s="24"/>
+    </row>
+    <row r="144" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A144" s="111" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="145" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A145" s="24"/>
+    </row>
+    <row r="146" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A146" s="24" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="147" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A147" s="111" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
-[...242 lines deleted...]
-      <c r="A93" s="180" t="s">
+    <row r="148" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A148" s="24"/>
+    </row>
+    <row r="149" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A149" s="111" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="150" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A150" s="24"/>
+    </row>
+    <row r="151" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A151" s="124" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="152" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A152" s="123" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="153" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A153" s="112" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="154" spans="1:1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A154" s="24" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="155" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A155" s="24"/>
+    </row>
+    <row r="156" spans="1:1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A156" s="24" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="157" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A157" s="24"/>
+    </row>
+    <row r="158" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A158" s="24" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="159" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A159" s="125" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="160" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A160" s="24"/>
+    </row>
+    <row r="161" spans="1:1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A161" s="24" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="94" spans="1:1" x14ac:dyDescent="0.25">
-[...284 lines deleted...]
-    </row>
     <row r="162" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A162" s="183" t="s">
-        <v>255</v>
+      <c r="A162" s="125" t="s">
+        <v>230</v>
       </c>
     </row>
     <row r="164" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A164" s="2" t="s">
-        <v>317</v>
+        <v>287</v>
       </c>
     </row>
     <row r="165" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A165" s="31"/>
+      <c r="A165" s="24"/>
     </row>
     <row r="166" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A166" s="2" t="s">
-        <v>318</v>
+        <v>288</v>
       </c>
     </row>
     <row r="167" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A167" s="31"/>
+      <c r="A167" s="24"/>
     </row>
     <row r="168" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A168" s="177" t="s">
-        <v>219</v>
+      <c r="A168" s="119" t="s">
+        <v>198</v>
       </c>
     </row>
     <row r="169" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A169" s="181" t="s">
-        <v>511</v>
+      <c r="A169" s="123" t="s">
+        <v>492</v>
       </c>
     </row>
     <row r="170" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A170" s="170" t="s">
-        <v>509</v>
+      <c r="A170" s="112" t="s">
+        <v>488</v>
       </c>
     </row>
     <row r="171" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A171" s="31" t="s">
-        <v>220</v>
+      <c r="A171" s="24" t="s">
+        <v>199</v>
       </c>
     </row>
     <row r="172" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A172" s="31"/>
+      <c r="A172" s="24"/>
     </row>
     <row r="173" spans="1:1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A173" s="31" t="s">
-        <v>221</v>
+      <c r="A173" s="24" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A174" s="31"/>
+      <c r="A174" s="24"/>
     </row>
     <row r="175" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A175" s="31" t="s">
-        <v>222</v>
+      <c r="A175" s="24" t="s">
+        <v>201</v>
       </c>
     </row>
     <row r="176" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A176" s="31"/>
+      <c r="A176" s="24"/>
     </row>
     <row r="177" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A177" s="31" t="s">
-        <v>223</v>
+      <c r="A177" s="24" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="178" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A178" s="169" t="s">
-        <v>224</v>
+      <c r="A178" s="111" t="s">
+        <v>203</v>
       </c>
     </row>
     <row r="179" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A179" s="31"/>
+      <c r="A179" s="24"/>
     </row>
     <row r="180" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A180" s="180" t="s">
-        <v>257</v>
+      <c r="A180" s="122" t="s">
+        <v>232</v>
       </c>
     </row>
     <row r="181" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A181" s="31"/>
+      <c r="A181" s="24"/>
     </row>
     <row r="182" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A182" s="31" t="s">
-        <v>225</v>
+      <c r="A182" s="24" t="s">
+        <v>204</v>
       </c>
     </row>
     <row r="183" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A183" s="31"/>
+      <c r="A183" s="24"/>
     </row>
     <row r="184" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A184" s="31" t="s">
-        <v>349</v>
+      <c r="A184" s="24" t="s">
+        <v>315</v>
       </c>
     </row>
     <row r="185" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A185" s="169" t="s">
-        <v>350</v>
+      <c r="A185" s="111" t="s">
+        <v>316</v>
       </c>
     </row>
     <row r="186" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A186" s="169" t="s">
-        <v>254</v>
+      <c r="A186" s="111" t="s">
+        <v>229</v>
       </c>
     </row>
     <row r="187" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A187" s="31"/>
+      <c r="A187" s="24"/>
     </row>
     <row r="188" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A188" s="31" t="s">
-        <v>227</v>
+      <c r="A188" s="24" t="s">
+        <v>206</v>
       </c>
     </row>
     <row r="189" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A189" s="31"/>
+      <c r="A189" s="24"/>
     </row>
     <row r="190" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A190" s="31" t="s">
-        <v>228</v>
+      <c r="A190" s="24" t="s">
+        <v>207</v>
       </c>
     </row>
     <row r="191" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A191" s="31"/>
+      <c r="A191" s="24"/>
     </row>
     <row r="192" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A192" s="31" t="s">
-        <v>229</v>
+      <c r="A192" s="24" t="s">
+        <v>208</v>
       </c>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A193" s="31"/>
+      <c r="A193" s="24"/>
     </row>
     <row r="194" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A194" s="31" t="s">
-        <v>230</v>
+      <c r="A194" s="24" t="s">
+        <v>209</v>
       </c>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A195" s="31"/>
+      <c r="A195" s="24"/>
     </row>
     <row r="196" spans="1:2" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A196" s="177" t="s">
-[...2 lines deleted...]
-      <c r="B196" s="105"/>
+      <c r="A196" s="119" t="s">
+        <v>109</v>
+      </c>
+      <c r="B196" s="78"/>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A197" s="178" t="s">
-        <v>512</v>
+      <c r="A197" s="120" t="s">
+        <v>493</v>
       </c>
       <c r="B197" s="1"/>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A198" s="170" t="s">
-        <v>509</v>
+      <c r="A198" s="112" t="s">
+        <v>488</v>
       </c>
     </row>
     <row r="199" spans="1:2" ht="45" x14ac:dyDescent="0.25">
-      <c r="A199" s="31" t="s">
-        <v>119</v>
+      <c r="A199" s="24" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A200" s="151"/>
-      <c r="B200" s="60"/>
+      <c r="A200" s="93"/>
+      <c r="B200" s="42"/>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A201" s="31" t="s">
-        <v>232</v>
+      <c r="A201" s="24" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A202" s="31"/>
+      <c r="A202" s="24"/>
     </row>
     <row r="203" spans="1:2" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A203" s="177" t="s">
-        <v>233</v>
+      <c r="A203" s="119" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A204" s="184" t="s">
-        <v>513</v>
+      <c r="A204" s="126" t="s">
+        <v>494</v>
       </c>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A205" s="168" t="s">
-        <v>507</v>
+      <c r="A205" s="110" t="s">
+        <v>486</v>
       </c>
     </row>
     <row r="206" spans="1:2" ht="105" x14ac:dyDescent="0.25">
-      <c r="A206" s="31" t="s">
-        <v>321</v>
+      <c r="A206" s="24" t="s">
+        <v>289</v>
       </c>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A207" s="2">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:2" ht="75" x14ac:dyDescent="0.25">
-      <c r="A208" s="31" t="s">
-        <v>326</v>
+      <c r="A208" s="24" t="s">
+        <v>294</v>
       </c>
     </row>
     <row r="209" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A209" s="31"/>
+      <c r="A209" s="24"/>
     </row>
     <row r="210" spans="1:1" ht="60" x14ac:dyDescent="0.25">
-      <c r="A210" s="31" t="s">
-        <v>337</v>
+      <c r="A210" s="24" t="s">
+        <v>305</v>
       </c>
     </row>
     <row r="212" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A212" s="31" t="s">
-        <v>339</v>
+      <c r="A212" s="24" t="s">
+        <v>307</v>
       </c>
     </row>
     <row r="214" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A214" s="174" t="s">
-        <v>328</v>
+      <c r="A214" s="116" t="s">
+        <v>296</v>
       </c>
     </row>
     <row r="215" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A215" s="169" t="s">
-        <v>327</v>
+      <c r="A215" s="111" t="s">
+        <v>295</v>
       </c>
     </row>
     <row r="217" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A217" s="174" t="s">
-        <v>329</v>
+      <c r="A217" s="116" t="s">
+        <v>297</v>
       </c>
     </row>
     <row r="218" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A218" s="169" t="s">
+      <c r="A218" s="111" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="219" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A219" s="24"/>
+    </row>
+    <row r="220" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A220" s="127" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="221" spans="1:1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A221" s="111" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="222" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A222" s="128" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="223" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A223" s="111" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="224" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A224" s="111"/>
+    </row>
+    <row r="225" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A225" s="111" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="219" spans="1:1" x14ac:dyDescent="0.25">
-[...29 lines deleted...]
-    </row>
     <row r="226" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A226" s="187" t="s">
-        <v>86</v>
+      <c r="A226" s="129" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="227" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A227" s="187" t="s">
-        <v>87</v>
+      <c r="A227" s="129" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="228" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A228" s="187" t="s">
-        <v>88</v>
+      <c r="A228" s="129" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="229" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A229" s="187" t="s">
-        <v>89</v>
+      <c r="A229" s="129" t="s">
+        <v>80</v>
       </c>
     </row>
     <row r="230" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A230" s="187" t="s">
-        <v>90</v>
+      <c r="A230" s="129" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="231" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A231" s="31"/>
+      <c r="A231" s="24"/>
     </row>
     <row r="232" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A232" s="174" t="s">
-        <v>335</v>
+      <c r="A232" s="116" t="s">
+        <v>303</v>
       </c>
     </row>
     <row r="233" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A233" s="169" t="s">
-        <v>336</v>
+      <c r="A233" s="111" t="s">
+        <v>304</v>
       </c>
     </row>
     <row r="234" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A234" s="169"/>
+      <c r="A234" s="111"/>
     </row>
     <row r="235" spans="1:1" ht="75" x14ac:dyDescent="0.25">
-      <c r="A235" s="31" t="s">
-        <v>322</v>
+      <c r="A235" s="24" t="s">
+        <v>290</v>
       </c>
     </row>
     <row r="237" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A237" s="2" t="s">
-        <v>338</v>
+        <v>306</v>
       </c>
     </row>
     <row r="238" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A238" s="188" t="s">
+      <c r="A238" s="130" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="239" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A239" s="130" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="240" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A240" s="130" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="241" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A241" s="130" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="242" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A242" s="130" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="244" spans="1:1" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A244" s="119" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="245" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A245" s="131" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="246" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A246" s="110" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="247" spans="1:1" ht="135" x14ac:dyDescent="0.25">
+      <c r="A247" s="24" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="249" spans="1:1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A249" s="24" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="250" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A250" s="24"/>
+    </row>
+    <row r="251" spans="1:1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A251" s="24" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="254" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A254" s="116" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="255" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A255" s="111" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="256" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A256" s="24"/>
+    </row>
+    <row r="257" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A257" s="116" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="258" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A258" s="111" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="259" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A259" s="24"/>
+    </row>
+    <row r="260" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A260" s="116" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="261" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A261" s="111" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="262" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A262" s="111" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="263" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A263" s="111"/>
+    </row>
+    <row r="264" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A264" s="111" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="265" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A265" s="129" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="266" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A266" s="129" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="267" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A267" s="129" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="268" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A268" s="129" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="269" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A269" s="129" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="270" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A270" s="24"/>
+    </row>
+    <row r="271" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A271" s="116" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="272" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A272" s="111" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="274" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A274" s="24" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="275" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A275" s="111" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="276" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A276" s="111" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="277" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A277" s="111" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="278" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A278" s="111" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="279" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A279" s="111" t="s">
         <v>323</v>
       </c>
     </row>
-    <row r="239" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A239" s="188" t="s">
+    <row r="280" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A280" s="111" t="s">
         <v>324</v>
       </c>
     </row>
-    <row r="240" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A240" s="188" t="s">
+    <row r="281" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A281" s="111" t="s">
         <v>325</v>
       </c>
     </row>
-    <row r="241" spans="1:1" x14ac:dyDescent="0.25">
-[...25 lines deleted...]
-      <c r="A247" s="31" t="s">
+    <row r="282" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A282" s="111" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="283" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A283" s="111" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="284" spans="1:1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A284" s="111" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="286" spans="1:1" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A286" s="119" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="287" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A287" s="132" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="288" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A288" s="110" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="289" spans="1:1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A289" s="24" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="291" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A291" s="24" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="293" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A293" s="24" t="s">
         <v>351</v>
       </c>
     </row>
-    <row r="249" spans="1:1" ht="75" x14ac:dyDescent="0.25">
-[...100 lines deleted...]
-      <c r="A274" s="31" t="s">
+    <row r="294" spans="1:1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A294" s="111" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="295" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A295" s="111" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="297" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A297" s="24" t="s">
         <v>352</v>
       </c>
     </row>
-    <row r="275" spans="1:1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="A277" s="169" t="s">
+    <row r="298" spans="1:1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A298" s="111" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="299" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A299" s="111" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="300" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A300" s="111" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="301" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A301" s="24"/>
+    </row>
+    <row r="302" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A302" s="122" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="303" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A303" s="24"/>
+    </row>
+    <row r="304" spans="1:1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A304" s="24" t="s">
         <v>355</v>
       </c>
     </row>
-    <row r="278" spans="1:1" x14ac:dyDescent="0.25">
-[...109 lines deleted...]
-    </row>
     <row r="306" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A306" s="302" t="s">
-        <v>479</v>
+      <c r="A306" s="242" t="s">
+        <v>440</v>
       </c>
     </row>
     <row r="307" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A307" s="191" t="s">
-        <v>533</v>
+      <c r="A307" s="133" t="s">
+        <v>496</v>
       </c>
     </row>
     <row r="308" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A308" s="276" t="s">
-        <v>509</v>
+      <c r="A308" s="218" t="s">
+        <v>488</v>
       </c>
     </row>
     <row r="309" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A309" s="31" t="s">
-        <v>486</v>
+      <c r="A309" s="24" t="s">
+        <v>447</v>
       </c>
     </row>
     <row r="311" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A311" s="180" t="s">
-        <v>489</v>
+      <c r="A311" s="122" t="s">
+        <v>450</v>
       </c>
     </row>
     <row r="312" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A312" s="304" t="s">
-        <v>490</v>
+      <c r="A312" s="244" t="s">
+        <v>451</v>
       </c>
     </row>
     <row r="314" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A314" s="31" t="s">
-        <v>487</v>
+      <c r="A314" s="24" t="s">
+        <v>448</v>
       </c>
     </row>
     <row r="315" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A315" s="304" t="s">
-        <v>490</v>
+      <c r="A315" s="244" t="s">
+        <v>451</v>
       </c>
     </row>
     <row r="317" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A317" s="2" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="319" spans="1:1" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A319" s="119" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="320" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A320" s="133" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="321" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A321" s="112" t="s">
         <v>488</v>
       </c>
     </row>
-    <row r="319" spans="1:1" ht="31.5" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-    </row>
     <row r="322" spans="1:1" ht="60" x14ac:dyDescent="0.25">
-      <c r="A322" s="31" t="s">
-        <v>392</v>
+      <c r="A322" s="24" t="s">
+        <v>358</v>
       </c>
     </row>
     <row r="323" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A323" s="31"/>
+      <c r="A323" s="24"/>
     </row>
     <row r="324" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A324" s="31" t="s">
-        <v>403</v>
+      <c r="A324" s="24" t="s">
+        <v>369</v>
       </c>
     </row>
     <row r="325" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A325" s="31"/>
+      <c r="A325" s="24"/>
     </row>
     <row r="326" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A326" s="31" t="s">
-        <v>405</v>
+      <c r="A326" s="24" t="s">
+        <v>371</v>
       </c>
     </row>
     <row r="327" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A327" s="31"/>
+      <c r="A327" s="24"/>
     </row>
     <row r="328" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A328" s="31" t="s">
-        <v>406</v>
+      <c r="A328" s="24" t="s">
+        <v>372</v>
       </c>
     </row>
     <row r="329" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A329" s="169" t="s">
-        <v>394</v>
+      <c r="A329" s="111" t="s">
+        <v>360</v>
       </c>
     </row>
     <row r="330" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A330" s="169" t="s">
-        <v>395</v>
+      <c r="A330" s="111" t="s">
+        <v>361</v>
       </c>
     </row>
     <row r="331" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A331" s="169" t="s">
-        <v>396</v>
+      <c r="A331" s="111" t="s">
+        <v>362</v>
       </c>
     </row>
     <row r="332" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A332" s="169" t="s">
-        <v>398</v>
+      <c r="A332" s="111" t="s">
+        <v>364</v>
       </c>
     </row>
     <row r="333" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A333" s="169" t="s">
-        <v>397</v>
+      <c r="A333" s="111" t="s">
+        <v>363</v>
       </c>
     </row>
     <row r="334" spans="1:1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A334" s="169" t="s">
-        <v>404</v>
+      <c r="A334" s="111" t="s">
+        <v>370</v>
       </c>
     </row>
     <row r="335" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A335" s="187" t="s">
-        <v>399</v>
+      <c r="A335" s="129" t="s">
+        <v>365</v>
       </c>
     </row>
     <row r="336" spans="1:1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A336" s="169" t="s">
-        <v>408</v>
+      <c r="A336" s="111" t="s">
+        <v>374</v>
       </c>
     </row>
     <row r="337" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A337" s="31"/>
+      <c r="A337" s="24"/>
     </row>
     <row r="338" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A338" s="180" t="s">
-        <v>400</v>
+      <c r="A338" s="122" t="s">
+        <v>366</v>
       </c>
     </row>
     <row r="339" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A339" s="31"/>
+      <c r="A339" s="24"/>
     </row>
     <row r="340" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A340" s="31" t="s">
-        <v>401</v>
+      <c r="A340" s="24" t="s">
+        <v>367</v>
       </c>
     </row>
     <row r="342" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A342" s="177" t="s">
-        <v>402</v>
+      <c r="A342" s="119" t="s">
+        <v>368</v>
       </c>
     </row>
     <row r="343" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A343" s="181" t="s">
-        <v>496</v>
+      <c r="A343" s="123" t="s">
+        <v>489</v>
       </c>
     </row>
     <row r="344" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A344" s="170" t="s">
-        <v>509</v>
+      <c r="A344" s="112" t="s">
+        <v>488</v>
       </c>
     </row>
     <row r="345" spans="1:1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A345" s="31" t="s">
-        <v>415</v>
+      <c r="A345" s="24" t="s">
+        <v>381</v>
       </c>
     </row>
     <row r="346" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A346" s="31"/>
+      <c r="A346" s="24"/>
     </row>
     <row r="347" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A347" s="31" t="s">
-        <v>416</v>
+      <c r="A347" s="24" t="s">
+        <v>382</v>
       </c>
     </row>
     <row r="348" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A348" s="169" t="s">
-        <v>132</v>
+      <c r="A348" s="111" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="349" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A349" s="169" t="s">
-        <v>161</v>
+      <c r="A349" s="111" t="s">
+        <v>152</v>
       </c>
     </row>
     <row r="350" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A350" s="169" t="s">
-        <v>162</v>
+      <c r="A350" s="111" t="s">
+        <v>153</v>
       </c>
     </row>
     <row r="351" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A351" s="31"/>
+      <c r="A351" s="24"/>
     </row>
     <row r="352" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A352" s="31" t="s">
-        <v>417</v>
+      <c r="A352" s="24" t="s">
+        <v>383</v>
       </c>
     </row>
     <row r="353" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A353" s="169" t="s">
-        <v>142</v>
+      <c r="A353" s="111" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="354" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A354" s="169" t="s">
-        <v>143</v>
+      <c r="A354" s="111" t="s">
+        <v>134</v>
       </c>
     </row>
     <row r="356" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A356" s="177" t="s">
-        <v>563</v>
+      <c r="A356" s="119" t="s">
+        <v>479</v>
       </c>
     </row>
     <row r="357" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A357" s="191" t="s">
-        <v>510</v>
+      <c r="A357" s="133" t="s">
+        <v>489</v>
       </c>
     </row>
     <row r="358" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A358" s="170" t="s">
-        <v>509</v>
+      <c r="A358" s="112" t="s">
+        <v>488</v>
       </c>
     </row>
     <row r="359" spans="1:1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A359" s="31" t="s">
-        <v>562</v>
+      <c r="A359" s="24" t="s">
+        <v>478</v>
       </c>
     </row>
     <row r="360" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A360" s="31"/>
+      <c r="A360" s="24"/>
     </row>
     <row r="361" spans="1:1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A361" s="31" t="s">
-        <v>561</v>
+      <c r="A361" s="24" t="s">
+        <v>477</v>
       </c>
     </row>
     <row r="362" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A362" s="31"/>
+      <c r="A362" s="24"/>
     </row>
     <row r="363" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A363" s="31" t="s">
-        <v>559</v>
+      <c r="A363" s="24" t="s">
+        <v>475</v>
       </c>
     </row>
     <row r="364" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A364" s="169" t="s">
-        <v>560</v>
+      <c r="A364" s="111" t="s">
+        <v>476</v>
       </c>
     </row>
     <row r="367" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A367" s="169"/>
+      <c r="A367" s="111"/>
     </row>
     <row r="369" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A369" s="169"/>
+      <c r="A369" s="111"/>
     </row>
     <row r="370" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A370" s="169"/>
+      <c r="A370" s="111"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A51" r:id="rId1" xr:uid="{9540873B-8D8F-48DC-B4B0-498B4C53E3C3}"/>
     <hyperlink ref="A312" location="Table_34" display="See Table 34 Instructions for examples." xr:uid="{E21AC580-C7F8-4A3E-8052-551062EA3B52}"/>
     <hyperlink ref="A315" location="Table_34" display="See Table 34 Instructions for examples." xr:uid="{040438E4-FC37-4740-BAD8-9ABAFABAE887}"/>
     <hyperlink ref="A22" location="Feedback" display="Click for Feedback Tab" xr:uid="{C9BE7AA6-9A07-46D3-9CD6-79CF4EF81FEC}"/>
     <hyperlink ref="A55" r:id="rId2" xr:uid="{28AA4FEE-3F4A-4CC9-9608-E79BCB3372A1}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="98" orientation="portrait" r:id="rId3"/>
   <headerFooter>
     <oddHeader>&amp;CReporting Template for Managing Entity Contracts</oddHeader>
     <oddFooter>&amp;C&amp;P of &amp;N&amp;REffective 3/9/2023</oddFooter>
   </headerFooter>
   <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
     <tabColor theme="6" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Q27"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I11" sqref="I11"/>
+    <sheetView showGridLines="0" topLeftCell="A17" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="M24" sqref="M24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="20.7109375" style="2" customWidth="1"/>
     <col min="3" max="4" width="15.28515625" style="2" customWidth="1"/>
     <col min="5" max="5" width="20.7109375" style="2" customWidth="1"/>
     <col min="6" max="10" width="15.28515625" style="2" customWidth="1"/>
     <col min="11" max="11" width="23.42578125" style="2" customWidth="1"/>
     <col min="12" max="13" width="20.7109375" style="2" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-        <v>525</v>
+        <v>67</v>
+      </c>
+      <c r="L1" s="91" t="s">
+        <v>95</v>
+      </c>
+      <c r="M1" s="168" t="s">
+        <v>483</v>
       </c>
     </row>
     <row r="2" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
-      <c r="E2" s="148"/>
+      <c r="E2" s="91"/>
     </row>
     <row r="3" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A3" s="115" t="s">
-[...2 lines deleted...]
-      <c r="E3" s="148"/>
+      <c r="A3" s="85" t="s">
+        <v>378</v>
+      </c>
+      <c r="E3" s="91"/>
     </row>
     <row r="4" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>234</v>
+        <v>213</v>
       </c>
       <c r="Q4" s="1"/>
     </row>
     <row r="5" spans="1:17" x14ac:dyDescent="0.25">
       <c r="Q5" s="1"/>
     </row>
     <row r="6" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>527</v>
+        <v>503</v>
       </c>
       <c r="B6" s="1"/>
     </row>
     <row r="7" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A7" s="215"/>
-[...1 lines deleted...]
-      <c r="C7" s="215"/>
+      <c r="A7" s="157"/>
+      <c r="B7" s="157"/>
+      <c r="C7" s="157"/>
     </row>
     <row r="8" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A8" s="417" t="s">
-[...13 lines deleted...]
-      <c r="M8" s="418"/>
+      <c r="A8" s="383" t="s">
+        <v>114</v>
+      </c>
+      <c r="B8" s="384"/>
+      <c r="C8" s="384"/>
+      <c r="D8" s="384"/>
+      <c r="E8" s="384"/>
+      <c r="F8" s="384"/>
+      <c r="G8" s="384"/>
+      <c r="H8" s="384"/>
+      <c r="I8" s="384"/>
+      <c r="J8" s="384"/>
+      <c r="K8" s="384"/>
+      <c r="L8" s="384"/>
+      <c r="M8" s="384"/>
     </row>
     <row r="9" spans="1:17" ht="180" x14ac:dyDescent="0.25">
-      <c r="A9" s="227" t="s">
-[...36 lines deleted...]
-        <v>427</v>
+      <c r="A9" s="169" t="s">
+        <v>210</v>
+      </c>
+      <c r="B9" s="170" t="s">
+        <v>398</v>
+      </c>
+      <c r="C9" s="170" t="s">
+        <v>393</v>
+      </c>
+      <c r="D9" s="170" t="s">
+        <v>394</v>
+      </c>
+      <c r="E9" s="170" t="s">
+        <v>197</v>
+      </c>
+      <c r="F9" s="170" t="s">
+        <v>205</v>
+      </c>
+      <c r="G9" s="170" t="s">
+        <v>392</v>
+      </c>
+      <c r="H9" s="170" t="s">
+        <v>395</v>
+      </c>
+      <c r="I9" s="170" t="s">
+        <v>396</v>
+      </c>
+      <c r="J9" s="170" t="s">
+        <v>397</v>
+      </c>
+      <c r="K9" s="170" t="s">
+        <v>113</v>
+      </c>
+      <c r="L9" s="170" t="s">
+        <v>314</v>
+      </c>
+      <c r="M9" s="171" t="s">
+        <v>391</v>
       </c>
     </row>
     <row r="10" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="10"/>
-[...11 lines deleted...]
-      <c r="M10" s="16" t="str" cm="1">
+      <c r="A10" s="6"/>
+      <c r="B10" s="45"/>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6"/>
+      <c r="E10" s="6"/>
+      <c r="F10" s="6"/>
+      <c r="G10" s="6"/>
+      <c r="H10" s="6"/>
+      <c r="I10" s="6"/>
+      <c r="J10" s="6"/>
+      <c r="K10" s="6"/>
+      <c r="L10" s="6"/>
+      <c r="M10" s="9" t="str" cm="1">
         <f t="array" ref="M10">_xlfn.IFS($C10="", "",$D10="","",$C10&gt;$D10,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="11" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="28"/>
-[...11 lines deleted...]
-      <c r="M11" s="16" t="str" cm="1">
+      <c r="A11" s="21"/>
+      <c r="B11" s="46"/>
+      <c r="C11" s="21"/>
+      <c r="D11" s="22"/>
+      <c r="E11" s="21"/>
+      <c r="F11" s="21"/>
+      <c r="G11" s="21"/>
+      <c r="H11" s="21"/>
+      <c r="I11" s="21"/>
+      <c r="J11" s="21"/>
+      <c r="K11" s="21"/>
+      <c r="L11" s="21"/>
+      <c r="M11" s="9" t="str" cm="1">
         <f t="array" ref="M11">_xlfn.IFS($C11="", "",$D11="","",$C11&gt;$D11,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="12" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="10"/>
-[...11 lines deleted...]
-      <c r="M12" s="16" t="str" cm="1">
+      <c r="A12" s="6"/>
+      <c r="B12" s="45"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="6"/>
+      <c r="G12" s="6"/>
+      <c r="H12" s="6"/>
+      <c r="I12" s="6"/>
+      <c r="J12" s="6"/>
+      <c r="K12" s="6"/>
+      <c r="L12" s="6"/>
+      <c r="M12" s="9" t="str" cm="1">
         <f t="array" ref="M12">_xlfn.IFS($C12="", "",$D12="","",$C12&gt;$D12,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="13" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="28"/>
-[...11 lines deleted...]
-      <c r="M13" s="16" t="str" cm="1">
+      <c r="A13" s="21"/>
+      <c r="B13" s="46"/>
+      <c r="C13" s="21"/>
+      <c r="D13" s="21"/>
+      <c r="E13" s="21"/>
+      <c r="F13" s="21"/>
+      <c r="G13" s="21"/>
+      <c r="H13" s="21"/>
+      <c r="I13" s="21"/>
+      <c r="J13" s="21"/>
+      <c r="K13" s="21"/>
+      <c r="L13" s="21"/>
+      <c r="M13" s="9" t="str" cm="1">
         <f t="array" ref="M13">_xlfn.IFS($C13="", "",$D13="","",$C13&gt;$D13,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="14" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="10"/>
-[...11 lines deleted...]
-      <c r="M14" s="16" t="str" cm="1">
+      <c r="A14" s="6"/>
+      <c r="B14" s="45"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="6"/>
+      <c r="G14" s="6"/>
+      <c r="H14" s="6"/>
+      <c r="I14" s="6"/>
+      <c r="J14" s="6"/>
+      <c r="K14" s="6"/>
+      <c r="L14" s="6"/>
+      <c r="M14" s="9" t="str" cm="1">
         <f t="array" ref="M14">_xlfn.IFS($C14="", "",$D14="","",$C14&gt;$D14,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="15" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="28"/>
-[...11 lines deleted...]
-      <c r="M15" s="16" t="str" cm="1">
+      <c r="A15" s="21"/>
+      <c r="B15" s="46"/>
+      <c r="C15" s="21"/>
+      <c r="D15" s="21"/>
+      <c r="E15" s="21"/>
+      <c r="F15" s="21"/>
+      <c r="G15" s="21"/>
+      <c r="H15" s="21"/>
+      <c r="I15" s="21"/>
+      <c r="J15" s="21"/>
+      <c r="K15" s="21"/>
+      <c r="L15" s="21"/>
+      <c r="M15" s="9" t="str" cm="1">
         <f t="array" ref="M15">_xlfn.IFS($C15="", "",$D15="","",$C15&gt;$D15,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="16" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="10"/>
-[...11 lines deleted...]
-      <c r="M16" s="16" t="str" cm="1">
+      <c r="A16" s="6"/>
+      <c r="B16" s="45"/>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="6"/>
+      <c r="G16" s="6"/>
+      <c r="H16" s="6"/>
+      <c r="I16" s="6"/>
+      <c r="J16" s="6"/>
+      <c r="K16" s="6"/>
+      <c r="L16" s="6"/>
+      <c r="M16" s="9" t="str" cm="1">
         <f t="array" ref="M16">_xlfn.IFS($C16="", "",$D16="","",$C16&gt;$D16,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="17" spans="1:13" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="28"/>
-[...11 lines deleted...]
-      <c r="M17" s="16" t="str" cm="1">
+      <c r="A17" s="21"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="21"/>
+      <c r="D17" s="21"/>
+      <c r="E17" s="21"/>
+      <c r="F17" s="21"/>
+      <c r="G17" s="21"/>
+      <c r="H17" s="21"/>
+      <c r="I17" s="21"/>
+      <c r="J17" s="21"/>
+      <c r="K17" s="21"/>
+      <c r="L17" s="21"/>
+      <c r="M17" s="9" t="str" cm="1">
         <f t="array" ref="M17">_xlfn.IFS($C17="", "",$D17="","",$C17&gt;$D17,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="18" spans="1:13" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="10"/>
-[...11 lines deleted...]
-      <c r="M18" s="16" t="str" cm="1">
+      <c r="A18" s="6"/>
+      <c r="B18" s="45"/>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="6"/>
+      <c r="G18" s="6"/>
+      <c r="H18" s="6"/>
+      <c r="I18" s="6"/>
+      <c r="J18" s="6"/>
+      <c r="K18" s="6"/>
+      <c r="L18" s="6"/>
+      <c r="M18" s="9" t="str" cm="1">
         <f t="array" ref="M18">_xlfn.IFS($C18="", "",$D18="","",$C18&gt;$D18,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="19" spans="1:13" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="28"/>
-[...11 lines deleted...]
-      <c r="M19" s="16" t="str" cm="1">
+      <c r="A19" s="21"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="21"/>
+      <c r="D19" s="21"/>
+      <c r="E19" s="21"/>
+      <c r="F19" s="21"/>
+      <c r="G19" s="21"/>
+      <c r="H19" s="21"/>
+      <c r="I19" s="21"/>
+      <c r="J19" s="21"/>
+      <c r="K19" s="21"/>
+      <c r="L19" s="21"/>
+      <c r="M19" s="9" t="str" cm="1">
         <f t="array" ref="M19">_xlfn.IFS($C19="", "",$D19="","",$C19&gt;$D19,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="20" spans="1:13" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="10"/>
-[...11 lines deleted...]
-      <c r="M20" s="16" t="str" cm="1">
+      <c r="A20" s="6"/>
+      <c r="B20" s="45"/>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="6"/>
+      <c r="G20" s="6"/>
+      <c r="H20" s="6"/>
+      <c r="I20" s="6"/>
+      <c r="J20" s="6"/>
+      <c r="K20" s="6"/>
+      <c r="L20" s="6"/>
+      <c r="M20" s="9" t="str" cm="1">
         <f t="array" ref="M20">_xlfn.IFS($C20="", "",$D20="","",$C20&gt;$D20,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="21" spans="1:13" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="28"/>
-[...11 lines deleted...]
-      <c r="M21" s="16" t="str" cm="1">
+      <c r="A21" s="21"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="21"/>
+      <c r="D21" s="21"/>
+      <c r="E21" s="21"/>
+      <c r="F21" s="21"/>
+      <c r="G21" s="21"/>
+      <c r="H21" s="21"/>
+      <c r="I21" s="21"/>
+      <c r="J21" s="21"/>
+      <c r="K21" s="21"/>
+      <c r="L21" s="21"/>
+      <c r="M21" s="9" t="str" cm="1">
         <f t="array" ref="M21">_xlfn.IFS($C21="", "",$D21="","",$C21&gt;$D21,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="22" spans="1:13" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="10"/>
-[...11 lines deleted...]
-      <c r="M22" s="16" t="str" cm="1">
+      <c r="A22" s="6"/>
+      <c r="B22" s="45"/>
+      <c r="C22" s="6"/>
+      <c r="D22" s="6"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="6"/>
+      <c r="G22" s="6"/>
+      <c r="H22" s="6"/>
+      <c r="I22" s="6"/>
+      <c r="J22" s="6"/>
+      <c r="K22" s="6"/>
+      <c r="L22" s="6"/>
+      <c r="M22" s="9" t="str" cm="1">
         <f t="array" ref="M22">_xlfn.IFS($C22="", "",$D22="","",$C22&gt;$D22,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="23" spans="1:13" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="28"/>
-[...11 lines deleted...]
-      <c r="M23" s="16" t="str" cm="1">
+      <c r="A23" s="21"/>
+      <c r="B23" s="46"/>
+      <c r="C23" s="21"/>
+      <c r="D23" s="21"/>
+      <c r="E23" s="21"/>
+      <c r="F23" s="21"/>
+      <c r="G23" s="21"/>
+      <c r="H23" s="21"/>
+      <c r="I23" s="21"/>
+      <c r="J23" s="21"/>
+      <c r="K23" s="21"/>
+      <c r="L23" s="21"/>
+      <c r="M23" s="9" t="str" cm="1">
         <f t="array" ref="M23">_xlfn.IFS($C23="", "",$D23="","",$C23&gt;$D23,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="24" spans="1:13" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="10"/>
-[...11 lines deleted...]
-      <c r="M24" s="16" t="str" cm="1">
+      <c r="A24" s="6"/>
+      <c r="B24" s="45"/>
+      <c r="C24" s="6"/>
+      <c r="D24" s="6"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="6"/>
+      <c r="G24" s="6"/>
+      <c r="H24" s="6"/>
+      <c r="I24" s="6"/>
+      <c r="J24" s="6"/>
+      <c r="K24" s="6"/>
+      <c r="L24" s="6"/>
+      <c r="M24" s="9" t="str" cm="1">
         <f t="array" ref="M24">_xlfn.IFS($C24="", "",$D24="","",$C24&gt;$D24,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="25" spans="1:13" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="28"/>
-[...11 lines deleted...]
-      <c r="M25" s="16" t="str" cm="1">
+      <c r="A25" s="21"/>
+      <c r="B25" s="46"/>
+      <c r="C25" s="21"/>
+      <c r="D25" s="21"/>
+      <c r="E25" s="21"/>
+      <c r="F25" s="21"/>
+      <c r="G25" s="21"/>
+      <c r="H25" s="21"/>
+      <c r="I25" s="21"/>
+      <c r="J25" s="21"/>
+      <c r="K25" s="21"/>
+      <c r="L25" s="21"/>
+      <c r="M25" s="9" t="str" cm="1">
         <f t="array" ref="M25">_xlfn.IFS($C25="", "",$D25="","",$C25&gt;$D25,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="26" spans="1:13" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="10"/>
-[...11 lines deleted...]
-      <c r="M26" s="16" t="str" cm="1">
+      <c r="A26" s="6"/>
+      <c r="B26" s="45"/>
+      <c r="C26" s="6"/>
+      <c r="D26" s="6"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="6"/>
+      <c r="G26" s="6"/>
+      <c r="H26" s="6"/>
+      <c r="I26" s="6"/>
+      <c r="J26" s="6"/>
+      <c r="K26" s="6"/>
+      <c r="L26" s="6"/>
+      <c r="M26" s="9" t="str" cm="1">
         <f t="array" ref="M26">_xlfn.IFS($C26="", "",$D26="","",$C26&gt;$D26,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
     <row r="27" spans="1:13" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="28"/>
-[...11 lines deleted...]
-      <c r="M27" s="16" t="str" cm="1">
+      <c r="A27" s="21"/>
+      <c r="B27" s="46"/>
+      <c r="C27" s="21"/>
+      <c r="D27" s="21"/>
+      <c r="E27" s="21"/>
+      <c r="F27" s="21"/>
+      <c r="G27" s="21"/>
+      <c r="H27" s="21"/>
+      <c r="I27" s="21"/>
+      <c r="J27" s="21"/>
+      <c r="K27" s="21"/>
+      <c r="L27" s="21"/>
+      <c r="M27" s="9" t="str" cm="1">
         <f t="array" ref="M27">_xlfn.IFS($C27="", "",$D27="","",$C27&gt;$D27,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="k5KUUsd52VznUQumyNLoaVZqewupHURYoo+j6Yj2zK3QUhmqsSiVaaw2WPNVuS1Y1EDNtqil6NAUO0VKggNw0g==" saltValue="T9T6j9I5DbDKw5AR0XhKJA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A8:M8"/>
   </mergeCells>
   <conditionalFormatting sqref="M10:M27">
     <cfRule type="containsText" dxfId="11" priority="3" operator="containsText" text="INVALID">
       <formula>NOT(ISERROR(SEARCH("INVALID",M10)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="10" priority="4" operator="containsText" text="VALID">
       <formula>NOT(ISERROR(SEARCH("VALID",M10)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="textLength" errorStyle="warning" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Format" error="Please use the format XX-XXX." promptTitle="Format" prompt="XX-XXX" sqref="L10:L27" xr:uid="{EF08D105-5E60-43FA-901C-BAC7BA4ADD58}">
       <formula1>6</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A3" location="Table_12" display="Click for Instructions" xr:uid="{98710F63-D632-4CE7-8B4D-7CFEF3AD53E7}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="5" scale="53" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="5" scale="51" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <sheetPr>
     <tabColor theme="6" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="A1:I14"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H11" sqref="H11"/>
+      <selection activeCell="E8" sqref="E8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="20.7109375" style="2" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>525</v>
+        <v>95</v>
+      </c>
+      <c r="D1" s="92" t="s">
+        <v>483</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A3" s="115" t="s">
-        <v>412</v>
+      <c r="A3" s="85" t="s">
+        <v>378</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>253</v>
+        <v>228</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>247</v>
+        <v>226</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="394" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="394"/>
+      <c r="A7" s="374" t="s">
+        <v>503</v>
+      </c>
+      <c r="B7" s="374"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="215"/>
-      <c r="B8" s="215"/>
+      <c r="A8" s="157"/>
+      <c r="B8" s="157"/>
     </row>
     <row r="9" spans="1:9" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="376" t="s">
-[...4 lines deleted...]
-      <c r="D9" s="376"/>
+      <c r="A9" s="344" t="s">
+        <v>110</v>
+      </c>
+      <c r="B9" s="344"/>
+      <c r="C9" s="344"/>
+      <c r="D9" s="344"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
     </row>
     <row r="10" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="11" spans="1:9" ht="30.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="422" t="s">
-[...4 lines deleted...]
-      <c r="D11" s="111"/>
+      <c r="A11" s="388" t="s">
+        <v>111</v>
+      </c>
+      <c r="B11" s="389"/>
+      <c r="C11" s="389"/>
+      <c r="D11" s="81"/>
     </row>
     <row r="12" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="13" spans="1:9" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="424" t="s">
-[...4 lines deleted...]
-      <c r="D13" s="426"/>
+      <c r="A13" s="390" t="s">
+        <v>112</v>
+      </c>
+      <c r="B13" s="391"/>
+      <c r="C13" s="391"/>
+      <c r="D13" s="392"/>
     </row>
     <row r="14" spans="1:9" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="419"/>
-[...2 lines deleted...]
-      <c r="D14" s="421"/>
+      <c r="A14" s="385"/>
+      <c r="B14" s="386"/>
+      <c r="C14" s="386"/>
+      <c r="D14" s="387"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A14:D14"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A13:D13"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Number" error="Please enter a number. If none, put &quot;0&quot;." sqref="D11" xr:uid="{41FB5519-B03B-459C-AE9D-3885A23FA18A}">
       <formula1>0</formula1>
       <formula2>9999999</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A3" location="Table_13" display="Click for Instructions" xr:uid="{30AAF65A-C1B5-4BA0-AF08-1551A3811C1E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF99"/>
   </sheetPr>
   <dimension ref="A1:H69"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G9" sqref="G9"/>
+      <selection activeCell="G22" sqref="G22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="41.140625" style="3" customWidth="1"/>
     <col min="2" max="2" width="41.140625" style="2" customWidth="1"/>
     <col min="3" max="3" width="0.85546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="18.42578125" style="2" customWidth="1"/>
     <col min="5" max="8" width="15.7109375" style="2" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A1" s="230" t="s">
-[...7 lines deleted...]
-        <v>515</v>
+      <c r="A1" s="172" t="s">
+        <v>68</v>
+      </c>
+      <c r="B1" s="91"/>
+      <c r="D1" s="91" t="s">
+        <v>95</v>
+      </c>
+      <c r="E1" s="88" t="s">
+        <v>499</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A2" s="230"/>
-[...1 lines deleted...]
-      <c r="D2" s="148"/>
+      <c r="A2" s="172"/>
+      <c r="B2" s="91"/>
+      <c r="D2" s="91"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A3" s="231" t="s">
-[...3 lines deleted...]
-      <c r="D3" s="148"/>
+      <c r="A3" s="173" t="s">
+        <v>378</v>
+      </c>
+      <c r="B3" s="91"/>
+      <c r="D3" s="91"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>340</v>
+        <v>308</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A5" s="232" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="233"/>
+      <c r="A5" s="174" t="s">
+        <v>379</v>
+      </c>
+      <c r="B5" s="175"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="B6" s="233"/>
+        <v>313</v>
+      </c>
+      <c r="B6" s="175"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="2"/>
-      <c r="B7" s="233"/>
+      <c r="B7" s="175"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A8" s="230" t="s">
-        <v>529</v>
+      <c r="A8" s="172" t="s">
+        <v>505</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="10" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="234" t="s">
+      <c r="A10" s="176" t="s">
         <v>1</v>
       </c>
-      <c r="B10" s="235" t="s">
+      <c r="B10" s="177" t="s">
         <v>2</v>
       </c>
-      <c r="D10" s="96" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="97"/>
+      <c r="D10" s="69" t="s">
+        <v>183</v>
+      </c>
+      <c r="E10" s="70"/>
     </row>
     <row r="11" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="236" t="s">
-[...6 lines deleted...]
-      <c r="E11" s="99">
+      <c r="A11" s="178" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="179"/>
+      <c r="D11" s="71" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" s="72">
         <f>SUM($B$12:$B$21)</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="238" t="s">
+      <c r="A12" s="180" t="s">
+        <v>535</v>
+      </c>
+      <c r="B12" s="40"/>
+      <c r="D12" s="73" t="s">
+        <v>72</v>
+      </c>
+      <c r="E12" s="74">
+        <f>SUM($B$24:$B$26)</f>
+        <v>0</v>
+      </c>
+      <c r="F12" s="23"/>
+      <c r="G12" s="23"/>
+      <c r="H12" s="23"/>
+    </row>
+    <row r="13" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="181" t="s">
+        <v>536</v>
+      </c>
+      <c r="B13" s="39"/>
+      <c r="D13" s="73" t="s">
+        <v>76</v>
+      </c>
+      <c r="E13" s="74">
+        <f>SUM($B$29:$B$35)</f>
+        <v>0</v>
+      </c>
+      <c r="F13" s="23"/>
+      <c r="G13" s="23"/>
+      <c r="H13" s="23"/>
+    </row>
+    <row r="14" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="181" t="s">
+        <v>537</v>
+      </c>
+      <c r="B14" s="41"/>
+      <c r="D14" s="75" t="s">
+        <v>83</v>
+      </c>
+      <c r="E14" s="76">
+        <f>SUM($B$38:$B$40)</f>
+        <v>0</v>
+      </c>
+      <c r="F14" s="23"/>
+      <c r="G14" s="23"/>
+      <c r="H14" s="23"/>
+    </row>
+    <row r="15" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="181" t="s">
+        <v>538</v>
+      </c>
+      <c r="B15" s="39"/>
+      <c r="D15" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="F15" s="23"/>
+      <c r="G15" s="23"/>
+      <c r="H15" s="23"/>
+    </row>
+    <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="181" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" s="41"/>
+      <c r="F16" s="23"/>
+      <c r="G16" s="23"/>
+      <c r="H16" s="23"/>
+    </row>
+    <row r="17" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="181" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" s="39"/>
+      <c r="F17" s="23"/>
+      <c r="G17" s="23"/>
+      <c r="H17" s="23"/>
+    </row>
+    <row r="18" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="181" t="s">
+        <v>539</v>
+      </c>
+      <c r="B18" s="41"/>
+      <c r="F18" s="23"/>
+      <c r="G18" s="23"/>
+      <c r="H18" s="23"/>
+    </row>
+    <row r="19" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="181" t="s">
         <v>71</v>
       </c>
-      <c r="B12" s="58"/>
-      <c r="D12" s="100" t="s">
+      <c r="B19" s="39"/>
+      <c r="F19" s="23"/>
+      <c r="G19" s="23"/>
+      <c r="H19" s="23"/>
+    </row>
+    <row r="20" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="181" t="s">
+        <v>540</v>
+      </c>
+      <c r="B20" s="39"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+    </row>
+    <row r="21" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="181" t="s">
+        <v>531</v>
+      </c>
+      <c r="B21" s="41"/>
+      <c r="F21" s="23"/>
+      <c r="G21" s="23"/>
+      <c r="H21" s="23"/>
+    </row>
+    <row r="22" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="182"/>
+      <c r="B22" s="183"/>
+      <c r="D22" s="25"/>
+      <c r="E22" s="25"/>
+      <c r="F22" s="23"/>
+      <c r="G22" s="23"/>
+      <c r="H22" s="23"/>
+    </row>
+    <row r="23" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="178" t="s">
+        <v>72</v>
+      </c>
+      <c r="B23" s="179"/>
+      <c r="D23" s="25"/>
+      <c r="E23" s="25"/>
+      <c r="F23" s="23"/>
+      <c r="G23" s="23"/>
+      <c r="H23" s="23"/>
+    </row>
+    <row r="24" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="180" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" s="65"/>
+      <c r="D24" s="25"/>
+      <c r="E24" s="25"/>
+      <c r="F24" s="23"/>
+      <c r="G24" s="23"/>
+      <c r="H24" s="23"/>
+    </row>
+    <row r="25" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="181" t="s">
+        <v>74</v>
+      </c>
+      <c r="B25" s="39"/>
+      <c r="D25" s="25"/>
+      <c r="E25" s="25"/>
+      <c r="F25" s="23"/>
+      <c r="G25" s="23"/>
+      <c r="H25" s="23"/>
+    </row>
+    <row r="26" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="181" t="s">
+        <v>75</v>
+      </c>
+      <c r="B26" s="66"/>
+      <c r="E26" s="25"/>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="23"/>
+    </row>
+    <row r="27" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="182"/>
+      <c r="B27" s="183"/>
+      <c r="E27" s="25"/>
+      <c r="F27" s="23"/>
+      <c r="G27" s="23"/>
+      <c r="H27" s="23"/>
+    </row>
+    <row r="28" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="178" t="s">
+        <v>76</v>
+      </c>
+      <c r="B28" s="184"/>
+      <c r="E28" s="25"/>
+      <c r="F28" s="23"/>
+      <c r="G28" s="23"/>
+      <c r="H28" s="23"/>
+    </row>
+    <row r="29" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="180" t="s">
+        <v>77</v>
+      </c>
+      <c r="B29" s="67"/>
+      <c r="F29" s="23"/>
+      <c r="G29" s="23"/>
+      <c r="H29" s="23"/>
+    </row>
+    <row r="30" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="181" t="s">
+        <v>78</v>
+      </c>
+      <c r="B30" s="66"/>
+      <c r="D30" s="25"/>
+      <c r="F30" s="23"/>
+      <c r="G30" s="23"/>
+      <c r="H30" s="23"/>
+    </row>
+    <row r="31" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="181" t="s">
+        <v>79</v>
+      </c>
+      <c r="B31" s="39"/>
+      <c r="D31" s="25"/>
+      <c r="F31" s="23"/>
+      <c r="G31" s="23"/>
+      <c r="H31" s="23"/>
+    </row>
+    <row r="32" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="181" t="s">
+        <v>80</v>
+      </c>
+      <c r="B32" s="66"/>
+      <c r="D32" s="25"/>
+      <c r="F32" s="23"/>
+      <c r="G32" s="23"/>
+      <c r="H32" s="23"/>
+    </row>
+    <row r="33" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="181" t="s">
         <v>81</v>
       </c>
-      <c r="E12" s="101">
-[...12 lines deleted...]
-      <c r="D13" s="100" t="s">
+      <c r="B33" s="39"/>
+      <c r="D33" s="25"/>
+      <c r="E33" s="25"/>
+      <c r="F33" s="23"/>
+      <c r="G33" s="23"/>
+      <c r="H33" s="23"/>
+    </row>
+    <row r="34" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="181" t="s">
+        <v>311</v>
+      </c>
+      <c r="B34" s="66"/>
+      <c r="D34" s="25"/>
+      <c r="E34" s="25"/>
+      <c r="F34" s="24"/>
+      <c r="G34" s="24"/>
+      <c r="H34" s="24"/>
+    </row>
+    <row r="35" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="181" t="s">
+        <v>312</v>
+      </c>
+      <c r="B35" s="39"/>
+      <c r="D35" s="25"/>
+      <c r="E35" s="25"/>
+      <c r="F35" s="24"/>
+      <c r="G35" s="24"/>
+      <c r="H35" s="24"/>
+    </row>
+    <row r="36" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="182"/>
+      <c r="B36" s="183"/>
+      <c r="D36" s="25"/>
+      <c r="E36" s="25"/>
+      <c r="F36" s="24"/>
+      <c r="G36" s="24"/>
+      <c r="H36" s="24"/>
+    </row>
+    <row r="37" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="178" t="s">
+        <v>83</v>
+      </c>
+      <c r="B37" s="184"/>
+      <c r="D37" s="25"/>
+      <c r="E37" s="25"/>
+      <c r="F37" s="24"/>
+      <c r="G37" s="24"/>
+      <c r="H37" s="24"/>
+    </row>
+    <row r="38" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="180" t="s">
+        <v>84</v>
+      </c>
+      <c r="B38" s="65"/>
+      <c r="D38" s="25"/>
+      <c r="E38" s="25"/>
+      <c r="F38" s="23"/>
+      <c r="G38" s="23"/>
+      <c r="H38" s="23"/>
+    </row>
+    <row r="39" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="181" t="s">
         <v>85</v>
       </c>
-      <c r="E13" s="101">
-[...271 lines deleted...]
-      <c r="H39" s="30"/>
+      <c r="B39" s="39"/>
+      <c r="D39" s="25"/>
+      <c r="E39" s="25"/>
+      <c r="F39" s="23"/>
+      <c r="G39" s="23"/>
+      <c r="H39" s="23"/>
     </row>
     <row r="40" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="243" t="s">
-[...7 lines deleted...]
-      <c r="H40" s="30"/>
+      <c r="A40" s="185" t="s">
+        <v>310</v>
+      </c>
+      <c r="B40" s="68"/>
+      <c r="D40" s="25"/>
+      <c r="E40" s="25"/>
+      <c r="F40" s="23"/>
+      <c r="G40" s="23"/>
+      <c r="H40" s="23"/>
     </row>
     <row r="41" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="244"/>
-[...5 lines deleted...]
-      <c r="H41" s="30"/>
+      <c r="A41" s="186"/>
+      <c r="B41" s="187"/>
+      <c r="D41" s="25"/>
+      <c r="E41" s="25"/>
+      <c r="F41" s="23"/>
+      <c r="G41" s="23"/>
+      <c r="H41" s="23"/>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D42" s="32"/>
-[...3 lines deleted...]
-      <c r="H42" s="30"/>
+      <c r="D42" s="25"/>
+      <c r="E42" s="25"/>
+      <c r="F42" s="23"/>
+      <c r="G42" s="23"/>
+      <c r="H42" s="23"/>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D43" s="32"/>
-[...3 lines deleted...]
-      <c r="H43" s="30"/>
+      <c r="D43" s="25"/>
+      <c r="E43" s="25"/>
+      <c r="F43" s="23"/>
+      <c r="G43" s="23"/>
+      <c r="H43" s="23"/>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D44" s="32"/>
-[...3 lines deleted...]
-      <c r="H44" s="30"/>
+      <c r="D44" s="25"/>
+      <c r="E44" s="25"/>
+      <c r="F44" s="23"/>
+      <c r="G44" s="23"/>
+      <c r="H44" s="23"/>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D45" s="32"/>
-[...3 lines deleted...]
-      <c r="H45" s="30"/>
+      <c r="D45" s="25"/>
+      <c r="E45" s="25"/>
+      <c r="F45" s="23"/>
+      <c r="G45" s="23"/>
+      <c r="H45" s="23"/>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D46" s="32"/>
-[...3 lines deleted...]
-      <c r="H46" s="30"/>
+      <c r="D46" s="25"/>
+      <c r="E46" s="25"/>
+      <c r="F46" s="23"/>
+      <c r="G46" s="23"/>
+      <c r="H46" s="23"/>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D47" s="32"/>
-[...3 lines deleted...]
-      <c r="H47" s="30"/>
+      <c r="D47" s="25"/>
+      <c r="E47" s="25"/>
+      <c r="F47" s="23"/>
+      <c r="G47" s="23"/>
+      <c r="H47" s="23"/>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D48" s="32"/>
-[...3 lines deleted...]
-      <c r="H48" s="30"/>
+      <c r="D48" s="25"/>
+      <c r="E48" s="25"/>
+      <c r="F48" s="23"/>
+      <c r="G48" s="23"/>
+      <c r="H48" s="23"/>
     </row>
     <row r="49" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D49" s="32"/>
-[...3 lines deleted...]
-      <c r="H49" s="30"/>
+      <c r="D49" s="25"/>
+      <c r="E49" s="25"/>
+      <c r="F49" s="23"/>
+      <c r="G49" s="23"/>
+      <c r="H49" s="23"/>
     </row>
     <row r="50" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D50" s="32"/>
-[...3 lines deleted...]
-      <c r="H50" s="30"/>
+      <c r="D50" s="25"/>
+      <c r="E50" s="25"/>
+      <c r="F50" s="23"/>
+      <c r="G50" s="23"/>
+      <c r="H50" s="23"/>
     </row>
     <row r="51" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D51" s="32"/>
-[...3 lines deleted...]
-      <c r="H51" s="30"/>
+      <c r="D51" s="25"/>
+      <c r="E51" s="25"/>
+      <c r="F51" s="23"/>
+      <c r="G51" s="23"/>
+      <c r="H51" s="23"/>
     </row>
     <row r="52" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D52" s="32"/>
-[...3 lines deleted...]
-      <c r="H52" s="30"/>
+      <c r="D52" s="25"/>
+      <c r="E52" s="25"/>
+      <c r="F52" s="23"/>
+      <c r="G52" s="23"/>
+      <c r="H52" s="23"/>
     </row>
     <row r="53" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D53" s="32"/>
-[...3 lines deleted...]
-      <c r="H53" s="30"/>
+      <c r="D53" s="25"/>
+      <c r="E53" s="25"/>
+      <c r="F53" s="23"/>
+      <c r="G53" s="23"/>
+      <c r="H53" s="23"/>
     </row>
     <row r="54" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D54" s="32"/>
-[...3 lines deleted...]
-      <c r="H54" s="30"/>
+      <c r="D54" s="25"/>
+      <c r="E54" s="25"/>
+      <c r="F54" s="23"/>
+      <c r="G54" s="23"/>
+      <c r="H54" s="23"/>
     </row>
     <row r="55" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D55" s="32"/>
-[...3 lines deleted...]
-      <c r="H55" s="30"/>
+      <c r="D55" s="25"/>
+      <c r="E55" s="25"/>
+      <c r="F55" s="23"/>
+      <c r="G55" s="23"/>
+      <c r="H55" s="23"/>
     </row>
     <row r="56" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D56" s="32"/>
-[...3 lines deleted...]
-      <c r="H56" s="30"/>
+      <c r="D56" s="25"/>
+      <c r="E56" s="25"/>
+      <c r="F56" s="23"/>
+      <c r="G56" s="23"/>
+      <c r="H56" s="23"/>
     </row>
     <row r="57" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D57" s="32"/>
-[...3 lines deleted...]
-      <c r="H57" s="30"/>
+      <c r="D57" s="25"/>
+      <c r="E57" s="25"/>
+      <c r="F57" s="23"/>
+      <c r="G57" s="23"/>
+      <c r="H57" s="23"/>
     </row>
     <row r="58" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D58" s="32"/>
-[...3 lines deleted...]
-      <c r="H58" s="30"/>
+      <c r="D58" s="25"/>
+      <c r="E58" s="25"/>
+      <c r="F58" s="23"/>
+      <c r="G58" s="23"/>
+      <c r="H58" s="23"/>
     </row>
     <row r="59" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D59" s="32"/>
-[...3 lines deleted...]
-      <c r="H59" s="30"/>
+      <c r="D59" s="25"/>
+      <c r="E59" s="25"/>
+      <c r="F59" s="23"/>
+      <c r="G59" s="23"/>
+      <c r="H59" s="23"/>
     </row>
     <row r="60" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="E60" s="32"/>
-[...2 lines deleted...]
-      <c r="H60" s="30"/>
+      <c r="E60" s="25"/>
+      <c r="F60" s="23"/>
+      <c r="G60" s="23"/>
+      <c r="H60" s="23"/>
     </row>
     <row r="61" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="E61" s="32"/>
-[...2 lines deleted...]
-      <c r="H61" s="30"/>
+      <c r="E61" s="25"/>
+      <c r="F61" s="23"/>
+      <c r="G61" s="23"/>
+      <c r="H61" s="23"/>
     </row>
     <row r="62" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="E62" s="32"/>
-[...2 lines deleted...]
-      <c r="H62" s="30"/>
+      <c r="E62" s="25"/>
+      <c r="F62" s="23"/>
+      <c r="G62" s="23"/>
+      <c r="H62" s="23"/>
     </row>
     <row r="63" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="E63" s="32"/>
-[...2 lines deleted...]
-      <c r="H63" s="30"/>
+      <c r="E63" s="25"/>
+      <c r="F63" s="23"/>
+      <c r="G63" s="23"/>
+      <c r="H63" s="23"/>
     </row>
     <row r="64" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="E64" s="32"/>
-[...2 lines deleted...]
-      <c r="H64" s="30"/>
+      <c r="E64" s="25"/>
+      <c r="F64" s="23"/>
+      <c r="G64" s="23"/>
+      <c r="H64" s="23"/>
     </row>
     <row r="65" spans="6:8" x14ac:dyDescent="0.25">
-      <c r="F65" s="30"/>
-[...1 lines deleted...]
-      <c r="H65" s="30"/>
+      <c r="F65" s="23"/>
+      <c r="G65" s="23"/>
+      <c r="H65" s="23"/>
     </row>
     <row r="66" spans="6:8" x14ac:dyDescent="0.25">
-      <c r="F66" s="30"/>
-[...1 lines deleted...]
-      <c r="H66" s="30"/>
+      <c r="F66" s="23"/>
+      <c r="G66" s="23"/>
+      <c r="H66" s="23"/>
     </row>
     <row r="67" spans="6:8" x14ac:dyDescent="0.25">
-      <c r="F67" s="30"/>
-[...1 lines deleted...]
-      <c r="H67" s="30"/>
+      <c r="F67" s="23"/>
+      <c r="G67" s="23"/>
+      <c r="H67" s="23"/>
     </row>
     <row r="68" spans="6:8" x14ac:dyDescent="0.25">
-      <c r="F68" s="30"/>
-[...1 lines deleted...]
-      <c r="H68" s="30"/>
+      <c r="F68" s="23"/>
+      <c r="G68" s="23"/>
+      <c r="H68" s="23"/>
     </row>
     <row r="69" spans="6:8" x14ac:dyDescent="0.25">
-      <c r="F69" s="30"/>
-[...1 lines deleted...]
-      <c r="H69" s="30"/>
+      <c r="F69" s="23"/>
+      <c r="G69" s="23"/>
+      <c r="H69" s="23"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="YyWpt83TGwM9gqMUAevMK6ZPwkz0Afpn6Dy5Ez3Rf57Vnb9byfTK54zTjifBx7KYYWtkmMUs6e1W9F2780q+hA==" saltValue="yZ6/udaBEJWN9JnnFjCu5g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="wByKtsoAPVjpLXnK49W8Hy+NuBqtT0F22ORmFGEu9LtOOl3xROptwh+qzXqyTdWIf0hae+9VRFDsdCBtQhoRsw==" saltValue="j1HSOwn0M/1dPoVsbiDCow==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <conditionalFormatting sqref="E11:E14">
     <cfRule type="uniqueValues" dxfId="9" priority="1"/>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A3" location="Table_31" display="Click for Instructions" xr:uid="{B0E516AF-4604-4C52-9A49-7CA9304B3516}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="80" fitToHeight="3" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="60" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF99"/>
   </sheetPr>
-  <dimension ref="A1:H69"/>
+  <dimension ref="A1:H70"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F16" sqref="F16"/>
+      <selection activeCell="E11" sqref="E11:E14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="41.140625" style="3" customWidth="1"/>
     <col min="2" max="2" width="41.140625" style="2" customWidth="1"/>
     <col min="3" max="3" width="0.85546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="18.42578125" style="2" customWidth="1"/>
     <col min="5" max="8" width="15.7109375" style="2" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A1" s="230" t="s">
+      <c r="A1" s="172" t="s">
+        <v>86</v>
+      </c>
+      <c r="D1" s="91" t="s">
         <v>95</v>
       </c>
-      <c r="D1" s="148" t="s">
-[...3 lines deleted...]
-        <v>515</v>
+      <c r="E1" s="88" t="s">
+        <v>499</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A3" s="231" t="s">
-        <v>412</v>
+      <c r="A3" s="173" t="s">
+        <v>378</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="B4" s="246"/>
+        <v>87</v>
+      </c>
+      <c r="B4" s="188"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>414</v>
-[...1 lines deleted...]
-      <c r="B5" s="246"/>
+        <v>380</v>
+      </c>
+      <c r="B5" s="188"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="B6" s="246"/>
+        <v>334</v>
+      </c>
+      <c r="B6" s="188"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B7" s="246"/>
+      <c r="B7" s="188"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A8" s="230" t="s">
-[...2 lines deleted...]
-      <c r="B8" s="230"/>
+      <c r="A8" s="172" t="s">
+        <v>506</v>
+      </c>
+      <c r="B8" s="172"/>
     </row>
     <row r="9" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="10" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="247" t="s">
+      <c r="A10" s="189" t="s">
         <v>1</v>
       </c>
-      <c r="B10" s="248" t="s">
+      <c r="B10" s="190" t="s">
         <v>2</v>
       </c>
-      <c r="D10" s="96" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="97"/>
+      <c r="D10" s="69" t="s">
+        <v>183</v>
+      </c>
+      <c r="E10" s="70"/>
     </row>
     <row r="11" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="236" t="s">
-[...6 lines deleted...]
-      <c r="E11" s="99">
+      <c r="A11" s="178" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="179"/>
+      <c r="D11" s="71" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" s="72">
         <f>SUM(B12:B21)</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="238" t="s">
+      <c r="A12" s="180" t="s">
+        <v>535</v>
+      </c>
+      <c r="B12" s="40"/>
+      <c r="D12" s="73" t="s">
+        <v>72</v>
+      </c>
+      <c r="E12" s="74">
+        <f>SUM(B24:B26)</f>
+        <v>0</v>
+      </c>
+      <c r="F12" s="23"/>
+      <c r="G12" s="23"/>
+      <c r="H12" s="23"/>
+    </row>
+    <row r="13" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="181" t="s">
+        <v>536</v>
+      </c>
+      <c r="B13" s="39"/>
+      <c r="D13" s="73" t="s">
+        <v>76</v>
+      </c>
+      <c r="E13" s="74">
+        <f>SUM(B29:B36)</f>
+        <v>0</v>
+      </c>
+      <c r="F13" s="23"/>
+      <c r="G13" s="23"/>
+      <c r="H13" s="23"/>
+    </row>
+    <row r="14" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="181" t="s">
+        <v>537</v>
+      </c>
+      <c r="B14" s="41"/>
+      <c r="D14" s="75" t="s">
+        <v>83</v>
+      </c>
+      <c r="E14" s="76">
+        <f>SUM(B39:B41)</f>
+        <v>0</v>
+      </c>
+      <c r="F14" s="23"/>
+      <c r="G14" s="23"/>
+      <c r="H14" s="23"/>
+    </row>
+    <row r="15" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="181" t="s">
+        <v>538</v>
+      </c>
+      <c r="B15" s="39"/>
+      <c r="D15" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="F15" s="23"/>
+      <c r="G15" s="23"/>
+      <c r="H15" s="23"/>
+    </row>
+    <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="181" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" s="41"/>
+      <c r="D16" s="23"/>
+      <c r="E16" s="23"/>
+      <c r="F16" s="23"/>
+      <c r="G16" s="23"/>
+      <c r="H16" s="23"/>
+    </row>
+    <row r="17" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="181" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" s="39"/>
+      <c r="D17" s="23"/>
+      <c r="E17" s="23"/>
+      <c r="F17" s="23"/>
+      <c r="G17" s="23"/>
+      <c r="H17" s="23"/>
+    </row>
+    <row r="18" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="181" t="s">
+        <v>539</v>
+      </c>
+      <c r="B18" s="41"/>
+      <c r="D18" s="23"/>
+      <c r="E18" s="191"/>
+      <c r="F18" s="23"/>
+      <c r="G18" s="23"/>
+      <c r="H18" s="23"/>
+    </row>
+    <row r="19" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="181" t="s">
         <v>71</v>
       </c>
-      <c r="B12" s="58"/>
-      <c r="D12" s="100" t="s">
+      <c r="B19" s="39"/>
+      <c r="D19" s="23"/>
+      <c r="E19" s="23"/>
+      <c r="F19" s="23"/>
+      <c r="G19" s="23"/>
+      <c r="H19" s="23"/>
+    </row>
+    <row r="20" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="181" t="s">
+        <v>540</v>
+      </c>
+      <c r="B20" s="41"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+    </row>
+    <row r="21" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="181" t="s">
+        <v>531</v>
+      </c>
+      <c r="B21" s="39"/>
+      <c r="D21" s="23"/>
+      <c r="E21" s="23"/>
+      <c r="F21" s="23"/>
+      <c r="G21" s="23"/>
+      <c r="H21" s="23"/>
+    </row>
+    <row r="22" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="192"/>
+      <c r="B22" s="193"/>
+      <c r="D22" s="23"/>
+      <c r="E22" s="23"/>
+      <c r="F22" s="23"/>
+      <c r="G22" s="23"/>
+      <c r="H22" s="23"/>
+    </row>
+    <row r="23" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="178" t="s">
+        <v>72</v>
+      </c>
+      <c r="B23" s="179"/>
+      <c r="D23" s="23"/>
+      <c r="E23" s="23"/>
+      <c r="F23" s="23"/>
+      <c r="G23" s="23"/>
+      <c r="H23" s="23"/>
+    </row>
+    <row r="24" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="180" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" s="40"/>
+      <c r="D24" s="23"/>
+      <c r="E24" s="23"/>
+      <c r="F24" s="23"/>
+      <c r="G24" s="23"/>
+      <c r="H24" s="23"/>
+    </row>
+    <row r="25" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="181" t="s">
+        <v>74</v>
+      </c>
+      <c r="B25" s="39"/>
+      <c r="D25" s="23"/>
+      <c r="E25" s="23"/>
+      <c r="F25" s="23"/>
+      <c r="G25" s="23"/>
+      <c r="H25" s="23"/>
+    </row>
+    <row r="26" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="181" t="s">
+        <v>534</v>
+      </c>
+      <c r="B26" s="41"/>
+      <c r="D26" s="23"/>
+      <c r="E26" s="23"/>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="23"/>
+    </row>
+    <row r="27" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="194"/>
+      <c r="B27" s="195"/>
+      <c r="D27" s="23"/>
+      <c r="E27" s="23"/>
+      <c r="F27" s="23"/>
+      <c r="G27" s="23"/>
+      <c r="H27" s="23"/>
+    </row>
+    <row r="28" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="178" t="s">
+        <v>76</v>
+      </c>
+      <c r="B28" s="179"/>
+      <c r="D28" s="23"/>
+      <c r="E28" s="23"/>
+      <c r="F28" s="23"/>
+      <c r="G28" s="23"/>
+      <c r="H28" s="23"/>
+    </row>
+    <row r="29" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="180" t="s">
+        <v>77</v>
+      </c>
+      <c r="B29" s="67"/>
+      <c r="D29" s="23"/>
+      <c r="E29" s="23"/>
+      <c r="F29" s="23"/>
+      <c r="G29" s="23"/>
+      <c r="H29" s="23"/>
+    </row>
+    <row r="30" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="181" t="s">
+        <v>78</v>
+      </c>
+      <c r="B30" s="41"/>
+      <c r="D30" s="23"/>
+      <c r="E30" s="23"/>
+      <c r="F30" s="23"/>
+      <c r="G30" s="23"/>
+      <c r="H30" s="23"/>
+    </row>
+    <row r="31" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="181" t="s">
+        <v>79</v>
+      </c>
+      <c r="B31" s="39"/>
+      <c r="D31" s="23"/>
+      <c r="E31" s="23"/>
+      <c r="F31" s="23"/>
+      <c r="G31" s="23"/>
+      <c r="H31" s="23"/>
+    </row>
+    <row r="32" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="181" t="s">
+        <v>80</v>
+      </c>
+      <c r="B32" s="41"/>
+      <c r="D32" s="23"/>
+      <c r="E32" s="23"/>
+      <c r="F32" s="23"/>
+      <c r="G32" s="23"/>
+      <c r="H32" s="23"/>
+    </row>
+    <row r="33" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="181" t="s">
         <v>81</v>
       </c>
-      <c r="E12" s="101">
-[...12 lines deleted...]
-      <c r="D13" s="100" t="s">
+      <c r="B33" s="39"/>
+      <c r="D33" s="23"/>
+      <c r="E33" s="23"/>
+      <c r="F33" s="23"/>
+      <c r="G33" s="23"/>
+      <c r="H33" s="23"/>
+    </row>
+    <row r="34" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="181" t="s">
+        <v>82</v>
+      </c>
+      <c r="B34" s="41"/>
+      <c r="D34" s="24"/>
+      <c r="E34" s="24"/>
+      <c r="F34" s="24"/>
+      <c r="G34" s="24"/>
+      <c r="H34" s="24"/>
+    </row>
+    <row r="35" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="181" t="s">
+        <v>533</v>
+      </c>
+      <c r="B35" s="41"/>
+      <c r="D35" s="24"/>
+      <c r="E35" s="24"/>
+      <c r="F35" s="24"/>
+      <c r="G35" s="24"/>
+      <c r="H35" s="24"/>
+    </row>
+    <row r="36" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="181" t="s">
+        <v>532</v>
+      </c>
+      <c r="B36" s="39"/>
+      <c r="D36" s="24"/>
+      <c r="E36" s="24"/>
+      <c r="F36" s="24"/>
+      <c r="G36" s="24"/>
+      <c r="H36" s="24"/>
+    </row>
+    <row r="37" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="196"/>
+      <c r="B37" s="193"/>
+      <c r="D37" s="24"/>
+      <c r="E37" s="24"/>
+      <c r="F37" s="24"/>
+      <c r="G37" s="24"/>
+      <c r="H37" s="24"/>
+    </row>
+    <row r="38" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="178" t="s">
+        <v>83</v>
+      </c>
+      <c r="B38" s="179"/>
+      <c r="D38" s="24"/>
+      <c r="E38" s="24"/>
+      <c r="F38" s="24"/>
+      <c r="G38" s="24"/>
+      <c r="H38" s="24"/>
+    </row>
+    <row r="39" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="180" t="s">
+        <v>84</v>
+      </c>
+      <c r="B39" s="40"/>
+      <c r="D39" s="23"/>
+      <c r="E39" s="23"/>
+      <c r="F39" s="23"/>
+      <c r="G39" s="23"/>
+      <c r="H39" s="23"/>
+    </row>
+    <row r="40" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="181" t="s">
         <v>85</v>
       </c>
-      <c r="E13" s="101">
-[...318 lines deleted...]
-      <c r="H42" s="30"/>
+      <c r="B40" s="39"/>
+      <c r="D40" s="23"/>
+      <c r="E40" s="23"/>
+      <c r="F40" s="23"/>
+      <c r="G40" s="23"/>
+      <c r="H40" s="23"/>
+    </row>
+    <row r="41" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="185" t="s">
+        <v>310</v>
+      </c>
+      <c r="B41" s="77"/>
+      <c r="D41" s="23"/>
+      <c r="E41" s="23"/>
+      <c r="F41" s="23"/>
+      <c r="G41" s="23"/>
+      <c r="H41" s="23"/>
+    </row>
+    <row r="42" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="194"/>
+      <c r="B42" s="195"/>
+      <c r="D42" s="23"/>
+      <c r="E42" s="23"/>
+      <c r="F42" s="23"/>
+      <c r="G42" s="23"/>
+      <c r="H42" s="23"/>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D43" s="30"/>
-[...3 lines deleted...]
-      <c r="H43" s="30"/>
+      <c r="D43" s="23"/>
+      <c r="E43" s="23"/>
+      <c r="F43" s="23"/>
+      <c r="G43" s="23"/>
+      <c r="H43" s="23"/>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D44" s="30"/>
-[...3 lines deleted...]
-      <c r="H44" s="30"/>
+      <c r="D44" s="23"/>
+      <c r="E44" s="23"/>
+      <c r="F44" s="23"/>
+      <c r="G44" s="23"/>
+      <c r="H44" s="23"/>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D45" s="30"/>
-[...3 lines deleted...]
-      <c r="H45" s="30"/>
+      <c r="D45" s="23"/>
+      <c r="E45" s="23"/>
+      <c r="F45" s="23"/>
+      <c r="G45" s="23"/>
+      <c r="H45" s="23"/>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D46" s="30"/>
-[...3 lines deleted...]
-      <c r="H46" s="30"/>
+      <c r="D46" s="23"/>
+      <c r="E46" s="23"/>
+      <c r="F46" s="23"/>
+      <c r="G46" s="23"/>
+      <c r="H46" s="23"/>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D47" s="30"/>
-[...3 lines deleted...]
-      <c r="H47" s="30"/>
+      <c r="D47" s="23"/>
+      <c r="E47" s="23"/>
+      <c r="F47" s="23"/>
+      <c r="G47" s="23"/>
+      <c r="H47" s="23"/>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D48" s="30"/>
-[...3 lines deleted...]
-      <c r="H48" s="30"/>
+      <c r="D48" s="23"/>
+      <c r="E48" s="23"/>
+      <c r="F48" s="23"/>
+      <c r="G48" s="23"/>
+      <c r="H48" s="23"/>
     </row>
     <row r="49" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D49" s="30"/>
-[...3 lines deleted...]
-      <c r="H49" s="30"/>
+      <c r="D49" s="23"/>
+      <c r="E49" s="23"/>
+      <c r="F49" s="23"/>
+      <c r="G49" s="23"/>
+      <c r="H49" s="23"/>
     </row>
     <row r="50" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D50" s="30"/>
-[...3 lines deleted...]
-      <c r="H50" s="30"/>
+      <c r="D50" s="23"/>
+      <c r="E50" s="23"/>
+      <c r="F50" s="23"/>
+      <c r="G50" s="23"/>
+      <c r="H50" s="23"/>
     </row>
     <row r="51" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D51" s="30"/>
-[...3 lines deleted...]
-      <c r="H51" s="30"/>
+      <c r="D51" s="23"/>
+      <c r="E51" s="23"/>
+      <c r="F51" s="23"/>
+      <c r="G51" s="23"/>
+      <c r="H51" s="23"/>
     </row>
     <row r="52" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D52" s="30"/>
-[...3 lines deleted...]
-      <c r="H52" s="30"/>
+      <c r="D52" s="23"/>
+      <c r="E52" s="23"/>
+      <c r="F52" s="23"/>
+      <c r="G52" s="23"/>
+      <c r="H52" s="23"/>
     </row>
     <row r="53" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D53" s="30"/>
-[...3 lines deleted...]
-      <c r="H53" s="30"/>
+      <c r="D53" s="23"/>
+      <c r="E53" s="23"/>
+      <c r="F53" s="23"/>
+      <c r="G53" s="23"/>
+      <c r="H53" s="23"/>
     </row>
     <row r="54" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D54" s="30"/>
-[...3 lines deleted...]
-      <c r="H54" s="30"/>
+      <c r="D54" s="23"/>
+      <c r="E54" s="23"/>
+      <c r="F54" s="23"/>
+      <c r="G54" s="23"/>
+      <c r="H54" s="23"/>
     </row>
     <row r="55" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D55" s="30"/>
-[...3 lines deleted...]
-      <c r="H55" s="30"/>
+      <c r="D55" s="23"/>
+      <c r="E55" s="23"/>
+      <c r="F55" s="23"/>
+      <c r="G55" s="23"/>
+      <c r="H55" s="23"/>
     </row>
     <row r="56" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D56" s="30"/>
-[...3 lines deleted...]
-      <c r="H56" s="30"/>
+      <c r="D56" s="23"/>
+      <c r="E56" s="23"/>
+      <c r="F56" s="23"/>
+      <c r="G56" s="23"/>
+      <c r="H56" s="23"/>
     </row>
     <row r="57" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D57" s="30"/>
-[...3 lines deleted...]
-      <c r="H57" s="30"/>
+      <c r="D57" s="23"/>
+      <c r="E57" s="23"/>
+      <c r="F57" s="23"/>
+      <c r="G57" s="23"/>
+      <c r="H57" s="23"/>
     </row>
     <row r="58" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D58" s="30"/>
-[...3 lines deleted...]
-      <c r="H58" s="30"/>
+      <c r="D58" s="23"/>
+      <c r="E58" s="23"/>
+      <c r="F58" s="23"/>
+      <c r="G58" s="23"/>
+      <c r="H58" s="23"/>
     </row>
     <row r="59" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D59" s="30"/>
-[...3 lines deleted...]
-      <c r="H59" s="30"/>
+      <c r="D59" s="23"/>
+      <c r="E59" s="23"/>
+      <c r="F59" s="23"/>
+      <c r="G59" s="23"/>
+      <c r="H59" s="23"/>
     </row>
     <row r="60" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D60" s="30"/>
-[...3 lines deleted...]
-      <c r="H60" s="30"/>
+      <c r="D60" s="23"/>
+      <c r="E60" s="23"/>
+      <c r="F60" s="23"/>
+      <c r="G60" s="23"/>
+      <c r="H60" s="23"/>
     </row>
     <row r="61" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D61" s="30"/>
-[...3 lines deleted...]
-      <c r="H61" s="30"/>
+      <c r="D61" s="23"/>
+      <c r="E61" s="23"/>
+      <c r="F61" s="23"/>
+      <c r="G61" s="23"/>
+      <c r="H61" s="23"/>
     </row>
     <row r="62" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D62" s="30"/>
-[...3 lines deleted...]
-      <c r="H62" s="30"/>
+      <c r="D62" s="23"/>
+      <c r="E62" s="23"/>
+      <c r="F62" s="23"/>
+      <c r="G62" s="23"/>
+      <c r="H62" s="23"/>
     </row>
     <row r="63" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D63" s="30"/>
-[...3 lines deleted...]
-      <c r="H63" s="30"/>
+      <c r="D63" s="23"/>
+      <c r="E63" s="23"/>
+      <c r="F63" s="23"/>
+      <c r="G63" s="23"/>
+      <c r="H63" s="23"/>
     </row>
     <row r="64" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D64" s="30"/>
-[...3 lines deleted...]
-      <c r="H64" s="30"/>
+      <c r="D64" s="23"/>
+      <c r="E64" s="23"/>
+      <c r="F64" s="23"/>
+      <c r="G64" s="23"/>
+      <c r="H64" s="23"/>
     </row>
     <row r="65" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D65" s="30"/>
-[...3 lines deleted...]
-      <c r="H65" s="30"/>
+      <c r="D65" s="23"/>
+      <c r="E65" s="23"/>
+      <c r="F65" s="23"/>
+      <c r="G65" s="23"/>
+      <c r="H65" s="23"/>
     </row>
     <row r="66" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D66" s="30"/>
-[...3 lines deleted...]
-      <c r="H66" s="30"/>
+      <c r="D66" s="23"/>
+      <c r="E66" s="23"/>
+      <c r="F66" s="23"/>
+      <c r="G66" s="23"/>
+      <c r="H66" s="23"/>
     </row>
     <row r="67" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D67" s="30"/>
-[...3 lines deleted...]
-      <c r="H67" s="30"/>
+      <c r="D67" s="23"/>
+      <c r="E67" s="23"/>
+      <c r="F67" s="23"/>
+      <c r="G67" s="23"/>
+      <c r="H67" s="23"/>
     </row>
     <row r="68" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D68" s="30"/>
-[...3 lines deleted...]
-      <c r="H68" s="30"/>
+      <c r="D68" s="23"/>
+      <c r="E68" s="23"/>
+      <c r="F68" s="23"/>
+      <c r="G68" s="23"/>
+      <c r="H68" s="23"/>
     </row>
     <row r="69" spans="4:8" x14ac:dyDescent="0.25">
-      <c r="D69" s="30"/>
-[...3 lines deleted...]
-      <c r="H69" s="30"/>
+      <c r="D69" s="23"/>
+      <c r="E69" s="23"/>
+      <c r="F69" s="23"/>
+      <c r="G69" s="23"/>
+      <c r="H69" s="23"/>
+    </row>
+    <row r="70" spans="4:8" x14ac:dyDescent="0.25">
+      <c r="D70" s="23"/>
+      <c r="E70" s="23"/>
+      <c r="F70" s="23"/>
+      <c r="G70" s="23"/>
+      <c r="H70" s="23"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="lZTZ0Se9k705Wh6o8aZFiQU+VZ7LfTvS+KFWMaHB0ZtztbFP5QD5d7YanCRplGqZEt0hkF1q+3MGvAB/tVik6w==" saltValue="ecKx5Z6fXgqmAkSO6fE/VQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Z29GWPZ6YENNI5Xc1D8H7ke+bZcib4/22bS6WCnkOW8mY/UXGGci5/FHaMCMEJpXF1cJ9aeP/KoiKeoM+ubAhw==" saltValue="e66tpoCUQnt8JJT4ozpteQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <conditionalFormatting sqref="E11:E14">
     <cfRule type="uniqueValues" dxfId="8" priority="1"/>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A3" location="Table_32" display="Click for Instructions" xr:uid="{D30C9B66-4DD4-4E50-AE98-1F33ABA7CD71}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="84" fitToHeight="3" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="43" max="16383" man="1"/>
+    <brk id="44" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF99"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J12" sqref="J12"/>
+      <selection activeCell="E10" sqref="E10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.7109375" style="2" customWidth="1"/>
     <col min="2" max="8" width="19.7109375" style="2" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-        <v>515</v>
+        <v>88</v>
+      </c>
+      <c r="G1" s="91" t="s">
+        <v>95</v>
+      </c>
+      <c r="H1" s="88" t="s">
+        <v>499</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A3" s="115" t="s">
-[...3 lines deleted...]
-        <v>450</v>
+      <c r="A3" s="85" t="s">
+        <v>378</v>
+      </c>
+      <c r="B3" s="85" t="s">
+        <v>414</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>390</v>
+        <v>356</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>391</v>
+        <v>357</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
-        <v>529</v>
+        <v>504</v>
       </c>
       <c r="B7" s="1"/>
       <c r="C7" s="1"/>
-      <c r="D7" s="60"/>
+      <c r="D7" s="42"/>
     </row>
     <row r="8" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="9" spans="1:8" s="4" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="255"/>
-[...18 lines deleted...]
-      <c r="H9" s="258" t="s">
+      <c r="A9" s="197"/>
+      <c r="B9" s="198" t="s">
+        <v>89</v>
+      </c>
+      <c r="C9" s="198" t="s">
+        <v>90</v>
+      </c>
+      <c r="D9" s="199" t="s">
+        <v>354</v>
+      </c>
+      <c r="E9" s="198" t="s">
+        <v>353</v>
+      </c>
+      <c r="F9" s="198" t="s">
+        <v>91</v>
+      </c>
+      <c r="G9" s="198" t="s">
+        <v>92</v>
+      </c>
+      <c r="H9" s="200" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="259" t="s">
-[...5 lines deleted...]
-      <c r="E10" s="69">
+      <c r="A10" s="201" t="s">
+        <v>338</v>
+      </c>
+      <c r="B10" s="79"/>
+      <c r="C10" s="79"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="49">
         <f>IF(D10=0,SUM(B10:C10),D10)</f>
         <v>0</v>
       </c>
-      <c r="F10" s="109"/>
-[...1 lines deleted...]
-      <c r="H10" s="70">
+      <c r="F10" s="79"/>
+      <c r="G10" s="79"/>
+      <c r="H10" s="50">
         <f>SUM(E10:G10)</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="259" t="s">
-[...5 lines deleted...]
-      <c r="E11" s="33">
+      <c r="A11" s="201" t="s">
+        <v>339</v>
+      </c>
+      <c r="B11" s="35"/>
+      <c r="C11" s="35"/>
+      <c r="D11" s="80"/>
+      <c r="E11" s="26">
         <f>IF(D11=0,SUM(B11:C11),D11)</f>
         <v>0</v>
       </c>
-      <c r="F11" s="43"/>
-[...1 lines deleted...]
-      <c r="H11" s="35">
+      <c r="F11" s="35"/>
+      <c r="G11" s="35"/>
+      <c r="H11" s="28">
         <f>SUM(E11:G11)</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="260" t="s">
-[...5 lines deleted...]
-      <c r="E12" s="33">
+      <c r="A12" s="202" t="s">
+        <v>340</v>
+      </c>
+      <c r="B12" s="43"/>
+      <c r="C12" s="43"/>
+      <c r="D12" s="47"/>
+      <c r="E12" s="26">
         <f>IF(D12=0,SUM(B12:C12),D12)</f>
         <v>0</v>
       </c>
-      <c r="F12" s="61"/>
-[...1 lines deleted...]
-      <c r="H12" s="24">
+      <c r="F12" s="43"/>
+      <c r="G12" s="43"/>
+      <c r="H12" s="17">
         <f>SUM(E12:G12)</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="261" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="71" t="str" cm="1">
+      <c r="A13" s="203" t="s">
+        <v>342</v>
+      </c>
+      <c r="B13" s="51" t="str" cm="1">
         <f t="array" ref="B13">_xlfn.IFS(B11=0,"",B12=0,"",TRUE,(B11/B12))</f>
         <v/>
       </c>
-      <c r="C13" s="71" t="str" cm="1">
+      <c r="C13" s="51" t="str" cm="1">
         <f t="array" ref="C13">_xlfn.IFS(C11=0,"",C12=0,"",TRUE,(C11/C12))</f>
         <v/>
       </c>
-      <c r="D13" s="71" t="str" cm="1">
+      <c r="D13" s="51" t="str" cm="1">
         <f t="array" ref="D13">_xlfn.IFS(D11=0,"",D12=0,"",TRUE,(D11/D12))</f>
         <v/>
       </c>
-      <c r="E13" s="71" t="str" cm="1">
+      <c r="E13" s="51" t="str" cm="1">
         <f t="array" ref="E13">_xlfn.IFS(E11=0,"",E12=0,"",TRUE,(E11/E12))</f>
         <v/>
       </c>
-      <c r="F13" s="71" t="str" cm="1">
+      <c r="F13" s="51" t="str" cm="1">
         <f t="array" ref="F13">_xlfn.IFS(F11=0,"",F12=0,"",TRUE,(F11/F12))</f>
         <v/>
       </c>
-      <c r="G13" s="71" t="str" cm="1">
+      <c r="G13" s="51" t="str" cm="1">
         <f t="array" ref="G13">_xlfn.IFS(G11=0,"",G12=0,"",TRUE,(G11/G12))</f>
         <v/>
       </c>
-      <c r="H13" s="71" t="str" cm="1">
+      <c r="H13" s="51" t="str" cm="1">
         <f t="array" ref="H13">_xlfn.IFS(H11=0,"",H12=0,"",TRUE,(H11/H12))</f>
         <v/>
       </c>
     </row>
     <row r="14" spans="1:8" ht="94.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="152" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="34" t="str" cm="1">
+      <c r="A14" s="94" t="s">
+        <v>341</v>
+      </c>
+      <c r="B14" s="27" t="str" cm="1">
         <f t="array" ref="B14">_xlfn.IFS(B11="","",B12="","",B11&gt;B12,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
-      <c r="C14" s="34" t="str" cm="1">
+      <c r="C14" s="27" t="str" cm="1">
         <f t="array" ref="C14">_xlfn.IFS(C11="","",C12="","",C11&gt;C12,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
-      <c r="D14" s="34" t="str" cm="1">
+      <c r="D14" s="27" t="str" cm="1">
         <f t="array" ref="D14">_xlfn.IFS(D11="","",D12="","",D11&gt;D12,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
-      <c r="E14" s="38" t="str" cm="1">
+      <c r="E14" s="31" t="str" cm="1">
         <f t="array" ref="E14">_xlfn.IFS(E11="","",E12="","",E11&gt;E12,"INVALID",TRUE,"VALID")</f>
         <v>VALID</v>
       </c>
-      <c r="F14" s="34" t="str" cm="1">
+      <c r="F14" s="27" t="str" cm="1">
         <f t="array" ref="F14">_xlfn.IFS(F11="","",F12="","",F11&gt;F12,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
-      <c r="G14" s="34" t="str" cm="1">
+      <c r="G14" s="27" t="str" cm="1">
         <f t="array" ref="G14">_xlfn.IFS(G11="","",G12="","",G11&gt;G12,"INVALID",TRUE,"VALID")</f>
         <v/>
       </c>
-      <c r="H14" s="38" t="str" cm="1">
+      <c r="H14" s="31" t="str" cm="1">
         <f t="array" ref="H14">_xlfn.IFS(H11="","",H12="","",H11&gt;H12,"INVALID",TRUE,"VALID")</f>
         <v>VALID</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A15" s="39"/>
+      <c r="A15" s="32"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="cuW1805Ouvb+kkZ5Teb3sPiqEcKk+mWNRb7AOkkzWH4rBYpoRLHi/hg2OHBqlprnLi4j3qjAEqLVyh1OhfRNLA==" saltValue="akZWnHOx5AoIYEZ69p2g1A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <conditionalFormatting sqref="B14:D14 F14:G14">
     <cfRule type="containsText" dxfId="7" priority="1" operator="containsText" text="INVALID">
       <formula>NOT(ISERROR(SEARCH("INVALID",B14)))</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A3" location="Table_34" display="Click for Instructions" xr:uid="{3B8087DC-EAB0-4181-BB8B-B43DB91EA13F}"/>
     <hyperlink ref="B3" location="IOM_Categories" display="Click for Definitions" xr:uid="{25A54DB7-4946-48E7-B526-92CA1986D567}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="84" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="69" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F1186936-1D5D-48E2-B0B1-2F42C7FA9182}">
   <sheetPr>
     <tabColor theme="6" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E8" sqref="E8"/>
+      <selection activeCell="B13" sqref="B13:C13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21.42578125" customWidth="1"/>
     <col min="2" max="3" width="30.42578125" customWidth="1"/>
     <col min="4" max="4" width="17.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A1" s="283" t="s">
-[...6 lines deleted...]
-        <v>525</v>
+      <c r="A1" s="225" t="s">
+        <v>440</v>
+      </c>
+      <c r="C1" s="240" t="s">
+        <v>446</v>
+      </c>
+      <c r="D1" s="241" t="s">
+        <v>483</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A3" s="303" t="s">
-[...3 lines deleted...]
-        <v>450</v>
+      <c r="A3" s="243" t="s">
+        <v>378</v>
+      </c>
+      <c r="B3" s="243" t="s">
+        <v>414</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>483</v>
+        <v>444</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A6" s="283" t="s">
-        <v>534</v>
+      <c r="A6" s="225" t="s">
+        <v>507</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:4" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="284" t="s">
-[...6 lines deleted...]
-        <v>481</v>
+      <c r="A8" s="226" t="s">
+        <v>441</v>
+      </c>
+      <c r="B8" s="227" t="s">
+        <v>443</v>
+      </c>
+      <c r="C8" s="228" t="s">
+        <v>442</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="287" t="s">
-[...3 lines deleted...]
-      <c r="C9" s="292"/>
+      <c r="A9" s="229" t="s">
+        <v>93</v>
+      </c>
+      <c r="B9" s="230"/>
+      <c r="C9" s="234"/>
     </row>
     <row r="10" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="289" t="s">
-[...3 lines deleted...]
-      <c r="C10" s="297"/>
+      <c r="A10" s="231" t="s">
+        <v>94</v>
+      </c>
+      <c r="B10" s="236"/>
+      <c r="C10" s="237"/>
     </row>
     <row r="11" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="289" t="s">
+      <c r="A11" s="231" t="s">
+        <v>3</v>
+      </c>
+      <c r="B11" s="232"/>
+      <c r="C11" s="235"/>
+    </row>
+    <row r="12" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="233" t="s">
         <v>4</v>
       </c>
-      <c r="B11" s="290"/>
-[...7 lines deleted...]
-      <c r="C12" s="299"/>
+      <c r="B12" s="238"/>
+      <c r="C12" s="239"/>
     </row>
     <row r="13" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="284" t="s">
+      <c r="A13" s="226" t="s">
         <v>2</v>
       </c>
-      <c r="B13" s="294">
+      <c r="B13" s="429">
         <f>SUM(B9:B12)</f>
         <v>0</v>
       </c>
-      <c r="C13" s="295">
+      <c r="C13" s="430">
         <f>SUM(C9:C12)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B3" location="IOM_Categories" display="Click for Definitions" xr:uid="{F7751358-8CAD-4BD0-8335-9EAC29AF0261}"/>
     <hyperlink ref="A3" location="Table_35___Prevention_Performance_Measures" display="Click for Instructions" xr:uid="{0C93B140-0851-48F0-9088-F3E702B43FD9}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{421DCEB7-9061-4507-8CDE-C6DAC464F7DC}">
   <sheetPr>
     <tabColor theme="6" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="A1:V71"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:V6"/>
+    <sheetView showGridLines="0" topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="B27" sqref="B27:C27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="15" width="6.7109375" style="2" customWidth="1"/>
     <col min="16" max="16" width="12.7109375" style="2" customWidth="1"/>
     <col min="17" max="20" width="6.7109375" style="2" customWidth="1"/>
     <col min="21" max="21" width="12.7109375" style="2" customWidth="1"/>
     <col min="22" max="22" width="9.140625" style="2" customWidth="1"/>
     <col min="23" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="Q1" s="1" t="s">
-        <v>104</v>
-[...4 lines deleted...]
-      <c r="U1" s="432"/>
+        <v>95</v>
+      </c>
+      <c r="T1" s="418" t="s">
+        <v>483</v>
+      </c>
+      <c r="U1" s="418"/>
     </row>
     <row r="2" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="T2" s="433"/>
-      <c r="U2" s="433"/>
+      <c r="T2" s="419"/>
+      <c r="U2" s="419"/>
     </row>
     <row r="3" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A3" s="115" t="s">
-[...3 lines deleted...]
-      <c r="U3" s="262"/>
+      <c r="A3" s="85" t="s">
+        <v>378</v>
+      </c>
+      <c r="T3" s="204"/>
+      <c r="U3" s="204"/>
     </row>
     <row r="4" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-      <c r="U4" s="262"/>
+        <v>375</v>
+      </c>
+      <c r="T4" s="204"/>
+      <c r="U4" s="204"/>
     </row>
     <row r="5" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-      <c r="U5" s="262"/>
+        <v>376</v>
+      </c>
+      <c r="T5" s="204"/>
+      <c r="U5" s="204"/>
     </row>
     <row r="6" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-      <c r="U6" s="262"/>
+        <v>377</v>
+      </c>
+      <c r="T6" s="204"/>
+      <c r="U6" s="204"/>
     </row>
     <row r="7" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="T7" s="262"/>
-      <c r="U7" s="262"/>
+      <c r="T7" s="204"/>
+      <c r="U7" s="204"/>
     </row>
     <row r="8" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
-        <v>527</v>
+        <v>508</v>
       </c>
     </row>
     <row r="10" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A10" s="434" t="s">
-[...15 lines deleted...]
-      <c r="M10" s="429"/>
+      <c r="A10" s="420" t="s">
+        <v>136</v>
+      </c>
+      <c r="B10" s="205" t="s">
+        <v>137</v>
+      </c>
+      <c r="C10" s="413"/>
+      <c r="D10" s="413"/>
+      <c r="E10" s="413"/>
+      <c r="F10" s="413"/>
+      <c r="G10" s="413"/>
+      <c r="H10" s="413"/>
+      <c r="I10" s="413"/>
+      <c r="J10" s="413"/>
+      <c r="K10" s="413"/>
+      <c r="L10" s="413"/>
+      <c r="M10" s="413"/>
       <c r="N10" t="str">
         <f>IF(C10="","BLANK","")</f>
         <v>BLANK</v>
       </c>
     </row>
     <row r="11" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A11" s="434"/>
-[...13 lines deleted...]
-      <c r="M11" s="429"/>
+      <c r="A11" s="420"/>
+      <c r="B11" s="205" t="s">
+        <v>138</v>
+      </c>
+      <c r="C11" s="413"/>
+      <c r="D11" s="413"/>
+      <c r="E11" s="413"/>
+      <c r="F11" s="413"/>
+      <c r="G11" s="413"/>
+      <c r="H11" s="413"/>
+      <c r="I11" s="413"/>
+      <c r="J11" s="413"/>
+      <c r="K11" s="413"/>
+      <c r="L11" s="413"/>
+      <c r="M11" s="413"/>
       <c r="N11" t="str">
         <f t="shared" ref="N11:N12" si="0">IF(C11="","BLANK","")</f>
         <v>BLANK</v>
       </c>
     </row>
     <row r="12" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A12" s="434"/>
-[...13 lines deleted...]
-      <c r="M12" s="429"/>
+      <c r="A12" s="420"/>
+      <c r="B12" s="205" t="s">
+        <v>139</v>
+      </c>
+      <c r="C12" s="413"/>
+      <c r="D12" s="413"/>
+      <c r="E12" s="413"/>
+      <c r="F12" s="413"/>
+      <c r="G12" s="413"/>
+      <c r="H12" s="413"/>
+      <c r="I12" s="413"/>
+      <c r="J12" s="413"/>
+      <c r="K12" s="413"/>
+      <c r="L12" s="413"/>
+      <c r="M12" s="413"/>
       <c r="N12" t="str">
         <f t="shared" si="0"/>
         <v>BLANK</v>
       </c>
     </row>
     <row r="13" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="264"/>
-[...19 lines deleted...]
-      <c r="U13" s="265"/>
+      <c r="A13" s="206"/>
+      <c r="B13" s="207"/>
+      <c r="C13" s="208"/>
+      <c r="D13" s="208"/>
+      <c r="E13" s="208"/>
+      <c r="F13" s="208"/>
+      <c r="G13" s="208"/>
+      <c r="H13" s="208"/>
+      <c r="I13" s="208"/>
+      <c r="J13" s="208"/>
+      <c r="K13" s="208"/>
+      <c r="L13" s="208"/>
+      <c r="M13" s="208"/>
+      <c r="N13" s="207"/>
+      <c r="O13" s="207"/>
+      <c r="P13" s="207"/>
+      <c r="Q13" s="207"/>
+      <c r="R13" s="207"/>
+      <c r="S13" s="207"/>
+      <c r="T13" s="207"/>
+      <c r="U13" s="207"/>
     </row>
     <row r="14" spans="1:21" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="267"/>
-[...10 lines deleted...]
-      <c r="M14" s="213"/>
+      <c r="A14" s="209"/>
+      <c r="C14" s="155"/>
+      <c r="D14" s="155"/>
+      <c r="E14" s="155"/>
+      <c r="F14" s="155"/>
+      <c r="G14" s="155"/>
+      <c r="H14" s="155"/>
+      <c r="I14" s="155"/>
+      <c r="J14" s="155"/>
+      <c r="K14" s="155"/>
+      <c r="L14" s="155"/>
+      <c r="M14" s="155"/>
     </row>
     <row r="15" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A15" s="435" t="s">
-[...21 lines deleted...]
-      <c r="U15" s="428"/>
+      <c r="A15" s="416" t="s">
+        <v>181</v>
+      </c>
+      <c r="B15" s="417"/>
+      <c r="C15" s="417"/>
+      <c r="D15" s="210"/>
+      <c r="E15" s="210"/>
+      <c r="F15" s="210"/>
+      <c r="G15" s="210"/>
+      <c r="H15" s="210"/>
+      <c r="I15" s="210"/>
+      <c r="J15" s="210"/>
+      <c r="K15" s="210"/>
+      <c r="L15" s="210"/>
+      <c r="M15" s="210"/>
+      <c r="N15" s="210"/>
+      <c r="O15" s="210"/>
+      <c r="P15" s="210"/>
+      <c r="Q15" s="210"/>
+      <c r="R15" s="210"/>
+      <c r="S15" s="411"/>
+      <c r="T15" s="411"/>
+      <c r="U15" s="412"/>
     </row>
     <row r="16" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A16" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M16" s="429"/>
+      <c r="A16" s="211" t="s">
+        <v>140</v>
+      </c>
+      <c r="B16" s="413"/>
+      <c r="C16" s="413"/>
+      <c r="D16" s="413"/>
+      <c r="E16" s="413"/>
+      <c r="F16" s="413"/>
+      <c r="G16" s="413"/>
+      <c r="H16" s="413"/>
+      <c r="I16" s="413"/>
+      <c r="J16" s="413"/>
+      <c r="K16" s="413"/>
+      <c r="L16" s="413"/>
+      <c r="M16" s="413"/>
       <c r="N16" t="str">
         <f>IF(B16="","BLANK","")</f>
         <v>BLANK</v>
       </c>
-      <c r="U16" s="270"/>
+      <c r="U16" s="212"/>
     </row>
     <row r="17" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A17" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M17" s="439"/>
+      <c r="A17" s="211" t="s">
+        <v>182</v>
+      </c>
+      <c r="B17" s="397"/>
+      <c r="C17" s="398"/>
+      <c r="D17" s="398"/>
+      <c r="E17" s="398"/>
+      <c r="F17" s="398"/>
+      <c r="G17" s="398"/>
+      <c r="H17" s="398"/>
+      <c r="I17" s="398"/>
+      <c r="J17" s="398"/>
+      <c r="K17" s="398"/>
+      <c r="L17" s="398"/>
+      <c r="M17" s="399"/>
       <c r="N17" t="str">
         <f t="shared" ref="N17:N18" si="1">IF(B17="","BLANK","")</f>
         <v>BLANK</v>
       </c>
-      <c r="U17" s="270"/>
+      <c r="U17" s="212"/>
     </row>
     <row r="18" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A18" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M18" s="430"/>
+      <c r="A18" s="211" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" s="414"/>
+      <c r="C18" s="414"/>
+      <c r="D18" s="414"/>
+      <c r="E18" s="414"/>
+      <c r="F18" s="414"/>
+      <c r="G18" s="414"/>
+      <c r="H18" s="414"/>
+      <c r="I18" s="414"/>
+      <c r="J18" s="414"/>
+      <c r="K18" s="414"/>
+      <c r="L18" s="414"/>
+      <c r="M18" s="414"/>
       <c r="N18" t="str">
         <f t="shared" si="1"/>
         <v>BLANK</v>
       </c>
-      <c r="U18" s="270"/>
+      <c r="U18" s="212"/>
     </row>
     <row r="19" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A19" s="431" t="s">
-[...15 lines deleted...]
-      <c r="M19" s="429"/>
+      <c r="A19" s="415" t="s">
+        <v>142</v>
+      </c>
+      <c r="B19" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" s="413"/>
+      <c r="D19" s="413"/>
+      <c r="E19" s="413"/>
+      <c r="F19" s="413"/>
+      <c r="G19" s="413"/>
+      <c r="H19" s="413"/>
+      <c r="I19" s="413"/>
+      <c r="J19" s="413"/>
+      <c r="K19" s="413"/>
+      <c r="L19" s="413"/>
+      <c r="M19" s="413"/>
       <c r="N19" t="str">
         <f>IF(C19="","BLANK","")</f>
         <v>BLANK</v>
       </c>
-      <c r="U19" s="270"/>
+      <c r="U19" s="212"/>
     </row>
     <row r="20" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A20" s="431"/>
-[...13 lines deleted...]
-      <c r="M20" s="429"/>
+      <c r="A20" s="415"/>
+      <c r="B20" s="82" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" s="413"/>
+      <c r="D20" s="413"/>
+      <c r="E20" s="413"/>
+      <c r="F20" s="413"/>
+      <c r="G20" s="413"/>
+      <c r="H20" s="413"/>
+      <c r="I20" s="413"/>
+      <c r="J20" s="413"/>
+      <c r="K20" s="413"/>
+      <c r="L20" s="413"/>
+      <c r="M20" s="413"/>
       <c r="N20" t="str">
         <f t="shared" ref="N20:N21" si="2">IF(C20="","BLANK","")</f>
         <v>BLANK</v>
       </c>
-      <c r="U20" s="270"/>
+      <c r="U20" s="212"/>
     </row>
     <row r="21" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A21" s="431"/>
-[...13 lines deleted...]
-      <c r="M21" s="429"/>
+      <c r="A21" s="415"/>
+      <c r="B21" s="82" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" s="413"/>
+      <c r="D21" s="413"/>
+      <c r="E21" s="413"/>
+      <c r="F21" s="413"/>
+      <c r="G21" s="413"/>
+      <c r="H21" s="413"/>
+      <c r="I21" s="413"/>
+      <c r="J21" s="413"/>
+      <c r="K21" s="413"/>
+      <c r="L21" s="413"/>
+      <c r="M21" s="413"/>
       <c r="N21" t="str">
         <f t="shared" si="2"/>
         <v>BLANK</v>
       </c>
-      <c r="U21" s="270"/>
+      <c r="U21" s="212"/>
     </row>
     <row r="22" spans="1:22" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A22" s="440" t="s">
-[...21 lines deleted...]
-      <c r="U22" s="442"/>
+      <c r="A22" s="407" t="s">
+        <v>195</v>
+      </c>
+      <c r="B22" s="408"/>
+      <c r="C22" s="408"/>
+      <c r="D22" s="408"/>
+      <c r="E22" s="408"/>
+      <c r="F22" s="408"/>
+      <c r="G22" s="408"/>
+      <c r="H22" s="408"/>
+      <c r="I22" s="408"/>
+      <c r="J22" s="408"/>
+      <c r="K22" s="408"/>
+      <c r="L22" s="408"/>
+      <c r="M22" s="408"/>
+      <c r="N22" s="408"/>
+      <c r="O22" s="408"/>
+      <c r="P22" s="408"/>
+      <c r="Q22" s="408"/>
+      <c r="R22" s="408"/>
+      <c r="S22" s="408"/>
+      <c r="T22" s="408"/>
+      <c r="U22" s="409"/>
     </row>
     <row r="23" spans="1:22" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="9"/>
-[...40 lines deleted...]
-        <v>157</v>
+      <c r="A23" s="5"/>
+      <c r="B23" s="410" t="s">
+        <v>77</v>
+      </c>
+      <c r="C23" s="410"/>
+      <c r="D23" s="410" t="s">
+        <v>78</v>
+      </c>
+      <c r="E23" s="410"/>
+      <c r="F23" s="410" t="s">
+        <v>143</v>
+      </c>
+      <c r="G23" s="410"/>
+      <c r="H23" s="410" t="s">
+        <v>80</v>
+      </c>
+      <c r="I23" s="410"/>
+      <c r="J23" s="410" t="s">
+        <v>144</v>
+      </c>
+      <c r="K23" s="410"/>
+      <c r="L23" s="410" t="s">
+        <v>145</v>
+      </c>
+      <c r="M23" s="410"/>
+      <c r="N23" s="410" t="s">
+        <v>146</v>
+      </c>
+      <c r="O23" s="410"/>
+      <c r="P23" s="410" t="s">
+        <v>147</v>
+      </c>
+      <c r="Q23" s="405" t="s">
+        <v>85</v>
+      </c>
+      <c r="R23" s="405"/>
+      <c r="S23" s="405" t="s">
+        <v>84</v>
+      </c>
+      <c r="T23" s="405"/>
+      <c r="U23" s="406" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="24" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A24" s="271" t="s">
-[...57 lines deleted...]
-      <c r="U24" s="450"/>
+      <c r="A24" s="213" t="s">
+        <v>149</v>
+      </c>
+      <c r="B24" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="C24" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="E24" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="F24" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="G24" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="H24" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="I24" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="J24" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="K24" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="L24" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="M24" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="N24" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="O24" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="P24" s="410"/>
+      <c r="Q24" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="R24" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="S24" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="T24" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="U24" s="406"/>
     </row>
     <row r="25" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A25" s="9" t="s">
-[...16 lines deleted...]
-      <c r="P25" s="113">
+      <c r="A25" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="B25" s="43"/>
+      <c r="C25" s="43"/>
+      <c r="D25" s="43"/>
+      <c r="E25" s="43"/>
+      <c r="F25" s="43"/>
+      <c r="G25" s="43"/>
+      <c r="H25" s="43"/>
+      <c r="I25" s="43"/>
+      <c r="J25" s="43"/>
+      <c r="K25" s="43"/>
+      <c r="L25" s="43"/>
+      <c r="M25" s="43"/>
+      <c r="N25" s="43"/>
+      <c r="O25" s="43"/>
+      <c r="P25" s="83">
         <f>SUM(B25:O25)</f>
         <v>0</v>
       </c>
-      <c r="Q25" s="61"/>
-[...3 lines deleted...]
-      <c r="U25" s="24">
+      <c r="Q25" s="43"/>
+      <c r="R25" s="43"/>
+      <c r="S25" s="43"/>
+      <c r="T25" s="43"/>
+      <c r="U25" s="17">
         <f>SUM(Q25:T25)</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A26" s="9" t="s">
-[...16 lines deleted...]
-      <c r="P26" s="113">
+      <c r="A26" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="B26" s="43"/>
+      <c r="C26" s="43"/>
+      <c r="D26" s="43"/>
+      <c r="E26" s="43"/>
+      <c r="F26" s="43"/>
+      <c r="G26" s="43"/>
+      <c r="H26" s="43"/>
+      <c r="I26" s="43"/>
+      <c r="J26" s="43"/>
+      <c r="K26" s="43"/>
+      <c r="L26" s="43"/>
+      <c r="M26" s="43"/>
+      <c r="N26" s="43"/>
+      <c r="O26" s="43"/>
+      <c r="P26" s="83">
         <f>SUM(B26:O26)</f>
         <v>0</v>
       </c>
-      <c r="Q26" s="61"/>
-[...3 lines deleted...]
-      <c r="U26" s="24">
+      <c r="Q26" s="43"/>
+      <c r="R26" s="43"/>
+      <c r="S26" s="43"/>
+      <c r="T26" s="43"/>
+      <c r="U26" s="17">
         <f>SUM(Q26:T26)</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A27" s="9" t="s">
-[...2 lines deleted...]
-      <c r="B27" s="445">
+      <c r="A27" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="B27" s="404">
         <f>SUM(B25+C25+B26+C26)</f>
         <v>0</v>
       </c>
-      <c r="C27" s="445"/>
-      <c r="D27" s="445">
+      <c r="C27" s="404"/>
+      <c r="D27" s="404">
         <f>SUM(D25+E25+D26+E26)</f>
         <v>0</v>
       </c>
-      <c r="E27" s="445"/>
-      <c r="F27" s="445">
+      <c r="E27" s="404"/>
+      <c r="F27" s="404">
         <f t="shared" ref="F27" si="3">SUM(F25+G25+F26+G26)</f>
         <v>0</v>
       </c>
-      <c r="G27" s="445"/>
-      <c r="H27" s="445">
+      <c r="G27" s="404"/>
+      <c r="H27" s="404">
         <f t="shared" ref="H27" si="4">SUM(H25+I25+H26+I26)</f>
         <v>0</v>
       </c>
-      <c r="I27" s="445"/>
-      <c r="J27" s="445">
+      <c r="I27" s="404"/>
+      <c r="J27" s="404">
         <f t="shared" ref="J27" si="5">SUM(J25+K25+J26+K26)</f>
         <v>0</v>
       </c>
-      <c r="K27" s="445"/>
-      <c r="L27" s="445">
+      <c r="K27" s="404"/>
+      <c r="L27" s="404">
         <f t="shared" ref="L27" si="6">SUM(L25+M25+L26+M26)</f>
         <v>0</v>
       </c>
-      <c r="M27" s="445"/>
-      <c r="N27" s="445">
+      <c r="M27" s="404"/>
+      <c r="N27" s="404">
         <f t="shared" ref="N27" si="7">SUM(N25+O25+N26+O26)</f>
         <v>0</v>
       </c>
-      <c r="O27" s="445"/>
-      <c r="P27" s="113">
+      <c r="O27" s="404"/>
+      <c r="P27" s="83">
         <f>SUM(B27:O27)</f>
         <v>0</v>
       </c>
-      <c r="Q27" s="445">
+      <c r="Q27" s="404">
         <f t="shared" ref="Q27" si="8">SUM(Q25+R25+Q26+R26)</f>
         <v>0</v>
       </c>
-      <c r="R27" s="445"/>
-      <c r="S27" s="445">
+      <c r="R27" s="404"/>
+      <c r="S27" s="404">
         <f>SUM(S25+T25+S26+T26)</f>
         <v>0</v>
       </c>
-      <c r="T27" s="445"/>
-      <c r="U27" s="24">
+      <c r="T27" s="404"/>
+      <c r="U27" s="17">
         <f>SUM(Q27:T27)</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A28" s="272"/>
-[...19 lines deleted...]
-      <c r="U28" s="274"/>
+      <c r="A28" s="214"/>
+      <c r="B28" s="215"/>
+      <c r="C28" s="215"/>
+      <c r="D28" s="215"/>
+      <c r="E28" s="215"/>
+      <c r="F28" s="215"/>
+      <c r="G28" s="215"/>
+      <c r="H28" s="215"/>
+      <c r="I28" s="215"/>
+      <c r="J28" s="215"/>
+      <c r="K28" s="215"/>
+      <c r="L28" s="215"/>
+      <c r="M28" s="215"/>
+      <c r="N28" s="215"/>
+      <c r="O28" s="215"/>
+      <c r="P28" s="215"/>
+      <c r="Q28" s="215"/>
+      <c r="R28" s="215"/>
+      <c r="S28" s="215"/>
+      <c r="T28" s="215"/>
+      <c r="U28" s="216"/>
     </row>
     <row r="29" spans="1:22" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="446" t="s">
-[...22 lines deleted...]
-      <c r="V29" s="31"/>
+      <c r="A29" s="393" t="s">
+        <v>373</v>
+      </c>
+      <c r="B29" s="394"/>
+      <c r="C29" s="394"/>
+      <c r="D29" s="394"/>
+      <c r="E29" s="394"/>
+      <c r="F29" s="394"/>
+      <c r="G29" s="394"/>
+      <c r="H29" s="394"/>
+      <c r="I29" s="394"/>
+      <c r="J29" s="394"/>
+      <c r="K29" s="394"/>
+      <c r="L29" s="394"/>
+      <c r="M29" s="394"/>
+      <c r="N29" s="395"/>
+      <c r="O29" s="395"/>
+      <c r="P29" s="395"/>
+      <c r="Q29" s="395"/>
+      <c r="R29" s="395"/>
+      <c r="S29" s="395"/>
+      <c r="T29" s="395"/>
+      <c r="U29" s="396"/>
+      <c r="V29" s="24"/>
     </row>
     <row r="30" spans="1:22" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="446" t="s">
-[...21 lines deleted...]
-      <c r="U30" s="449"/>
+      <c r="A30" s="393" t="s">
+        <v>343</v>
+      </c>
+      <c r="B30" s="394"/>
+      <c r="C30" s="394"/>
+      <c r="D30" s="394"/>
+      <c r="E30" s="394"/>
+      <c r="F30" s="394"/>
+      <c r="G30" s="394"/>
+      <c r="H30" s="394"/>
+      <c r="I30" s="394"/>
+      <c r="J30" s="394"/>
+      <c r="K30" s="394"/>
+      <c r="L30" s="394"/>
+      <c r="M30" s="394"/>
+      <c r="N30" s="395"/>
+      <c r="O30" s="395"/>
+      <c r="P30" s="395"/>
+      <c r="Q30" s="395"/>
+      <c r="R30" s="395"/>
+      <c r="S30" s="395"/>
+      <c r="T30" s="395"/>
+      <c r="U30" s="396"/>
     </row>
     <row r="31" spans="1:22" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="451" t="s">
-[...14 lines deleted...]
-      <c r="N31" s="453" t="str" cm="1">
+      <c r="A31" s="400" t="s">
+        <v>196</v>
+      </c>
+      <c r="B31" s="401"/>
+      <c r="C31" s="401"/>
+      <c r="D31" s="401"/>
+      <c r="E31" s="401"/>
+      <c r="F31" s="401"/>
+      <c r="G31" s="401"/>
+      <c r="H31" s="401"/>
+      <c r="I31" s="401"/>
+      <c r="J31" s="401"/>
+      <c r="K31" s="401"/>
+      <c r="L31" s="401"/>
+      <c r="M31" s="401"/>
+      <c r="N31" s="402" t="str" cm="1">
         <f t="array" ref="N31">_xlfn.IFS(N29=0,"",N30=0,"",TRUE,(N30/N29)*100)</f>
         <v/>
       </c>
-      <c r="O31" s="453"/>
-[...5 lines deleted...]
-      <c r="U31" s="454"/>
+      <c r="O31" s="402"/>
+      <c r="P31" s="402"/>
+      <c r="Q31" s="402"/>
+      <c r="R31" s="402"/>
+      <c r="S31" s="402"/>
+      <c r="T31" s="402"/>
+      <c r="U31" s="403"/>
       <c r="V31" s="2" t="str">
         <f>IF(N29&lt;N30,"INVALID","")</f>
         <v/>
       </c>
     </row>
     <row r="32" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="265"/>
-[...19 lines deleted...]
-      <c r="U32" s="265"/>
+      <c r="A32" s="207"/>
+      <c r="B32" s="207"/>
+      <c r="C32" s="207"/>
+      <c r="D32" s="207"/>
+      <c r="E32" s="207"/>
+      <c r="F32" s="207"/>
+      <c r="G32" s="207"/>
+      <c r="H32" s="207"/>
+      <c r="I32" s="207"/>
+      <c r="J32" s="207"/>
+      <c r="K32" s="207"/>
+      <c r="L32" s="207"/>
+      <c r="M32" s="207"/>
+      <c r="N32" s="207"/>
+      <c r="O32" s="207"/>
+      <c r="P32" s="207"/>
+      <c r="Q32" s="207"/>
+      <c r="R32" s="207"/>
+      <c r="S32" s="207"/>
+      <c r="T32" s="207"/>
+      <c r="U32" s="207"/>
     </row>
     <row r="33" spans="1:22" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="267"/>
-[...10 lines deleted...]
-      <c r="M33" s="213"/>
+      <c r="A33" s="209"/>
+      <c r="C33" s="155"/>
+      <c r="D33" s="155"/>
+      <c r="E33" s="155"/>
+      <c r="F33" s="155"/>
+      <c r="G33" s="155"/>
+      <c r="H33" s="155"/>
+      <c r="I33" s="155"/>
+      <c r="J33" s="155"/>
+      <c r="K33" s="155"/>
+      <c r="L33" s="155"/>
+      <c r="M33" s="155"/>
     </row>
     <row r="34" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A34" s="435" t="s">
-[...21 lines deleted...]
-      <c r="U34" s="428"/>
+      <c r="A34" s="416" t="s">
+        <v>155</v>
+      </c>
+      <c r="B34" s="417"/>
+      <c r="C34" s="417"/>
+      <c r="D34" s="210"/>
+      <c r="E34" s="210"/>
+      <c r="F34" s="210"/>
+      <c r="G34" s="210"/>
+      <c r="H34" s="210"/>
+      <c r="I34" s="210"/>
+      <c r="J34" s="210"/>
+      <c r="K34" s="210"/>
+      <c r="L34" s="210"/>
+      <c r="M34" s="210"/>
+      <c r="N34" s="210"/>
+      <c r="O34" s="210"/>
+      <c r="P34" s="210"/>
+      <c r="Q34" s="210"/>
+      <c r="R34" s="210"/>
+      <c r="S34" s="411"/>
+      <c r="T34" s="411"/>
+      <c r="U34" s="412"/>
     </row>
     <row r="35" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A35" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M35" s="429"/>
+      <c r="A35" s="211" t="s">
+        <v>140</v>
+      </c>
+      <c r="B35" s="413"/>
+      <c r="C35" s="413"/>
+      <c r="D35" s="413"/>
+      <c r="E35" s="413"/>
+      <c r="F35" s="413"/>
+      <c r="G35" s="413"/>
+      <c r="H35" s="413"/>
+      <c r="I35" s="413"/>
+      <c r="J35" s="413"/>
+      <c r="K35" s="413"/>
+      <c r="L35" s="413"/>
+      <c r="M35" s="413"/>
       <c r="N35" t="str">
         <f>IF(B35="","BLANK","")</f>
         <v>BLANK</v>
       </c>
-      <c r="U35" s="270"/>
+      <c r="U35" s="212"/>
     </row>
     <row r="36" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A36" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M36" s="439"/>
+      <c r="A36" s="211" t="s">
+        <v>182</v>
+      </c>
+      <c r="B36" s="397"/>
+      <c r="C36" s="398"/>
+      <c r="D36" s="398"/>
+      <c r="E36" s="398"/>
+      <c r="F36" s="398"/>
+      <c r="G36" s="398"/>
+      <c r="H36" s="398"/>
+      <c r="I36" s="398"/>
+      <c r="J36" s="398"/>
+      <c r="K36" s="398"/>
+      <c r="L36" s="398"/>
+      <c r="M36" s="399"/>
       <c r="N36" t="str">
         <f t="shared" ref="N36:N37" si="9">IF(B36="","BLANK","")</f>
         <v>BLANK</v>
       </c>
-      <c r="U36" s="270"/>
+      <c r="U36" s="212"/>
     </row>
     <row r="37" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A37" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M37" s="430"/>
+      <c r="A37" s="211" t="s">
+        <v>141</v>
+      </c>
+      <c r="B37" s="414"/>
+      <c r="C37" s="414"/>
+      <c r="D37" s="414"/>
+      <c r="E37" s="414"/>
+      <c r="F37" s="414"/>
+      <c r="G37" s="414"/>
+      <c r="H37" s="414"/>
+      <c r="I37" s="414"/>
+      <c r="J37" s="414"/>
+      <c r="K37" s="414"/>
+      <c r="L37" s="414"/>
+      <c r="M37" s="414"/>
       <c r="N37" t="str">
         <f t="shared" si="9"/>
         <v>BLANK</v>
       </c>
-      <c r="U37" s="270"/>
+      <c r="U37" s="212"/>
     </row>
     <row r="38" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A38" s="431" t="s">
-[...15 lines deleted...]
-      <c r="M38" s="429"/>
+      <c r="A38" s="415" t="s">
+        <v>142</v>
+      </c>
+      <c r="B38" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="C38" s="413"/>
+      <c r="D38" s="413"/>
+      <c r="E38" s="413"/>
+      <c r="F38" s="413"/>
+      <c r="G38" s="413"/>
+      <c r="H38" s="413"/>
+      <c r="I38" s="413"/>
+      <c r="J38" s="413"/>
+      <c r="K38" s="413"/>
+      <c r="L38" s="413"/>
+      <c r="M38" s="413"/>
       <c r="N38" t="str">
         <f>IF(C38="","BLANK","")</f>
         <v>BLANK</v>
       </c>
-      <c r="U38" s="270"/>
+      <c r="U38" s="212"/>
     </row>
     <row r="39" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A39" s="431"/>
-[...13 lines deleted...]
-      <c r="M39" s="429"/>
+      <c r="A39" s="415"/>
+      <c r="B39" s="82" t="s">
+        <v>138</v>
+      </c>
+      <c r="C39" s="413"/>
+      <c r="D39" s="413"/>
+      <c r="E39" s="413"/>
+      <c r="F39" s="413"/>
+      <c r="G39" s="413"/>
+      <c r="H39" s="413"/>
+      <c r="I39" s="413"/>
+      <c r="J39" s="413"/>
+      <c r="K39" s="413"/>
+      <c r="L39" s="413"/>
+      <c r="M39" s="413"/>
       <c r="N39" t="str">
         <f t="shared" ref="N39:N40" si="10">IF(C39="","BLANK","")</f>
         <v>BLANK</v>
       </c>
-      <c r="U39" s="270"/>
+      <c r="U39" s="212"/>
     </row>
     <row r="40" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A40" s="431"/>
-[...13 lines deleted...]
-      <c r="M40" s="429"/>
+      <c r="A40" s="415"/>
+      <c r="B40" s="82" t="s">
+        <v>139</v>
+      </c>
+      <c r="C40" s="413"/>
+      <c r="D40" s="413"/>
+      <c r="E40" s="413"/>
+      <c r="F40" s="413"/>
+      <c r="G40" s="413"/>
+      <c r="H40" s="413"/>
+      <c r="I40" s="413"/>
+      <c r="J40" s="413"/>
+      <c r="K40" s="413"/>
+      <c r="L40" s="413"/>
+      <c r="M40" s="413"/>
       <c r="N40" t="str">
         <f t="shared" si="10"/>
         <v>BLANK</v>
       </c>
-      <c r="U40" s="270"/>
+      <c r="U40" s="212"/>
     </row>
     <row r="41" spans="1:22" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A41" s="440" t="s">
-[...21 lines deleted...]
-      <c r="U41" s="442"/>
+      <c r="A41" s="407" t="s">
+        <v>195</v>
+      </c>
+      <c r="B41" s="408"/>
+      <c r="C41" s="408"/>
+      <c r="D41" s="408"/>
+      <c r="E41" s="408"/>
+      <c r="F41" s="408"/>
+      <c r="G41" s="408"/>
+      <c r="H41" s="408"/>
+      <c r="I41" s="408"/>
+      <c r="J41" s="408"/>
+      <c r="K41" s="408"/>
+      <c r="L41" s="408"/>
+      <c r="M41" s="408"/>
+      <c r="N41" s="408"/>
+      <c r="O41" s="408"/>
+      <c r="P41" s="408"/>
+      <c r="Q41" s="408"/>
+      <c r="R41" s="408"/>
+      <c r="S41" s="408"/>
+      <c r="T41" s="408"/>
+      <c r="U41" s="409"/>
     </row>
     <row r="42" spans="1:22" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="9"/>
-[...40 lines deleted...]
-        <v>157</v>
+      <c r="A42" s="5"/>
+      <c r="B42" s="410" t="s">
+        <v>77</v>
+      </c>
+      <c r="C42" s="410"/>
+      <c r="D42" s="410" t="s">
+        <v>78</v>
+      </c>
+      <c r="E42" s="410"/>
+      <c r="F42" s="410" t="s">
+        <v>143</v>
+      </c>
+      <c r="G42" s="410"/>
+      <c r="H42" s="410" t="s">
+        <v>80</v>
+      </c>
+      <c r="I42" s="410"/>
+      <c r="J42" s="410" t="s">
+        <v>144</v>
+      </c>
+      <c r="K42" s="410"/>
+      <c r="L42" s="410" t="s">
+        <v>145</v>
+      </c>
+      <c r="M42" s="410"/>
+      <c r="N42" s="410" t="s">
+        <v>146</v>
+      </c>
+      <c r="O42" s="410"/>
+      <c r="P42" s="410" t="s">
+        <v>147</v>
+      </c>
+      <c r="Q42" s="405" t="s">
+        <v>85</v>
+      </c>
+      <c r="R42" s="405"/>
+      <c r="S42" s="405" t="s">
+        <v>84</v>
+      </c>
+      <c r="T42" s="405"/>
+      <c r="U42" s="406" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="43" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A43" s="271" t="s">
-[...57 lines deleted...]
-      <c r="U43" s="450"/>
+      <c r="A43" s="213" t="s">
+        <v>149</v>
+      </c>
+      <c r="B43" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="C43" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="D43" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="E43" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="F43" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="G43" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="H43" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="I43" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="J43" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="K43" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="L43" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="M43" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="N43" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="O43" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="P43" s="410"/>
+      <c r="Q43" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="R43" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="S43" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="T43" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="U43" s="406"/>
     </row>
     <row r="44" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A44" s="9" t="s">
-[...16 lines deleted...]
-      <c r="P44" s="113">
+      <c r="A44" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="B44" s="43"/>
+      <c r="C44" s="43"/>
+      <c r="D44" s="43"/>
+      <c r="E44" s="43"/>
+      <c r="F44" s="43"/>
+      <c r="G44" s="43"/>
+      <c r="H44" s="43"/>
+      <c r="I44" s="43"/>
+      <c r="J44" s="43"/>
+      <c r="K44" s="43"/>
+      <c r="L44" s="43"/>
+      <c r="M44" s="43"/>
+      <c r="N44" s="43"/>
+      <c r="O44" s="43"/>
+      <c r="P44" s="83">
         <f>SUM(B44:O44)</f>
         <v>0</v>
       </c>
-      <c r="Q44" s="61"/>
-[...3 lines deleted...]
-      <c r="U44" s="24">
+      <c r="Q44" s="43"/>
+      <c r="R44" s="43"/>
+      <c r="S44" s="43"/>
+      <c r="T44" s="43"/>
+      <c r="U44" s="17">
         <f>SUM(Q44:T44)</f>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A45" s="9" t="s">
-[...16 lines deleted...]
-      <c r="P45" s="113">
+      <c r="A45" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="B45" s="43"/>
+      <c r="C45" s="43"/>
+      <c r="D45" s="43"/>
+      <c r="E45" s="43"/>
+      <c r="F45" s="43"/>
+      <c r="G45" s="43"/>
+      <c r="H45" s="43"/>
+      <c r="I45" s="43"/>
+      <c r="J45" s="43"/>
+      <c r="K45" s="43"/>
+      <c r="L45" s="43"/>
+      <c r="M45" s="43"/>
+      <c r="N45" s="43"/>
+      <c r="O45" s="43"/>
+      <c r="P45" s="83">
         <f>SUM(B45:O45)</f>
         <v>0</v>
       </c>
-      <c r="Q45" s="61"/>
-[...3 lines deleted...]
-      <c r="U45" s="24">
+      <c r="Q45" s="43"/>
+      <c r="R45" s="43"/>
+      <c r="S45" s="43"/>
+      <c r="T45" s="43"/>
+      <c r="U45" s="17">
         <f>SUM(Q45:T45)</f>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A46" s="9" t="s">
-[...2 lines deleted...]
-      <c r="B46" s="445">
+      <c r="A46" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="B46" s="404">
         <f>SUM(B44+C44+B45+C45)</f>
         <v>0</v>
       </c>
-      <c r="C46" s="445"/>
-      <c r="D46" s="445">
+      <c r="C46" s="404"/>
+      <c r="D46" s="404">
         <f>SUM(D44+E44+D45+E45)</f>
         <v>0</v>
       </c>
-      <c r="E46" s="445"/>
-      <c r="F46" s="445">
+      <c r="E46" s="404"/>
+      <c r="F46" s="404">
         <f t="shared" ref="F46" si="11">SUM(F44+G44+F45+G45)</f>
         <v>0</v>
       </c>
-      <c r="G46" s="445"/>
-      <c r="H46" s="445">
+      <c r="G46" s="404"/>
+      <c r="H46" s="404">
         <f t="shared" ref="H46" si="12">SUM(H44+I44+H45+I45)</f>
         <v>0</v>
       </c>
-      <c r="I46" s="445"/>
-      <c r="J46" s="445">
+      <c r="I46" s="404"/>
+      <c r="J46" s="404">
         <f t="shared" ref="J46" si="13">SUM(J44+K44+J45+K45)</f>
         <v>0</v>
       </c>
-      <c r="K46" s="445"/>
-      <c r="L46" s="445">
+      <c r="K46" s="404"/>
+      <c r="L46" s="404">
         <f t="shared" ref="L46" si="14">SUM(L44+M44+L45+M45)</f>
         <v>0</v>
       </c>
-      <c r="M46" s="445"/>
-      <c r="N46" s="445">
+      <c r="M46" s="404"/>
+      <c r="N46" s="404">
         <f t="shared" ref="N46" si="15">SUM(N44+O44+N45+O45)</f>
         <v>0</v>
       </c>
-      <c r="O46" s="445"/>
-      <c r="P46" s="113">
+      <c r="O46" s="404"/>
+      <c r="P46" s="83">
         <f>SUM(B46:O46)</f>
         <v>0</v>
       </c>
-      <c r="Q46" s="445">
+      <c r="Q46" s="404">
         <f t="shared" ref="Q46" si="16">SUM(Q44+R44+Q45+R45)</f>
         <v>0</v>
       </c>
-      <c r="R46" s="445"/>
-      <c r="S46" s="445">
+      <c r="R46" s="404"/>
+      <c r="S46" s="404">
         <f>SUM(S44+T44+S45+T45)</f>
         <v>0</v>
       </c>
-      <c r="T46" s="445"/>
-      <c r="U46" s="24">
+      <c r="T46" s="404"/>
+      <c r="U46" s="17">
         <f>SUM(Q46:T46)</f>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A47" s="272"/>
-[...19 lines deleted...]
-      <c r="U47" s="274"/>
+      <c r="A47" s="214"/>
+      <c r="B47" s="215"/>
+      <c r="C47" s="215"/>
+      <c r="D47" s="215"/>
+      <c r="E47" s="215"/>
+      <c r="F47" s="215"/>
+      <c r="G47" s="215"/>
+      <c r="H47" s="215"/>
+      <c r="I47" s="215"/>
+      <c r="J47" s="215"/>
+      <c r="K47" s="215"/>
+      <c r="L47" s="215"/>
+      <c r="M47" s="215"/>
+      <c r="N47" s="215"/>
+      <c r="O47" s="215"/>
+      <c r="P47" s="215"/>
+      <c r="Q47" s="215"/>
+      <c r="R47" s="215"/>
+      <c r="S47" s="215"/>
+      <c r="T47" s="215"/>
+      <c r="U47" s="216"/>
     </row>
     <row r="48" spans="1:22" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="446" t="s">
-[...22 lines deleted...]
-      <c r="V48" s="31"/>
+      <c r="A48" s="393" t="s">
+        <v>373</v>
+      </c>
+      <c r="B48" s="394"/>
+      <c r="C48" s="394"/>
+      <c r="D48" s="394"/>
+      <c r="E48" s="394"/>
+      <c r="F48" s="394"/>
+      <c r="G48" s="394"/>
+      <c r="H48" s="394"/>
+      <c r="I48" s="394"/>
+      <c r="J48" s="394"/>
+      <c r="K48" s="394"/>
+      <c r="L48" s="394"/>
+      <c r="M48" s="394"/>
+      <c r="N48" s="395"/>
+      <c r="O48" s="395"/>
+      <c r="P48" s="395"/>
+      <c r="Q48" s="395"/>
+      <c r="R48" s="395"/>
+      <c r="S48" s="395"/>
+      <c r="T48" s="395"/>
+      <c r="U48" s="396"/>
+      <c r="V48" s="24"/>
     </row>
     <row r="49" spans="1:22" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="446" t="s">
-[...21 lines deleted...]
-      <c r="U49" s="449"/>
+      <c r="A49" s="393" t="s">
+        <v>343</v>
+      </c>
+      <c r="B49" s="394"/>
+      <c r="C49" s="394"/>
+      <c r="D49" s="394"/>
+      <c r="E49" s="394"/>
+      <c r="F49" s="394"/>
+      <c r="G49" s="394"/>
+      <c r="H49" s="394"/>
+      <c r="I49" s="394"/>
+      <c r="J49" s="394"/>
+      <c r="K49" s="394"/>
+      <c r="L49" s="394"/>
+      <c r="M49" s="394"/>
+      <c r="N49" s="395"/>
+      <c r="O49" s="395"/>
+      <c r="P49" s="395"/>
+      <c r="Q49" s="395"/>
+      <c r="R49" s="395"/>
+      <c r="S49" s="395"/>
+      <c r="T49" s="395"/>
+      <c r="U49" s="396"/>
     </row>
     <row r="50" spans="1:22" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A50" s="451" t="s">
-[...14 lines deleted...]
-      <c r="N50" s="453" t="str" cm="1">
+      <c r="A50" s="400" t="s">
+        <v>196</v>
+      </c>
+      <c r="B50" s="401"/>
+      <c r="C50" s="401"/>
+      <c r="D50" s="401"/>
+      <c r="E50" s="401"/>
+      <c r="F50" s="401"/>
+      <c r="G50" s="401"/>
+      <c r="H50" s="401"/>
+      <c r="I50" s="401"/>
+      <c r="J50" s="401"/>
+      <c r="K50" s="401"/>
+      <c r="L50" s="401"/>
+      <c r="M50" s="401"/>
+      <c r="N50" s="402" t="str" cm="1">
         <f t="array" ref="N50">_xlfn.IFS(N48=0,"",N49=0,"",TRUE,(N49/N48)*100)</f>
         <v/>
       </c>
-      <c r="O50" s="453"/>
-[...5 lines deleted...]
-      <c r="U50" s="454"/>
+      <c r="O50" s="402"/>
+      <c r="P50" s="402"/>
+      <c r="Q50" s="402"/>
+      <c r="R50" s="402"/>
+      <c r="S50" s="402"/>
+      <c r="T50" s="402"/>
+      <c r="U50" s="403"/>
       <c r="V50" s="2" t="str">
         <f>IF(N48&lt;N49,"INVALID","")</f>
         <v/>
       </c>
     </row>
     <row r="51" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="265"/>
-[...19 lines deleted...]
-      <c r="U51" s="265"/>
+      <c r="A51" s="207"/>
+      <c r="B51" s="207"/>
+      <c r="C51" s="207"/>
+      <c r="D51" s="207"/>
+      <c r="E51" s="207"/>
+      <c r="F51" s="207"/>
+      <c r="G51" s="207"/>
+      <c r="H51" s="207"/>
+      <c r="I51" s="207"/>
+      <c r="J51" s="207"/>
+      <c r="K51" s="207"/>
+      <c r="L51" s="207"/>
+      <c r="M51" s="207"/>
+      <c r="N51" s="207"/>
+      <c r="O51" s="207"/>
+      <c r="P51" s="207"/>
+      <c r="Q51" s="207"/>
+      <c r="R51" s="207"/>
+      <c r="S51" s="207"/>
+      <c r="T51" s="207"/>
+      <c r="U51" s="207"/>
     </row>
     <row r="52" spans="1:22" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A52" s="267"/>
-[...10 lines deleted...]
-      <c r="M52" s="213"/>
+      <c r="A52" s="209"/>
+      <c r="C52" s="155"/>
+      <c r="D52" s="155"/>
+      <c r="E52" s="155"/>
+      <c r="F52" s="155"/>
+      <c r="G52" s="155"/>
+      <c r="H52" s="155"/>
+      <c r="I52" s="155"/>
+      <c r="J52" s="155"/>
+      <c r="K52" s="155"/>
+      <c r="L52" s="155"/>
+      <c r="M52" s="155"/>
     </row>
     <row r="53" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A53" s="435" t="s">
-[...21 lines deleted...]
-      <c r="U53" s="428"/>
+      <c r="A53" s="416" t="s">
+        <v>154</v>
+      </c>
+      <c r="B53" s="417"/>
+      <c r="C53" s="417"/>
+      <c r="D53" s="210"/>
+      <c r="E53" s="210"/>
+      <c r="F53" s="210"/>
+      <c r="G53" s="210"/>
+      <c r="H53" s="210"/>
+      <c r="I53" s="210"/>
+      <c r="J53" s="210"/>
+      <c r="K53" s="210"/>
+      <c r="L53" s="210"/>
+      <c r="M53" s="210"/>
+      <c r="N53" s="210"/>
+      <c r="O53" s="210"/>
+      <c r="P53" s="210"/>
+      <c r="Q53" s="210"/>
+      <c r="R53" s="210"/>
+      <c r="S53" s="411"/>
+      <c r="T53" s="411"/>
+      <c r="U53" s="412"/>
     </row>
     <row r="54" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A54" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M54" s="429"/>
+      <c r="A54" s="211" t="s">
+        <v>140</v>
+      </c>
+      <c r="B54" s="413"/>
+      <c r="C54" s="413"/>
+      <c r="D54" s="413"/>
+      <c r="E54" s="413"/>
+      <c r="F54" s="413"/>
+      <c r="G54" s="413"/>
+      <c r="H54" s="413"/>
+      <c r="I54" s="413"/>
+      <c r="J54" s="413"/>
+      <c r="K54" s="413"/>
+      <c r="L54" s="413"/>
+      <c r="M54" s="413"/>
       <c r="N54" t="str">
         <f>IF(B54="","BLANK","")</f>
         <v>BLANK</v>
       </c>
-      <c r="U54" s="270"/>
+      <c r="U54" s="212"/>
     </row>
     <row r="55" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A55" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M55" s="439"/>
+      <c r="A55" s="211" t="s">
+        <v>182</v>
+      </c>
+      <c r="B55" s="397"/>
+      <c r="C55" s="398"/>
+      <c r="D55" s="398"/>
+      <c r="E55" s="398"/>
+      <c r="F55" s="398"/>
+      <c r="G55" s="398"/>
+      <c r="H55" s="398"/>
+      <c r="I55" s="398"/>
+      <c r="J55" s="398"/>
+      <c r="K55" s="398"/>
+      <c r="L55" s="398"/>
+      <c r="M55" s="399"/>
       <c r="N55" t="str">
         <f t="shared" ref="N55:N56" si="17">IF(B55="","BLANK","")</f>
         <v>BLANK</v>
       </c>
-      <c r="U55" s="270"/>
+      <c r="U55" s="212"/>
     </row>
     <row r="56" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A56" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M56" s="430"/>
+      <c r="A56" s="211" t="s">
+        <v>141</v>
+      </c>
+      <c r="B56" s="414"/>
+      <c r="C56" s="414"/>
+      <c r="D56" s="414"/>
+      <c r="E56" s="414"/>
+      <c r="F56" s="414"/>
+      <c r="G56" s="414"/>
+      <c r="H56" s="414"/>
+      <c r="I56" s="414"/>
+      <c r="J56" s="414"/>
+      <c r="K56" s="414"/>
+      <c r="L56" s="414"/>
+      <c r="M56" s="414"/>
       <c r="N56" t="str">
         <f t="shared" si="17"/>
         <v>BLANK</v>
       </c>
-      <c r="U56" s="270"/>
+      <c r="U56" s="212"/>
     </row>
     <row r="57" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A57" s="431" t="s">
-[...15 lines deleted...]
-      <c r="M57" s="429"/>
+      <c r="A57" s="415" t="s">
+        <v>142</v>
+      </c>
+      <c r="B57" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="C57" s="413"/>
+      <c r="D57" s="413"/>
+      <c r="E57" s="413"/>
+      <c r="F57" s="413"/>
+      <c r="G57" s="413"/>
+      <c r="H57" s="413"/>
+      <c r="I57" s="413"/>
+      <c r="J57" s="413"/>
+      <c r="K57" s="413"/>
+      <c r="L57" s="413"/>
+      <c r="M57" s="413"/>
       <c r="N57" t="str">
         <f>IF(C57="","BLANK","")</f>
         <v>BLANK</v>
       </c>
-      <c r="U57" s="270"/>
+      <c r="U57" s="212"/>
     </row>
     <row r="58" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A58" s="431"/>
-[...13 lines deleted...]
-      <c r="M58" s="429"/>
+      <c r="A58" s="415"/>
+      <c r="B58" s="82" t="s">
+        <v>138</v>
+      </c>
+      <c r="C58" s="413"/>
+      <c r="D58" s="413"/>
+      <c r="E58" s="413"/>
+      <c r="F58" s="413"/>
+      <c r="G58" s="413"/>
+      <c r="H58" s="413"/>
+      <c r="I58" s="413"/>
+      <c r="J58" s="413"/>
+      <c r="K58" s="413"/>
+      <c r="L58" s="413"/>
+      <c r="M58" s="413"/>
       <c r="N58" t="str">
         <f t="shared" ref="N58:N59" si="18">IF(C58="","BLANK","")</f>
         <v>BLANK</v>
       </c>
-      <c r="U58" s="270"/>
+      <c r="U58" s="212"/>
     </row>
     <row r="59" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A59" s="431"/>
-[...13 lines deleted...]
-      <c r="M59" s="429"/>
+      <c r="A59" s="415"/>
+      <c r="B59" s="82" t="s">
+        <v>139</v>
+      </c>
+      <c r="C59" s="413"/>
+      <c r="D59" s="413"/>
+      <c r="E59" s="413"/>
+      <c r="F59" s="413"/>
+      <c r="G59" s="413"/>
+      <c r="H59" s="413"/>
+      <c r="I59" s="413"/>
+      <c r="J59" s="413"/>
+      <c r="K59" s="413"/>
+      <c r="L59" s="413"/>
+      <c r="M59" s="413"/>
       <c r="N59" t="str">
         <f t="shared" si="18"/>
         <v>BLANK</v>
       </c>
-      <c r="U59" s="270"/>
+      <c r="U59" s="212"/>
     </row>
     <row r="60" spans="1:22" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A60" s="440" t="s">
-[...21 lines deleted...]
-      <c r="U60" s="442"/>
+      <c r="A60" s="407" t="s">
+        <v>195</v>
+      </c>
+      <c r="B60" s="408"/>
+      <c r="C60" s="408"/>
+      <c r="D60" s="408"/>
+      <c r="E60" s="408"/>
+      <c r="F60" s="408"/>
+      <c r="G60" s="408"/>
+      <c r="H60" s="408"/>
+      <c r="I60" s="408"/>
+      <c r="J60" s="408"/>
+      <c r="K60" s="408"/>
+      <c r="L60" s="408"/>
+      <c r="M60" s="408"/>
+      <c r="N60" s="408"/>
+      <c r="O60" s="408"/>
+      <c r="P60" s="408"/>
+      <c r="Q60" s="408"/>
+      <c r="R60" s="408"/>
+      <c r="S60" s="408"/>
+      <c r="T60" s="408"/>
+      <c r="U60" s="409"/>
     </row>
     <row r="61" spans="1:22" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="9"/>
-[...40 lines deleted...]
-        <v>157</v>
+      <c r="A61" s="5"/>
+      <c r="B61" s="410" t="s">
+        <v>77</v>
+      </c>
+      <c r="C61" s="410"/>
+      <c r="D61" s="410" t="s">
+        <v>78</v>
+      </c>
+      <c r="E61" s="410"/>
+      <c r="F61" s="410" t="s">
+        <v>143</v>
+      </c>
+      <c r="G61" s="410"/>
+      <c r="H61" s="410" t="s">
+        <v>80</v>
+      </c>
+      <c r="I61" s="410"/>
+      <c r="J61" s="410" t="s">
+        <v>144</v>
+      </c>
+      <c r="K61" s="410"/>
+      <c r="L61" s="410" t="s">
+        <v>145</v>
+      </c>
+      <c r="M61" s="410"/>
+      <c r="N61" s="410" t="s">
+        <v>146</v>
+      </c>
+      <c r="O61" s="410"/>
+      <c r="P61" s="410" t="s">
+        <v>147</v>
+      </c>
+      <c r="Q61" s="405" t="s">
+        <v>85</v>
+      </c>
+      <c r="R61" s="405"/>
+      <c r="S61" s="405" t="s">
+        <v>84</v>
+      </c>
+      <c r="T61" s="405"/>
+      <c r="U61" s="406" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="62" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A62" s="271" t="s">
-[...57 lines deleted...]
-      <c r="U62" s="450"/>
+      <c r="A62" s="213" t="s">
+        <v>149</v>
+      </c>
+      <c r="B62" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="C62" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="D62" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="E62" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="F62" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="G62" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="H62" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="I62" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="J62" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="K62" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="L62" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="M62" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="N62" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="O62" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="P62" s="410"/>
+      <c r="Q62" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="R62" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="S62" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="T62" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="U62" s="406"/>
     </row>
     <row r="63" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A63" s="9" t="s">
-[...16 lines deleted...]
-      <c r="P63" s="113">
+      <c r="A63" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="B63" s="43"/>
+      <c r="C63" s="43"/>
+      <c r="D63" s="43"/>
+      <c r="E63" s="43"/>
+      <c r="F63" s="43"/>
+      <c r="G63" s="43"/>
+      <c r="H63" s="43"/>
+      <c r="I63" s="43"/>
+      <c r="J63" s="43"/>
+      <c r="K63" s="43"/>
+      <c r="L63" s="43"/>
+      <c r="M63" s="43"/>
+      <c r="N63" s="43"/>
+      <c r="O63" s="43"/>
+      <c r="P63" s="83">
         <f>SUM(B63:O63)</f>
         <v>0</v>
       </c>
-      <c r="Q63" s="61"/>
-[...3 lines deleted...]
-      <c r="U63" s="24">
+      <c r="Q63" s="43"/>
+      <c r="R63" s="43"/>
+      <c r="S63" s="43"/>
+      <c r="T63" s="43"/>
+      <c r="U63" s="17">
         <f>SUM(Q63:T63)</f>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A64" s="9" t="s">
-[...16 lines deleted...]
-      <c r="P64" s="113">
+      <c r="A64" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="B64" s="43"/>
+      <c r="C64" s="43"/>
+      <c r="D64" s="43"/>
+      <c r="E64" s="43"/>
+      <c r="F64" s="43"/>
+      <c r="G64" s="43"/>
+      <c r="H64" s="43"/>
+      <c r="I64" s="43"/>
+      <c r="J64" s="43"/>
+      <c r="K64" s="43"/>
+      <c r="L64" s="43"/>
+      <c r="M64" s="43"/>
+      <c r="N64" s="43"/>
+      <c r="O64" s="43"/>
+      <c r="P64" s="83">
         <f>SUM(B64:O64)</f>
         <v>0</v>
       </c>
-      <c r="Q64" s="61"/>
-[...3 lines deleted...]
-      <c r="U64" s="24">
+      <c r="Q64" s="43"/>
+      <c r="R64" s="43"/>
+      <c r="S64" s="43"/>
+      <c r="T64" s="43"/>
+      <c r="U64" s="17">
         <f>SUM(Q64:T64)</f>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A65" s="9" t="s">
-[...2 lines deleted...]
-      <c r="B65" s="445">
+      <c r="A65" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="B65" s="404">
         <f>SUM(B63+C63+B64+C64)</f>
         <v>0</v>
       </c>
-      <c r="C65" s="445"/>
-      <c r="D65" s="445">
+      <c r="C65" s="404"/>
+      <c r="D65" s="404">
         <f>SUM(D63+E63+D64+E64)</f>
         <v>0</v>
       </c>
-      <c r="E65" s="445"/>
-      <c r="F65" s="445">
+      <c r="E65" s="404"/>
+      <c r="F65" s="404">
         <f t="shared" ref="F65" si="19">SUM(F63+G63+F64+G64)</f>
         <v>0</v>
       </c>
-      <c r="G65" s="445"/>
-      <c r="H65" s="445">
+      <c r="G65" s="404"/>
+      <c r="H65" s="404">
         <f t="shared" ref="H65" si="20">SUM(H63+I63+H64+I64)</f>
         <v>0</v>
       </c>
-      <c r="I65" s="445"/>
-      <c r="J65" s="445">
+      <c r="I65" s="404"/>
+      <c r="J65" s="404">
         <f t="shared" ref="J65" si="21">SUM(J63+K63+J64+K64)</f>
         <v>0</v>
       </c>
-      <c r="K65" s="445"/>
-      <c r="L65" s="445">
+      <c r="K65" s="404"/>
+      <c r="L65" s="404">
         <f t="shared" ref="L65" si="22">SUM(L63+M63+L64+M64)</f>
         <v>0</v>
       </c>
-      <c r="M65" s="445"/>
-      <c r="N65" s="445">
+      <c r="M65" s="404"/>
+      <c r="N65" s="404">
         <f t="shared" ref="N65" si="23">SUM(N63+O63+N64+O64)</f>
         <v>0</v>
       </c>
-      <c r="O65" s="445"/>
-      <c r="P65" s="113">
+      <c r="O65" s="404"/>
+      <c r="P65" s="83">
         <f>SUM(B65:O65)</f>
         <v>0</v>
       </c>
-      <c r="Q65" s="445">
+      <c r="Q65" s="404">
         <f t="shared" ref="Q65" si="24">SUM(Q63+R63+Q64+R64)</f>
         <v>0</v>
       </c>
-      <c r="R65" s="445"/>
-      <c r="S65" s="445">
+      <c r="R65" s="404"/>
+      <c r="S65" s="404">
         <f>SUM(S63+T63+S64+T64)</f>
         <v>0</v>
       </c>
-      <c r="T65" s="445"/>
-      <c r="U65" s="24">
+      <c r="T65" s="404"/>
+      <c r="U65" s="17">
         <f>SUM(Q65:T65)</f>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A66" s="272"/>
-[...19 lines deleted...]
-      <c r="U66" s="274"/>
+      <c r="A66" s="214"/>
+      <c r="B66" s="215"/>
+      <c r="C66" s="215"/>
+      <c r="D66" s="215"/>
+      <c r="E66" s="215"/>
+      <c r="F66" s="215"/>
+      <c r="G66" s="215"/>
+      <c r="H66" s="215"/>
+      <c r="I66" s="215"/>
+      <c r="J66" s="215"/>
+      <c r="K66" s="215"/>
+      <c r="L66" s="215"/>
+      <c r="M66" s="215"/>
+      <c r="N66" s="215"/>
+      <c r="O66" s="215"/>
+      <c r="P66" s="215"/>
+      <c r="Q66" s="215"/>
+      <c r="R66" s="215"/>
+      <c r="S66" s="215"/>
+      <c r="T66" s="215"/>
+      <c r="U66" s="216"/>
     </row>
     <row r="67" spans="1:22" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="446" t="s">
-[...22 lines deleted...]
-      <c r="V67" s="31"/>
+      <c r="A67" s="393" t="s">
+        <v>373</v>
+      </c>
+      <c r="B67" s="394"/>
+      <c r="C67" s="394"/>
+      <c r="D67" s="394"/>
+      <c r="E67" s="394"/>
+      <c r="F67" s="394"/>
+      <c r="G67" s="394"/>
+      <c r="H67" s="394"/>
+      <c r="I67" s="394"/>
+      <c r="J67" s="394"/>
+      <c r="K67" s="394"/>
+      <c r="L67" s="394"/>
+      <c r="M67" s="394"/>
+      <c r="N67" s="395"/>
+      <c r="O67" s="395"/>
+      <c r="P67" s="395"/>
+      <c r="Q67" s="395"/>
+      <c r="R67" s="395"/>
+      <c r="S67" s="395"/>
+      <c r="T67" s="395"/>
+      <c r="U67" s="396"/>
+      <c r="V67" s="24"/>
     </row>
     <row r="68" spans="1:22" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="446" t="s">
-[...21 lines deleted...]
-      <c r="U68" s="449"/>
+      <c r="A68" s="393" t="s">
+        <v>343</v>
+      </c>
+      <c r="B68" s="394"/>
+      <c r="C68" s="394"/>
+      <c r="D68" s="394"/>
+      <c r="E68" s="394"/>
+      <c r="F68" s="394"/>
+      <c r="G68" s="394"/>
+      <c r="H68" s="394"/>
+      <c r="I68" s="394"/>
+      <c r="J68" s="394"/>
+      <c r="K68" s="394"/>
+      <c r="L68" s="394"/>
+      <c r="M68" s="394"/>
+      <c r="N68" s="395"/>
+      <c r="O68" s="395"/>
+      <c r="P68" s="395"/>
+      <c r="Q68" s="395"/>
+      <c r="R68" s="395"/>
+      <c r="S68" s="395"/>
+      <c r="T68" s="395"/>
+      <c r="U68" s="396"/>
     </row>
     <row r="69" spans="1:22" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A69" s="451" t="s">
-[...14 lines deleted...]
-      <c r="N69" s="453" t="str" cm="1">
+      <c r="A69" s="400" t="s">
+        <v>196</v>
+      </c>
+      <c r="B69" s="401"/>
+      <c r="C69" s="401"/>
+      <c r="D69" s="401"/>
+      <c r="E69" s="401"/>
+      <c r="F69" s="401"/>
+      <c r="G69" s="401"/>
+      <c r="H69" s="401"/>
+      <c r="I69" s="401"/>
+      <c r="J69" s="401"/>
+      <c r="K69" s="401"/>
+      <c r="L69" s="401"/>
+      <c r="M69" s="401"/>
+      <c r="N69" s="402" t="str" cm="1">
         <f t="array" ref="N69">_xlfn.IFS(N67=0,"",N68=0,"",TRUE,(N68/N67)*100)</f>
         <v/>
       </c>
-      <c r="O69" s="453"/>
-[...5 lines deleted...]
-      <c r="U69" s="454"/>
+      <c r="O69" s="402"/>
+      <c r="P69" s="402"/>
+      <c r="Q69" s="402"/>
+      <c r="R69" s="402"/>
+      <c r="S69" s="402"/>
+      <c r="T69" s="402"/>
+      <c r="U69" s="403"/>
       <c r="V69" s="2" t="str">
         <f>IF(N67&lt;N68,"INVALID","")</f>
         <v/>
       </c>
     </row>
     <row r="70" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A70" s="265"/>
-[...19 lines deleted...]
-      <c r="U70" s="265"/>
+      <c r="A70" s="207"/>
+      <c r="B70" s="207"/>
+      <c r="C70" s="207"/>
+      <c r="D70" s="207"/>
+      <c r="E70" s="207"/>
+      <c r="F70" s="207"/>
+      <c r="G70" s="207"/>
+      <c r="H70" s="207"/>
+      <c r="I70" s="207"/>
+      <c r="J70" s="207"/>
+      <c r="K70" s="207"/>
+      <c r="L70" s="207"/>
+      <c r="M70" s="207"/>
+      <c r="N70" s="207"/>
+      <c r="O70" s="207"/>
+      <c r="P70" s="207"/>
+      <c r="Q70" s="207"/>
+      <c r="R70" s="207"/>
+      <c r="S70" s="207"/>
+      <c r="T70" s="207"/>
+      <c r="U70" s="207"/>
     </row>
     <row r="71" spans="1:22" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="bFVFg19dZP0647DmKsG7sJ40TqjRlB0/+K4WZ7lxKGiacUHRSBa2CBmcm+WM71VV4i76zcHJxzZcW+KiDAcbbQ==" saltValue="XcN00NucxPMNDXzgUdDQgg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="114">
+    <mergeCell ref="S15:U15"/>
+    <mergeCell ref="B16:M16"/>
+    <mergeCell ref="B18:M18"/>
+    <mergeCell ref="A19:A21"/>
+    <mergeCell ref="C19:M19"/>
+    <mergeCell ref="C20:M20"/>
+    <mergeCell ref="C21:M21"/>
+    <mergeCell ref="T1:U1"/>
+    <mergeCell ref="T2:U2"/>
+    <mergeCell ref="A10:A12"/>
+    <mergeCell ref="C10:M10"/>
+    <mergeCell ref="C11:M11"/>
+    <mergeCell ref="C12:M12"/>
+    <mergeCell ref="A15:C15"/>
+    <mergeCell ref="B17:M17"/>
+    <mergeCell ref="A22:U22"/>
+    <mergeCell ref="B23:C23"/>
+    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="J23:K23"/>
+    <mergeCell ref="L23:M23"/>
+    <mergeCell ref="N23:O23"/>
+    <mergeCell ref="P23:P24"/>
+    <mergeCell ref="Q23:R23"/>
+    <mergeCell ref="S27:T27"/>
+    <mergeCell ref="A29:M29"/>
+    <mergeCell ref="N29:U29"/>
+    <mergeCell ref="S23:T23"/>
+    <mergeCell ref="U23:U24"/>
+    <mergeCell ref="B27:C27"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="L27:M27"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="Q27:R27"/>
+    <mergeCell ref="A31:M31"/>
+    <mergeCell ref="N31:U31"/>
+    <mergeCell ref="S34:U34"/>
+    <mergeCell ref="B35:M35"/>
+    <mergeCell ref="B37:M37"/>
+    <mergeCell ref="A38:A40"/>
+    <mergeCell ref="C38:M38"/>
+    <mergeCell ref="C39:M39"/>
+    <mergeCell ref="C40:M40"/>
+    <mergeCell ref="A34:C34"/>
+    <mergeCell ref="A41:U41"/>
+    <mergeCell ref="B42:C42"/>
+    <mergeCell ref="D42:E42"/>
+    <mergeCell ref="F42:G42"/>
+    <mergeCell ref="H42:I42"/>
+    <mergeCell ref="J42:K42"/>
+    <mergeCell ref="L42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="P42:P43"/>
+    <mergeCell ref="Q42:R42"/>
+    <mergeCell ref="S46:T46"/>
+    <mergeCell ref="A48:M48"/>
+    <mergeCell ref="N48:U48"/>
+    <mergeCell ref="A49:M49"/>
+    <mergeCell ref="N49:U49"/>
+    <mergeCell ref="S42:T42"/>
+    <mergeCell ref="U42:U43"/>
+    <mergeCell ref="B46:C46"/>
+    <mergeCell ref="D46:E46"/>
+    <mergeCell ref="F46:G46"/>
+    <mergeCell ref="H46:I46"/>
+    <mergeCell ref="J46:K46"/>
+    <mergeCell ref="L46:M46"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="Q46:R46"/>
+    <mergeCell ref="F61:G61"/>
+    <mergeCell ref="H61:I61"/>
+    <mergeCell ref="J61:K61"/>
+    <mergeCell ref="L61:M61"/>
+    <mergeCell ref="N61:O61"/>
+    <mergeCell ref="P61:P62"/>
+    <mergeCell ref="Q61:R61"/>
+    <mergeCell ref="A50:M50"/>
+    <mergeCell ref="N50:U50"/>
+    <mergeCell ref="S53:U53"/>
+    <mergeCell ref="B54:M54"/>
+    <mergeCell ref="B56:M56"/>
+    <mergeCell ref="A57:A59"/>
+    <mergeCell ref="C57:M57"/>
+    <mergeCell ref="C58:M58"/>
+    <mergeCell ref="C59:M59"/>
+    <mergeCell ref="A53:C53"/>
     <mergeCell ref="A30:M30"/>
     <mergeCell ref="N30:U30"/>
     <mergeCell ref="B36:M36"/>
     <mergeCell ref="B55:M55"/>
     <mergeCell ref="A69:M69"/>
     <mergeCell ref="N69:U69"/>
     <mergeCell ref="S65:T65"/>
     <mergeCell ref="A67:M67"/>
     <mergeCell ref="N67:U67"/>
     <mergeCell ref="A68:M68"/>
     <mergeCell ref="N68:U68"/>
     <mergeCell ref="S61:T61"/>
     <mergeCell ref="U61:U62"/>
     <mergeCell ref="B65:C65"/>
     <mergeCell ref="D65:E65"/>
     <mergeCell ref="F65:G65"/>
     <mergeCell ref="H65:I65"/>
     <mergeCell ref="J65:K65"/>
     <mergeCell ref="L65:M65"/>
     <mergeCell ref="N65:O65"/>
     <mergeCell ref="Q65:R65"/>
     <mergeCell ref="A60:U60"/>
     <mergeCell ref="B61:C61"/>
     <mergeCell ref="D61:E61"/>
-    <mergeCell ref="F61:G61"/>
-[...88 lines deleted...]
-    <mergeCell ref="B17:M17"/>
   </mergeCells>
   <conditionalFormatting sqref="N10:N12">
     <cfRule type="containsText" dxfId="6" priority="18" operator="containsText" text="BLANK">
       <formula>NOT(ISERROR(SEARCH("BLANK",N10)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N16:N21">
     <cfRule type="containsText" dxfId="5" priority="14" operator="containsText" text="BLANK">
       <formula>NOT(ISERROR(SEARCH("BLANK",N16)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N35:N40">
     <cfRule type="containsText" dxfId="4" priority="6" operator="containsText" text="BLANK">
       <formula>NOT(ISERROR(SEARCH("BLANK",N35)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N54:N59">
     <cfRule type="containsText" dxfId="3" priority="2" operator="containsText" text="BLANK">
       <formula>NOT(ISERROR(SEARCH("BLANK",N54)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V31">
     <cfRule type="containsText" dxfId="2" priority="5" operator="containsText" text="INVALID">
       <formula>NOT(ISERROR(SEARCH("INVALID",V31)))</formula>
     </cfRule>
@@ -14425,7651 +14088,5816 @@
       <formula>NOT(ISERROR(SEARCH("INVALID",V50)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V69">
     <cfRule type="containsText" dxfId="0" priority="1" operator="containsText" text="INVALID">
       <formula>NOT(ISERROR(SEARCH("INVALID",V69)))</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A3" location="CSC_ESMI" display="Click for Instructions" xr:uid="{423D45D7-E1CE-4CB8-9C94-0AA08F2B3F85}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <sheetPr>
     <tabColor theme="6" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="N15" sqref="N15"/>
+      <selection activeCell="N27" sqref="N27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.85546875" style="2" customWidth="1"/>
     <col min="2" max="4" width="13.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="13.140625" style="2" customWidth="1"/>
     <col min="6" max="6" width="13.7109375" style="2" customWidth="1"/>
     <col min="7" max="7" width="13.140625" style="2" customWidth="1"/>
     <col min="8" max="9" width="13.7109375" style="2" customWidth="1"/>
     <col min="10" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>137</v>
-[...10 lines deleted...]
-      <c r="I1" s="276"/>
+        <v>128</v>
+      </c>
+      <c r="B1" s="217"/>
+      <c r="C1" s="217"/>
+      <c r="D1" s="217"/>
+      <c r="E1" s="217"/>
+      <c r="F1" s="217"/>
+      <c r="G1" s="217"/>
+      <c r="H1" s="218" t="s">
+        <v>509</v>
+      </c>
+      <c r="I1" s="218"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A3" s="115" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="277"/>
+      <c r="A3" s="85" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" s="220" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="219"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
-        <v>532</v>
+        <v>563</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="279" t="s">
+      <c r="A7" s="221" t="s">
+        <v>115</v>
+      </c>
+      <c r="B7" s="424" t="s">
+        <v>116</v>
+      </c>
+      <c r="C7" s="422"/>
+      <c r="D7" s="422" t="s">
+        <v>117</v>
+      </c>
+      <c r="E7" s="422"/>
+      <c r="F7" s="422" t="s">
+        <v>118</v>
+      </c>
+      <c r="G7" s="422"/>
+      <c r="H7" s="422" t="s">
+        <v>119</v>
+      </c>
+      <c r="I7" s="423"/>
+    </row>
+    <row r="8" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A8" s="222" t="s">
+        <v>120</v>
+      </c>
+      <c r="B8" s="223" t="s">
+        <v>121</v>
+      </c>
+      <c r="C8" s="223" t="s">
+        <v>122</v>
+      </c>
+      <c r="D8" s="224" t="s">
+        <v>121</v>
+      </c>
+      <c r="E8" s="223" t="s">
+        <v>122</v>
+      </c>
+      <c r="F8" s="224" t="s">
+        <v>121</v>
+      </c>
+      <c r="G8" s="223" t="s">
+        <v>122</v>
+      </c>
+      <c r="H8" s="224" t="s">
+        <v>121</v>
+      </c>
+      <c r="I8" s="223" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="29" t="s">
+        <v>123</v>
+      </c>
+      <c r="B9" s="29"/>
+      <c r="C9" s="29"/>
+      <c r="D9" s="30"/>
+      <c r="E9" s="29"/>
+      <c r="F9" s="30"/>
+      <c r="G9" s="29"/>
+      <c r="H9" s="30"/>
+      <c r="I9" s="29"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="29" t="s">
+        <v>152</v>
+      </c>
+      <c r="B10" s="29"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="30"/>
+      <c r="E10" s="29"/>
+      <c r="F10" s="30"/>
+      <c r="G10" s="29"/>
+      <c r="H10" s="30"/>
+      <c r="I10" s="29"/>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="29" t="s">
+        <v>153</v>
+      </c>
+      <c r="B11" s="29"/>
+      <c r="C11" s="29"/>
+      <c r="D11" s="30"/>
+      <c r="E11" s="29"/>
+      <c r="F11" s="30"/>
+      <c r="G11" s="29"/>
+      <c r="H11" s="30"/>
+      <c r="I11" s="29"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="221" t="s">
         <v>124</v>
       </c>
-      <c r="B7" s="458" t="s">
+      <c r="B14" s="424" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" s="422"/>
+      <c r="D14" s="422" t="s">
         <v>125</v>
       </c>
-      <c r="C7" s="456"/>
-      <c r="D7" s="456" t="s">
+      <c r="E14" s="422"/>
+      <c r="F14" s="422" t="s">
         <v>126</v>
       </c>
-      <c r="E7" s="456"/>
-      <c r="F7" s="456" t="s">
+      <c r="G14" s="422"/>
+      <c r="H14" s="422" t="s">
+        <v>119</v>
+      </c>
+      <c r="I14" s="423"/>
+    </row>
+    <row r="15" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A15" s="222" t="s">
         <v>127</v>
       </c>
-      <c r="G7" s="456"/>
-[...74 lines deleted...]
-      <c r="A14" s="279" t="s">
+      <c r="B15" s="223" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" s="223" t="s">
+        <v>122</v>
+      </c>
+      <c r="D15" s="224" t="s">
+        <v>121</v>
+      </c>
+      <c r="E15" s="223" t="s">
+        <v>122</v>
+      </c>
+      <c r="F15" s="224" t="s">
+        <v>121</v>
+      </c>
+      <c r="G15" s="223" t="s">
+        <v>122</v>
+      </c>
+      <c r="H15" s="224" t="s">
+        <v>121</v>
+      </c>
+      <c r="I15" s="223" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="29" t="s">
         <v>133</v>
       </c>
-      <c r="B14" s="458" t="s">
-[...3 lines deleted...]
-      <c r="D14" s="456" t="s">
+      <c r="B16" s="29"/>
+      <c r="C16" s="29"/>
+      <c r="D16" s="30"/>
+      <c r="E16" s="29"/>
+      <c r="F16" s="30"/>
+      <c r="G16" s="29"/>
+      <c r="H16" s="30"/>
+      <c r="I16" s="29"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="29" t="s">
         <v>134</v>
       </c>
-      <c r="E14" s="456"/>
-[...62 lines deleted...]
-      <c r="I17" s="36"/>
+      <c r="B17" s="29"/>
+      <c r="C17" s="29"/>
+      <c r="D17" s="30"/>
+      <c r="E17" s="29"/>
+      <c r="F17" s="30"/>
+      <c r="G17" s="29"/>
+      <c r="H17" s="30"/>
+      <c r="I17" s="29"/>
     </row>
     <row r="19" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="455" t="s">
-[...9 lines deleted...]
-      <c r="I19" s="455"/>
+      <c r="A19" s="421" t="s">
+        <v>386</v>
+      </c>
+      <c r="B19" s="421"/>
+      <c r="C19" s="421"/>
+      <c r="D19" s="421"/>
+      <c r="E19" s="421"/>
+      <c r="F19" s="421"/>
+      <c r="G19" s="421"/>
+      <c r="H19" s="421"/>
+      <c r="I19" s="421"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="165"/>
-[...1 lines deleted...]
-      <c r="C20" s="165"/>
+      <c r="A20" s="107"/>
+      <c r="B20" s="107"/>
+      <c r="C20" s="107"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A21" s="165"/>
-[...1 lines deleted...]
-      <c r="C21" s="165"/>
+      <c r="A21" s="107"/>
+      <c r="B21" s="107"/>
+      <c r="C21" s="107"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="165"/>
-[...1 lines deleted...]
-      <c r="C22" s="165"/>
+      <c r="A22" s="107"/>
+      <c r="B22" s="107"/>
+      <c r="C22" s="107"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="165"/>
-[...1 lines deleted...]
-      <c r="C23" s="165"/>
+      <c r="A23" s="107"/>
+      <c r="B23" s="107"/>
+      <c r="C23" s="107"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A19:I19"/>
     <mergeCell ref="H7:I7"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="D14:E14"/>
     <mergeCell ref="F14:G14"/>
     <mergeCell ref="H14:I14"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="F7:G7"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" location="Waitlist" display="Click for Instructions" xr:uid="{FC2687E1-04B3-4F2F-9E71-DA5A26F8D570}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" fitToHeight="4" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18E0E5F4-8B35-4886-B57F-D13867BCC462}">
   <dimension ref="A2:V80"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F6" sqref="F6"/>
+      <selection activeCell="P11" sqref="P11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
-        <v>555</v>
+        <v>471</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="1" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
-      <c r="T2" s="432" t="s">
-[...2 lines deleted...]
-      <c r="U2" s="432"/>
+      <c r="T2" s="418" t="s">
+        <v>483</v>
+      </c>
+      <c r="U2" s="418"/>
     </row>
     <row r="4" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>558</v>
+        <v>474</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
       <c r="S4" s="2"/>
-      <c r="T4" s="337"/>
-      <c r="U4" s="337"/>
+      <c r="T4" s="248"/>
+      <c r="U4" s="248"/>
       <c r="V4" s="2"/>
     </row>
     <row r="5" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>557</v>
+        <v>473</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
       <c r="P5" s="2"/>
       <c r="Q5" s="2"/>
       <c r="R5" s="2"/>
       <c r="S5" s="2"/>
-      <c r="T5" s="337"/>
-      <c r="U5" s="337"/>
+      <c r="T5" s="248"/>
+      <c r="U5" s="248"/>
       <c r="V5" s="2"/>
     </row>
     <row r="6" spans="1:22" x14ac:dyDescent="0.25">
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="2"/>
       <c r="O6" s="2"/>
       <c r="P6" s="2"/>
       <c r="Q6" s="2"/>
       <c r="R6" s="2"/>
       <c r="S6" s="2"/>
-      <c r="T6" s="337"/>
-      <c r="U6" s="337"/>
+      <c r="T6" s="248"/>
+      <c r="U6" s="248"/>
       <c r="V6" s="2"/>
     </row>
     <row r="8" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A8" s="434" t="s">
-[...15 lines deleted...]
-      <c r="M8" s="429"/>
+      <c r="A8" s="420" t="s">
+        <v>461</v>
+      </c>
+      <c r="B8" s="205" t="s">
+        <v>137</v>
+      </c>
+      <c r="C8" s="413"/>
+      <c r="D8" s="413"/>
+      <c r="E8" s="413"/>
+      <c r="F8" s="413"/>
+      <c r="G8" s="413"/>
+      <c r="H8" s="413"/>
+      <c r="I8" s="413"/>
+      <c r="J8" s="413"/>
+      <c r="K8" s="413"/>
+      <c r="L8" s="413"/>
+      <c r="M8" s="413"/>
     </row>
     <row r="9" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A9" s="434"/>
-[...13 lines deleted...]
-      <c r="M9" s="429"/>
+      <c r="A9" s="420"/>
+      <c r="B9" s="205" t="s">
+        <v>138</v>
+      </c>
+      <c r="C9" s="413"/>
+      <c r="D9" s="413"/>
+      <c r="E9" s="413"/>
+      <c r="F9" s="413"/>
+      <c r="G9" s="413"/>
+      <c r="H9" s="413"/>
+      <c r="I9" s="413"/>
+      <c r="J9" s="413"/>
+      <c r="K9" s="413"/>
+      <c r="L9" s="413"/>
+      <c r="M9" s="413"/>
     </row>
     <row r="10" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A10" s="434"/>
-[...13 lines deleted...]
-      <c r="M10" s="429"/>
+      <c r="A10" s="420"/>
+      <c r="B10" s="205" t="s">
+        <v>139</v>
+      </c>
+      <c r="C10" s="413"/>
+      <c r="D10" s="413"/>
+      <c r="E10" s="413"/>
+      <c r="F10" s="413"/>
+      <c r="G10" s="413"/>
+      <c r="H10" s="413"/>
+      <c r="I10" s="413"/>
+      <c r="J10" s="413"/>
+      <c r="K10" s="413"/>
+      <c r="L10" s="413"/>
+      <c r="M10" s="413"/>
     </row>
     <row r="11" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="12" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A12" s="435" t="s">
-[...13 lines deleted...]
-      <c r="M12" s="338"/>
+      <c r="A12" s="416" t="s">
+        <v>459</v>
+      </c>
+      <c r="B12" s="417"/>
+      <c r="C12" s="417"/>
+      <c r="D12" s="210"/>
+      <c r="E12" s="210"/>
+      <c r="F12" s="210"/>
+      <c r="G12" s="210"/>
+      <c r="H12" s="210"/>
+      <c r="I12" s="210"/>
+      <c r="J12" s="210"/>
+      <c r="K12" s="210"/>
+      <c r="L12" s="210"/>
+      <c r="M12" s="249"/>
     </row>
     <row r="13" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A13" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M13" s="429"/>
+      <c r="A13" s="211" t="s">
+        <v>140</v>
+      </c>
+      <c r="B13" s="413"/>
+      <c r="C13" s="413"/>
+      <c r="D13" s="413"/>
+      <c r="E13" s="413"/>
+      <c r="F13" s="413"/>
+      <c r="G13" s="413"/>
+      <c r="H13" s="413"/>
+      <c r="I13" s="413"/>
+      <c r="J13" s="413"/>
+      <c r="K13" s="413"/>
+      <c r="L13" s="413"/>
+      <c r="M13" s="413"/>
     </row>
     <row r="14" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A14" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M14" s="439"/>
+      <c r="A14" s="211" t="s">
+        <v>472</v>
+      </c>
+      <c r="B14" s="397"/>
+      <c r="C14" s="398"/>
+      <c r="D14" s="398"/>
+      <c r="E14" s="398"/>
+      <c r="F14" s="398"/>
+      <c r="G14" s="398"/>
+      <c r="H14" s="398"/>
+      <c r="I14" s="398"/>
+      <c r="J14" s="398"/>
+      <c r="K14" s="398"/>
+      <c r="L14" s="398"/>
+      <c r="M14" s="399"/>
     </row>
     <row r="15" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A15" s="459" t="s">
-[...15 lines deleted...]
-      <c r="M15" s="429"/>
+      <c r="A15" s="425" t="s">
+        <v>460</v>
+      </c>
+      <c r="B15" s="247" t="s">
+        <v>137</v>
+      </c>
+      <c r="C15" s="413"/>
+      <c r="D15" s="413"/>
+      <c r="E15" s="413"/>
+      <c r="F15" s="413"/>
+      <c r="G15" s="413"/>
+      <c r="H15" s="413"/>
+      <c r="I15" s="413"/>
+      <c r="J15" s="413"/>
+      <c r="K15" s="413"/>
+      <c r="L15" s="413"/>
+      <c r="M15" s="413"/>
     </row>
     <row r="16" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A16" s="459"/>
-[...13 lines deleted...]
-      <c r="M16" s="429"/>
+      <c r="A16" s="425"/>
+      <c r="B16" s="247" t="s">
+        <v>138</v>
+      </c>
+      <c r="C16" s="413"/>
+      <c r="D16" s="413"/>
+      <c r="E16" s="413"/>
+      <c r="F16" s="413"/>
+      <c r="G16" s="413"/>
+      <c r="H16" s="413"/>
+      <c r="I16" s="413"/>
+      <c r="J16" s="413"/>
+      <c r="K16" s="413"/>
+      <c r="L16" s="413"/>
+      <c r="M16" s="413"/>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A17" s="459"/>
-[...13 lines deleted...]
-      <c r="M17" s="429"/>
+      <c r="A17" s="425"/>
+      <c r="B17" s="247" t="s">
+        <v>139</v>
+      </c>
+      <c r="C17" s="413"/>
+      <c r="D17" s="413"/>
+      <c r="E17" s="413"/>
+      <c r="F17" s="413"/>
+      <c r="G17" s="413"/>
+      <c r="H17" s="413"/>
+      <c r="I17" s="413"/>
+      <c r="J17" s="413"/>
+      <c r="K17" s="413"/>
+      <c r="L17" s="413"/>
+      <c r="M17" s="413"/>
     </row>
     <row r="18" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="19" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A19" s="435" t="s">
-[...13 lines deleted...]
-      <c r="M19" s="338"/>
+      <c r="A19" s="416" t="s">
+        <v>462</v>
+      </c>
+      <c r="B19" s="417"/>
+      <c r="C19" s="417"/>
+      <c r="D19" s="210"/>
+      <c r="E19" s="210"/>
+      <c r="F19" s="210"/>
+      <c r="G19" s="210"/>
+      <c r="H19" s="210"/>
+      <c r="I19" s="210"/>
+      <c r="J19" s="210"/>
+      <c r="K19" s="210"/>
+      <c r="L19" s="210"/>
+      <c r="M19" s="249"/>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A20" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M20" s="429"/>
+      <c r="A20" s="211" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" s="413"/>
+      <c r="C20" s="413"/>
+      <c r="D20" s="413"/>
+      <c r="E20" s="413"/>
+      <c r="F20" s="413"/>
+      <c r="G20" s="413"/>
+      <c r="H20" s="413"/>
+      <c r="I20" s="413"/>
+      <c r="J20" s="413"/>
+      <c r="K20" s="413"/>
+      <c r="L20" s="413"/>
+      <c r="M20" s="413"/>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A21" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M21" s="439"/>
+      <c r="A21" s="211" t="s">
+        <v>472</v>
+      </c>
+      <c r="B21" s="397"/>
+      <c r="C21" s="398"/>
+      <c r="D21" s="398"/>
+      <c r="E21" s="398"/>
+      <c r="F21" s="398"/>
+      <c r="G21" s="398"/>
+      <c r="H21" s="398"/>
+      <c r="I21" s="398"/>
+      <c r="J21" s="398"/>
+      <c r="K21" s="398"/>
+      <c r="L21" s="398"/>
+      <c r="M21" s="399"/>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A22" s="459" t="s">
-[...15 lines deleted...]
-      <c r="M22" s="429"/>
+      <c r="A22" s="425" t="s">
+        <v>460</v>
+      </c>
+      <c r="B22" s="247" t="s">
+        <v>137</v>
+      </c>
+      <c r="C22" s="413"/>
+      <c r="D22" s="413"/>
+      <c r="E22" s="413"/>
+      <c r="F22" s="413"/>
+      <c r="G22" s="413"/>
+      <c r="H22" s="413"/>
+      <c r="I22" s="413"/>
+      <c r="J22" s="413"/>
+      <c r="K22" s="413"/>
+      <c r="L22" s="413"/>
+      <c r="M22" s="413"/>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A23" s="459"/>
-[...13 lines deleted...]
-      <c r="M23" s="429"/>
+      <c r="A23" s="425"/>
+      <c r="B23" s="247" t="s">
+        <v>138</v>
+      </c>
+      <c r="C23" s="413"/>
+      <c r="D23" s="413"/>
+      <c r="E23" s="413"/>
+      <c r="F23" s="413"/>
+      <c r="G23" s="413"/>
+      <c r="H23" s="413"/>
+      <c r="I23" s="413"/>
+      <c r="J23" s="413"/>
+      <c r="K23" s="413"/>
+      <c r="L23" s="413"/>
+      <c r="M23" s="413"/>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A24" s="459"/>
-[...13 lines deleted...]
-      <c r="M24" s="429"/>
+      <c r="A24" s="425"/>
+      <c r="B24" s="247" t="s">
+        <v>139</v>
+      </c>
+      <c r="C24" s="413"/>
+      <c r="D24" s="413"/>
+      <c r="E24" s="413"/>
+      <c r="F24" s="413"/>
+      <c r="G24" s="413"/>
+      <c r="H24" s="413"/>
+      <c r="I24" s="413"/>
+      <c r="J24" s="413"/>
+      <c r="K24" s="413"/>
+      <c r="L24" s="413"/>
+      <c r="M24" s="413"/>
     </row>
     <row r="25" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A26" s="435" t="s">
-[...13 lines deleted...]
-      <c r="M26" s="338"/>
+      <c r="A26" s="416" t="s">
+        <v>463</v>
+      </c>
+      <c r="B26" s="417"/>
+      <c r="C26" s="417"/>
+      <c r="D26" s="210"/>
+      <c r="E26" s="210"/>
+      <c r="F26" s="210"/>
+      <c r="G26" s="210"/>
+      <c r="H26" s="210"/>
+      <c r="I26" s="210"/>
+      <c r="J26" s="210"/>
+      <c r="K26" s="210"/>
+      <c r="L26" s="210"/>
+      <c r="M26" s="249"/>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A27" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M27" s="429"/>
+      <c r="A27" s="211" t="s">
+        <v>140</v>
+      </c>
+      <c r="B27" s="413"/>
+      <c r="C27" s="413"/>
+      <c r="D27" s="413"/>
+      <c r="E27" s="413"/>
+      <c r="F27" s="413"/>
+      <c r="G27" s="413"/>
+      <c r="H27" s="413"/>
+      <c r="I27" s="413"/>
+      <c r="J27" s="413"/>
+      <c r="K27" s="413"/>
+      <c r="L27" s="413"/>
+      <c r="M27" s="413"/>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A28" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M28" s="439"/>
+      <c r="A28" s="211" t="s">
+        <v>472</v>
+      </c>
+      <c r="B28" s="397"/>
+      <c r="C28" s="398"/>
+      <c r="D28" s="398"/>
+      <c r="E28" s="398"/>
+      <c r="F28" s="398"/>
+      <c r="G28" s="398"/>
+      <c r="H28" s="398"/>
+      <c r="I28" s="398"/>
+      <c r="J28" s="398"/>
+      <c r="K28" s="398"/>
+      <c r="L28" s="398"/>
+      <c r="M28" s="399"/>
     </row>
     <row r="29" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A29" s="459" t="s">
-[...15 lines deleted...]
-      <c r="M29" s="429"/>
+      <c r="A29" s="425" t="s">
+        <v>460</v>
+      </c>
+      <c r="B29" s="247" t="s">
+        <v>137</v>
+      </c>
+      <c r="C29" s="413"/>
+      <c r="D29" s="413"/>
+      <c r="E29" s="413"/>
+      <c r="F29" s="413"/>
+      <c r="G29" s="413"/>
+      <c r="H29" s="413"/>
+      <c r="I29" s="413"/>
+      <c r="J29" s="413"/>
+      <c r="K29" s="413"/>
+      <c r="L29" s="413"/>
+      <c r="M29" s="413"/>
     </row>
     <row r="30" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A30" s="459"/>
-[...13 lines deleted...]
-      <c r="M30" s="429"/>
+      <c r="A30" s="425"/>
+      <c r="B30" s="247" t="s">
+        <v>138</v>
+      </c>
+      <c r="C30" s="413"/>
+      <c r="D30" s="413"/>
+      <c r="E30" s="413"/>
+      <c r="F30" s="413"/>
+      <c r="G30" s="413"/>
+      <c r="H30" s="413"/>
+      <c r="I30" s="413"/>
+      <c r="J30" s="413"/>
+      <c r="K30" s="413"/>
+      <c r="L30" s="413"/>
+      <c r="M30" s="413"/>
     </row>
     <row r="31" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A31" s="459"/>
-[...13 lines deleted...]
-      <c r="M31" s="429"/>
+      <c r="A31" s="425"/>
+      <c r="B31" s="247" t="s">
+        <v>139</v>
+      </c>
+      <c r="C31" s="413"/>
+      <c r="D31" s="413"/>
+      <c r="E31" s="413"/>
+      <c r="F31" s="413"/>
+      <c r="G31" s="413"/>
+      <c r="H31" s="413"/>
+      <c r="I31" s="413"/>
+      <c r="J31" s="413"/>
+      <c r="K31" s="413"/>
+      <c r="L31" s="413"/>
+      <c r="M31" s="413"/>
     </row>
     <row r="32" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="33" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A33" s="435" t="s">
-[...13 lines deleted...]
-      <c r="M33" s="338"/>
+      <c r="A33" s="416" t="s">
+        <v>464</v>
+      </c>
+      <c r="B33" s="417"/>
+      <c r="C33" s="417"/>
+      <c r="D33" s="210"/>
+      <c r="E33" s="210"/>
+      <c r="F33" s="210"/>
+      <c r="G33" s="210"/>
+      <c r="H33" s="210"/>
+      <c r="I33" s="210"/>
+      <c r="J33" s="210"/>
+      <c r="K33" s="210"/>
+      <c r="L33" s="210"/>
+      <c r="M33" s="249"/>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A34" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M34" s="439"/>
+      <c r="A34" s="211" t="s">
+        <v>140</v>
+      </c>
+      <c r="B34" s="397"/>
+      <c r="C34" s="398"/>
+      <c r="D34" s="398"/>
+      <c r="E34" s="398"/>
+      <c r="F34" s="398"/>
+      <c r="G34" s="398"/>
+      <c r="H34" s="398"/>
+      <c r="I34" s="398"/>
+      <c r="J34" s="398"/>
+      <c r="K34" s="398"/>
+      <c r="L34" s="398"/>
+      <c r="M34" s="399"/>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A35" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M35" s="439"/>
+      <c r="A35" s="211" t="s">
+        <v>472</v>
+      </c>
+      <c r="B35" s="397"/>
+      <c r="C35" s="398"/>
+      <c r="D35" s="398"/>
+      <c r="E35" s="398"/>
+      <c r="F35" s="398"/>
+      <c r="G35" s="398"/>
+      <c r="H35" s="398"/>
+      <c r="I35" s="398"/>
+      <c r="J35" s="398"/>
+      <c r="K35" s="398"/>
+      <c r="L35" s="398"/>
+      <c r="M35" s="399"/>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A36" s="459" t="s">
-[...15 lines deleted...]
-      <c r="M36" s="429"/>
+      <c r="A36" s="425" t="s">
+        <v>460</v>
+      </c>
+      <c r="B36" s="247" t="s">
+        <v>137</v>
+      </c>
+      <c r="C36" s="413"/>
+      <c r="D36" s="413"/>
+      <c r="E36" s="413"/>
+      <c r="F36" s="413"/>
+      <c r="G36" s="413"/>
+      <c r="H36" s="413"/>
+      <c r="I36" s="413"/>
+      <c r="J36" s="413"/>
+      <c r="K36" s="413"/>
+      <c r="L36" s="413"/>
+      <c r="M36" s="413"/>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A37" s="459"/>
-[...13 lines deleted...]
-      <c r="M37" s="429"/>
+      <c r="A37" s="425"/>
+      <c r="B37" s="247" t="s">
+        <v>138</v>
+      </c>
+      <c r="C37" s="413"/>
+      <c r="D37" s="413"/>
+      <c r="E37" s="413"/>
+      <c r="F37" s="413"/>
+      <c r="G37" s="413"/>
+      <c r="H37" s="413"/>
+      <c r="I37" s="413"/>
+      <c r="J37" s="413"/>
+      <c r="K37" s="413"/>
+      <c r="L37" s="413"/>
+      <c r="M37" s="413"/>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A38" s="459"/>
-[...13 lines deleted...]
-      <c r="M38" s="429"/>
+      <c r="A38" s="425"/>
+      <c r="B38" s="247" t="s">
+        <v>139</v>
+      </c>
+      <c r="C38" s="413"/>
+      <c r="D38" s="413"/>
+      <c r="E38" s="413"/>
+      <c r="F38" s="413"/>
+      <c r="G38" s="413"/>
+      <c r="H38" s="413"/>
+      <c r="I38" s="413"/>
+      <c r="J38" s="413"/>
+      <c r="K38" s="413"/>
+      <c r="L38" s="413"/>
+      <c r="M38" s="413"/>
     </row>
     <row r="39" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="40" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A40" s="435" t="s">
-[...13 lines deleted...]
-      <c r="M40" s="338"/>
+      <c r="A40" s="416" t="s">
+        <v>465</v>
+      </c>
+      <c r="B40" s="417"/>
+      <c r="C40" s="417"/>
+      <c r="D40" s="210"/>
+      <c r="E40" s="210"/>
+      <c r="F40" s="210"/>
+      <c r="G40" s="210"/>
+      <c r="H40" s="210"/>
+      <c r="I40" s="210"/>
+      <c r="J40" s="210"/>
+      <c r="K40" s="210"/>
+      <c r="L40" s="210"/>
+      <c r="M40" s="249"/>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A41" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M41" s="439"/>
+      <c r="A41" s="211" t="s">
+        <v>140</v>
+      </c>
+      <c r="B41" s="397"/>
+      <c r="C41" s="398"/>
+      <c r="D41" s="398"/>
+      <c r="E41" s="398"/>
+      <c r="F41" s="398"/>
+      <c r="G41" s="398"/>
+      <c r="H41" s="398"/>
+      <c r="I41" s="398"/>
+      <c r="J41" s="398"/>
+      <c r="K41" s="398"/>
+      <c r="L41" s="398"/>
+      <c r="M41" s="399"/>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A42" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M42" s="439"/>
+      <c r="A42" s="211" t="s">
+        <v>472</v>
+      </c>
+      <c r="B42" s="397"/>
+      <c r="C42" s="398"/>
+      <c r="D42" s="398"/>
+      <c r="E42" s="398"/>
+      <c r="F42" s="398"/>
+      <c r="G42" s="398"/>
+      <c r="H42" s="398"/>
+      <c r="I42" s="398"/>
+      <c r="J42" s="398"/>
+      <c r="K42" s="398"/>
+      <c r="L42" s="398"/>
+      <c r="M42" s="399"/>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A43" s="459" t="s">
-[...15 lines deleted...]
-      <c r="M43" s="429"/>
+      <c r="A43" s="425" t="s">
+        <v>460</v>
+      </c>
+      <c r="B43" s="247" t="s">
+        <v>137</v>
+      </c>
+      <c r="C43" s="413"/>
+      <c r="D43" s="413"/>
+      <c r="E43" s="413"/>
+      <c r="F43" s="413"/>
+      <c r="G43" s="413"/>
+      <c r="H43" s="413"/>
+      <c r="I43" s="413"/>
+      <c r="J43" s="413"/>
+      <c r="K43" s="413"/>
+      <c r="L43" s="413"/>
+      <c r="M43" s="413"/>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A44" s="459"/>
-[...13 lines deleted...]
-      <c r="M44" s="429"/>
+      <c r="A44" s="425"/>
+      <c r="B44" s="247" t="s">
+        <v>138</v>
+      </c>
+      <c r="C44" s="413"/>
+      <c r="D44" s="413"/>
+      <c r="E44" s="413"/>
+      <c r="F44" s="413"/>
+      <c r="G44" s="413"/>
+      <c r="H44" s="413"/>
+      <c r="I44" s="413"/>
+      <c r="J44" s="413"/>
+      <c r="K44" s="413"/>
+      <c r="L44" s="413"/>
+      <c r="M44" s="413"/>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A45" s="459"/>
-[...13 lines deleted...]
-      <c r="M45" s="429"/>
+      <c r="A45" s="425"/>
+      <c r="B45" s="247" t="s">
+        <v>139</v>
+      </c>
+      <c r="C45" s="413"/>
+      <c r="D45" s="413"/>
+      <c r="E45" s="413"/>
+      <c r="F45" s="413"/>
+      <c r="G45" s="413"/>
+      <c r="H45" s="413"/>
+      <c r="I45" s="413"/>
+      <c r="J45" s="413"/>
+      <c r="K45" s="413"/>
+      <c r="L45" s="413"/>
+      <c r="M45" s="413"/>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A47" s="435" t="s">
-[...13 lines deleted...]
-      <c r="M47" s="338"/>
+      <c r="A47" s="416" t="s">
+        <v>466</v>
+      </c>
+      <c r="B47" s="417"/>
+      <c r="C47" s="417"/>
+      <c r="D47" s="210"/>
+      <c r="E47" s="210"/>
+      <c r="F47" s="210"/>
+      <c r="G47" s="210"/>
+      <c r="H47" s="210"/>
+      <c r="I47" s="210"/>
+      <c r="J47" s="210"/>
+      <c r="K47" s="210"/>
+      <c r="L47" s="210"/>
+      <c r="M47" s="249"/>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A48" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M48" s="439"/>
+      <c r="A48" s="211" t="s">
+        <v>140</v>
+      </c>
+      <c r="B48" s="397"/>
+      <c r="C48" s="398"/>
+      <c r="D48" s="398"/>
+      <c r="E48" s="398"/>
+      <c r="F48" s="398"/>
+      <c r="G48" s="398"/>
+      <c r="H48" s="398"/>
+      <c r="I48" s="398"/>
+      <c r="J48" s="398"/>
+      <c r="K48" s="398"/>
+      <c r="L48" s="398"/>
+      <c r="M48" s="399"/>
     </row>
     <row r="49" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A49" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M49" s="439"/>
+      <c r="A49" s="211" t="s">
+        <v>472</v>
+      </c>
+      <c r="B49" s="397"/>
+      <c r="C49" s="398"/>
+      <c r="D49" s="398"/>
+      <c r="E49" s="398"/>
+      <c r="F49" s="398"/>
+      <c r="G49" s="398"/>
+      <c r="H49" s="398"/>
+      <c r="I49" s="398"/>
+      <c r="J49" s="398"/>
+      <c r="K49" s="398"/>
+      <c r="L49" s="398"/>
+      <c r="M49" s="399"/>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A50" s="459" t="s">
-[...15 lines deleted...]
-      <c r="M50" s="429"/>
+      <c r="A50" s="425" t="s">
+        <v>460</v>
+      </c>
+      <c r="B50" s="247" t="s">
+        <v>137</v>
+      </c>
+      <c r="C50" s="413"/>
+      <c r="D50" s="413"/>
+      <c r="E50" s="413"/>
+      <c r="F50" s="413"/>
+      <c r="G50" s="413"/>
+      <c r="H50" s="413"/>
+      <c r="I50" s="413"/>
+      <c r="J50" s="413"/>
+      <c r="K50" s="413"/>
+      <c r="L50" s="413"/>
+      <c r="M50" s="413"/>
     </row>
     <row r="51" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A51" s="459"/>
-[...13 lines deleted...]
-      <c r="M51" s="429"/>
+      <c r="A51" s="425"/>
+      <c r="B51" s="247" t="s">
+        <v>138</v>
+      </c>
+      <c r="C51" s="413"/>
+      <c r="D51" s="413"/>
+      <c r="E51" s="413"/>
+      <c r="F51" s="413"/>
+      <c r="G51" s="413"/>
+      <c r="H51" s="413"/>
+      <c r="I51" s="413"/>
+      <c r="J51" s="413"/>
+      <c r="K51" s="413"/>
+      <c r="L51" s="413"/>
+      <c r="M51" s="413"/>
     </row>
     <row r="52" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A52" s="459"/>
-[...13 lines deleted...]
-      <c r="M52" s="429"/>
+      <c r="A52" s="425"/>
+      <c r="B52" s="247" t="s">
+        <v>139</v>
+      </c>
+      <c r="C52" s="413"/>
+      <c r="D52" s="413"/>
+      <c r="E52" s="413"/>
+      <c r="F52" s="413"/>
+      <c r="G52" s="413"/>
+      <c r="H52" s="413"/>
+      <c r="I52" s="413"/>
+      <c r="J52" s="413"/>
+      <c r="K52" s="413"/>
+      <c r="L52" s="413"/>
+      <c r="M52" s="413"/>
     </row>
     <row r="53" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="54" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A54" s="435" t="s">
-[...13 lines deleted...]
-      <c r="M54" s="338"/>
+      <c r="A54" s="416" t="s">
+        <v>467</v>
+      </c>
+      <c r="B54" s="417"/>
+      <c r="C54" s="417"/>
+      <c r="D54" s="210"/>
+      <c r="E54" s="210"/>
+      <c r="F54" s="210"/>
+      <c r="G54" s="210"/>
+      <c r="H54" s="210"/>
+      <c r="I54" s="210"/>
+      <c r="J54" s="210"/>
+      <c r="K54" s="210"/>
+      <c r="L54" s="210"/>
+      <c r="M54" s="249"/>
     </row>
     <row r="55" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A55" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M55" s="439"/>
+      <c r="A55" s="211" t="s">
+        <v>140</v>
+      </c>
+      <c r="B55" s="397"/>
+      <c r="C55" s="398"/>
+      <c r="D55" s="398"/>
+      <c r="E55" s="398"/>
+      <c r="F55" s="398"/>
+      <c r="G55" s="398"/>
+      <c r="H55" s="398"/>
+      <c r="I55" s="398"/>
+      <c r="J55" s="398"/>
+      <c r="K55" s="398"/>
+      <c r="L55" s="398"/>
+      <c r="M55" s="399"/>
     </row>
     <row r="56" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A56" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M56" s="439"/>
+      <c r="A56" s="211" t="s">
+        <v>472</v>
+      </c>
+      <c r="B56" s="397"/>
+      <c r="C56" s="398"/>
+      <c r="D56" s="398"/>
+      <c r="E56" s="398"/>
+      <c r="F56" s="398"/>
+      <c r="G56" s="398"/>
+      <c r="H56" s="398"/>
+      <c r="I56" s="398"/>
+      <c r="J56" s="398"/>
+      <c r="K56" s="398"/>
+      <c r="L56" s="398"/>
+      <c r="M56" s="399"/>
     </row>
     <row r="57" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A57" s="459" t="s">
-[...15 lines deleted...]
-      <c r="M57" s="429"/>
+      <c r="A57" s="425" t="s">
+        <v>460</v>
+      </c>
+      <c r="B57" s="247" t="s">
+        <v>137</v>
+      </c>
+      <c r="C57" s="413"/>
+      <c r="D57" s="413"/>
+      <c r="E57" s="413"/>
+      <c r="F57" s="413"/>
+      <c r="G57" s="413"/>
+      <c r="H57" s="413"/>
+      <c r="I57" s="413"/>
+      <c r="J57" s="413"/>
+      <c r="K57" s="413"/>
+      <c r="L57" s="413"/>
+      <c r="M57" s="413"/>
     </row>
     <row r="58" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A58" s="459"/>
-[...13 lines deleted...]
-      <c r="M58" s="429"/>
+      <c r="A58" s="425"/>
+      <c r="B58" s="247" t="s">
+        <v>138</v>
+      </c>
+      <c r="C58" s="413"/>
+      <c r="D58" s="413"/>
+      <c r="E58" s="413"/>
+      <c r="F58" s="413"/>
+      <c r="G58" s="413"/>
+      <c r="H58" s="413"/>
+      <c r="I58" s="413"/>
+      <c r="J58" s="413"/>
+      <c r="K58" s="413"/>
+      <c r="L58" s="413"/>
+      <c r="M58" s="413"/>
     </row>
     <row r="59" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A59" s="459"/>
-[...13 lines deleted...]
-      <c r="M59" s="429"/>
+      <c r="A59" s="425"/>
+      <c r="B59" s="247" t="s">
+        <v>139</v>
+      </c>
+      <c r="C59" s="413"/>
+      <c r="D59" s="413"/>
+      <c r="E59" s="413"/>
+      <c r="F59" s="413"/>
+      <c r="G59" s="413"/>
+      <c r="H59" s="413"/>
+      <c r="I59" s="413"/>
+      <c r="J59" s="413"/>
+      <c r="K59" s="413"/>
+      <c r="L59" s="413"/>
+      <c r="M59" s="413"/>
     </row>
     <row r="61" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A61" s="435" t="s">
-[...13 lines deleted...]
-      <c r="M61" s="338"/>
+      <c r="A61" s="416" t="s">
+        <v>468</v>
+      </c>
+      <c r="B61" s="417"/>
+      <c r="C61" s="417"/>
+      <c r="D61" s="210"/>
+      <c r="E61" s="210"/>
+      <c r="F61" s="210"/>
+      <c r="G61" s="210"/>
+      <c r="H61" s="210"/>
+      <c r="I61" s="210"/>
+      <c r="J61" s="210"/>
+      <c r="K61" s="210"/>
+      <c r="L61" s="210"/>
+      <c r="M61" s="249"/>
     </row>
     <row r="62" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A62" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M62" s="429"/>
+      <c r="A62" s="211" t="s">
+        <v>140</v>
+      </c>
+      <c r="B62" s="413"/>
+      <c r="C62" s="413"/>
+      <c r="D62" s="413"/>
+      <c r="E62" s="413"/>
+      <c r="F62" s="413"/>
+      <c r="G62" s="413"/>
+      <c r="H62" s="413"/>
+      <c r="I62" s="413"/>
+      <c r="J62" s="413"/>
+      <c r="K62" s="413"/>
+      <c r="L62" s="413"/>
+      <c r="M62" s="413"/>
     </row>
     <row r="63" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A63" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M63" s="439"/>
+      <c r="A63" s="211" t="s">
+        <v>472</v>
+      </c>
+      <c r="B63" s="397"/>
+      <c r="C63" s="398"/>
+      <c r="D63" s="398"/>
+      <c r="E63" s="398"/>
+      <c r="F63" s="398"/>
+      <c r="G63" s="398"/>
+      <c r="H63" s="398"/>
+      <c r="I63" s="398"/>
+      <c r="J63" s="398"/>
+      <c r="K63" s="398"/>
+      <c r="L63" s="398"/>
+      <c r="M63" s="399"/>
     </row>
     <row r="64" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A64" s="459" t="s">
-[...15 lines deleted...]
-      <c r="M64" s="429"/>
+      <c r="A64" s="425" t="s">
+        <v>460</v>
+      </c>
+      <c r="B64" s="247" t="s">
+        <v>137</v>
+      </c>
+      <c r="C64" s="413"/>
+      <c r="D64" s="413"/>
+      <c r="E64" s="413"/>
+      <c r="F64" s="413"/>
+      <c r="G64" s="413"/>
+      <c r="H64" s="413"/>
+      <c r="I64" s="413"/>
+      <c r="J64" s="413"/>
+      <c r="K64" s="413"/>
+      <c r="L64" s="413"/>
+      <c r="M64" s="413"/>
     </row>
     <row r="65" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A65" s="459"/>
-[...13 lines deleted...]
-      <c r="M65" s="429"/>
+      <c r="A65" s="425"/>
+      <c r="B65" s="247" t="s">
+        <v>138</v>
+      </c>
+      <c r="C65" s="413"/>
+      <c r="D65" s="413"/>
+      <c r="E65" s="413"/>
+      <c r="F65" s="413"/>
+      <c r="G65" s="413"/>
+      <c r="H65" s="413"/>
+      <c r="I65" s="413"/>
+      <c r="J65" s="413"/>
+      <c r="K65" s="413"/>
+      <c r="L65" s="413"/>
+      <c r="M65" s="413"/>
     </row>
     <row r="66" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A66" s="459"/>
-[...13 lines deleted...]
-      <c r="M66" s="429"/>
+      <c r="A66" s="425"/>
+      <c r="B66" s="247" t="s">
+        <v>139</v>
+      </c>
+      <c r="C66" s="413"/>
+      <c r="D66" s="413"/>
+      <c r="E66" s="413"/>
+      <c r="F66" s="413"/>
+      <c r="G66" s="413"/>
+      <c r="H66" s="413"/>
+      <c r="I66" s="413"/>
+      <c r="J66" s="413"/>
+      <c r="K66" s="413"/>
+      <c r="L66" s="413"/>
+      <c r="M66" s="413"/>
     </row>
     <row r="67" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="68" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A68" s="435" t="s">
-[...13 lines deleted...]
-      <c r="M68" s="338"/>
+      <c r="A68" s="416" t="s">
+        <v>469</v>
+      </c>
+      <c r="B68" s="417"/>
+      <c r="C68" s="417"/>
+      <c r="D68" s="210"/>
+      <c r="E68" s="210"/>
+      <c r="F68" s="210"/>
+      <c r="G68" s="210"/>
+      <c r="H68" s="210"/>
+      <c r="I68" s="210"/>
+      <c r="J68" s="210"/>
+      <c r="K68" s="210"/>
+      <c r="L68" s="210"/>
+      <c r="M68" s="249"/>
     </row>
     <row r="69" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A69" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M69" s="439"/>
+      <c r="A69" s="211" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" s="397"/>
+      <c r="C69" s="398"/>
+      <c r="D69" s="398"/>
+      <c r="E69" s="398"/>
+      <c r="F69" s="398"/>
+      <c r="G69" s="398"/>
+      <c r="H69" s="398"/>
+      <c r="I69" s="398"/>
+      <c r="J69" s="398"/>
+      <c r="K69" s="398"/>
+      <c r="L69" s="398"/>
+      <c r="M69" s="399"/>
     </row>
     <row r="70" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A70" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M70" s="439"/>
+      <c r="A70" s="211" t="s">
+        <v>472</v>
+      </c>
+      <c r="B70" s="397"/>
+      <c r="C70" s="398"/>
+      <c r="D70" s="398"/>
+      <c r="E70" s="398"/>
+      <c r="F70" s="398"/>
+      <c r="G70" s="398"/>
+      <c r="H70" s="398"/>
+      <c r="I70" s="398"/>
+      <c r="J70" s="398"/>
+      <c r="K70" s="398"/>
+      <c r="L70" s="398"/>
+      <c r="M70" s="399"/>
     </row>
     <row r="71" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A71" s="459" t="s">
-[...15 lines deleted...]
-      <c r="M71" s="429"/>
+      <c r="A71" s="425" t="s">
+        <v>460</v>
+      </c>
+      <c r="B71" s="247" t="s">
+        <v>137</v>
+      </c>
+      <c r="C71" s="413"/>
+      <c r="D71" s="413"/>
+      <c r="E71" s="413"/>
+      <c r="F71" s="413"/>
+      <c r="G71" s="413"/>
+      <c r="H71" s="413"/>
+      <c r="I71" s="413"/>
+      <c r="J71" s="413"/>
+      <c r="K71" s="413"/>
+      <c r="L71" s="413"/>
+      <c r="M71" s="413"/>
     </row>
     <row r="72" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A72" s="459"/>
-[...13 lines deleted...]
-      <c r="M72" s="429"/>
+      <c r="A72" s="425"/>
+      <c r="B72" s="247" t="s">
+        <v>138</v>
+      </c>
+      <c r="C72" s="413"/>
+      <c r="D72" s="413"/>
+      <c r="E72" s="413"/>
+      <c r="F72" s="413"/>
+      <c r="G72" s="413"/>
+      <c r="H72" s="413"/>
+      <c r="I72" s="413"/>
+      <c r="J72" s="413"/>
+      <c r="K72" s="413"/>
+      <c r="L72" s="413"/>
+      <c r="M72" s="413"/>
     </row>
     <row r="73" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A73" s="459"/>
-[...13 lines deleted...]
-      <c r="M73" s="429"/>
+      <c r="A73" s="425"/>
+      <c r="B73" s="247" t="s">
+        <v>139</v>
+      </c>
+      <c r="C73" s="413"/>
+      <c r="D73" s="413"/>
+      <c r="E73" s="413"/>
+      <c r="F73" s="413"/>
+      <c r="G73" s="413"/>
+      <c r="H73" s="413"/>
+      <c r="I73" s="413"/>
+      <c r="J73" s="413"/>
+      <c r="K73" s="413"/>
+      <c r="L73" s="413"/>
+      <c r="M73" s="413"/>
     </row>
     <row r="74" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="75" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A75" s="435" t="s">
-[...13 lines deleted...]
-      <c r="M75" s="338"/>
+      <c r="A75" s="416" t="s">
+        <v>470</v>
+      </c>
+      <c r="B75" s="417"/>
+      <c r="C75" s="417"/>
+      <c r="D75" s="210"/>
+      <c r="E75" s="210"/>
+      <c r="F75" s="210"/>
+      <c r="G75" s="210"/>
+      <c r="H75" s="210"/>
+      <c r="I75" s="210"/>
+      <c r="J75" s="210"/>
+      <c r="K75" s="210"/>
+      <c r="L75" s="210"/>
+      <c r="M75" s="249"/>
     </row>
     <row r="76" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A76" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M76" s="429"/>
+      <c r="A76" s="211" t="s">
+        <v>140</v>
+      </c>
+      <c r="B76" s="413"/>
+      <c r="C76" s="413"/>
+      <c r="D76" s="413"/>
+      <c r="E76" s="413"/>
+      <c r="F76" s="413"/>
+      <c r="G76" s="413"/>
+      <c r="H76" s="413"/>
+      <c r="I76" s="413"/>
+      <c r="J76" s="413"/>
+      <c r="K76" s="413"/>
+      <c r="L76" s="413"/>
+      <c r="M76" s="413"/>
     </row>
     <row r="77" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A77" s="269" t="s">
-[...13 lines deleted...]
-      <c r="M77" s="439"/>
+      <c r="A77" s="211" t="s">
+        <v>472</v>
+      </c>
+      <c r="B77" s="397"/>
+      <c r="C77" s="398"/>
+      <c r="D77" s="398"/>
+      <c r="E77" s="398"/>
+      <c r="F77" s="398"/>
+      <c r="G77" s="398"/>
+      <c r="H77" s="398"/>
+      <c r="I77" s="398"/>
+      <c r="J77" s="398"/>
+      <c r="K77" s="398"/>
+      <c r="L77" s="398"/>
+      <c r="M77" s="399"/>
     </row>
     <row r="78" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A78" s="459" t="s">
-[...15 lines deleted...]
-      <c r="M78" s="429"/>
+      <c r="A78" s="425" t="s">
+        <v>460</v>
+      </c>
+      <c r="B78" s="247" t="s">
+        <v>137</v>
+      </c>
+      <c r="C78" s="413"/>
+      <c r="D78" s="413"/>
+      <c r="E78" s="413"/>
+      <c r="F78" s="413"/>
+      <c r="G78" s="413"/>
+      <c r="H78" s="413"/>
+      <c r="I78" s="413"/>
+      <c r="J78" s="413"/>
+      <c r="K78" s="413"/>
+      <c r="L78" s="413"/>
+      <c r="M78" s="413"/>
     </row>
     <row r="79" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A79" s="459"/>
-[...13 lines deleted...]
-      <c r="M79" s="429"/>
+      <c r="A79" s="425"/>
+      <c r="B79" s="247" t="s">
+        <v>138</v>
+      </c>
+      <c r="C79" s="413"/>
+      <c r="D79" s="413"/>
+      <c r="E79" s="413"/>
+      <c r="F79" s="413"/>
+      <c r="G79" s="413"/>
+      <c r="H79" s="413"/>
+      <c r="I79" s="413"/>
+      <c r="J79" s="413"/>
+      <c r="K79" s="413"/>
+      <c r="L79" s="413"/>
+      <c r="M79" s="413"/>
     </row>
     <row r="80" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A80" s="459"/>
-[...13 lines deleted...]
-      <c r="M80" s="429"/>
+      <c r="A80" s="425"/>
+      <c r="B80" s="247" t="s">
+        <v>139</v>
+      </c>
+      <c r="C80" s="413"/>
+      <c r="D80" s="413"/>
+      <c r="E80" s="413"/>
+      <c r="F80" s="413"/>
+      <c r="G80" s="413"/>
+      <c r="H80" s="413"/>
+      <c r="I80" s="413"/>
+      <c r="J80" s="413"/>
+      <c r="K80" s="413"/>
+      <c r="L80" s="413"/>
+      <c r="M80" s="413"/>
     </row>
   </sheetData>
   <mergeCells count="75">
-    <mergeCell ref="A75:C75"/>
-[...65 lines deleted...]
-    <mergeCell ref="T2:U2"/>
     <mergeCell ref="A19:C19"/>
     <mergeCell ref="A12:C12"/>
     <mergeCell ref="B13:M13"/>
     <mergeCell ref="B14:M14"/>
     <mergeCell ref="A15:A17"/>
     <mergeCell ref="C15:M15"/>
     <mergeCell ref="C16:M16"/>
     <mergeCell ref="C17:M17"/>
+    <mergeCell ref="A8:A10"/>
+    <mergeCell ref="C8:M8"/>
+    <mergeCell ref="C9:M9"/>
+    <mergeCell ref="C10:M10"/>
+    <mergeCell ref="T2:U2"/>
+    <mergeCell ref="B20:M20"/>
+    <mergeCell ref="B21:M21"/>
+    <mergeCell ref="A22:A24"/>
+    <mergeCell ref="C22:M22"/>
+    <mergeCell ref="C23:M23"/>
+    <mergeCell ref="C24:M24"/>
+    <mergeCell ref="A26:C26"/>
+    <mergeCell ref="B27:M27"/>
+    <mergeCell ref="B28:M28"/>
+    <mergeCell ref="A29:A31"/>
+    <mergeCell ref="C29:M29"/>
+    <mergeCell ref="C30:M30"/>
+    <mergeCell ref="C31:M31"/>
+    <mergeCell ref="A33:C33"/>
+    <mergeCell ref="B34:M34"/>
+    <mergeCell ref="B35:M35"/>
+    <mergeCell ref="A36:A38"/>
+    <mergeCell ref="C36:M36"/>
+    <mergeCell ref="C37:M37"/>
+    <mergeCell ref="C38:M38"/>
+    <mergeCell ref="A40:C40"/>
+    <mergeCell ref="B41:M41"/>
+    <mergeCell ref="B42:M42"/>
+    <mergeCell ref="A43:A45"/>
+    <mergeCell ref="C43:M43"/>
+    <mergeCell ref="C44:M44"/>
+    <mergeCell ref="C45:M45"/>
+    <mergeCell ref="A47:C47"/>
+    <mergeCell ref="B48:M48"/>
+    <mergeCell ref="B49:M49"/>
+    <mergeCell ref="A50:A52"/>
+    <mergeCell ref="C50:M50"/>
+    <mergeCell ref="C51:M51"/>
+    <mergeCell ref="C52:M52"/>
+    <mergeCell ref="A54:C54"/>
+    <mergeCell ref="B55:M55"/>
+    <mergeCell ref="B56:M56"/>
+    <mergeCell ref="A57:A59"/>
+    <mergeCell ref="C57:M57"/>
+    <mergeCell ref="C58:M58"/>
+    <mergeCell ref="C59:M59"/>
+    <mergeCell ref="A61:C61"/>
+    <mergeCell ref="B62:M62"/>
+    <mergeCell ref="B63:M63"/>
+    <mergeCell ref="A64:A66"/>
+    <mergeCell ref="C64:M64"/>
+    <mergeCell ref="C65:M65"/>
+    <mergeCell ref="C66:M66"/>
+    <mergeCell ref="A68:C68"/>
+    <mergeCell ref="B69:M69"/>
+    <mergeCell ref="B70:M70"/>
+    <mergeCell ref="A71:A73"/>
+    <mergeCell ref="C71:M71"/>
+    <mergeCell ref="C72:M72"/>
+    <mergeCell ref="C73:M73"/>
+    <mergeCell ref="A75:C75"/>
+    <mergeCell ref="B76:M76"/>
+    <mergeCell ref="B77:M77"/>
+    <mergeCell ref="A78:A80"/>
+    <mergeCell ref="C78:M78"/>
+    <mergeCell ref="C79:M79"/>
+    <mergeCell ref="C80:M80"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9600FA0B-A512-463B-9EDE-31E2D3EEC334}">
   <sheetPr>
     <tabColor theme="8" tint="0.39997558519241921"/>
   </sheetPr>
-  <dimension ref="A1:B37"/>
+  <dimension ref="A1:B42"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="A16" sqref="A16:A22"/>
+    <sheetView showGridLines="0" topLeftCell="A29" workbookViewId="0">
+      <selection activeCell="B30" sqref="B30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="27.42578125" style="31" customWidth="1"/>
-    <col min="2" max="2" width="100.5703125" style="31" customWidth="1"/>
+    <col min="1" max="1" width="27.42578125" style="24" customWidth="1"/>
+    <col min="2" max="2" width="100.5703125" style="24" customWidth="1"/>
     <col min="3" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B1" s="192" t="s">
-        <v>279</v>
+      <c r="B1" s="134" t="s">
+        <v>249</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A2" s="193" t="s">
+      <c r="A2" s="135" t="s">
+        <v>236</v>
+      </c>
+      <c r="B2" s="120" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="75" x14ac:dyDescent="0.25">
+      <c r="A3" s="136" t="s">
+        <v>7</v>
+      </c>
+      <c r="B3" s="137" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" ht="60" x14ac:dyDescent="0.25">
+      <c r="A4" s="136" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" s="138" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="45" x14ac:dyDescent="0.25">
+      <c r="A5" s="136" t="s">
+        <v>9</v>
+      </c>
+      <c r="B5" s="137" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="60" x14ac:dyDescent="0.25">
+      <c r="A6" s="136" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" s="138" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" ht="45" x14ac:dyDescent="0.25">
+      <c r="A7" s="136" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" s="137" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A8" s="136" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" s="138" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" ht="45" x14ac:dyDescent="0.25">
+      <c r="A9" s="136" t="s">
+        <v>13</v>
+      </c>
+      <c r="B9" s="137" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A10" s="135" t="s">
+        <v>237</v>
+      </c>
+      <c r="B10" s="120" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A11" s="136" t="s">
+        <v>3</v>
+      </c>
+      <c r="B11" s="139" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" ht="45" x14ac:dyDescent="0.25">
+      <c r="A12" s="136" t="s">
+        <v>4</v>
+      </c>
+      <c r="B12" s="137" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A13" s="136" t="s">
+        <v>5</v>
+      </c>
+      <c r="B13" s="139" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" ht="45" x14ac:dyDescent="0.25">
+      <c r="A14" s="282" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" s="137" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" ht="45" x14ac:dyDescent="0.25">
+      <c r="A15" s="282" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" s="139" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A16" s="135" t="s">
+        <v>251</v>
+      </c>
+      <c r="B16" s="120" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" ht="45" x14ac:dyDescent="0.25">
+      <c r="A17" s="136" t="s">
+        <v>253</v>
+      </c>
+      <c r="B17" s="141" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" ht="60" x14ac:dyDescent="0.25">
+      <c r="A18" s="136" t="s">
+        <v>400</v>
+      </c>
+      <c r="B18" s="142" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" ht="90" x14ac:dyDescent="0.25">
+      <c r="A19" s="136" t="s">
+        <v>401</v>
+      </c>
+      <c r="B19" s="141" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" ht="75" x14ac:dyDescent="0.25">
+      <c r="A20" s="136" t="s">
+        <v>402</v>
+      </c>
+      <c r="B20" s="142" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" ht="45" x14ac:dyDescent="0.25">
+      <c r="A21" s="136" t="s">
+        <v>252</v>
+      </c>
+      <c r="B21" s="141" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" ht="75" x14ac:dyDescent="0.25">
+      <c r="A22" s="136" t="s">
+        <v>403</v>
+      </c>
+      <c r="B22" s="142" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A23" s="276" t="s">
+        <v>0</v>
+      </c>
+      <c r="B23" s="275" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" ht="45" x14ac:dyDescent="0.25">
+      <c r="A24" s="277" t="s">
+        <v>521</v>
+      </c>
+      <c r="B24" s="306" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A25" s="280" t="s">
+        <v>523</v>
+      </c>
+      <c r="B25" s="308" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="307" t="s">
+        <v>526</v>
+      </c>
+      <c r="B26" s="310" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" ht="60" x14ac:dyDescent="0.25">
+      <c r="A27" s="281" t="s">
+        <v>528</v>
+      </c>
+      <c r="B27" s="309" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A28" s="278" t="s">
+        <v>257</v>
+      </c>
+      <c r="B28" s="279" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A29" s="143" t="s">
+        <v>259</v>
+      </c>
+      <c r="B29" s="144"/>
+    </row>
+    <row r="30" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A30" s="140" t="s">
+        <v>260</v>
+      </c>
+      <c r="B30" s="137" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A31" s="140" t="s">
+        <v>261</v>
+      </c>
+      <c r="B31" s="139" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A32" s="143" t="s">
+        <v>46</v>
+      </c>
+      <c r="B32" s="144"/>
+    </row>
+    <row r="33" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A33" s="140" t="s">
+        <v>260</v>
+      </c>
+      <c r="B33" s="137" t="s">
         <v>266</v>
       </c>
-      <c r="B2" s="178" t="s">
-[...7 lines deleted...]
-      <c r="B3" s="195" t="s">
+    </row>
+    <row r="34" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A34" s="140" t="s">
+        <v>264</v>
+      </c>
+      <c r="B34" s="139" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A35" s="140" t="s">
+        <v>265</v>
+      </c>
+      <c r="B35" s="137" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="4" spans="1:2" ht="60" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="196" t="s">
+    <row r="36" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A36" s="143" t="s">
         <v>269</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B5" s="195" t="s">
+      <c r="B36" s="144"/>
+    </row>
+    <row r="37" spans="1:2" ht="60" x14ac:dyDescent="0.25">
+      <c r="A37" s="140" t="s">
         <v>270</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B6" s="196" t="s">
+      <c r="B37" s="139" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A38" s="140" t="s">
         <v>271</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B7" s="195" t="s">
+      <c r="B38" s="137" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="39" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A39" s="140" t="s">
         <v>272</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="B11" s="197" t="s">
+      <c r="B39" s="139" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="40" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A40" s="145" t="s">
+        <v>410</v>
+      </c>
+      <c r="B40" s="144"/>
+    </row>
+    <row r="41" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A41" s="140" t="s">
         <v>276</v>
       </c>
-    </row>
-[...197 lines deleted...]
-        <v>448</v>
+      <c r="B41" s="137" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="42" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A42" s="140" t="s">
+        <v>413</v>
+      </c>
+      <c r="B42" s="139" t="s">
+        <v>412</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82141F56-BC80-4B25-8B36-797C32A6871E}">
   <sheetPr>
     <tabColor theme="8" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:A4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C15" sqref="C15"/>
+      <selection sqref="A1:A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="85" style="2" customWidth="1"/>
     <col min="2" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="192" t="s">
-        <v>473</v>
+      <c r="A1" s="134" t="s">
+        <v>434</v>
       </c>
     </row>
     <row r="2" spans="1:1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A3" s="204" t="s">
-        <v>474</v>
+      <c r="A3" s="146" t="s">
+        <v>435</v>
       </c>
     </row>
     <row r="4" spans="1:1" ht="225.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="205"/>
+      <c r="A4" s="147"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF99"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:N88"/>
+  <dimension ref="A1:M51"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D23" sqref="D23"/>
+    <sheetView showGridLines="0" topLeftCell="A41" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E48" sqref="E48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="28.85546875" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="13" width="12.7109375" style="2" customWidth="1"/>
+    <col min="1" max="1" width="22" style="2" customWidth="1"/>
+    <col min="2" max="2" width="18" style="2" customWidth="1"/>
+    <col min="3" max="3" width="14.42578125" style="2" customWidth="1"/>
+    <col min="4" max="4" width="17" style="2" customWidth="1"/>
+    <col min="5" max="5" width="13.28515625" style="2" customWidth="1"/>
+    <col min="6" max="6" width="14.28515625" style="2" customWidth="1"/>
+    <col min="7" max="7" width="12.7109375" style="2" customWidth="1"/>
+    <col min="8" max="8" width="13.140625" style="2" customWidth="1"/>
+    <col min="9" max="9" width="13.42578125" style="2" customWidth="1"/>
+    <col min="10" max="13" width="12.7109375" style="2" customWidth="1"/>
     <col min="14" max="14" width="0.85546875" style="2" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>104</v>
-[...5 lines deleted...]
-    <row r="2" spans="1:14" x14ac:dyDescent="0.25">
+        <v>95</v>
+      </c>
+      <c r="L1" s="84" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
     </row>
-    <row r="3" spans="1:14" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-    <row r="4" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A3" s="85" t="s">
+        <v>378</v>
+      </c>
+      <c r="B3" s="85" t="s">
+        <v>414</v>
+      </c>
+      <c r="M3" s="86"/>
+    </row>
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>540</v>
-[...4 lines deleted...]
-      <c r="A5" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="M4" s="86"/>
+    </row>
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M5" s="86"/>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M6" s="86"/>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="M7" s="86"/>
+    </row>
+    <row r="9" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="283" t="s">
         <v>541</v>
       </c>
-      <c r="M5" s="116"/>
-[...40 lines deleted...]
-      <c r="A10" s="119" t="s">
+      <c r="B9" s="283" t="s">
+        <v>543</v>
+      </c>
+      <c r="C9" s="283" t="s">
+        <v>545</v>
+      </c>
+      <c r="D9" s="283" t="s">
+        <v>546</v>
+      </c>
+      <c r="E9" s="283" t="s">
+        <v>547</v>
+      </c>
+      <c r="F9" s="283" t="s">
+        <v>548</v>
+      </c>
+      <c r="G9" s="283" t="s">
+        <v>549</v>
+      </c>
+      <c r="H9" s="283" t="s">
+        <v>550</v>
+      </c>
+      <c r="I9" s="283" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A10" s="288" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="293" t="s">
         <v>3</v>
       </c>
-      <c r="B10" s="120" t="s">
+      <c r="C10" s="431"/>
+      <c r="D10" s="431"/>
+      <c r="E10" s="431"/>
+      <c r="F10" s="431"/>
+      <c r="G10" s="431"/>
+      <c r="H10" s="431"/>
+      <c r="I10" s="431"/>
+    </row>
+    <row r="11" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A11" s="288" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="293" t="s">
         <v>4</v>
       </c>
-      <c r="C10" s="120" t="s">
+      <c r="C11" s="431"/>
+      <c r="D11" s="432"/>
+      <c r="E11" s="432"/>
+      <c r="F11" s="432"/>
+      <c r="G11" s="432"/>
+      <c r="H11" s="432"/>
+      <c r="I11" s="432"/>
+    </row>
+    <row r="12" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A12" s="288" t="s">
+        <v>7</v>
+      </c>
+      <c r="B12" s="293" t="s">
         <v>5</v>
       </c>
-      <c r="D10" s="120" t="s">
+      <c r="C12" s="431"/>
+      <c r="D12" s="431"/>
+      <c r="E12" s="431"/>
+      <c r="F12" s="431"/>
+      <c r="G12" s="431"/>
+      <c r="H12" s="431"/>
+      <c r="I12" s="431"/>
+    </row>
+    <row r="13" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A13" s="288" t="s">
+        <v>7</v>
+      </c>
+      <c r="B13" s="293" t="s">
         <v>6</v>
       </c>
-      <c r="E10" s="120" t="s">
+      <c r="C13" s="431"/>
+      <c r="D13" s="432"/>
+      <c r="E13" s="432"/>
+      <c r="F13" s="432"/>
+      <c r="G13" s="432"/>
+      <c r="H13" s="432"/>
+      <c r="I13" s="432"/>
+    </row>
+    <row r="14" spans="1:13" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="288" t="s">
         <v>7</v>
       </c>
-      <c r="F10" s="121" t="s">
+      <c r="B14" s="301" t="s">
         <v>2</v>
       </c>
-      <c r="G10" s="122"/>
-[...3 lines deleted...]
-      <c r="I10" s="120" t="s">
+      <c r="C14" s="426">
+        <f>SUM(C10:C13)</f>
+        <v>0</v>
+      </c>
+      <c r="D14" s="426">
+        <f t="shared" ref="D14:I14" si="0">SUM(D10:D13)</f>
+        <v>0</v>
+      </c>
+      <c r="E14" s="426">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F14" s="426">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G14" s="426">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H14" s="426">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="I14" s="426">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="284"/>
+      <c r="B15" s="284"/>
+      <c r="C15" s="284"/>
+      <c r="D15" s="284"/>
+      <c r="E15" s="284"/>
+      <c r="F15" s="284"/>
+      <c r="G15" s="284"/>
+      <c r="H15" s="284"/>
+      <c r="I15" s="300"/>
+    </row>
+    <row r="16" spans="1:13" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="289" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" s="293" t="s">
+        <v>3</v>
+      </c>
+      <c r="C16" s="431"/>
+      <c r="D16" s="431"/>
+      <c r="E16" s="431"/>
+      <c r="F16" s="431"/>
+      <c r="G16" s="431"/>
+      <c r="H16" s="431"/>
+      <c r="I16" s="431"/>
+    </row>
+    <row r="17" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="289" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" s="293" t="s">
         <v>4</v>
       </c>
-      <c r="J10" s="120" t="s">
+      <c r="C17" s="432"/>
+      <c r="D17" s="432"/>
+      <c r="E17" s="432"/>
+      <c r="F17" s="432"/>
+      <c r="G17" s="432"/>
+      <c r="H17" s="432"/>
+      <c r="I17" s="432"/>
+    </row>
+    <row r="18" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="289" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" s="293" t="s">
         <v>5</v>
       </c>
-      <c r="K10" s="120" t="s">
+      <c r="C18" s="431"/>
+      <c r="D18" s="431"/>
+      <c r="E18" s="431"/>
+      <c r="F18" s="431"/>
+      <c r="G18" s="431"/>
+      <c r="H18" s="431"/>
+      <c r="I18" s="431"/>
+    </row>
+    <row r="19" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="289" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" s="293" t="s">
         <v>6</v>
       </c>
-      <c r="L10" s="120" t="s">
-[...2 lines deleted...]
-      <c r="M10" s="124" t="s">
+      <c r="C19" s="432"/>
+      <c r="D19" s="432"/>
+      <c r="E19" s="432"/>
+      <c r="F19" s="432"/>
+      <c r="G19" s="432"/>
+      <c r="H19" s="432"/>
+      <c r="I19" s="432"/>
+    </row>
+    <row r="20" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="289" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" s="301" t="s">
         <v>2</v>
       </c>
-      <c r="N10" s="45"/>
-[...28 lines deleted...]
-      <c r="A12" s="125" t="s">
+      <c r="C20" s="426">
+        <f>SUM(C16:C19)</f>
+        <v>0</v>
+      </c>
+      <c r="D20" s="426">
+        <f t="shared" ref="D20:I20" si="1">SUM(D16:D19)</f>
+        <v>0</v>
+      </c>
+      <c r="E20" s="426">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="F20" s="426">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G20" s="426">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="H20" s="426">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="I20" s="426">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="285"/>
+      <c r="B21" s="284"/>
+      <c r="C21" s="284"/>
+      <c r="D21" s="284"/>
+      <c r="E21" s="284"/>
+      <c r="F21" s="284"/>
+      <c r="G21" s="284"/>
+      <c r="H21" s="284"/>
+      <c r="I21" s="300"/>
+    </row>
+    <row r="22" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="289" t="s">
         <v>9</v>
       </c>
-      <c r="B12" s="49"/>
-[...8 lines deleted...]
-      <c r="H12" s="125" t="s">
+      <c r="B22" s="293" t="s">
+        <v>3</v>
+      </c>
+      <c r="C22" s="431"/>
+      <c r="D22" s="431"/>
+      <c r="E22" s="431"/>
+      <c r="F22" s="431"/>
+      <c r="G22" s="431"/>
+      <c r="H22" s="431"/>
+      <c r="I22" s="431"/>
+    </row>
+    <row r="23" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="289" t="s">
         <v>9</v>
       </c>
-      <c r="I12" s="49"/>
-[...10 lines deleted...]
-      <c r="A13" s="125" t="s">
+      <c r="B23" s="293" t="s">
+        <v>4</v>
+      </c>
+      <c r="C23" s="432"/>
+      <c r="D23" s="432"/>
+      <c r="E23" s="432"/>
+      <c r="F23" s="432"/>
+      <c r="G23" s="432"/>
+      <c r="H23" s="432"/>
+      <c r="I23" s="432"/>
+    </row>
+    <row r="24" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="289" t="s">
+        <v>9</v>
+      </c>
+      <c r="B24" s="293" t="s">
+        <v>5</v>
+      </c>
+      <c r="C24" s="431"/>
+      <c r="D24" s="431"/>
+      <c r="E24" s="431"/>
+      <c r="F24" s="431"/>
+      <c r="G24" s="431"/>
+      <c r="H24" s="431"/>
+      <c r="I24" s="431"/>
+    </row>
+    <row r="25" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="289" t="s">
+        <v>542</v>
+      </c>
+      <c r="B25" s="293" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="432"/>
+      <c r="D25" s="432"/>
+      <c r="E25" s="432"/>
+      <c r="F25" s="432"/>
+      <c r="G25" s="432"/>
+      <c r="H25" s="432"/>
+      <c r="I25" s="432"/>
+    </row>
+    <row r="26" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="289" t="s">
+        <v>9</v>
+      </c>
+      <c r="B26" s="301" t="s">
+        <v>2</v>
+      </c>
+      <c r="C26" s="426">
+        <f>SUM(C22:C25)</f>
+        <v>0</v>
+      </c>
+      <c r="D26" s="426">
+        <f t="shared" ref="D26:I26" si="2">SUM(D22:D25)</f>
+        <v>0</v>
+      </c>
+      <c r="E26" s="426">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F26" s="426">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="G26" s="426">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="H26" s="426">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="I26" s="426">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="286"/>
+      <c r="B27" s="284"/>
+      <c r="C27" s="284"/>
+      <c r="D27" s="284"/>
+      <c r="E27" s="284"/>
+      <c r="F27" s="284"/>
+      <c r="G27" s="284"/>
+      <c r="H27" s="284"/>
+      <c r="I27" s="300"/>
+    </row>
+    <row r="28" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A28" s="288" t="s">
         <v>10</v>
       </c>
-      <c r="B13" s="44"/>
-[...8 lines deleted...]
-      <c r="H13" s="125" t="s">
+      <c r="B28" s="293" t="s">
+        <v>3</v>
+      </c>
+      <c r="C28" s="431"/>
+      <c r="D28" s="431"/>
+      <c r="E28" s="431"/>
+      <c r="F28" s="431"/>
+      <c r="G28" s="431"/>
+      <c r="H28" s="431"/>
+      <c r="I28" s="431"/>
+    </row>
+    <row r="29" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A29" s="288" t="s">
         <v>10</v>
       </c>
-      <c r="I13" s="44"/>
-[...9 lines deleted...]
-      <c r="A14" s="125" t="s">
+      <c r="B29" s="293" t="s">
+        <v>4</v>
+      </c>
+      <c r="C29" s="432"/>
+      <c r="D29" s="432"/>
+      <c r="E29" s="432"/>
+      <c r="F29" s="432"/>
+      <c r="G29" s="432"/>
+      <c r="H29" s="432"/>
+      <c r="I29" s="432"/>
+    </row>
+    <row r="30" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A30" s="288" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" s="293" t="s">
+        <v>5</v>
+      </c>
+      <c r="C30" s="431"/>
+      <c r="D30" s="431"/>
+      <c r="E30" s="431"/>
+      <c r="F30" s="431"/>
+      <c r="G30" s="431"/>
+      <c r="H30" s="431"/>
+      <c r="I30" s="431"/>
+    </row>
+    <row r="31" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A31" s="288" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" s="293" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="432"/>
+      <c r="D31" s="432"/>
+      <c r="E31" s="432"/>
+      <c r="F31" s="432"/>
+      <c r="G31" s="432"/>
+      <c r="H31" s="432"/>
+      <c r="I31" s="432"/>
+    </row>
+    <row r="32" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="288" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" s="301" t="s">
+        <v>2</v>
+      </c>
+      <c r="C32" s="426">
+        <f>SUM(C28:C31)</f>
+        <v>0</v>
+      </c>
+      <c r="D32" s="426">
+        <f t="shared" ref="D32:I32" si="3">SUM(D28:D31)</f>
+        <v>0</v>
+      </c>
+      <c r="E32" s="426">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="F32" s="426">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="G32" s="426">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="H32" s="426">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="I32" s="426">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="284"/>
+      <c r="B33" s="284"/>
+      <c r="C33" s="284"/>
+      <c r="D33" s="284"/>
+      <c r="E33" s="284"/>
+      <c r="F33" s="284"/>
+      <c r="G33" s="284"/>
+      <c r="H33" s="284"/>
+      <c r="I33" s="300"/>
+    </row>
+    <row r="34" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A34" s="288" t="s">
         <v>11</v>
       </c>
-      <c r="B14" s="49"/>
-[...8 lines deleted...]
-      <c r="H14" s="125" t="s">
+      <c r="B34" s="293" t="s">
+        <v>3</v>
+      </c>
+      <c r="C34" s="431"/>
+      <c r="D34" s="431"/>
+      <c r="E34" s="431"/>
+      <c r="F34" s="431"/>
+      <c r="G34" s="431"/>
+      <c r="H34" s="431"/>
+      <c r="I34" s="431"/>
+    </row>
+    <row r="35" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A35" s="288" t="s">
         <v>11</v>
       </c>
-      <c r="I14" s="49"/>
-[...9 lines deleted...]
-      <c r="A15" s="125" t="s">
+      <c r="B35" s="293" t="s">
+        <v>4</v>
+      </c>
+      <c r="C35" s="432"/>
+      <c r="D35" s="432"/>
+      <c r="E35" s="432"/>
+      <c r="F35" s="432"/>
+      <c r="G35" s="432"/>
+      <c r="H35" s="432"/>
+      <c r="I35" s="432"/>
+    </row>
+    <row r="36" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A36" s="288" t="s">
+        <v>11</v>
+      </c>
+      <c r="B36" s="293" t="s">
+        <v>5</v>
+      </c>
+      <c r="C36" s="431"/>
+      <c r="D36" s="431"/>
+      <c r="E36" s="431"/>
+      <c r="F36" s="431"/>
+      <c r="G36" s="431"/>
+      <c r="H36" s="431"/>
+      <c r="I36" s="431"/>
+    </row>
+    <row r="37" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A37" s="288" t="s">
+        <v>11</v>
+      </c>
+      <c r="B37" s="293" t="s">
+        <v>6</v>
+      </c>
+      <c r="C37" s="432"/>
+      <c r="D37" s="432"/>
+      <c r="E37" s="432"/>
+      <c r="F37" s="432"/>
+      <c r="G37" s="432"/>
+      <c r="H37" s="432"/>
+      <c r="I37" s="432"/>
+    </row>
+    <row r="38" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="288" t="s">
+        <v>11</v>
+      </c>
+      <c r="B38" s="301" t="s">
+        <v>2</v>
+      </c>
+      <c r="C38" s="426">
+        <f>SUM(C34:C37)</f>
+        <v>0</v>
+      </c>
+      <c r="D38" s="426">
+        <f t="shared" ref="D38:I38" si="4">SUM(D34:D37)</f>
+        <v>0</v>
+      </c>
+      <c r="E38" s="426">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="F38" s="426">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="G38" s="426">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="H38" s="426">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="I38" s="426">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="284"/>
+      <c r="B39" s="284"/>
+      <c r="C39" s="284"/>
+      <c r="D39" s="284"/>
+      <c r="E39" s="284"/>
+      <c r="F39" s="284"/>
+      <c r="G39" s="284"/>
+      <c r="H39" s="284"/>
+      <c r="I39" s="300"/>
+    </row>
+    <row r="40" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="289" t="s">
         <v>12</v>
       </c>
-      <c r="B15" s="44"/>
-[...8 lines deleted...]
-      <c r="H15" s="125" t="s">
+      <c r="B40" s="293" t="s">
+        <v>3</v>
+      </c>
+      <c r="C40" s="431"/>
+      <c r="D40" s="431"/>
+      <c r="E40" s="431"/>
+      <c r="F40" s="431"/>
+      <c r="G40" s="431"/>
+      <c r="H40" s="431"/>
+      <c r="I40" s="431"/>
+    </row>
+    <row r="41" spans="1:9" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="289" t="s">
         <v>12</v>
       </c>
-      <c r="I15" s="44"/>
-[...9 lines deleted...]
-      <c r="A16" s="125" t="s">
+      <c r="B41" s="293" t="s">
+        <v>4</v>
+      </c>
+      <c r="C41" s="432"/>
+      <c r="D41" s="432"/>
+      <c r="E41" s="432"/>
+      <c r="F41" s="432"/>
+      <c r="G41" s="432"/>
+      <c r="H41" s="432"/>
+      <c r="I41" s="432"/>
+    </row>
+    <row r="42" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="289" t="s">
+        <v>12</v>
+      </c>
+      <c r="B42" s="293" t="s">
+        <v>5</v>
+      </c>
+      <c r="C42" s="431"/>
+      <c r="D42" s="431"/>
+      <c r="E42" s="431"/>
+      <c r="F42" s="431"/>
+      <c r="G42" s="431"/>
+      <c r="H42" s="431"/>
+      <c r="I42" s="431"/>
+    </row>
+    <row r="43" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="289" t="s">
+        <v>12</v>
+      </c>
+      <c r="B43" s="293" t="s">
+        <v>6</v>
+      </c>
+      <c r="C43" s="432"/>
+      <c r="D43" s="432"/>
+      <c r="E43" s="432"/>
+      <c r="F43" s="432"/>
+      <c r="G43" s="432"/>
+      <c r="H43" s="432"/>
+      <c r="I43" s="432"/>
+    </row>
+    <row r="44" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="289" t="s">
+        <v>12</v>
+      </c>
+      <c r="B44" s="301" t="s">
+        <v>2</v>
+      </c>
+      <c r="C44" s="426">
+        <f>SUM(C40:C43)</f>
+        <v>0</v>
+      </c>
+      <c r="D44" s="426">
+        <f t="shared" ref="D44:I44" si="5">SUM(D40:D43)</f>
+        <v>0</v>
+      </c>
+      <c r="E44" s="426">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="F44" s="426">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G44" s="426">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H44" s="426">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="I44" s="426">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A45" s="284"/>
+      <c r="B45" s="284"/>
+      <c r="C45" s="284"/>
+      <c r="D45" s="284"/>
+      <c r="E45" s="284"/>
+      <c r="F45" s="284"/>
+      <c r="G45" s="284"/>
+      <c r="H45" s="284"/>
+      <c r="I45" s="300"/>
+    </row>
+    <row r="46" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="289" t="s">
         <v>13</v>
       </c>
-      <c r="B16" s="49"/>
-[...8 lines deleted...]
-      <c r="H16" s="125" t="s">
+      <c r="B46" s="293" t="s">
+        <v>3</v>
+      </c>
+      <c r="C46" s="431"/>
+      <c r="D46" s="431"/>
+      <c r="E46" s="431"/>
+      <c r="F46" s="431"/>
+      <c r="G46" s="431"/>
+      <c r="H46" s="431"/>
+      <c r="I46" s="431"/>
+    </row>
+    <row r="47" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="289" t="s">
         <v>13</v>
       </c>
-      <c r="I16" s="49"/>
-[...54 lines deleted...]
-      <c r="B19" s="120" t="s">
+      <c r="B47" s="293" t="s">
         <v>4</v>
       </c>
-      <c r="C19" s="120" t="s">
+      <c r="C47" s="432"/>
+      <c r="D47" s="432"/>
+      <c r="E47" s="432"/>
+      <c r="F47" s="432"/>
+      <c r="G47" s="432"/>
+      <c r="H47" s="432"/>
+      <c r="I47" s="432"/>
+    </row>
+    <row r="48" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="289" t="s">
+        <v>13</v>
+      </c>
+      <c r="B48" s="293" t="s">
         <v>5</v>
       </c>
-      <c r="D19" s="120" t="s">
+      <c r="C48" s="431"/>
+      <c r="D48" s="431"/>
+      <c r="E48" s="431"/>
+      <c r="F48" s="431"/>
+      <c r="G48" s="431"/>
+      <c r="H48" s="431"/>
+      <c r="I48" s="431"/>
+    </row>
+    <row r="49" spans="1:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="289" t="s">
+        <v>13</v>
+      </c>
+      <c r="B49" s="293" t="s">
         <v>6</v>
       </c>
-      <c r="E19" s="120" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="121" t="s">
+      <c r="C49" s="432"/>
+      <c r="D49" s="432"/>
+      <c r="E49" s="432"/>
+      <c r="F49" s="432"/>
+      <c r="G49" s="432"/>
+      <c r="H49" s="432"/>
+      <c r="I49" s="432"/>
+    </row>
+    <row r="50" spans="1:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="302" t="s">
+        <v>13</v>
+      </c>
+      <c r="B50" s="301" t="s">
         <v>2</v>
       </c>
-      <c r="G19" s="122"/>
-[...539 lines deleted...]
-      <c r="F40" s="52">
+      <c r="C50" s="426">
+        <f>SUM(C46:C49)</f>
+        <v>0</v>
+      </c>
+      <c r="D50" s="426">
+        <f t="shared" ref="D50:I50" si="6">SUM(D46:D49)</f>
+        <v>0</v>
+      </c>
+      <c r="E50" s="426">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="G40" s="122"/>
-[...20 lines deleted...]
-      <c r="F41" s="52">
+      <c r="F50" s="426">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="G41" s="122"/>
-[...20 lines deleted...]
-      <c r="F42" s="52">
+      <c r="G50" s="426">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="G42" s="122"/>
-[...20 lines deleted...]
-      <c r="F43" s="52">
+      <c r="H50" s="426">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="G43" s="122"/>
-[...20 lines deleted...]
-      <c r="F44" s="52">
+      <c r="I50" s="426">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="G44" s="135"/>
-[...616 lines deleted...]
-      <c r="M88" s="320"/>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51" s="290"/>
+      <c r="B51" s="291"/>
+      <c r="C51" s="291"/>
+      <c r="D51" s="291"/>
+      <c r="E51" s="291"/>
+      <c r="F51" s="291"/>
+      <c r="G51" s="291"/>
+      <c r="H51" s="291"/>
+      <c r="I51" s="292"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="lqcCenrNWMAAY5T40qWwWZiYLPEwD7Z0jl+ckn3rsppFgfMZlo38bus5WhiRUh6A+61ME0LtXh76C0uPiCcy4A==" saltValue="Ffos6/LjyGFEqN1+IUJX7A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...6 lines deleted...]
-  </mergeCells>
+  <sheetProtection algorithmName="SHA-512" hashValue="w1UFSGmhkXu+R43fLQo/yeRID2OnxwOtJzqLfh5Mmg2Wm3t8PgDr40uEAf9ZqqJucORh1AM05wKUNtcD4ELHKg==" saltValue="A57XyiyVvA92Q1C/ela8/g==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <hyperlinks>
     <hyperlink ref="A3" location="Table_5a" display="Click for Instructions" xr:uid="{971F76BA-8FEF-4F3A-8EC9-EFF86B68E164}"/>
     <hyperlink ref="B3" location="CSAP_Strategies" display="Click for Definitions" xr:uid="{06BD778E-5079-477A-9D35-7937CEAEDC4B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="66" firstPageNumber="18" orientation="landscape" useFirstPageNumber="1" r:id="rId1"/>
+  <pageSetup scale="39" firstPageNumber="18" orientation="landscape" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF99"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J16"/>
+  <dimension ref="A1:G20"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3"/>
+      <selection activeCell="B15" sqref="B15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="43" style="2" customWidth="1"/>
-    <col min="2" max="3" width="20.7109375" style="2" customWidth="1"/>
-    <col min="4" max="4" width="14.85546875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="41.85546875" style="2" customWidth="1"/>
+    <col min="3" max="3" width="41.42578125" style="2" customWidth="1"/>
+    <col min="4" max="4" width="36.85546875" style="2" customWidth="1"/>
     <col min="5" max="6" width="22" style="2" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="2" customWidth="1"/>
     <col min="8" max="9" width="17.85546875" style="2" customWidth="1"/>
     <col min="10" max="10" width="13.140625" style="2" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>104</v>
-[...5 lines deleted...]
-    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+        <v>95</v>
+      </c>
+      <c r="G1" s="88" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
     </row>
-    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
-[...86 lines deleted...]
-      <c r="D11" s="75">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A3" s="85" t="s">
+        <v>378</v>
+      </c>
+      <c r="B3" s="85" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" s="89"/>
+    </row>
+    <row r="5" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="298" t="s">
+        <v>557</v>
+      </c>
+      <c r="B5" s="24"/>
+      <c r="C5" s="24"/>
+      <c r="D5" s="24"/>
+      <c r="E5" s="24"/>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" s="2" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" s="1"/>
+      <c r="B7" s="90"/>
+      <c r="C7" s="90"/>
+      <c r="E7" s="90"/>
+      <c r="F7" s="90"/>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="287" t="s">
+        <v>0</v>
+      </c>
+      <c r="B13" s="297" t="s">
+        <v>559</v>
+      </c>
+      <c r="C13" s="297" t="s">
+        <v>552</v>
+      </c>
+      <c r="D13" s="297" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="294" t="s">
+        <v>253</v>
+      </c>
+      <c r="B14" s="6"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+    </row>
+    <row r="15" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="294" t="s">
+        <v>400</v>
+      </c>
+      <c r="B15" s="433"/>
+      <c r="C15" s="433"/>
+      <c r="D15" s="433"/>
+    </row>
+    <row r="16" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A16" s="295" t="s">
+        <v>401</v>
+      </c>
+      <c r="B16" s="6"/>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6"/>
+    </row>
+    <row r="17" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="294" t="s">
+        <v>402</v>
+      </c>
+      <c r="B17" s="433"/>
+      <c r="C17" s="433"/>
+      <c r="D17" s="433"/>
+    </row>
+    <row r="18" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="294" t="s">
+        <v>252</v>
+      </c>
+      <c r="B18" s="6"/>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+    </row>
+    <row r="19" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="294" t="s">
+        <v>403</v>
+      </c>
+      <c r="B19" s="433"/>
+      <c r="C19" s="433"/>
+      <c r="D19" s="433"/>
+    </row>
+    <row r="20" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="296" t="s">
+        <v>544</v>
+      </c>
+      <c r="B20" s="427">
+        <f>SUM(B14:B19)</f>
+        <v>0</v>
+      </c>
+      <c r="C20" s="427">
+        <f t="shared" ref="C20:D20" si="0">SUM(C14:C19)</f>
+        <v>0</v>
+      </c>
+      <c r="D20" s="427">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E11" s="74"/>
-[...143 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="8Do0nj9B+D6M13gN/Rr4F/ooYgKZKmF9nAJ1q+qrF4TosJGbH3R29OyILoCvBNjqhUMJzsvc2mxmN0lNfwXu0A==" saltValue="E7ybn2PWC1uuJ9ZPVUK31Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="DsedJJUcQDgvaKwDPWyVbSrmcB9xyo0scZtzcR6cT3ACKq05rqsQzeT3w00sDxyNnbjFPWIbrFxK379hug4jLw==" saltValue="e5R9oePsZTU/NwwDEK9w4A==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <hyperlinks>
     <hyperlink ref="A3" location="Table_6" display="Click for Instructions" xr:uid="{E0383853-E626-4570-BDDA-5CE6559F466B}"/>
     <hyperlink ref="B3" location="Resource_Development_Categories" display="Click for Definitions" xr:uid="{A8E313B2-4368-4453-99AD-B86BB7848A9E}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup firstPageNumber="20" orientation="landscape" useFirstPageNumber="1" r:id="rId1"/>
+  <pageSetup scale="55" firstPageNumber="20" orientation="landscape" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;P of &amp;N</oddFooter>
   </headerFooter>
-  <ignoredErrors>
-[...1 lines deleted...]
-  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF99"/>
   </sheetPr>
-  <dimension ref="A1:J88"/>
+  <dimension ref="A1:M88"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I6" sqref="I6"/>
+    <sheetView showGridLines="0" topLeftCell="A55" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B76" sqref="B76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14.140625" style="2" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="14.140625" style="252" customWidth="1"/>
+    <col min="2" max="2" width="12.42578125" style="252" customWidth="1"/>
+    <col min="3" max="3" width="12.7109375" style="252" customWidth="1"/>
+    <col min="4" max="4" width="65.7109375" style="252" customWidth="1"/>
+    <col min="5" max="5" width="18.28515625" style="252" customWidth="1"/>
+    <col min="6" max="12" width="18.140625" style="252" customWidth="1"/>
+    <col min="13" max="14" width="18.7109375" style="252" customWidth="1"/>
+    <col min="15" max="16384" width="9.140625" style="252"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A1" s="251" t="s">
+        <v>16</v>
+      </c>
+      <c r="K1" s="252" t="s">
+        <v>95</v>
+      </c>
+      <c r="L1" s="253" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A2" s="251"/>
+    </row>
+    <row r="3" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A3" s="254" t="s">
+        <v>378</v>
+      </c>
+      <c r="F3" s="255"/>
+      <c r="G3" s="255"/>
+      <c r="H3" s="255"/>
+      <c r="I3" s="255"/>
+      <c r="J3" s="255"/>
+      <c r="K3" s="256"/>
+      <c r="L3" s="256"/>
+    </row>
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A4" s="257" t="s">
+        <v>510</v>
+      </c>
+      <c r="F4" s="255"/>
+      <c r="G4" s="255"/>
+      <c r="H4" s="255"/>
+      <c r="I4" s="255"/>
+      <c r="J4" s="255"/>
+      <c r="K4" s="256"/>
+      <c r="L4" s="256"/>
+    </row>
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A5" s="257"/>
+      <c r="F5" s="255"/>
+      <c r="G5" s="255"/>
+      <c r="H5" s="255"/>
+      <c r="I5" s="255"/>
+      <c r="J5" s="255"/>
+      <c r="K5" s="256"/>
+      <c r="L5" s="256"/>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A6" s="251" t="s">
+        <v>518</v>
+      </c>
+      <c r="D6" s="258"/>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A7" s="251"/>
+      <c r="D7" s="258"/>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A8" s="251" t="s">
+        <v>500</v>
+      </c>
+      <c r="D8" s="258"/>
+    </row>
+    <row r="9" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="10" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="323" t="s">
+        <v>511</v>
+      </c>
+      <c r="B10" s="326" t="s">
+        <v>512</v>
+      </c>
+      <c r="C10" s="326" t="s">
+        <v>389</v>
+      </c>
+      <c r="D10" s="329" t="s">
         <v>17</v>
       </c>
-      <c r="H1" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I1" s="114" t="s">
+      <c r="E10" s="338" t="s">
+        <v>18</v>
+      </c>
+      <c r="F10" s="339"/>
+      <c r="G10" s="339"/>
+      <c r="H10" s="339"/>
+      <c r="I10" s="339"/>
+      <c r="J10" s="339"/>
+      <c r="K10" s="339"/>
+      <c r="L10" s="340"/>
+    </row>
+    <row r="11" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="324"/>
+      <c r="B11" s="327"/>
+      <c r="C11" s="327"/>
+      <c r="D11" s="330"/>
+      <c r="E11" s="332" t="s">
+        <v>424</v>
+      </c>
+      <c r="F11" s="335" t="s">
+        <v>390</v>
+      </c>
+      <c r="G11" s="335" t="s">
+        <v>96</v>
+      </c>
+      <c r="H11" s="335" t="s">
+        <v>513</v>
+      </c>
+      <c r="I11" s="335" t="s">
+        <v>514</v>
+      </c>
+      <c r="J11" s="335" t="s">
         <v>515</v>
       </c>
-    </row>
-[...154 lines deleted...]
-      <c r="E17" s="66">
+      <c r="K11" s="335" t="s">
+        <v>516</v>
+      </c>
+      <c r="L11" s="341" t="s">
+        <v>517</v>
+      </c>
+      <c r="M11" s="258"/>
+    </row>
+    <row r="12" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="324"/>
+      <c r="B12" s="327"/>
+      <c r="C12" s="327"/>
+      <c r="D12" s="330"/>
+      <c r="E12" s="333"/>
+      <c r="F12" s="336"/>
+      <c r="G12" s="336"/>
+      <c r="H12" s="336"/>
+      <c r="I12" s="336"/>
+      <c r="J12" s="336"/>
+      <c r="K12" s="336"/>
+      <c r="L12" s="342"/>
+    </row>
+    <row r="13" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="324"/>
+      <c r="B13" s="327"/>
+      <c r="C13" s="327"/>
+      <c r="D13" s="330"/>
+      <c r="E13" s="333"/>
+      <c r="F13" s="336"/>
+      <c r="G13" s="336"/>
+      <c r="H13" s="336"/>
+      <c r="I13" s="336"/>
+      <c r="J13" s="336"/>
+      <c r="K13" s="336"/>
+      <c r="L13" s="342"/>
+    </row>
+    <row r="14" spans="1:13" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="325"/>
+      <c r="B14" s="328"/>
+      <c r="C14" s="328"/>
+      <c r="D14" s="331"/>
+      <c r="E14" s="334"/>
+      <c r="F14" s="337"/>
+      <c r="G14" s="337"/>
+      <c r="H14" s="337"/>
+      <c r="I14" s="337"/>
+      <c r="J14" s="337"/>
+      <c r="K14" s="337"/>
+      <c r="L14" s="343"/>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A15" s="259"/>
+      <c r="B15" s="260"/>
+      <c r="C15" s="261"/>
+      <c r="D15" s="262"/>
+      <c r="E15" s="263">
+        <f>SUM(F15+J15+K15+L15)</f>
+        <v>0</v>
+      </c>
+      <c r="F15" s="264"/>
+      <c r="G15" s="264"/>
+      <c r="H15" s="264"/>
+      <c r="I15" s="264"/>
+      <c r="J15" s="264"/>
+      <c r="K15" s="264"/>
+      <c r="L15" s="265"/>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A16" s="266"/>
+      <c r="B16" s="267"/>
+      <c r="C16" s="268"/>
+      <c r="D16" s="269"/>
+      <c r="E16" s="270">
+        <f t="shared" ref="E16:E79" si="0">SUM(F16+J16+K16+L16)</f>
+        <v>0</v>
+      </c>
+      <c r="F16" s="271"/>
+      <c r="G16" s="271"/>
+      <c r="H16" s="271"/>
+      <c r="I16" s="271"/>
+      <c r="J16" s="271"/>
+      <c r="K16" s="271"/>
+      <c r="L16" s="272"/>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A17" s="266"/>
+      <c r="B17" s="267"/>
+      <c r="C17" s="268"/>
+      <c r="D17" s="269"/>
+      <c r="E17" s="270">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F17" s="308"/>
-[...9 lines deleted...]
-      <c r="E18" s="66">
+      <c r="F17" s="271"/>
+      <c r="G17" s="271"/>
+      <c r="H17" s="271"/>
+      <c r="I17" s="271"/>
+      <c r="J17" s="271"/>
+      <c r="K17" s="271"/>
+      <c r="L17" s="272"/>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A18" s="266"/>
+      <c r="B18" s="267"/>
+      <c r="C18" s="268"/>
+      <c r="D18" s="269"/>
+      <c r="E18" s="270">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F18" s="308"/>
-[...9 lines deleted...]
-      <c r="E19" s="66">
+      <c r="F18" s="271"/>
+      <c r="G18" s="271"/>
+      <c r="H18" s="271"/>
+      <c r="I18" s="271"/>
+      <c r="J18" s="271"/>
+      <c r="K18" s="271"/>
+      <c r="L18" s="272"/>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A19" s="266"/>
+      <c r="B19" s="267"/>
+      <c r="C19" s="268"/>
+      <c r="D19" s="269"/>
+      <c r="E19" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F19" s="308"/>
-[...9 lines deleted...]
-      <c r="E20" s="66">
+      <c r="F19" s="271"/>
+      <c r="G19" s="271"/>
+      <c r="H19" s="271"/>
+      <c r="I19" s="271"/>
+      <c r="J19" s="271"/>
+      <c r="K19" s="271"/>
+      <c r="L19" s="272"/>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A20" s="266"/>
+      <c r="B20" s="267"/>
+      <c r="C20" s="268"/>
+      <c r="D20" s="269"/>
+      <c r="E20" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F20" s="308"/>
-[...9 lines deleted...]
-      <c r="E21" s="66">
+      <c r="F20" s="271"/>
+      <c r="G20" s="271"/>
+      <c r="H20" s="271"/>
+      <c r="I20" s="271"/>
+      <c r="J20" s="271"/>
+      <c r="K20" s="271"/>
+      <c r="L20" s="272"/>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A21" s="266"/>
+      <c r="B21" s="267"/>
+      <c r="C21" s="268"/>
+      <c r="D21" s="269"/>
+      <c r="E21" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F21" s="308"/>
-[...9 lines deleted...]
-      <c r="E22" s="66">
+      <c r="F21" s="271"/>
+      <c r="G21" s="271"/>
+      <c r="H21" s="271"/>
+      <c r="I21" s="271"/>
+      <c r="J21" s="271"/>
+      <c r="K21" s="271"/>
+      <c r="L21" s="272"/>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A22" s="266"/>
+      <c r="B22" s="267"/>
+      <c r="C22" s="268"/>
+      <c r="D22" s="269"/>
+      <c r="E22" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F22" s="308"/>
-[...9 lines deleted...]
-      <c r="E23" s="66">
+      <c r="F22" s="271"/>
+      <c r="G22" s="271"/>
+      <c r="H22" s="271"/>
+      <c r="I22" s="271"/>
+      <c r="J22" s="271"/>
+      <c r="K22" s="271"/>
+      <c r="L22" s="272"/>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A23" s="266"/>
+      <c r="B23" s="267"/>
+      <c r="C23" s="268"/>
+      <c r="D23" s="269"/>
+      <c r="E23" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F23" s="308"/>
-[...9 lines deleted...]
-      <c r="E24" s="66">
+      <c r="F23" s="271"/>
+      <c r="G23" s="271"/>
+      <c r="H23" s="271"/>
+      <c r="I23" s="271"/>
+      <c r="J23" s="271"/>
+      <c r="K23" s="271"/>
+      <c r="L23" s="272"/>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A24" s="266"/>
+      <c r="B24" s="267"/>
+      <c r="C24" s="268"/>
+      <c r="D24" s="269"/>
+      <c r="E24" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F24" s="308"/>
-[...9 lines deleted...]
-      <c r="E25" s="66">
+      <c r="F24" s="271"/>
+      <c r="G24" s="271"/>
+      <c r="H24" s="271"/>
+      <c r="I24" s="271"/>
+      <c r="J24" s="271"/>
+      <c r="K24" s="271"/>
+      <c r="L24" s="272"/>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A25" s="266"/>
+      <c r="B25" s="267"/>
+      <c r="C25" s="268"/>
+      <c r="D25" s="269"/>
+      <c r="E25" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F25" s="308"/>
-[...9 lines deleted...]
-      <c r="E26" s="66">
+      <c r="F25" s="271"/>
+      <c r="G25" s="271"/>
+      <c r="H25" s="271"/>
+      <c r="I25" s="271"/>
+      <c r="J25" s="271"/>
+      <c r="K25" s="271"/>
+      <c r="L25" s="272"/>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A26" s="266"/>
+      <c r="B26" s="267"/>
+      <c r="C26" s="268"/>
+      <c r="D26" s="269"/>
+      <c r="E26" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F26" s="308"/>
-[...9 lines deleted...]
-      <c r="E27" s="66">
+      <c r="F26" s="271"/>
+      <c r="G26" s="271"/>
+      <c r="H26" s="271"/>
+      <c r="I26" s="271"/>
+      <c r="J26" s="271"/>
+      <c r="K26" s="271"/>
+      <c r="L26" s="272"/>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A27" s="266"/>
+      <c r="B27" s="267"/>
+      <c r="C27" s="268"/>
+      <c r="D27" s="269"/>
+      <c r="E27" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F27" s="308"/>
-[...9 lines deleted...]
-      <c r="E28" s="66">
+      <c r="F27" s="271"/>
+      <c r="G27" s="271"/>
+      <c r="H27" s="271"/>
+      <c r="I27" s="271"/>
+      <c r="J27" s="271"/>
+      <c r="K27" s="271"/>
+      <c r="L27" s="272"/>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A28" s="266"/>
+      <c r="B28" s="267"/>
+      <c r="C28" s="268"/>
+      <c r="D28" s="269"/>
+      <c r="E28" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F28" s="308"/>
-[...9 lines deleted...]
-      <c r="E29" s="66">
+      <c r="F28" s="271"/>
+      <c r="G28" s="271"/>
+      <c r="H28" s="271"/>
+      <c r="I28" s="271"/>
+      <c r="J28" s="271"/>
+      <c r="K28" s="271"/>
+      <c r="L28" s="272"/>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A29" s="266"/>
+      <c r="B29" s="267"/>
+      <c r="C29" s="268"/>
+      <c r="D29" s="269"/>
+      <c r="E29" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F29" s="308"/>
-[...9 lines deleted...]
-      <c r="E30" s="66">
+      <c r="F29" s="271"/>
+      <c r="G29" s="271"/>
+      <c r="H29" s="271"/>
+      <c r="I29" s="271"/>
+      <c r="J29" s="271"/>
+      <c r="K29" s="271"/>
+      <c r="L29" s="272"/>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A30" s="266"/>
+      <c r="B30" s="267"/>
+      <c r="C30" s="268"/>
+      <c r="D30" s="269"/>
+      <c r="E30" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F30" s="308"/>
-[...9 lines deleted...]
-      <c r="E31" s="66">
+      <c r="F30" s="271"/>
+      <c r="G30" s="271"/>
+      <c r="H30" s="271"/>
+      <c r="I30" s="271"/>
+      <c r="J30" s="271"/>
+      <c r="K30" s="271"/>
+      <c r="L30" s="272"/>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A31" s="266"/>
+      <c r="B31" s="267"/>
+      <c r="C31" s="268"/>
+      <c r="D31" s="269"/>
+      <c r="E31" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F31" s="308"/>
-[...9 lines deleted...]
-      <c r="E32" s="66">
+      <c r="F31" s="271"/>
+      <c r="G31" s="271"/>
+      <c r="H31" s="271"/>
+      <c r="I31" s="271"/>
+      <c r="J31" s="271"/>
+      <c r="K31" s="271"/>
+      <c r="L31" s="272"/>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A32" s="266"/>
+      <c r="B32" s="267"/>
+      <c r="C32" s="268"/>
+      <c r="D32" s="269"/>
+      <c r="E32" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F32" s="308"/>
-[...9 lines deleted...]
-      <c r="E33" s="66">
+      <c r="F32" s="271"/>
+      <c r="G32" s="271"/>
+      <c r="H32" s="271"/>
+      <c r="I32" s="271"/>
+      <c r="J32" s="271"/>
+      <c r="K32" s="271"/>
+      <c r="L32" s="272"/>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A33" s="266"/>
+      <c r="B33" s="267"/>
+      <c r="C33" s="268"/>
+      <c r="D33" s="269"/>
+      <c r="E33" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F33" s="308"/>
-[...9 lines deleted...]
-      <c r="E34" s="66">
+      <c r="F33" s="271"/>
+      <c r="G33" s="271"/>
+      <c r="H33" s="271"/>
+      <c r="I33" s="271"/>
+      <c r="J33" s="271"/>
+      <c r="K33" s="271"/>
+      <c r="L33" s="272"/>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A34" s="266"/>
+      <c r="B34" s="267"/>
+      <c r="C34" s="268"/>
+      <c r="D34" s="269"/>
+      <c r="E34" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F34" s="308"/>
-[...9 lines deleted...]
-      <c r="E35" s="66">
+      <c r="F34" s="271"/>
+      <c r="G34" s="271"/>
+      <c r="H34" s="271"/>
+      <c r="I34" s="271"/>
+      <c r="J34" s="271"/>
+      <c r="K34" s="271"/>
+      <c r="L34" s="272"/>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A35" s="266"/>
+      <c r="B35" s="267"/>
+      <c r="C35" s="268"/>
+      <c r="D35" s="269"/>
+      <c r="E35" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F35" s="308"/>
-[...9 lines deleted...]
-      <c r="E36" s="66">
+      <c r="F35" s="271"/>
+      <c r="G35" s="271"/>
+      <c r="H35" s="271"/>
+      <c r="I35" s="271"/>
+      <c r="J35" s="271"/>
+      <c r="K35" s="271"/>
+      <c r="L35" s="272"/>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A36" s="266"/>
+      <c r="B36" s="267"/>
+      <c r="C36" s="268"/>
+      <c r="D36" s="269"/>
+      <c r="E36" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F36" s="308"/>
-[...9 lines deleted...]
-      <c r="E37" s="66">
+      <c r="F36" s="271"/>
+      <c r="G36" s="271"/>
+      <c r="H36" s="271"/>
+      <c r="I36" s="271"/>
+      <c r="J36" s="271"/>
+      <c r="K36" s="271"/>
+      <c r="L36" s="272"/>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A37" s="266"/>
+      <c r="B37" s="267"/>
+      <c r="C37" s="268"/>
+      <c r="D37" s="269"/>
+      <c r="E37" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F37" s="308"/>
-[...9 lines deleted...]
-      <c r="E38" s="66">
+      <c r="F37" s="271"/>
+      <c r="G37" s="271"/>
+      <c r="H37" s="271"/>
+      <c r="I37" s="271"/>
+      <c r="J37" s="271"/>
+      <c r="K37" s="271"/>
+      <c r="L37" s="272"/>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A38" s="266"/>
+      <c r="B38" s="267"/>
+      <c r="C38" s="268"/>
+      <c r="D38" s="269"/>
+      <c r="E38" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F38" s="308"/>
-[...9 lines deleted...]
-      <c r="E39" s="66">
+      <c r="F38" s="271"/>
+      <c r="G38" s="271"/>
+      <c r="H38" s="271"/>
+      <c r="I38" s="271"/>
+      <c r="J38" s="271"/>
+      <c r="K38" s="271"/>
+      <c r="L38" s="272"/>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A39" s="266"/>
+      <c r="B39" s="267"/>
+      <c r="C39" s="268"/>
+      <c r="D39" s="269"/>
+      <c r="E39" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F39" s="308"/>
-[...9 lines deleted...]
-      <c r="E40" s="66">
+      <c r="F39" s="271"/>
+      <c r="G39" s="271"/>
+      <c r="H39" s="271"/>
+      <c r="I39" s="271"/>
+      <c r="J39" s="271"/>
+      <c r="K39" s="271"/>
+      <c r="L39" s="272"/>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A40" s="266"/>
+      <c r="B40" s="267"/>
+      <c r="C40" s="268"/>
+      <c r="D40" s="269"/>
+      <c r="E40" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F40" s="308"/>
-[...9 lines deleted...]
-      <c r="E41" s="66">
+      <c r="F40" s="271"/>
+      <c r="G40" s="271"/>
+      <c r="H40" s="271"/>
+      <c r="I40" s="271"/>
+      <c r="J40" s="271"/>
+      <c r="K40" s="271"/>
+      <c r="L40" s="272"/>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A41" s="266"/>
+      <c r="B41" s="267"/>
+      <c r="C41" s="268"/>
+      <c r="D41" s="269"/>
+      <c r="E41" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F41" s="308"/>
-[...9 lines deleted...]
-      <c r="E42" s="66">
+      <c r="F41" s="271"/>
+      <c r="G41" s="271"/>
+      <c r="H41" s="271"/>
+      <c r="I41" s="271"/>
+      <c r="J41" s="271"/>
+      <c r="K41" s="271"/>
+      <c r="L41" s="272"/>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A42" s="266"/>
+      <c r="B42" s="267"/>
+      <c r="C42" s="268"/>
+      <c r="D42" s="269"/>
+      <c r="E42" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F42" s="308"/>
-[...9 lines deleted...]
-      <c r="E43" s="66">
+      <c r="F42" s="271"/>
+      <c r="G42" s="271"/>
+      <c r="H42" s="271"/>
+      <c r="I42" s="271"/>
+      <c r="J42" s="271"/>
+      <c r="K42" s="271"/>
+      <c r="L42" s="272"/>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A43" s="266"/>
+      <c r="B43" s="267"/>
+      <c r="C43" s="268"/>
+      <c r="D43" s="269"/>
+      <c r="E43" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F43" s="308"/>
-[...9 lines deleted...]
-      <c r="E44" s="66">
+      <c r="F43" s="271"/>
+      <c r="G43" s="271"/>
+      <c r="H43" s="271"/>
+      <c r="I43" s="271"/>
+      <c r="J43" s="271"/>
+      <c r="K43" s="271"/>
+      <c r="L43" s="272"/>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A44" s="266"/>
+      <c r="B44" s="267"/>
+      <c r="C44" s="268"/>
+      <c r="D44" s="269"/>
+      <c r="E44" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F44" s="308"/>
-[...9 lines deleted...]
-      <c r="E45" s="66">
+      <c r="F44" s="271"/>
+      <c r="G44" s="271"/>
+      <c r="H44" s="271"/>
+      <c r="I44" s="271"/>
+      <c r="J44" s="271"/>
+      <c r="K44" s="271"/>
+      <c r="L44" s="272"/>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A45" s="266"/>
+      <c r="B45" s="267"/>
+      <c r="C45" s="268"/>
+      <c r="D45" s="269"/>
+      <c r="E45" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F45" s="308"/>
-[...9 lines deleted...]
-      <c r="E46" s="66">
+      <c r="F45" s="271"/>
+      <c r="G45" s="271"/>
+      <c r="H45" s="271"/>
+      <c r="I45" s="271"/>
+      <c r="J45" s="271"/>
+      <c r="K45" s="271"/>
+      <c r="L45" s="272"/>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A46" s="266"/>
+      <c r="B46" s="267"/>
+      <c r="C46" s="268"/>
+      <c r="D46" s="269"/>
+      <c r="E46" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F46" s="308"/>
-[...9 lines deleted...]
-      <c r="E47" s="66">
+      <c r="F46" s="271"/>
+      <c r="G46" s="271"/>
+      <c r="H46" s="271"/>
+      <c r="I46" s="271"/>
+      <c r="J46" s="271"/>
+      <c r="K46" s="271"/>
+      <c r="L46" s="272"/>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A47" s="266"/>
+      <c r="B47" s="267"/>
+      <c r="C47" s="268"/>
+      <c r="D47" s="269"/>
+      <c r="E47" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F47" s="308"/>
-[...9 lines deleted...]
-      <c r="E48" s="66">
+      <c r="F47" s="271"/>
+      <c r="G47" s="271"/>
+      <c r="H47" s="271"/>
+      <c r="I47" s="271"/>
+      <c r="J47" s="271"/>
+      <c r="K47" s="271"/>
+      <c r="L47" s="272"/>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A48" s="266"/>
+      <c r="B48" s="267"/>
+      <c r="C48" s="268"/>
+      <c r="D48" s="269"/>
+      <c r="E48" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F48" s="308"/>
-[...9 lines deleted...]
-      <c r="E49" s="66">
+      <c r="F48" s="271"/>
+      <c r="G48" s="271"/>
+      <c r="H48" s="271"/>
+      <c r="I48" s="271"/>
+      <c r="J48" s="271"/>
+      <c r="K48" s="271"/>
+      <c r="L48" s="272"/>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A49" s="266"/>
+      <c r="B49" s="267"/>
+      <c r="C49" s="268"/>
+      <c r="D49" s="269"/>
+      <c r="E49" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F49" s="308"/>
-[...9 lines deleted...]
-      <c r="E50" s="66">
+      <c r="F49" s="271"/>
+      <c r="G49" s="271"/>
+      <c r="H49" s="271"/>
+      <c r="I49" s="271"/>
+      <c r="J49" s="271"/>
+      <c r="K49" s="271"/>
+      <c r="L49" s="272"/>
+    </row>
+    <row r="50" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A50" s="266"/>
+      <c r="B50" s="267"/>
+      <c r="C50" s="268"/>
+      <c r="D50" s="269"/>
+      <c r="E50" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F50" s="308"/>
-[...9 lines deleted...]
-      <c r="E51" s="66">
+      <c r="F50" s="271"/>
+      <c r="G50" s="271"/>
+      <c r="H50" s="271"/>
+      <c r="I50" s="271"/>
+      <c r="J50" s="271"/>
+      <c r="K50" s="271"/>
+      <c r="L50" s="272"/>
+    </row>
+    <row r="51" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A51" s="266"/>
+      <c r="B51" s="267"/>
+      <c r="C51" s="268"/>
+      <c r="D51" s="269"/>
+      <c r="E51" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F51" s="308"/>
-[...9 lines deleted...]
-      <c r="E52" s="66">
+      <c r="F51" s="271"/>
+      <c r="G51" s="271"/>
+      <c r="H51" s="271"/>
+      <c r="I51" s="271"/>
+      <c r="J51" s="271"/>
+      <c r="K51" s="271"/>
+      <c r="L51" s="272"/>
+    </row>
+    <row r="52" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A52" s="266"/>
+      <c r="B52" s="267"/>
+      <c r="C52" s="268"/>
+      <c r="D52" s="269"/>
+      <c r="E52" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F52" s="308"/>
-[...9 lines deleted...]
-      <c r="E53" s="66">
+      <c r="F52" s="271"/>
+      <c r="G52" s="271"/>
+      <c r="H52" s="271"/>
+      <c r="I52" s="271"/>
+      <c r="J52" s="271"/>
+      <c r="K52" s="271"/>
+      <c r="L52" s="272"/>
+    </row>
+    <row r="53" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A53" s="266"/>
+      <c r="B53" s="267"/>
+      <c r="C53" s="268"/>
+      <c r="D53" s="269"/>
+      <c r="E53" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F53" s="308"/>
-[...9 lines deleted...]
-      <c r="E54" s="66">
+      <c r="F53" s="271"/>
+      <c r="G53" s="271"/>
+      <c r="H53" s="271"/>
+      <c r="I53" s="271"/>
+      <c r="J53" s="271"/>
+      <c r="K53" s="271"/>
+      <c r="L53" s="272"/>
+    </row>
+    <row r="54" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A54" s="266"/>
+      <c r="B54" s="267"/>
+      <c r="C54" s="268"/>
+      <c r="D54" s="269"/>
+      <c r="E54" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F54" s="308"/>
-[...9 lines deleted...]
-      <c r="E55" s="66">
+      <c r="F54" s="271"/>
+      <c r="G54" s="271"/>
+      <c r="H54" s="271"/>
+      <c r="I54" s="271"/>
+      <c r="J54" s="271"/>
+      <c r="K54" s="271"/>
+      <c r="L54" s="272"/>
+    </row>
+    <row r="55" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A55" s="266"/>
+      <c r="B55" s="267"/>
+      <c r="C55" s="268"/>
+      <c r="D55" s="269"/>
+      <c r="E55" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F55" s="308"/>
-[...9 lines deleted...]
-      <c r="E56" s="66">
+      <c r="F55" s="271"/>
+      <c r="G55" s="271"/>
+      <c r="H55" s="271"/>
+      <c r="I55" s="271"/>
+      <c r="J55" s="271"/>
+      <c r="K55" s="271"/>
+      <c r="L55" s="272"/>
+    </row>
+    <row r="56" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A56" s="266"/>
+      <c r="B56" s="267"/>
+      <c r="C56" s="268"/>
+      <c r="D56" s="269"/>
+      <c r="E56" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F56" s="308"/>
-[...9 lines deleted...]
-      <c r="E57" s="66">
+      <c r="F56" s="271"/>
+      <c r="G56" s="271"/>
+      <c r="H56" s="271"/>
+      <c r="I56" s="271"/>
+      <c r="J56" s="271"/>
+      <c r="K56" s="271"/>
+      <c r="L56" s="272"/>
+    </row>
+    <row r="57" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A57" s="266"/>
+      <c r="B57" s="267"/>
+      <c r="C57" s="268"/>
+      <c r="D57" s="269"/>
+      <c r="E57" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F57" s="308"/>
-[...9 lines deleted...]
-      <c r="E58" s="66">
+      <c r="F57" s="271"/>
+      <c r="G57" s="271"/>
+      <c r="H57" s="271"/>
+      <c r="I57" s="271"/>
+      <c r="J57" s="271"/>
+      <c r="K57" s="271"/>
+      <c r="L57" s="272"/>
+    </row>
+    <row r="58" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A58" s="266"/>
+      <c r="B58" s="267"/>
+      <c r="C58" s="268"/>
+      <c r="D58" s="269"/>
+      <c r="E58" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F58" s="308"/>
-[...9 lines deleted...]
-      <c r="E59" s="66">
+      <c r="F58" s="271"/>
+      <c r="G58" s="271"/>
+      <c r="H58" s="271"/>
+      <c r="I58" s="271"/>
+      <c r="J58" s="271"/>
+      <c r="K58" s="271"/>
+      <c r="L58" s="272"/>
+    </row>
+    <row r="59" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A59" s="266"/>
+      <c r="B59" s="267"/>
+      <c r="C59" s="268"/>
+      <c r="D59" s="269"/>
+      <c r="E59" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F59" s="308"/>
-[...9 lines deleted...]
-      <c r="E60" s="66">
+      <c r="F59" s="271"/>
+      <c r="G59" s="271"/>
+      <c r="H59" s="271"/>
+      <c r="I59" s="271"/>
+      <c r="J59" s="271"/>
+      <c r="K59" s="271"/>
+      <c r="L59" s="272"/>
+    </row>
+    <row r="60" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A60" s="266"/>
+      <c r="B60" s="267"/>
+      <c r="C60" s="268"/>
+      <c r="D60" s="269"/>
+      <c r="E60" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F60" s="308"/>
-[...9 lines deleted...]
-      <c r="E61" s="66">
+      <c r="F60" s="271"/>
+      <c r="G60" s="271"/>
+      <c r="H60" s="271"/>
+      <c r="I60" s="271"/>
+      <c r="J60" s="271"/>
+      <c r="K60" s="271"/>
+      <c r="L60" s="272"/>
+    </row>
+    <row r="61" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A61" s="266"/>
+      <c r="B61" s="267"/>
+      <c r="C61" s="268"/>
+      <c r="D61" s="269"/>
+      <c r="E61" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F61" s="308"/>
-[...9 lines deleted...]
-      <c r="E62" s="66">
+      <c r="F61" s="271"/>
+      <c r="G61" s="271"/>
+      <c r="H61" s="271"/>
+      <c r="I61" s="271"/>
+      <c r="J61" s="271"/>
+      <c r="K61" s="271"/>
+      <c r="L61" s="272"/>
+    </row>
+    <row r="62" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A62" s="266"/>
+      <c r="B62" s="267"/>
+      <c r="C62" s="268"/>
+      <c r="D62" s="269"/>
+      <c r="E62" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F62" s="308"/>
-[...9 lines deleted...]
-      <c r="E63" s="66">
+      <c r="F62" s="271"/>
+      <c r="G62" s="271"/>
+      <c r="H62" s="271"/>
+      <c r="I62" s="271"/>
+      <c r="J62" s="271"/>
+      <c r="K62" s="271"/>
+      <c r="L62" s="272"/>
+    </row>
+    <row r="63" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A63" s="266"/>
+      <c r="B63" s="267"/>
+      <c r="C63" s="268"/>
+      <c r="D63" s="269"/>
+      <c r="E63" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F63" s="308"/>
-[...9 lines deleted...]
-      <c r="E64" s="66">
+      <c r="F63" s="271"/>
+      <c r="G63" s="271"/>
+      <c r="H63" s="271"/>
+      <c r="I63" s="271"/>
+      <c r="J63" s="271"/>
+      <c r="K63" s="271"/>
+      <c r="L63" s="272"/>
+    </row>
+    <row r="64" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A64" s="266"/>
+      <c r="B64" s="267"/>
+      <c r="C64" s="268"/>
+      <c r="D64" s="269"/>
+      <c r="E64" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F64" s="308"/>
-[...9 lines deleted...]
-      <c r="E65" s="66">
+      <c r="F64" s="271"/>
+      <c r="G64" s="271"/>
+      <c r="H64" s="271"/>
+      <c r="I64" s="271"/>
+      <c r="J64" s="271"/>
+      <c r="K64" s="271"/>
+      <c r="L64" s="272"/>
+    </row>
+    <row r="65" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A65" s="266"/>
+      <c r="B65" s="267"/>
+      <c r="C65" s="268"/>
+      <c r="D65" s="269"/>
+      <c r="E65" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F65" s="308"/>
-[...9 lines deleted...]
-      <c r="E66" s="66">
+      <c r="F65" s="271"/>
+      <c r="G65" s="271"/>
+      <c r="H65" s="271"/>
+      <c r="I65" s="271"/>
+      <c r="J65" s="271"/>
+      <c r="K65" s="271"/>
+      <c r="L65" s="272"/>
+    </row>
+    <row r="66" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A66" s="266"/>
+      <c r="B66" s="267"/>
+      <c r="C66" s="268"/>
+      <c r="D66" s="269"/>
+      <c r="E66" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F66" s="308"/>
-[...9 lines deleted...]
-      <c r="E67" s="66">
+      <c r="F66" s="271"/>
+      <c r="G66" s="271"/>
+      <c r="H66" s="271"/>
+      <c r="I66" s="271"/>
+      <c r="J66" s="271"/>
+      <c r="K66" s="271"/>
+      <c r="L66" s="272"/>
+    </row>
+    <row r="67" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A67" s="266"/>
+      <c r="B67" s="267"/>
+      <c r="C67" s="268"/>
+      <c r="D67" s="269"/>
+      <c r="E67" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F67" s="308"/>
-[...9 lines deleted...]
-      <c r="E68" s="66">
+      <c r="F67" s="271"/>
+      <c r="G67" s="271"/>
+      <c r="H67" s="271"/>
+      <c r="I67" s="271"/>
+      <c r="J67" s="271"/>
+      <c r="K67" s="271"/>
+      <c r="L67" s="272"/>
+    </row>
+    <row r="68" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A68" s="266"/>
+      <c r="B68" s="267"/>
+      <c r="C68" s="268"/>
+      <c r="D68" s="269"/>
+      <c r="E68" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F68" s="308"/>
-[...9 lines deleted...]
-      <c r="E69" s="66">
+      <c r="F68" s="271"/>
+      <c r="G68" s="271"/>
+      <c r="H68" s="271"/>
+      <c r="I68" s="271"/>
+      <c r="J68" s="271"/>
+      <c r="K68" s="271"/>
+      <c r="L68" s="272"/>
+    </row>
+    <row r="69" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A69" s="266"/>
+      <c r="B69" s="267"/>
+      <c r="C69" s="268"/>
+      <c r="D69" s="269"/>
+      <c r="E69" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F69" s="308"/>
-[...9 lines deleted...]
-      <c r="E70" s="66">
+      <c r="F69" s="271"/>
+      <c r="G69" s="271"/>
+      <c r="H69" s="271"/>
+      <c r="I69" s="271"/>
+      <c r="J69" s="271"/>
+      <c r="K69" s="271"/>
+      <c r="L69" s="272"/>
+    </row>
+    <row r="70" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A70" s="266"/>
+      <c r="B70" s="267"/>
+      <c r="C70" s="268"/>
+      <c r="D70" s="269"/>
+      <c r="E70" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F70" s="308"/>
-[...9 lines deleted...]
-      <c r="E71" s="66">
+      <c r="F70" s="271"/>
+      <c r="G70" s="271"/>
+      <c r="H70" s="271"/>
+      <c r="I70" s="271"/>
+      <c r="J70" s="271"/>
+      <c r="K70" s="271"/>
+      <c r="L70" s="272"/>
+    </row>
+    <row r="71" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A71" s="266"/>
+      <c r="B71" s="267"/>
+      <c r="C71" s="268"/>
+      <c r="D71" s="269"/>
+      <c r="E71" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F71" s="308"/>
-[...9 lines deleted...]
-      <c r="E72" s="66">
+      <c r="F71" s="271"/>
+      <c r="G71" s="271"/>
+      <c r="H71" s="271"/>
+      <c r="I71" s="271"/>
+      <c r="J71" s="271"/>
+      <c r="K71" s="271"/>
+      <c r="L71" s="272"/>
+    </row>
+    <row r="72" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A72" s="266"/>
+      <c r="B72" s="267"/>
+      <c r="C72" s="268"/>
+      <c r="D72" s="269"/>
+      <c r="E72" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F72" s="308"/>
-[...9 lines deleted...]
-      <c r="E73" s="66">
+      <c r="F72" s="271"/>
+      <c r="G72" s="271"/>
+      <c r="H72" s="271"/>
+      <c r="I72" s="271"/>
+      <c r="J72" s="271"/>
+      <c r="K72" s="271"/>
+      <c r="L72" s="272"/>
+    </row>
+    <row r="73" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A73" s="266"/>
+      <c r="B73" s="267"/>
+      <c r="C73" s="268"/>
+      <c r="D73" s="269"/>
+      <c r="E73" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F73" s="308"/>
-[...9 lines deleted...]
-      <c r="E74" s="66">
+      <c r="F73" s="271"/>
+      <c r="G73" s="271"/>
+      <c r="H73" s="271"/>
+      <c r="I73" s="271"/>
+      <c r="J73" s="271"/>
+      <c r="K73" s="271"/>
+      <c r="L73" s="272"/>
+    </row>
+    <row r="74" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A74" s="266"/>
+      <c r="B74" s="267"/>
+      <c r="C74" s="268"/>
+      <c r="D74" s="269"/>
+      <c r="E74" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F74" s="308"/>
-[...9 lines deleted...]
-      <c r="E75" s="66">
+      <c r="F74" s="271"/>
+      <c r="G74" s="271"/>
+      <c r="H74" s="271"/>
+      <c r="I74" s="271"/>
+      <c r="J74" s="271"/>
+      <c r="K74" s="271"/>
+      <c r="L74" s="272"/>
+    </row>
+    <row r="75" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A75" s="266"/>
+      <c r="B75" s="267"/>
+      <c r="C75" s="268"/>
+      <c r="D75" s="269"/>
+      <c r="E75" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F75" s="308"/>
-[...9 lines deleted...]
-      <c r="E76" s="66">
+      <c r="F75" s="271"/>
+      <c r="G75" s="271"/>
+      <c r="H75" s="271"/>
+      <c r="I75" s="271"/>
+      <c r="J75" s="271"/>
+      <c r="K75" s="271"/>
+      <c r="L75" s="272"/>
+    </row>
+    <row r="76" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A76" s="266"/>
+      <c r="B76" s="267"/>
+      <c r="C76" s="268"/>
+      <c r="D76" s="269"/>
+      <c r="E76" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F76" s="308"/>
-[...9 lines deleted...]
-      <c r="E77" s="66">
+      <c r="F76" s="271"/>
+      <c r="G76" s="271"/>
+      <c r="H76" s="271"/>
+      <c r="I76" s="271"/>
+      <c r="J76" s="271"/>
+      <c r="K76" s="271"/>
+      <c r="L76" s="272"/>
+    </row>
+    <row r="77" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A77" s="266"/>
+      <c r="B77" s="267"/>
+      <c r="C77" s="268"/>
+      <c r="D77" s="269"/>
+      <c r="E77" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F77" s="308"/>
-[...9 lines deleted...]
-      <c r="E78" s="66">
+      <c r="F77" s="271"/>
+      <c r="G77" s="271"/>
+      <c r="H77" s="271"/>
+      <c r="I77" s="271"/>
+      <c r="J77" s="271"/>
+      <c r="K77" s="271"/>
+      <c r="L77" s="272"/>
+    </row>
+    <row r="78" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A78" s="266"/>
+      <c r="B78" s="267"/>
+      <c r="C78" s="268"/>
+      <c r="D78" s="269"/>
+      <c r="E78" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F78" s="308"/>
-[...9 lines deleted...]
-      <c r="E79" s="66">
+      <c r="F78" s="271"/>
+      <c r="G78" s="271"/>
+      <c r="H78" s="271"/>
+      <c r="I78" s="271"/>
+      <c r="J78" s="271"/>
+      <c r="K78" s="271"/>
+      <c r="L78" s="272"/>
+    </row>
+    <row r="79" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A79" s="266"/>
+      <c r="B79" s="267"/>
+      <c r="C79" s="268"/>
+      <c r="D79" s="269"/>
+      <c r="E79" s="299">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F79" s="308"/>
-[...114 lines deleted...]
-      <c r="F88" s="13" t="e">
+      <c r="F79" s="271"/>
+      <c r="G79" s="271"/>
+      <c r="H79" s="271"/>
+      <c r="I79" s="271"/>
+      <c r="J79" s="271"/>
+      <c r="K79" s="271"/>
+      <c r="L79" s="272"/>
+    </row>
+    <row r="80" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A80" s="266"/>
+      <c r="B80" s="267"/>
+      <c r="C80" s="268"/>
+      <c r="D80" s="269"/>
+      <c r="E80" s="299">
+        <f t="shared" ref="E80:E84" si="1">SUM(F80+J80+K80+L80)</f>
+        <v>0</v>
+      </c>
+      <c r="F80" s="271"/>
+      <c r="G80" s="271"/>
+      <c r="H80" s="271"/>
+      <c r="I80" s="271"/>
+      <c r="J80" s="271"/>
+      <c r="K80" s="271"/>
+      <c r="L80" s="272"/>
+    </row>
+    <row r="81" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A81" s="266"/>
+      <c r="B81" s="267"/>
+      <c r="C81" s="268"/>
+      <c r="D81" s="269"/>
+      <c r="E81" s="299">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="F81" s="271"/>
+      <c r="G81" s="271"/>
+      <c r="H81" s="271"/>
+      <c r="I81" s="271"/>
+      <c r="J81" s="271"/>
+      <c r="K81" s="271"/>
+      <c r="L81" s="272"/>
+    </row>
+    <row r="82" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A82" s="266"/>
+      <c r="B82" s="267"/>
+      <c r="C82" s="268"/>
+      <c r="D82" s="269"/>
+      <c r="E82" s="299">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="F82" s="271"/>
+      <c r="G82" s="271"/>
+      <c r="H82" s="271"/>
+      <c r="I82" s="271"/>
+      <c r="J82" s="271"/>
+      <c r="K82" s="271"/>
+      <c r="L82" s="272"/>
+    </row>
+    <row r="83" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A83" s="266"/>
+      <c r="B83" s="267"/>
+      <c r="C83" s="268"/>
+      <c r="D83" s="269"/>
+      <c r="E83" s="299">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="F83" s="271"/>
+      <c r="G83" s="271"/>
+      <c r="H83" s="271"/>
+      <c r="I83" s="271"/>
+      <c r="J83" s="271"/>
+      <c r="K83" s="271"/>
+      <c r="L83" s="272"/>
+    </row>
+    <row r="84" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A84" s="266"/>
+      <c r="B84" s="267"/>
+      <c r="C84" s="268"/>
+      <c r="D84" s="269"/>
+      <c r="E84" s="299">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="F84" s="271"/>
+      <c r="G84" s="271"/>
+      <c r="H84" s="271"/>
+      <c r="I84" s="271"/>
+      <c r="J84" s="271"/>
+      <c r="K84" s="271"/>
+      <c r="L84" s="272"/>
+    </row>
+    <row r="85" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A85" s="316" t="s">
+        <v>132</v>
+      </c>
+      <c r="B85" s="317"/>
+      <c r="C85" s="317"/>
+      <c r="D85" s="318"/>
+      <c r="E85" s="312">
+        <f t="shared" ref="E85:L85" si="2">SUM(E15:E84)</f>
+        <v>0</v>
+      </c>
+      <c r="F85" s="312">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="G85" s="312">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="H85" s="312">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="I85" s="312">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J85" s="312">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="K85" s="312">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L85" s="314">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="319"/>
+      <c r="B86" s="320"/>
+      <c r="C86" s="320"/>
+      <c r="D86" s="321"/>
+      <c r="E86" s="313"/>
+      <c r="F86" s="313"/>
+      <c r="G86" s="322"/>
+      <c r="H86" s="322"/>
+      <c r="I86" s="322"/>
+      <c r="J86" s="322"/>
+      <c r="K86" s="313"/>
+      <c r="L86" s="315"/>
+    </row>
+    <row r="88" spans="1:12" hidden="1" x14ac:dyDescent="0.25">
+      <c r="F88" s="273" t="e">
         <f>SUM(#REF!+#REF!+#REF!+#REF!+#REF!+#REF!+F85)</f>
         <v>#REF!</v>
       </c>
-      <c r="G88" s="13" t="e">
+      <c r="G88" s="273" t="e">
         <f>SUM(#REF!+#REF!+#REF!+#REF!+#REF!+#REF!+G85)</f>
         <v>#REF!</v>
       </c>
-      <c r="H88" s="13" t="e">
-        <f>SUM(#REF!+#REF!+#REF!+#REF!+#REF!+#REF!+H85)</f>
+      <c r="H88" s="273"/>
+      <c r="I88" s="273"/>
+      <c r="J88" s="273"/>
+      <c r="K88" s="273" t="e">
+        <f>SUM(#REF!+#REF!+#REF!+#REF!+#REF!+#REF!+K85)</f>
         <v>#REF!</v>
       </c>
-      <c r="I88" s="13" t="e">
-        <f>SUM(#REF!+#REF!+#REF!+#REF!+#REF!+#REF!+I85)</f>
+      <c r="L88" s="273" t="e">
+        <f>SUM(#REF!+#REF!+#REF!+#REF!+#REF!+#REF!+L85)</f>
         <v>#REF!</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection insertRows="0"/>
-[...1 lines deleted...]
-    <mergeCell ref="I85:I86"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="PgLxgpe5bXp6O5WPpX23na5qHCQDgOpjq+rsWwIqDt4n42cW8lRpILwSPj/y2bKs7Ioi9A1zNUPlUmeR/gEoRQ==" saltValue="o2GgScBViPcVcN1bZ10Ffw==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <mergeCells count="22">
+    <mergeCell ref="F11:F14"/>
+    <mergeCell ref="G11:G14"/>
+    <mergeCell ref="H11:H14"/>
+    <mergeCell ref="I11:I14"/>
+    <mergeCell ref="E10:L10"/>
+    <mergeCell ref="J11:J14"/>
+    <mergeCell ref="K11:K14"/>
+    <mergeCell ref="L11:L14"/>
+    <mergeCell ref="A10:A14"/>
+    <mergeCell ref="B10:B14"/>
+    <mergeCell ref="C10:C14"/>
+    <mergeCell ref="D10:D14"/>
+    <mergeCell ref="E11:E14"/>
+    <mergeCell ref="K85:K86"/>
+    <mergeCell ref="L85:L86"/>
     <mergeCell ref="A85:D86"/>
     <mergeCell ref="E85:E86"/>
     <mergeCell ref="F85:F86"/>
     <mergeCell ref="G85:G86"/>
     <mergeCell ref="H85:H86"/>
-    <mergeCell ref="A10:A14"/>
-[...8 lines deleted...]
-    <mergeCell ref="I11:I14"/>
+    <mergeCell ref="I85:I86"/>
+    <mergeCell ref="J85:J86"/>
   </mergeCells>
   <dataValidations count="2">
-    <dataValidation type="textLength" errorStyle="warning" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Format" error="Please use the format XX-XXXXXXX." promptTitle="Format" prompt="XX-XXXXXXX" sqref="A15:A84" xr:uid="{F103FE6D-DA0F-4D1B-9202-536AA835935A}">
+    <dataValidation type="textLength" errorStyle="warning" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Format" error="Please use the format XX-XXXXXXX." promptTitle="Format" prompt="XX-XXXXXXX" sqref="A15:A84" xr:uid="{69AAA3D1-8E5A-49A8-89BA-C32B33DD6BC8}">
       <formula1>10</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Format" error="Please use the format FLXXXXXX." promptTitle="Format" prompt="FLXXXXXX" sqref="B15:B84" xr:uid="{CC6168CA-45D2-4AAC-910E-169D5F13808E}">
+    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Format" error="Please use the format FLXXXXXX." promptTitle="Format" prompt="FLXXXXXX" sqref="B15:B84" xr:uid="{81B2AFB4-0D11-4C88-A5D7-D54233FB89DE}">
       <formula1>8</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="A3" location="Table_7" display="Instructions" xr:uid="{24777D88-86A3-46BF-8F4E-03F3A84BFEEB}"/>
+    <hyperlink ref="A3" location="Table_7" display="Instructions" xr:uid="{8C3B155D-504C-42F1-852E-B9456F327A94}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="68" fitToHeight="13" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="14" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <tabColor theme="6" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="A1:C57"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F8" sqref="F8"/>
+    <sheetView showGridLines="0" topLeftCell="A43" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="J13" sqref="J13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="76.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="20.7109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="3" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>525</v>
+        <v>40</v>
+      </c>
+      <c r="B1" s="92" t="s">
+        <v>483</v>
       </c>
       <c r="C1" s="2"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="C2" s="2"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A3" s="115" t="s">
-        <v>412</v>
+      <c r="A3" s="85" t="s">
+        <v>378</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A4" s="60" t="s">
-        <v>213</v>
+      <c r="A4" s="42" t="s">
+        <v>193</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
-        <v>526</v>
+        <v>502</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="9" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="206" t="s">
+      <c r="A9" s="148" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="149" t="s">
+        <v>185</v>
+      </c>
+      <c r="C9" s="2"/>
+    </row>
+    <row r="10" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="150" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="61"/>
+      <c r="C10" s="2"/>
+    </row>
+    <row r="11" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="151" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="55"/>
+      <c r="C11" s="2"/>
+    </row>
+    <row r="12" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="152" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="207" t="s">
-[...5 lines deleted...]
-      <c r="A10" s="208" t="s">
+      <c r="B12" s="52"/>
+      <c r="C12" s="2"/>
+    </row>
+    <row r="13" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="152" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="53"/>
+      <c r="C13" s="2"/>
+    </row>
+    <row r="14" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="152" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" s="52"/>
+      <c r="C14" s="2"/>
+    </row>
+    <row r="15" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="152" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" s="54"/>
+      <c r="C15" s="2"/>
+    </row>
+    <row r="16" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="152" t="s">
+        <v>24</v>
+      </c>
+      <c r="B16" s="52"/>
+      <c r="C16" s="2"/>
+    </row>
+    <row r="17" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="152" t="s">
+        <v>25</v>
+      </c>
+      <c r="B17" s="53"/>
+      <c r="C17" s="2"/>
+    </row>
+    <row r="18" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="152" t="s">
+        <v>26</v>
+      </c>
+      <c r="B18" s="52"/>
+      <c r="C18" s="2"/>
+    </row>
+    <row r="19" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="64" t="s">
+        <v>385</v>
+      </c>
+      <c r="B19" s="53"/>
+      <c r="C19" s="2"/>
+    </row>
+    <row r="20" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="150" t="s">
         <v>8</v>
       </c>
-      <c r="B10" s="88"/>
-[...45 lines deleted...]
-      <c r="A17" s="210" t="s">
+      <c r="B20" s="61"/>
+      <c r="C20" s="2"/>
+    </row>
+    <row r="21" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="151" t="s">
         <v>27</v>
       </c>
-      <c r="B17" s="80"/>
-[...3 lines deleted...]
-      <c r="A18" s="210" t="s">
+      <c r="B21" s="55"/>
+      <c r="C21" s="2"/>
+    </row>
+    <row r="22" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="152" t="s">
         <v>28</v>
       </c>
-      <c r="B18" s="79"/>
-[...10 lines deleted...]
-      <c r="A20" s="208" t="s">
+      <c r="B22" s="52"/>
+      <c r="C22" s="2"/>
+    </row>
+    <row r="23" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="152" t="s">
+        <v>29</v>
+      </c>
+      <c r="B23" s="53"/>
+      <c r="C23" s="2"/>
+    </row>
+    <row r="24" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="152" t="s">
+        <v>30</v>
+      </c>
+      <c r="B24" s="52"/>
+      <c r="C24" s="2"/>
+    </row>
+    <row r="25" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="152" t="s">
+        <v>31</v>
+      </c>
+      <c r="B25" s="54"/>
+      <c r="C25" s="2"/>
+    </row>
+    <row r="26" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="152" t="s">
+        <v>99</v>
+      </c>
+      <c r="B26" s="56"/>
+      <c r="C26" s="2"/>
+    </row>
+    <row r="27" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="64" t="s">
+        <v>385</v>
+      </c>
+      <c r="B27" s="54"/>
+      <c r="C27" s="2"/>
+    </row>
+    <row r="28" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="153" t="s">
         <v>9</v>
       </c>
-      <c r="B20" s="88"/>
-[...24 lines deleted...]
-      <c r="A24" s="210" t="s">
+      <c r="B28" s="61"/>
+      <c r="C28" s="2"/>
+    </row>
+    <row r="29" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="154" t="s">
+        <v>101</v>
+      </c>
+      <c r="B29" s="55"/>
+      <c r="C29" s="2"/>
+    </row>
+    <row r="30" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="152" t="s">
         <v>32</v>
       </c>
-      <c r="B24" s="79"/>
-[...3 lines deleted...]
-      <c r="A25" s="210" t="s">
+      <c r="B30" s="52"/>
+      <c r="C30" s="2"/>
+    </row>
+    <row r="31" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="152" t="s">
+        <v>102</v>
+      </c>
+      <c r="B31" s="54"/>
+      <c r="C31" s="2"/>
+    </row>
+    <row r="32" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="152" t="s">
+        <v>98</v>
+      </c>
+      <c r="B32" s="56"/>
+      <c r="C32" s="2"/>
+    </row>
+    <row r="33" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="152" t="s">
+        <v>103</v>
+      </c>
+      <c r="B33" s="54"/>
+      <c r="C33" s="2"/>
+    </row>
+    <row r="34" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="152" t="s">
         <v>33</v>
       </c>
-      <c r="B25" s="81"/>
-[...3 lines deleted...]
-      <c r="A26" s="210" t="s">
+      <c r="B34" s="56"/>
+      <c r="C34" s="2"/>
+    </row>
+    <row r="35" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="64" t="s">
+        <v>385</v>
+      </c>
+      <c r="B35" s="54"/>
+      <c r="C35" s="2"/>
+    </row>
+    <row r="36" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="153" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" s="61"/>
+      <c r="C36" s="2"/>
+    </row>
+    <row r="37" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="154" t="s">
+        <v>34</v>
+      </c>
+      <c r="B37" s="55"/>
+      <c r="C37" s="2"/>
+    </row>
+    <row r="38" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="152" t="s">
+        <v>35</v>
+      </c>
+      <c r="B38" s="52"/>
+      <c r="C38" s="2"/>
+    </row>
+    <row r="39" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="152" t="s">
+        <v>104</v>
+      </c>
+      <c r="B39" s="54"/>
+      <c r="C39" s="2"/>
+    </row>
+    <row r="40" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="64" t="s">
+        <v>384</v>
+      </c>
+      <c r="B40" s="56"/>
+      <c r="C40" s="2"/>
+    </row>
+    <row r="41" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="153" t="s">
+        <v>11</v>
+      </c>
+      <c r="B41" s="61"/>
+      <c r="C41" s="2"/>
+    </row>
+    <row r="42" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="154" t="s">
+        <v>105</v>
+      </c>
+      <c r="B42" s="55"/>
+      <c r="C42" s="2"/>
+    </row>
+    <row r="43" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="152" t="s">
+        <v>129</v>
+      </c>
+      <c r="B43" s="56"/>
+      <c r="C43" s="2"/>
+    </row>
+    <row r="44" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="152" t="s">
+        <v>36</v>
+      </c>
+      <c r="B44" s="54"/>
+      <c r="C44" s="2"/>
+    </row>
+    <row r="45" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="152" t="s">
+        <v>37</v>
+      </c>
+      <c r="B45" s="52"/>
+      <c r="C45" s="2"/>
+    </row>
+    <row r="46" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="152" t="s">
+        <v>130</v>
+      </c>
+      <c r="B46" s="54"/>
+      <c r="C46" s="2"/>
+    </row>
+    <row r="47" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="64" t="s">
+        <v>384</v>
+      </c>
+      <c r="B47" s="56"/>
+      <c r="C47" s="2"/>
+    </row>
+    <row r="48" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="153" t="s">
+        <v>12</v>
+      </c>
+      <c r="B48" s="61"/>
+      <c r="C48" s="2"/>
+    </row>
+    <row r="49" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="154" t="s">
+        <v>38</v>
+      </c>
+      <c r="B49" s="55"/>
+      <c r="C49" s="2"/>
+    </row>
+    <row r="50" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="152" t="s">
+        <v>106</v>
+      </c>
+      <c r="B50" s="56"/>
+      <c r="C50" s="2"/>
+    </row>
+    <row r="51" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="152" t="s">
+        <v>107</v>
+      </c>
+      <c r="B51" s="54"/>
+      <c r="C51" s="2"/>
+    </row>
+    <row r="52" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="152" t="s">
         <v>108</v>
       </c>
-      <c r="B26" s="83"/>
-[...129 lines deleted...]
-      <c r="A45" s="210" t="s">
+      <c r="B52" s="56"/>
+      <c r="C52" s="2"/>
+    </row>
+    <row r="53" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="64" t="s">
+        <v>384</v>
+      </c>
+      <c r="B53" s="54"/>
+      <c r="C53" s="2"/>
+    </row>
+    <row r="54" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="153" t="s">
         <v>39</v>
       </c>
-      <c r="B45" s="79"/>
-[...62 lines deleted...]
-      <c r="B54" s="88"/>
+      <c r="B54" s="61"/>
       <c r="C54" s="2"/>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A55" s="89"/>
-      <c r="B55" s="90"/>
+      <c r="A55" s="62"/>
+      <c r="B55" s="63"/>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A56" s="86"/>
-      <c r="B56" s="84"/>
+      <c r="A56" s="59"/>
+      <c r="B56" s="57"/>
     </row>
     <row r="57" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A57" s="87"/>
-      <c r="B57" s="85"/>
+      <c r="A57" s="60"/>
+      <c r="B57" s="58"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A3" location="Table_9" display="Click for Instructions" xr:uid="{4249AEC2-9723-4868-AB12-C2E6BB4106BA}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="82" fitToHeight="4" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="47" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr>
     <tabColor theme="6" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J27"/>
+  <dimension ref="A1:F27"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C14" sqref="C14"/>
+      <selection activeCell="J11" sqref="J11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="33.85546875" style="2" customWidth="1"/>
     <col min="2" max="3" width="24.28515625" style="2" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" style="2" bestFit="1" customWidth="1"/>
-    <col min="5" max="6" width="24.28515625" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="11" max="16384" width="9.140625" style="2"/>
+    <col min="5" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D1" s="91" t="s">
+        <v>95</v>
+      </c>
+      <c r="E1" s="91"/>
+      <c r="F1" s="303" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A2" s="1"/>
+      <c r="B2" s="91"/>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A3" s="85" t="s">
+        <v>378</v>
+      </c>
+      <c r="B3" s="85" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" s="344" t="s">
+        <v>419</v>
+      </c>
+      <c r="B4" s="344"/>
+      <c r="C4" s="344"/>
+      <c r="D4" s="344"/>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" s="93"/>
+      <c r="B5" s="93"/>
+      <c r="C5" s="93"/>
+      <c r="D5" s="93"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="8" spans="1:6" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="345" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" s="348" t="s">
+        <v>429</v>
+      </c>
+      <c r="C8" s="349"/>
+      <c r="D8" s="352" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="346"/>
+      <c r="B9" s="350"/>
+      <c r="C9" s="351"/>
+      <c r="D9" s="353"/>
+    </row>
+    <row r="10" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="347"/>
+      <c r="B10" s="95" t="s">
+        <v>176</v>
+      </c>
+      <c r="C10" s="96" t="s">
+        <v>177</v>
+      </c>
+      <c r="D10" s="97" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="98" t="s">
         <v>43</v>
       </c>
-      <c r="F1" s="148"/>
-[...52 lines deleted...]
-      <c r="A8" s="383" t="s">
+      <c r="B11" s="99"/>
+      <c r="C11" s="100"/>
+      <c r="D11" s="101"/>
+    </row>
+    <row r="12" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="87" t="s">
         <v>44</v>
       </c>
-      <c r="B8" s="379" t="s">
-[...83 lines deleted...]
-      <c r="D12" s="16" t="str" cm="1">
+      <c r="B12" s="7"/>
+      <c r="C12" s="8"/>
+      <c r="D12" s="428" t="str" cm="1">
         <f t="array" ref="D12">_xlfn.IFS(B12="", "", C12="","",B12&lt;C12, "INVALID", TRUE, "VALID")</f>
         <v/>
       </c>
-      <c r="E12" s="14"/>
-[...18 lines deleted...]
-      <c r="D13" s="16" t="str" cm="1">
+    </row>
+    <row r="13" spans="1:6" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="87" t="s">
+        <v>45</v>
+      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="8"/>
+      <c r="D13" s="428" t="str" cm="1">
         <f t="array" ref="D13">_xlfn.IFS(B13="", "", C13="","",B13&lt;C13, "INVALID", TRUE, "VALID")</f>
         <v/>
       </c>
-      <c r="E13" s="14"/>
-[...32 lines deleted...]
-      <c r="D15" s="16" t="str" cm="1">
+    </row>
+    <row r="14" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="98" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" s="102"/>
+      <c r="C14" s="103"/>
+      <c r="D14" s="104"/>
+    </row>
+    <row r="15" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="87" t="s">
+        <v>47</v>
+      </c>
+      <c r="B15" s="7"/>
+      <c r="C15" s="8"/>
+      <c r="D15" s="428" t="str" cm="1">
         <f t="array" ref="D15">_xlfn.IFS(B15="", "", C15="","",B15&lt;C15, "INVALID", TRUE, "VALID")</f>
         <v/>
       </c>
-      <c r="E15" s="14"/>
-[...18 lines deleted...]
-      <c r="D16" s="16" t="str" cm="1">
+    </row>
+    <row r="16" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="87" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" s="7"/>
+      <c r="C16" s="8"/>
+      <c r="D16" s="428" t="str" cm="1">
         <f t="array" ref="D16">_xlfn.IFS(B16="", "", C16="","",B16&lt;C16, "INVALID", TRUE, "VALID")</f>
         <v/>
       </c>
-      <c r="E16" s="14"/>
-[...18 lines deleted...]
-      <c r="D17" s="16" t="str" cm="1">
+    </row>
+    <row r="17" spans="1:4" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="87" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" s="7"/>
+      <c r="C17" s="8"/>
+      <c r="D17" s="428" t="str" cm="1">
         <f t="array" ref="D17">_xlfn.IFS(B17="", "", C17="","",B17&lt;C17, "INVALID", TRUE, "VALID")</f>
         <v/>
       </c>
-      <c r="E17" s="14"/>
-[...32 lines deleted...]
-      <c r="D19" s="16" t="str" cm="1">
+    </row>
+    <row r="18" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="98" t="s">
+        <v>50</v>
+      </c>
+      <c r="B18" s="102"/>
+      <c r="C18" s="103"/>
+      <c r="D18" s="104"/>
+    </row>
+    <row r="19" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="87" t="s">
+        <v>51</v>
+      </c>
+      <c r="B19" s="7"/>
+      <c r="C19" s="8"/>
+      <c r="D19" s="428" t="str" cm="1">
         <f t="array" ref="D19">_xlfn.IFS(B19="", "", C19="","",B19&lt;C19, "INVALID", TRUE, "VALID")</f>
         <v/>
       </c>
-      <c r="E19" s="14"/>
-[...18 lines deleted...]
-      <c r="D20" s="16" t="str" cm="1">
+    </row>
+    <row r="20" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="87" t="s">
+        <v>52</v>
+      </c>
+      <c r="B20" s="7"/>
+      <c r="C20" s="8"/>
+      <c r="D20" s="428" t="str" cm="1">
         <f t="array" ref="D20">_xlfn.IFS(B20="", "", C20="","",B20&lt;C20, "INVALID", TRUE, "VALID")</f>
         <v/>
       </c>
-      <c r="E20" s="14"/>
-[...18 lines deleted...]
-      <c r="D21" s="16" t="str" cm="1">
+    </row>
+    <row r="21" spans="1:4" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="87" t="s">
+        <v>53</v>
+      </c>
+      <c r="B21" s="7"/>
+      <c r="C21" s="8"/>
+      <c r="D21" s="428" t="str" cm="1">
         <f t="array" ref="D21">_xlfn.IFS(B21="", "", C21="","",B21&lt;C21, "INVALID", TRUE, "VALID")</f>
         <v/>
       </c>
-      <c r="E21" s="14"/>
-[...32 lines deleted...]
-      <c r="D23" s="16" t="str" cm="1">
+    </row>
+    <row r="22" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="98" t="s">
+        <v>410</v>
+      </c>
+      <c r="B22" s="102"/>
+      <c r="C22" s="103"/>
+      <c r="D22" s="104"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" s="105" t="s">
+        <v>411</v>
+      </c>
+      <c r="B23" s="7"/>
+      <c r="C23" s="8"/>
+      <c r="D23" s="428" t="str" cm="1">
         <f t="array" ref="D23">_xlfn.IFS(B23="", "", C23="","",B23&lt;C23, "INVALID", TRUE, "VALID")</f>
         <v/>
       </c>
-      <c r="E23" s="14"/>
-[...18 lines deleted...]
-      <c r="D24" s="16" t="str" cm="1">
+    </row>
+    <row r="24" spans="1:4" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="106" t="s">
+        <v>54</v>
+      </c>
+      <c r="B24" s="10"/>
+      <c r="C24" s="11"/>
+      <c r="D24" s="428" t="str" cm="1">
         <f t="array" ref="D24">_xlfn.IFS(B24="", "", C24="","",B24&lt;C24, "INVALID", TRUE, "VALID")</f>
         <v/>
       </c>
-      <c r="E24" s="17"/>
-[...33 lines deleted...]
-      <c r="D27" s="31"/>
+    </row>
+    <row r="25" spans="1:4" ht="225" x14ac:dyDescent="0.25">
+      <c r="B25" s="107" t="s">
+        <v>223</v>
+      </c>
+      <c r="C25" s="107" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D27" s="24"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="g2XsiBwiye/YODXx54gGtrMFpkiOvp8HGTcCt7r2QcnDoPi1BrvUHOof8JCg+cfaQEdPiEf8d3nrqXqhexmQWA==" saltValue="39RH3u22HhSjxAlyUC3rDw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...5 lines deleted...]
-    <mergeCell ref="G8:G9"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="khvF0nZQoBV7ozCOgdtu/UXzPrejaNHT6kWPPu4w9yby+NYk4c0gfpBCh9qf4hZoeYytsXIDCP+i9jR+8g0Q4w==" saltValue="5Z5IvhSt9uSTh2PaY9F8kA==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <mergeCells count="4">
+    <mergeCell ref="A4:D4"/>
     <mergeCell ref="A8:A10"/>
     <mergeCell ref="B8:C9"/>
     <mergeCell ref="D8:D9"/>
   </mergeCells>
-  <conditionalFormatting sqref="D12:D13 G12:G13 J12:J13 D15:D17 G15:G17 J15:J17 D19:D21 G19:G21 J19:J21 D23:D24 G23:G24 J23:J24">
-    <cfRule type="containsText" dxfId="22" priority="1" operator="containsText" text="Invalid">
+  <conditionalFormatting sqref="D12:D13 D15:D17 D19:D21 D23:D24">
+    <cfRule type="containsText" dxfId="16" priority="1" operator="containsText" text="Invalid">
       <formula>NOT(ISERROR(SEARCH("Invalid",D12)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="21" priority="2" operator="containsText" text="VALID">
+    <cfRule type="containsText" dxfId="15" priority="2" operator="containsText" text="VALID">
       <formula>NOT(ISERROR(SEARCH("VALID",D12)))</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A3" location="Table_10" display="Click for Instructions" xr:uid="{9252B671-9278-48D1-AF0E-8D06E6B93D16}"/>
     <hyperlink ref="B3" location="Levels_of_Care" display="Click for Definitions" xr:uid="{154D779A-E626-4DA2-BE72-790930425FDD}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="89" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="73" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <sheetPr>
     <tabColor theme="6" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U52"/>
+  <dimension ref="A1:U22"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Y18" sqref="Y18"/>
+      <selection activeCell="R19" sqref="R19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19" style="2" customWidth="1"/>
     <col min="2" max="15" width="7.7109375" style="2" customWidth="1"/>
     <col min="16" max="16" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="7.7109375" style="2" customWidth="1"/>
     <col min="18" max="18" width="9" style="2" bestFit="1" customWidth="1"/>
     <col min="19" max="20" width="7.7109375" style="2" customWidth="1"/>
     <col min="21" max="21" width="8.85546875" style="2" customWidth="1"/>
     <col min="22" max="22" width="1.7109375" style="2" customWidth="1"/>
     <col min="23" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>347</v>
-[...10 lines deleted...]
-      <c r="U1" s="389"/>
+        <v>530</v>
+      </c>
+      <c r="P1" s="91"/>
+      <c r="Q1" s="91"/>
+      <c r="R1" s="370" t="s">
+        <v>95</v>
+      </c>
+      <c r="S1" s="370"/>
+      <c r="T1" s="369" t="s">
+        <v>483</v>
+      </c>
+      <c r="U1" s="369"/>
     </row>
     <row r="2" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
-      <c r="P2" s="148"/>
-[...2 lines deleted...]
-      <c r="S2" s="213"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="155"/>
+      <c r="S2" s="155"/>
     </row>
     <row r="3" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A3" s="115" t="s">
-        <v>412</v>
+      <c r="A3" s="85" t="s">
+        <v>378</v>
       </c>
     </row>
     <row r="4" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A4" s="214" t="s">
-[...3 lines deleted...]
-      <c r="C4" s="215"/>
+      <c r="A4" s="156" t="s">
+        <v>433</v>
+      </c>
+      <c r="B4" s="157"/>
+      <c r="C4" s="157"/>
     </row>
     <row r="5" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A5" s="214" t="s">
-[...3 lines deleted...]
-      <c r="C5" s="215"/>
+      <c r="A5" s="156" t="s">
+        <v>432</v>
+      </c>
+      <c r="B5" s="157"/>
+      <c r="C5" s="157"/>
     </row>
     <row r="6" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A6" s="214" t="s">
-[...3 lines deleted...]
-      <c r="C6" s="215"/>
+      <c r="A6" s="156" t="s">
+        <v>431</v>
+      </c>
+      <c r="B6" s="157"/>
+      <c r="C6" s="157"/>
     </row>
     <row r="7" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A7" s="39"/>
-[...1 lines deleted...]
-      <c r="C7" s="215"/>
+      <c r="A7" s="32"/>
+      <c r="B7" s="157"/>
+      <c r="C7" s="157"/>
     </row>
     <row r="8" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A8" s="394" t="s">
-[...3 lines deleted...]
-      <c r="C8" s="394"/>
+      <c r="A8" s="374" t="s">
+        <v>503</v>
+      </c>
+      <c r="B8" s="374"/>
+      <c r="C8" s="374"/>
     </row>
     <row r="9" spans="1:21" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="216" t="s">
+      <c r="A9" s="158" t="s">
+        <v>194</v>
+      </c>
+      <c r="B9" s="157"/>
+      <c r="C9" s="157"/>
+    </row>
+    <row r="10" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A10" s="379" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" s="381" t="s">
         <v>214</v>
       </c>
-      <c r="B9" s="215"/>
-[...3 lines deleted...]
-      <c r="A10" s="399" t="s">
+      <c r="C10" s="375"/>
+      <c r="D10" s="375" t="s">
+        <v>215</v>
+      </c>
+      <c r="E10" s="375"/>
+      <c r="F10" s="375" t="s">
+        <v>216</v>
+      </c>
+      <c r="G10" s="375"/>
+      <c r="H10" s="375" t="s">
+        <v>217</v>
+      </c>
+      <c r="I10" s="375"/>
+      <c r="J10" s="375" t="s">
+        <v>218</v>
+      </c>
+      <c r="K10" s="375"/>
+      <c r="L10" s="375" t="s">
+        <v>219</v>
+      </c>
+      <c r="M10" s="375"/>
+      <c r="N10" s="375" t="s">
+        <v>220</v>
+      </c>
+      <c r="O10" s="377"/>
+      <c r="P10" s="354" t="s">
+        <v>147</v>
+      </c>
+      <c r="Q10" s="375" t="s">
+        <v>221</v>
+      </c>
+      <c r="R10" s="375"/>
+      <c r="S10" s="375" t="s">
+        <v>222</v>
+      </c>
+      <c r="T10" s="377"/>
+      <c r="U10" s="354" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A11" s="380"/>
+      <c r="B11" s="382"/>
+      <c r="C11" s="376"/>
+      <c r="D11" s="376"/>
+      <c r="E11" s="376"/>
+      <c r="F11" s="376"/>
+      <c r="G11" s="376"/>
+      <c r="H11" s="376"/>
+      <c r="I11" s="376"/>
+      <c r="J11" s="376"/>
+      <c r="K11" s="376"/>
+      <c r="L11" s="376"/>
+      <c r="M11" s="376"/>
+      <c r="N11" s="376"/>
+      <c r="O11" s="378"/>
+      <c r="P11" s="355"/>
+      <c r="Q11" s="376"/>
+      <c r="R11" s="376"/>
+      <c r="S11" s="376"/>
+      <c r="T11" s="378"/>
+      <c r="U11" s="355"/>
+    </row>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A12" s="380"/>
+      <c r="B12" s="382"/>
+      <c r="C12" s="376"/>
+      <c r="D12" s="376"/>
+      <c r="E12" s="376"/>
+      <c r="F12" s="376"/>
+      <c r="G12" s="376"/>
+      <c r="H12" s="376"/>
+      <c r="I12" s="376"/>
+      <c r="J12" s="376"/>
+      <c r="K12" s="376"/>
+      <c r="L12" s="376"/>
+      <c r="M12" s="376"/>
+      <c r="N12" s="376"/>
+      <c r="O12" s="378"/>
+      <c r="P12" s="355"/>
+      <c r="Q12" s="376"/>
+      <c r="R12" s="376"/>
+      <c r="S12" s="376"/>
+      <c r="T12" s="378"/>
+      <c r="U12" s="355"/>
+    </row>
+    <row r="13" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A13" s="380"/>
+      <c r="B13" s="159" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" s="160" t="s">
         <v>57</v>
       </c>
-      <c r="B10" s="401" t="s">
-[...90 lines deleted...]
-      <c r="B13" s="217" t="s">
+      <c r="D13" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="E13" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="G13" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="I13" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="J13" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="K13" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="L13" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="M13" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="N13" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="O13" s="161" t="s">
+        <v>57</v>
+      </c>
+      <c r="P13" s="355"/>
+      <c r="Q13" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="R13" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="S13" s="160" t="s">
+        <v>56</v>
+      </c>
+      <c r="T13" s="161" t="s">
+        <v>57</v>
+      </c>
+      <c r="U13" s="355"/>
+    </row>
+    <row r="14" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="162" t="s">
         <v>58</v>
       </c>
-      <c r="C13" s="218" t="s">
+      <c r="B14" s="12"/>
+      <c r="C14" s="43"/>
+      <c r="D14" s="43"/>
+      <c r="E14" s="43"/>
+      <c r="F14" s="43"/>
+      <c r="G14" s="43"/>
+      <c r="H14" s="43"/>
+      <c r="I14" s="43"/>
+      <c r="J14" s="43"/>
+      <c r="K14" s="43"/>
+      <c r="L14" s="43"/>
+      <c r="M14" s="43"/>
+      <c r="N14" s="43"/>
+      <c r="O14" s="37"/>
+      <c r="P14" s="13">
+        <f>SUM(B14:O14)</f>
+        <v>0</v>
+      </c>
+      <c r="Q14" s="14"/>
+      <c r="R14" s="43"/>
+      <c r="S14" s="43"/>
+      <c r="T14" s="37"/>
+      <c r="U14" s="13">
+        <f>SUM(Q14:T14)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="162" t="s">
         <v>59</v>
       </c>
-      <c r="D13" s="218" t="s">
-[...51 lines deleted...]
-      <c r="A14" s="220" t="s">
+      <c r="B15" s="15"/>
+      <c r="C15" s="44"/>
+      <c r="D15" s="44"/>
+      <c r="E15" s="44"/>
+      <c r="F15" s="44"/>
+      <c r="G15" s="44"/>
+      <c r="H15" s="44"/>
+      <c r="I15" s="44"/>
+      <c r="J15" s="44"/>
+      <c r="K15" s="44"/>
+      <c r="L15" s="44"/>
+      <c r="M15" s="44"/>
+      <c r="N15" s="44"/>
+      <c r="O15" s="38"/>
+      <c r="P15" s="13">
+        <f t="shared" ref="P15:P20" si="0">SUM(B15:O15)</f>
+        <v>0</v>
+      </c>
+      <c r="Q15" s="16"/>
+      <c r="R15" s="44"/>
+      <c r="S15" s="44"/>
+      <c r="T15" s="38"/>
+      <c r="U15" s="13">
+        <f t="shared" ref="U15:U20" si="1">SUM(Q15:T15)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="162" t="s">
         <v>60</v>
       </c>
-      <c r="B14" s="19"/>
-[...27 lines deleted...]
-      <c r="A15" s="220" t="s">
+      <c r="B16" s="12"/>
+      <c r="C16" s="43"/>
+      <c r="D16" s="43"/>
+      <c r="E16" s="43"/>
+      <c r="F16" s="43"/>
+      <c r="G16" s="43"/>
+      <c r="H16" s="43"/>
+      <c r="I16" s="43"/>
+      <c r="J16" s="43"/>
+      <c r="K16" s="43"/>
+      <c r="L16" s="43"/>
+      <c r="M16" s="43"/>
+      <c r="N16" s="43"/>
+      <c r="O16" s="37"/>
+      <c r="P16" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="Q16" s="14"/>
+      <c r="R16" s="43"/>
+      <c r="S16" s="43"/>
+      <c r="T16" s="37"/>
+      <c r="U16" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="162" t="s">
         <v>61</v>
       </c>
-      <c r="B15" s="22"/>
-[...27 lines deleted...]
-      <c r="A16" s="220" t="s">
+      <c r="B17" s="15"/>
+      <c r="C17" s="44"/>
+      <c r="D17" s="44"/>
+      <c r="E17" s="44"/>
+      <c r="F17" s="44"/>
+      <c r="G17" s="44"/>
+      <c r="H17" s="44"/>
+      <c r="I17" s="44"/>
+      <c r="J17" s="44"/>
+      <c r="K17" s="44"/>
+      <c r="L17" s="44"/>
+      <c r="M17" s="44"/>
+      <c r="N17" s="44"/>
+      <c r="O17" s="38"/>
+      <c r="P17" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="Q17" s="16"/>
+      <c r="R17" s="44"/>
+      <c r="S17" s="44"/>
+      <c r="T17" s="38"/>
+      <c r="U17" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="162" t="s">
         <v>62</v>
       </c>
-      <c r="B16" s="19"/>
-[...13 lines deleted...]
-      <c r="P16" s="20">
+      <c r="B18" s="12"/>
+      <c r="C18" s="43"/>
+      <c r="D18" s="43"/>
+      <c r="E18" s="43"/>
+      <c r="F18" s="43"/>
+      <c r="G18" s="43"/>
+      <c r="H18" s="43"/>
+      <c r="I18" s="43"/>
+      <c r="J18" s="43"/>
+      <c r="K18" s="43"/>
+      <c r="L18" s="43"/>
+      <c r="M18" s="43"/>
+      <c r="N18" s="43"/>
+      <c r="O18" s="37"/>
+      <c r="P18" s="13">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="Q16" s="21"/>
-[...3 lines deleted...]
-      <c r="U16" s="20">
+      <c r="Q18" s="14"/>
+      <c r="R18" s="43"/>
+      <c r="S18" s="43"/>
+      <c r="T18" s="37"/>
+      <c r="U18" s="13">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="220" t="s">
+    <row r="19" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="162" t="s">
         <v>63</v>
       </c>
-      <c r="B17" s="22"/>
-[...13 lines deleted...]
-      <c r="P17" s="20">
+      <c r="B19" s="13">
+        <f t="shared" ref="B19:O19" si="2">SUM(B14:B18)</f>
+        <v>0</v>
+      </c>
+      <c r="C19" s="83">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="D19" s="83">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="E19" s="83">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F19" s="83">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="G19" s="83">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="H19" s="83">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="I19" s="83">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J19" s="83">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="K19" s="83">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L19" s="83">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="M19" s="83">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N19" s="83">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="O19" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="P19" s="13">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="Q17" s="23"/>
-[...3 lines deleted...]
-      <c r="U17" s="20">
+      <c r="Q19" s="18">
+        <f>SUM(Q14:Q18)</f>
+        <v>0</v>
+      </c>
+      <c r="R19" s="83">
+        <f>SUM(R14:R18)</f>
+        <v>0</v>
+      </c>
+      <c r="S19" s="83">
+        <f>SUM(S14:S18)</f>
+        <v>0</v>
+      </c>
+      <c r="T19" s="17">
+        <f>SUM(T14:T18)</f>
+        <v>0</v>
+      </c>
+      <c r="U19" s="13">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="220" t="s">
+    <row r="20" spans="1:21" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="163" t="s">
         <v>64</v>
       </c>
-      <c r="B18" s="19"/>
-[...13 lines deleted...]
-      <c r="P18" s="20">
+      <c r="B20" s="164"/>
+      <c r="C20" s="19"/>
+      <c r="D20" s="165"/>
+      <c r="E20" s="19"/>
+      <c r="F20" s="165"/>
+      <c r="G20" s="19"/>
+      <c r="H20" s="165"/>
+      <c r="I20" s="19"/>
+      <c r="J20" s="165"/>
+      <c r="K20" s="20"/>
+      <c r="L20" s="166"/>
+      <c r="M20" s="20"/>
+      <c r="N20" s="166"/>
+      <c r="O20" s="33"/>
+      <c r="P20" s="34">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="Q18" s="21"/>
-[...3 lines deleted...]
-      <c r="U18" s="20">
+      <c r="Q20" s="167"/>
+      <c r="R20" s="20"/>
+      <c r="S20" s="166"/>
+      <c r="T20" s="33"/>
+      <c r="U20" s="34">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="220" t="s">
+    <row r="21" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="371" t="s">
         <v>65</v>
       </c>
-      <c r="B19" s="20">
-[...129 lines deleted...]
-      <c r="N21" s="414" t="str" cm="1">
+      <c r="B21" s="372"/>
+      <c r="C21" s="372"/>
+      <c r="D21" s="372"/>
+      <c r="E21" s="372"/>
+      <c r="F21" s="372"/>
+      <c r="G21" s="372"/>
+      <c r="H21" s="372"/>
+      <c r="I21" s="372"/>
+      <c r="J21" s="373"/>
+      <c r="K21" s="35"/>
+      <c r="L21" s="356" t="s">
+        <v>225</v>
+      </c>
+      <c r="M21" s="357"/>
+      <c r="N21" s="360" t="str" cm="1">
         <f t="array" ref="N21">_xlfn.IFS(L22=0,"",L22&gt;=1500,"Please explain why Total Race and Total Ethnicity are different.",L22&lt;=(-1500),"Please explain why Total Race and Total Ethnicity are different.",TRUE,"")</f>
         <v/>
       </c>
-      <c r="O21" s="415"/>
-[...5 lines deleted...]
-      <c r="U21" s="416"/>
+      <c r="O21" s="361"/>
+      <c r="P21" s="361"/>
+      <c r="Q21" s="361"/>
+      <c r="R21" s="361"/>
+      <c r="S21" s="361"/>
+      <c r="T21" s="361"/>
+      <c r="U21" s="362"/>
     </row>
     <row r="22" spans="1:21" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="386" t="s">
-[...12 lines deleted...]
-      <c r="L22" s="412">
+      <c r="A22" s="366" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="367"/>
+      <c r="C22" s="367"/>
+      <c r="D22" s="367"/>
+      <c r="E22" s="367"/>
+      <c r="F22" s="367"/>
+      <c r="G22" s="367"/>
+      <c r="H22" s="367"/>
+      <c r="I22" s="367"/>
+      <c r="J22" s="368"/>
+      <c r="K22" s="20"/>
+      <c r="L22" s="358">
         <f>P19-U19</f>
         <v>0</v>
       </c>
-      <c r="M22" s="413"/>
-[...983 lines deleted...]
-      <c r="U52" s="409"/>
+      <c r="M22" s="359"/>
+      <c r="N22" s="363"/>
+      <c r="O22" s="364"/>
+      <c r="P22" s="364"/>
+      <c r="Q22" s="364"/>
+      <c r="R22" s="364"/>
+      <c r="S22" s="364"/>
+      <c r="T22" s="364"/>
+      <c r="U22" s="365"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="KYhQuJ6mEbg7PvFv3J8R8FNxCd8JKrcvJswC2Vx3RLEWgpdHeoQyQVReavHXAA1uULzgMQB1gzy7oSDGakom9w==" saltValue="+15kCT1x44+IrlAXpsnxig==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...41 lines deleted...]
-    <mergeCell ref="Q25:R27"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="IRLbK1ITAHAuTNCpzU/HN++S5l0M1zQ3fPN64rrnFes7pzDJ2RTbiisI+rV0xB+/QZHhVYscdL9Zek7mrDAdmg==" saltValue="rTSOJvxTxdQby3EZN0272A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="21">
     <mergeCell ref="A22:J22"/>
     <mergeCell ref="T1:U1"/>
     <mergeCell ref="R1:S1"/>
     <mergeCell ref="A21:J21"/>
     <mergeCell ref="A8:C8"/>
     <mergeCell ref="H10:I12"/>
     <mergeCell ref="J10:K12"/>
     <mergeCell ref="L10:M12"/>
     <mergeCell ref="N10:O12"/>
     <mergeCell ref="Q10:R12"/>
     <mergeCell ref="S10:T12"/>
     <mergeCell ref="A10:A13"/>
     <mergeCell ref="B10:C12"/>
     <mergeCell ref="D10:E12"/>
     <mergeCell ref="F10:G12"/>
     <mergeCell ref="P10:P13"/>
+    <mergeCell ref="U10:U13"/>
+    <mergeCell ref="L21:M21"/>
+    <mergeCell ref="L22:M22"/>
+    <mergeCell ref="N21:U21"/>
+    <mergeCell ref="N22:U22"/>
   </mergeCells>
   <conditionalFormatting sqref="N21:U21">
-    <cfRule type="containsText" dxfId="20" priority="3" operator="containsText" text="explain">
+    <cfRule type="containsText" dxfId="14" priority="3" operator="containsText" text="explain">
       <formula>NOT(ISERROR(SEARCH("explain",N21)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="N36:U36">
-[...8 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="P19 U19">
-    <cfRule type="uniqueValues" dxfId="17" priority="13"/>
+    <cfRule type="uniqueValues" dxfId="13" priority="13"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="P20 U20">
-    <cfRule type="uniqueValues" dxfId="16" priority="14"/>
-[...11 lines deleted...]
-    <cfRule type="uniqueValues" dxfId="12" priority="6"/>
+    <cfRule type="uniqueValues" dxfId="12" priority="14"/>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A3" location="Table_11" display="Click for Instructions" xr:uid="{32A988A3-3E28-4577-941E-CAB9C3EF9654}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="73" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="68" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <ignoredErrors>
-    <ignoredError sqref="P19 P34 P49" formula="1"/>
+    <ignoredError sqref="P19" formula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>51</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -22134,33 +19962,33 @@
       <vt:lpstr>Table_31</vt:lpstr>
       <vt:lpstr>Table_32</vt:lpstr>
       <vt:lpstr>Table_34</vt:lpstr>
       <vt:lpstr>Table_35___Prevention_Performance_Measures</vt:lpstr>
       <vt:lpstr>Table_5a</vt:lpstr>
       <vt:lpstr>Table_6</vt:lpstr>
       <vt:lpstr>Table_7</vt:lpstr>
       <vt:lpstr>Table_9</vt:lpstr>
       <vt:lpstr>Training_and_Education</vt:lpstr>
       <vt:lpstr>Universal</vt:lpstr>
       <vt:lpstr>Universal_Direct</vt:lpstr>
       <vt:lpstr>Universal_Indirect</vt:lpstr>
       <vt:lpstr>Waitlist</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DCF</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>2025-2026 Template 2 - SAMH Black Grant Reporting Template</dc:title>
+  <dc:title>2023-2024 Template 2 - SAMH Black Grant Reporting Template</dc:title>
   <dc:creator>wotherspoon-nikki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>