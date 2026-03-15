--- v0 (2025-10-13)
+++ v1 (2026-03-15)
@@ -5,66 +5,76 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3082E4A9" w14:textId="77777777" w:rsidR="0081676D" w:rsidRPr="002359A3" w:rsidRDefault="009E7BDF" w:rsidP="003A6E4E">
+    <w:p w14:paraId="3082E4A9" w14:textId="191682BC" w:rsidR="0081676D" w:rsidRPr="002359A3" w:rsidRDefault="008672A3" w:rsidP="003A6E4E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E7BDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Template 3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="288AEAE8" w14:textId="77777777" w:rsidR="00FB0B32" w:rsidRPr="002359A3" w:rsidRDefault="00CE2AB1" w:rsidP="003A6E4E">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002359A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
@@ -125,4290 +135,5230 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009E7BDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:i/>
         </w:rPr>
         <w:t>Section B1-4.3</w:t>
       </w:r>
       <w:r w:rsidR="0053265D" w:rsidRPr="0053265D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0053265D" w:rsidRPr="0053265D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04AE8D92" w14:textId="77777777" w:rsidR="0053265D" w:rsidRPr="0053265D" w:rsidRDefault="0053265D" w:rsidP="003A6E4E">
+    <w:p w14:paraId="04AE8D92" w14:textId="0ACC9D0E" w:rsidR="0053265D" w:rsidRPr="0053265D" w:rsidRDefault="0053265D" w:rsidP="003A6E4E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0053265D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
-        <w:t>Frequency:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0053265D">
+        <w:t>Frequency</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12D50" w:rsidRPr="0053265D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12D50" w:rsidRPr="0053265D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F12D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00ED75ED">
+      <w:r w:rsidR="00F12D50">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F12D50" w:rsidRPr="0053265D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>Annually</w:t>
       </w:r>
       <w:r w:rsidRPr="0053265D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:i/>
         </w:rPr>
-        <w:t>Annually</w:t>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3779C56C" w14:textId="77777777" w:rsidR="0053265D" w:rsidRPr="0053265D" w:rsidRDefault="0053265D" w:rsidP="003A6E4E">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053265D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Due Date:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053265D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00ED75ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0053265D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:i/>
         </w:rPr>
-        <w:tab/>
-[...2 lines deleted...]
-    <w:p w14:paraId="3779C56C" w14:textId="77777777" w:rsidR="0053265D" w:rsidRPr="0053265D" w:rsidRDefault="0053265D" w:rsidP="003A6E4E">
+        <w:t>May 30</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5597A097" w14:textId="77777777" w:rsidR="0053265D" w:rsidRDefault="0053265D" w:rsidP="003A6E4E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0053265D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
-        <w:t>Due Date:</w:t>
+        <w:t>Discussion:</w:t>
       </w:r>
       <w:r w:rsidRPr="0053265D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00ED75ED">
-[...16 lines deleted...]
-        <w:ind w:left="2160" w:hanging="2160"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">Provide a narrative response to each of the questions below and attach any supporting documentation deemed appropriate to the responses. </w:t>
+      </w:r>
       <w:r w:rsidRPr="0053265D">
-        <w:rPr>
-[...12 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide a narrative response to each of the questions below and attach any supporting documentation deemed appropriate to the responses. </w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34F8B153" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="00491271" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+    <w:p w14:paraId="34F8B153" w14:textId="2EBA3CEA" w:rsidR="003A6E4E" w:rsidRDefault="004150F6" w:rsidP="003A6E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00491271">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>The Health Care System, Parity and Integration</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Access to Care, Integration and Care Coordination</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D12C6F" w14:textId="7DEB840F" w:rsidR="007978AB" w:rsidRDefault="007978AB" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007978AB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Describe your state's efforts to improve access to care for mental disorders, substance use disorders, and co-occurring disorders, including details on efforts to increase access to services for:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E816811" w14:textId="7F1C8FD4" w:rsidR="009B0DE1" w:rsidRPr="009B0DE1" w:rsidRDefault="0058362D" w:rsidP="009B0DE1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="670305603"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0DE1">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009B0DE1" w:rsidRPr="009B0DE1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Adults with serious mental illness (SMI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15821BF6" w14:textId="36E7157C" w:rsidR="009B0DE1" w:rsidRPr="009B0DE1" w:rsidRDefault="0058362D" w:rsidP="009B0DE1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="-420016266"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0DE1">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009B0DE1" w:rsidRPr="009B0DE1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Adults with SMI and a co-occurring intellectual and developmental disabilities (I/DD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B77604B" w14:textId="39F3216B" w:rsidR="009B0DE1" w:rsidRPr="009B0DE1" w:rsidRDefault="0058362D" w:rsidP="009B0DE1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="1068150645"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0DE1">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009B0DE1" w:rsidRPr="009B0DE1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Pregnant women with substance use disorders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DB5F25D" w14:textId="5F732B8B" w:rsidR="009B0DE1" w:rsidRPr="009B0DE1" w:rsidRDefault="0058362D" w:rsidP="009B0DE1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="108022422"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0DE1">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009B0DE1" w:rsidRPr="009B0DE1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Women with substance use disorders who have dependent children</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="781FC0CF" w14:textId="7CCEF0F8" w:rsidR="009B0DE1" w:rsidRPr="009B0DE1" w:rsidRDefault="0058362D" w:rsidP="009B0DE1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="-1044054011"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0DE1">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009B0DE1" w:rsidRPr="009B0DE1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Persons who inject drugs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7534BC1C" w14:textId="2107A04A" w:rsidR="009B0DE1" w:rsidRPr="009B0DE1" w:rsidRDefault="0058362D" w:rsidP="009B0DE1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="-373771481"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0DE1">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009B0DE1" w:rsidRPr="009B0DE1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Persons with substance use disorders who have, or are at risk for, HIV or TB</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03216235" w14:textId="11FBEAE7" w:rsidR="009B0DE1" w:rsidRPr="009B0DE1" w:rsidRDefault="0058362D" w:rsidP="009B0DE1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="784849725"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0DE1">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009B0DE1" w:rsidRPr="009B0DE1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Persons with substance use disorders in the justice system</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32C12B40" w14:textId="7C9ABEDB" w:rsidR="009B0DE1" w:rsidRPr="009B0DE1" w:rsidRDefault="0058362D" w:rsidP="009B0DE1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="-987401146"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0DE1">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009B0DE1" w:rsidRPr="009B0DE1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Persons using substances who are at risk for overdose or suicide</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A4FF3C" w14:textId="4C222C16" w:rsidR="009B0DE1" w:rsidRPr="009B0DE1" w:rsidRDefault="0058362D" w:rsidP="009B0DE1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="891002093"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0DE1">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009B0DE1" w:rsidRPr="009B0DE1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Other adults with substance use disorders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE06821" w14:textId="5E811ABB" w:rsidR="009B0DE1" w:rsidRPr="009B0DE1" w:rsidRDefault="0058362D" w:rsidP="009B0DE1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="1607312943"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0DE1">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009B0DE1" w:rsidRPr="009B0DE1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Children and youth with serious emotional disturbances (SED) or substance use disorders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F0790D4" w14:textId="19AA3E35" w:rsidR="009B0DE1" w:rsidRPr="009B0DE1" w:rsidRDefault="0058362D" w:rsidP="009B0DE1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="1601448833"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0DE1">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009B0DE1" w:rsidRPr="009B0DE1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Children and youth with SED and a co-occurring I/DD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1894423B" w14:textId="0ABE5AAC" w:rsidR="007978AB" w:rsidRDefault="0058362D" w:rsidP="009B0DE1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="516589790"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0DE1">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009B0DE1" w:rsidRPr="009B0DE1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Individuals with co-occurring mental and substance use disorders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A5F65F" w14:textId="77777777" w:rsidR="009B0DE1" w:rsidRDefault="009B0DE1" w:rsidP="009B0DE1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64F99E21" w14:textId="00E3F1E8" w:rsidR="008B4B5E" w:rsidRDefault="008B4B5E" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
-      </w:pPr>
-[...17 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4B5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Describe your efforts, alone or in partnership with your state's department of insurance and/or Medicaid system, to advance parity enforcement and increase awareness of parity protections among the public and across the behavioral and general health care fields.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6245B585" w14:textId="77777777" w:rsidR="00833E1B" w:rsidRDefault="00833E1B" w:rsidP="007978AB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00B6964C" w14:textId="307C7C8A" w:rsidR="00833E1B" w:rsidRDefault="00833E1B" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:before="0"/>
-[...213 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00833E1B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Describe how the state supports the provision of integrated services and supports for individuals with co-occurring mental and substance use disorders, including screening and assessment for co-occurring disorders and integrated treatment that addresses substance use disorders as well as mental disorders.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E580234" w14:textId="77777777" w:rsidR="00833E1B" w:rsidRDefault="00833E1B" w:rsidP="007978AB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AE7DB99" w14:textId="77777777" w:rsidR="00833E1B" w:rsidRDefault="00833E1B" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00833E1B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a. Please describe how this system differs for youth and adults.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE04770" w14:textId="77777777" w:rsidR="00833E1B" w:rsidRDefault="00833E1B" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00833E1B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>b. Does your state provide evidence-based integrated treatment for co-occurring disorders (IT-COD), formerly known as IDDT? Please explain.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="262158C6" w14:textId="77777777" w:rsidR="00833E1B" w:rsidRDefault="00833E1B" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00833E1B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>c. How many IT-COD teams do you have? Please explain.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68576989" w14:textId="77777777" w:rsidR="00833E1B" w:rsidRDefault="00833E1B" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00833E1B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>d. Do you monitor fidelity for IT-COD? Please explain.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C78A327" w14:textId="77777777" w:rsidR="00833E1B" w:rsidRDefault="00833E1B" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00833E1B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>e. Do you have a statewide COD coordinator?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48D90CF1" w14:textId="77777777" w:rsidR="00B437DA" w:rsidRDefault="00B437DA" w:rsidP="00833E1B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E84BF97" w14:textId="354A795D" w:rsidR="00B437DA" w:rsidRDefault="00B437DA" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
-      </w:pPr>
-[...62 lines deleted...]
-    <w:p w14:paraId="307E0CBD" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="00491271" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B437DA">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Describe how the state supports integrated behavioral health and primary health care, including services for individuals with mental disorders, substance use disorders, co-occurring M/SUD, and co-occurring SMI/SED and I/DD. Include detail about:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F91F148" w14:textId="77777777" w:rsidR="00B437DA" w:rsidRDefault="00B437DA" w:rsidP="00833E1B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5557FF38" w14:textId="77777777" w:rsidR="00B437DA" w:rsidRDefault="00B437DA" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B437DA">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>a) Access to behavioral health care facilitated through primary care providers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54568E5D" w14:textId="77777777" w:rsidR="00B437DA" w:rsidRDefault="00B437DA" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B437DA">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>b) Efforts to improve behavioral health care provided by primary care providers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0194EB5E" w14:textId="77777777" w:rsidR="00B437DA" w:rsidRDefault="00B437DA" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B437DA">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>c) Efforts to integrate primary care into behavioral health settings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2600E78D" w14:textId="17A07428" w:rsidR="00B437DA" w:rsidRDefault="00B437DA" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B437DA">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>d) How the state provides integrated treatment for individuals with co-occurring disorders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0378D359" w14:textId="51562BC6" w:rsidR="00C10887" w:rsidRPr="00715519" w:rsidRDefault="00C10887" w:rsidP="00715519">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C10887">
+        <w:t>Describe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715519">
+        <w:t xml:space="preserve"> how the state provides care coordination, including </w:t>
+      </w:r>
+      <w:r w:rsidR="00D068F6" w:rsidRPr="00715519">
+        <w:t>details</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715519">
+        <w:t xml:space="preserve"> about how care coordination is funded and how care coordination models provided by the state vary based on the seriousness and complexity of individual behavioral health needs. Describe care coordination available to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A3628EA" w14:textId="5DDD0795" w:rsidR="00C10887" w:rsidRPr="00715519" w:rsidRDefault="00C10887" w:rsidP="00715519">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00715519">
+        <w:t>a) Adults with serious mental illness (SMI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ACC77B8" w14:textId="77777777" w:rsidR="00C10887" w:rsidRPr="00715519" w:rsidRDefault="00C10887" w:rsidP="00715519">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00715519">
+        <w:t>b) Adults with substance use disorders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31199819" w14:textId="77777777" w:rsidR="00C10887" w:rsidRPr="00715519" w:rsidRDefault="00C10887" w:rsidP="00715519">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00715519">
+        <w:t>c) Adults with SMI and I/DD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DECD125" w14:textId="77777777" w:rsidR="00C10887" w:rsidRPr="00715519" w:rsidRDefault="00C10887" w:rsidP="00715519">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00715519">
+        <w:t>d) Children and youth with serious emotional disturbances (SED) or substance use disorders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41205F05" w14:textId="77777777" w:rsidR="00C10887" w:rsidRPr="00715519" w:rsidRDefault="00C10887" w:rsidP="00715519">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00715519">
+        <w:t>e) Children and youth with SED and I/DD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ADDA268" w14:textId="77777777" w:rsidR="00DC6390" w:rsidRDefault="00DC6390" w:rsidP="00C10887">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F979837" w14:textId="3015E3DF" w:rsidR="00DC6390" w:rsidRPr="00715519" w:rsidRDefault="006F674F" w:rsidP="00715519">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00715519">
+        <w:t>Describe how the state supports the provision of integrated services and supports for individuals with co-occurring mental and intellectual/developmental disorders (I/DD), including screening and assessment for co-occurring disorders and integrated treatment that addresses I/DD as well as mental disorders. Please describe how this system differs for youth and adults.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ADC5BE5" w14:textId="77777777" w:rsidR="007978AB" w:rsidRPr="00491271" w:rsidRDefault="007978AB" w:rsidP="007978AB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="307E0CBD" w14:textId="39BF9B80" w:rsidR="003A6E4E" w:rsidRPr="00D04E46" w:rsidRDefault="004150F6" w:rsidP="003A6E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00491271">
+      <w:r w:rsidRPr="00D04E46">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Health Disparities</w:t>
-[...146 lines deleted...]
-    <w:p w14:paraId="220CCE77" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="00491271" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+        <w:t>Evidence-Based Practices for Early Interventions to Address Early Serious Mental Illness (ESMI)-10 percent set-aside</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0609BAF2" w14:textId="77777777" w:rsidR="00CA4AD9" w:rsidRPr="00D04E46" w:rsidRDefault="00CA4AD9" w:rsidP="00420D4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="00491271">
-[...56 lines deleted...]
-    <w:p w14:paraId="60596B84" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+      <w:r w:rsidRPr="00D04E46">
+        <w:t xml:space="preserve">Explain how programs increase access to essential services and improve client outcomes for those with an ESMI. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC7E3A0" w14:textId="3BD139A6" w:rsidR="00420D4B" w:rsidRPr="00D04E46" w:rsidRDefault="00420D4B" w:rsidP="00420D4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="00491271">
-[...27 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D04E46">
+        <w:t xml:space="preserve">Does the ME provide training to increase capacity of providers to deliver interventions related to ESMI?  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="743921056"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D04E46">
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
-      <w:r w:rsidR="00541952">
-[...21 lines deleted...]
-      <w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-770623122"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D04E46">
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00491271">
-[...4 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w14:paraId="757426D8" w14:textId="705DAA70" w:rsidR="00420D4B" w:rsidRPr="00D04E46" w:rsidRDefault="00420D4B" w:rsidP="00420D4B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="51FF454A" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="00491271" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+      <w:r w:rsidRPr="00D04E46">
+        <w:t>Please describe the planned activities for FFY 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4AD9" w:rsidRPr="00D04E46">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04E46">
+        <w:t xml:space="preserve"> and FFY 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4AD9" w:rsidRPr="00D04E46">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04E46">
+        <w:t xml:space="preserve"> for your ME’s ESMI programs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="040335BE" w14:textId="77777777" w:rsidR="00420D4B" w:rsidRPr="00D04E46" w:rsidRDefault="00420D4B" w:rsidP="00420D4B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04E46">
+        <w:t xml:space="preserve">Please explain the ME’s plan for collecting and reporting data and demonstrating the impact of the 10 percent set-aside for ESMI. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A316483" w14:textId="77777777" w:rsidR="00420D4B" w:rsidRPr="00D04E46" w:rsidRDefault="00420D4B" w:rsidP="00420D4B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04E46">
+        <w:t>Please list the diagnostic categories identified for your ESMI programs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51FF454A" w14:textId="405591EC" w:rsidR="003A6E4E" w:rsidRPr="00CA4AD9" w:rsidRDefault="004150F6" w:rsidP="003A6E4E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00491271">
+      <w:r w:rsidRPr="00CA4AD9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...13 lines deleted...]
-    <w:p w14:paraId="54F54F91" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="00491271" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+        <w:t>Person Centered Planning (PCP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0917BD99" w14:textId="4C417887" w:rsidR="004150F6" w:rsidRPr="00CA4AD9" w:rsidRDefault="004150F6" w:rsidP="004150F6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
-      <w:r>
-[...30 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00CA4AD9">
+        <w:t xml:space="preserve">Does your ME have policies related to person centered planning? </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="999224862"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00CA4AD9">
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
-      <w:r w:rsidR="00541952">
-[...21 lines deleted...]
-      <w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1591607287"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00CA4AD9">
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61FA3F92" w14:textId="77355D01" w:rsidR="003A6E4E" w:rsidRPr="00491271" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+    <w:p w14:paraId="6ED155F8" w14:textId="1CAB362E" w:rsidR="004150F6" w:rsidRPr="00CA4AD9" w:rsidRDefault="004150F6" w:rsidP="004150F6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:before="0"/>
-[...325 lines deleted...]
-    <w:p w14:paraId="11D9C50E" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="00491271" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+        <w:spacing w:before="0" w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4AD9">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="00D068F6" w:rsidRPr="00CA4AD9">
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4AD9">
+        <w:t>, describe any action steps planned by the ME in developing PCP initiatives in the future.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FDBFE8E" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00CA4AD9" w:rsidRDefault="004150F6" w:rsidP="004150F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4AD9">
+        <w:t>Describe how your provider network engages consumers and their caregivers in making health care decisions and enhance communication.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C18A57" w14:textId="17BD2AEE" w:rsidR="004150F6" w:rsidRDefault="004150F6" w:rsidP="004150F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4AD9">
+        <w:lastRenderedPageBreak/>
+        <w:t>Describe the person-centered planning process used by your provider network.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA870E7" w14:textId="74681750" w:rsidR="002A4E14" w:rsidRPr="00CA4AD9" w:rsidRDefault="002A4E14" w:rsidP="004150F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4E14">
+        <w:t>What methods does the SMHA use to encourage people who use the public mental health system to develop Psychiatric Advance Directives (for example, through resources such as </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="002A4E14">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>A Practical Guide to Psychiatric Advance Directives</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002A4E14">
+        <w:t>)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D9C50E" w14:textId="0AB1F009" w:rsidR="003A6E4E" w:rsidRPr="002F0D27" w:rsidRDefault="004150F6" w:rsidP="003A6E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00491271">
+      <w:r w:rsidRPr="002F0D27">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>EBPs for Early In</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Program Integrity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E852982" w14:textId="77777777" w:rsidR="002F0D27" w:rsidRPr="002F0D27" w:rsidRDefault="002F0D27" w:rsidP="002F0D27">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>terventions to Address Early Serious Mental Illness (ESMI)</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B3504DA" w14:textId="247E9893" w:rsidR="002F0D27" w:rsidRPr="002F0D27" w:rsidRDefault="002F0D27" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="200"/>
-[...18 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002F0D27">
+        <w:t>Does the state have a specific policy and/or procedure for assuring that the federal program requirements are conveyed to intermediaries and providers?</w:t>
+      </w:r>
+      <w:r w:rsidR="00B05ED6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1985582810"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B05ED6">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0023357D" w:rsidRPr="00AA28A4">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1094165434"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B05ED6">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0023357D" w:rsidRPr="00AA28A4">
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CEC068A" w14:textId="77777777" w:rsidR="002F0D27" w:rsidRPr="002F0D27" w:rsidRDefault="002F0D27" w:rsidP="002F0D27">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B22E754" w14:textId="27218776" w:rsidR="002F0D27" w:rsidRPr="002F0D27" w:rsidRDefault="002F0D27" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="200"/>
-[...29 lines deleted...]
-      <w:r>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002F0D27">
+        <w:t>Does the state provide technical assistance to providers in adopting practices that promote compliance with program requirements, including quality and safety standards?</w:t>
+      </w:r>
+      <w:r w:rsidR="0023357D" w:rsidRPr="00AA28A4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-14462965"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B05ED6">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0023357D" w:rsidRPr="00AA28A4">
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
-      <w:r w:rsidR="00541952">
-[...26 lines deleted...]
-      <w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1368797835"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B05ED6">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0023357D" w:rsidRPr="00AA28A4">
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F1C30F" w14:textId="77777777" w:rsidR="002F0D27" w:rsidRPr="002F0D27" w:rsidRDefault="002F0D27" w:rsidP="002F0D27">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="445EE41C" w14:textId="20C7F208" w:rsidR="002F0D27" w:rsidRPr="00AA28A4" w:rsidRDefault="002F0D27" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="200"/>
-[...27 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002F0D27">
+        <w:t>Does the state have any activities related to this section that you would like to highlight?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="135303C1" w14:textId="77777777" w:rsidR="002F0D27" w:rsidRPr="002F0D27" w:rsidRDefault="002F0D27" w:rsidP="002F0D27">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E57C1BB" w14:textId="263537A2" w:rsidR="002F0D27" w:rsidRPr="002F0D27" w:rsidRDefault="002F0D27" w:rsidP="00715519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002F0D27">
+        <w:t>Please indicate areas of technical assistance needs related to this section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7321032C" w14:textId="77777777" w:rsidR="002F0D27" w:rsidRPr="00AA28A4" w:rsidRDefault="002F0D27" w:rsidP="002F0D27">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="0" w:after="200"/>
-      </w:pPr>
-[...34 lines deleted...]
-    <w:p w14:paraId="78ED787D" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="005E140F" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78ED787D" w14:textId="675252C6" w:rsidR="003A6E4E" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="003A6E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E140F">
+      <w:r w:rsidRPr="00F7194B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Person Centered Planning</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4934593B" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="005E140F" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+        <w:t>Primary Prevention</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B946DAB" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7194B">
+        <w:t>Does your ME collect the following types of data as part of its primary prevention needs assessment process? Please check all that apply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08403522" w14:textId="2BEC7302" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="559829846"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B05ED6">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Data on consequences of substance-using behaviors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2242FE25" w14:textId="6F966A2F" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1528599130"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B05ED6">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Substance-using behaviors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F1C8C08" w14:textId="41EC8EDF" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1475495736"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B05ED6">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Intervening variables (including risk and protective factors)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053510C3" w14:textId="611A5AC2" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-877398215"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B05ED6">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t xml:space="preserve">Others (please list): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD0B412" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64990F52" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7194B">
+        <w:t>Does your ME collect needs assessment data that include analysis of primary prevention needs for the following population groups?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EEDB57F" w14:textId="1C523704" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="330490660"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Children under age 12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6058BAE0" w14:textId="58A0C899" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-775950069"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Youth ages 12-17</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4706193D" w14:textId="4A4D3D41" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1908718711"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Young adults ages 18-26</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50030849" w14:textId="13EE10CE" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1383903618"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Adults ages 27-54</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F61AB2B" w14:textId="1D959542" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1591048975"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Older adults ages 55 and older</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F05183" w14:textId="739DB899" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-655912612"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Cultural/ethnic minorities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E73CD9B" w14:textId="27E4B245" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="837972323"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Sexual/gender minorities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA383EE" w14:textId="34C4311C" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1857186234"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Rural communities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B0937E3" w14:textId="1995ADC0" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1276631071"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Veterans</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB1C959" w14:textId="09F95565" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1561166530"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Other (please specify):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E86128F" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4882A668" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7194B">
+        <w:t>Does your ME use data from the following sources in its primary prevention needs assessment?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5736AEEF" w14:textId="5FE2562C" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1209179329"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>National Survey on Drug Use and Health (NSDUH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E1E7C8" w14:textId="17ECF3BC" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="454145674"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Behavioral Risk Factor Surveillance System (BRFSS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6085BF24" w14:textId="40560164" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-896822029"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Youth Risk Behavior Surveillance System (YRBS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0602BFF8" w14:textId="0584AB13" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1847047243"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Monitoring the Future (MTF)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328B322F" w14:textId="39233CE0" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="997228054"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Florida Youth Substance Abuse Survey (FYSAS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21110B8B" w14:textId="350754ED" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1895045502"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t xml:space="preserve">Other (please list): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34716786" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="005E140F">
-[...53 lines deleted...]
-    <w:p w14:paraId="78501628" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="005E140F" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+      <w:r w:rsidRPr="00F7194B">
+        <w:lastRenderedPageBreak/>
+        <w:t>Does your ME use needs assessment data to make decisions about the allocation of Substance Abuse Block Grant primary prevention funds? If yes, please explain. If no, please explain how primary prevention funds are allocated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D9D3D0B" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="005E140F">
-[...3 lines deleted...]
-    <w:p w14:paraId="336EE1B0" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="005E140F" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+      <w:r w:rsidRPr="00F7194B">
+        <w:t>Does your ME have a formal mechanism to assess community readiness to implement prevention strategies? If yes, please describe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="143BC623" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="200"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="3FD4D8CE" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="005E140F" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7194B">
+        <w:t>Please list the specific primary prevention programs, practices, and strategies that are funded with Block Grant primary prevention dollars in each of the six strategies listed below:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="542CD8FF" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7194B">
+        <w:t>Information Dissemination:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578D95E3" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7194B">
+        <w:t>Education:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DBC0AD7" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7194B">
+        <w:t>Alternatives:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61F8D117" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7194B">
+        <w:t>Problem Identification and Referral:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="217A4A48" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7194B">
+        <w:t>Community-Based Processes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B806759" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7194B">
+        <w:t>Environmental:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3809AE34" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="200"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="638E35B1" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="00491271" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+        <w:spacing w:before="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7194B">
+        <w:t>Does your ME have a process in place to ensure that Block Grant primary prevention dollars are only used to fund primary prevention services not funded through other means? If yes, please describe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="666CD7E1" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7194B">
+        <w:t>Does your ME have a prevention evaluation plan? If yes, please check all the components that apply:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A2CE84" w14:textId="5AF24935" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="1008" w:hanging="288"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-714967729"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Establishes methods for monitoring progress towards outcomes, such as targeted benchmarks</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D9A0DB" w14:textId="176AA87E" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="1008" w:hanging="288"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1785494863"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Includes evaluation information from subrecipients</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FFCB19F" w14:textId="5A222CA0" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="1008" w:hanging="288"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-53707300"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Includes SAMHSA National Outcome Measurement requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C370637" w14:textId="22CCCA29" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="1008" w:hanging="288"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1065142407"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Establishes a process for providing timely evaluation information to stakeholders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F643B8" w14:textId="759152AB" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="1008" w:hanging="288"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1049804625"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Formalizes processes for incorporating evaluation findings into resource allocation and decision-making</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0390DE96" w14:textId="461A11C2" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="0058362D" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="1008" w:hanging="288"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="2105610370"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E33B56">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004150F6" w:rsidRPr="00F7194B">
+        <w:t>Other (please describe):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B7D3F7" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="1008" w:hanging="288"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="124BA2C5" w14:textId="77777777" w:rsidR="004150F6" w:rsidRPr="00F7194B" w:rsidRDefault="004150F6" w:rsidP="004150F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7194B">
+        <w:t>Does your ME have a strategic plan that addresses prevention? If yes, please provide a link to it and describe how you use it to make decisions about the use of your primary prevention set-aside allocation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A8581EF" w14:textId="77777777" w:rsidR="00F44382" w:rsidRDefault="00F44382" w:rsidP="00F44382">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="638E35B1" w14:textId="3145D44F" w:rsidR="003A6E4E" w:rsidRPr="00016213" w:rsidRDefault="004150F6" w:rsidP="003A6E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00491271">
+      <w:r w:rsidRPr="00016213">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Primary Prevention</w:t>
-[...678 lines deleted...]
-    <w:p w14:paraId="048C1608" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+        <w:t>Statutory Criterion for MHBG</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B13048D" w14:textId="77777777" w:rsidR="00420D4B" w:rsidRPr="00016213" w:rsidRDefault="00420D4B" w:rsidP="00420D4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="0D35DB2B" w14:textId="77777777" w:rsidR="000101C4" w:rsidRDefault="000101C4" w:rsidP="003A6E4E">
+      <w:r w:rsidRPr="00016213">
+        <w:t>Describe available services and resources to enable individuals with mental illness, including those with co-occurring mental and substance use disorders to function outside of inpatient or residential institutions to the maximum extent of their capabilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A2538F" w14:textId="77777777" w:rsidR="00420D4B" w:rsidRPr="00016213" w:rsidRDefault="00420D4B" w:rsidP="00420D4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-    <w:p w14:paraId="6625C52E" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+      <w:r w:rsidRPr="00016213">
+        <w:t xml:space="preserve">Describe the way you and your contracted providers will coordinate services to maximize the efficiency, effectiveness, quality, and cost-effectiveness of services and programs to produce the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00016213">
+        <w:lastRenderedPageBreak/>
+        <w:t>best possible outcomes with other agencies to enable consumers to function outside of inpatient or residential institutions, including services to be provided by local school systems under the Individuals with Disabilities Education Act.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="356C99F3" w14:textId="77777777" w:rsidR="00420D4B" w:rsidRPr="00016213" w:rsidRDefault="00420D4B" w:rsidP="00420D4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:before="0"/>
-[...77 lines deleted...]
-    <w:p w14:paraId="45176CAA" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+        <w:spacing w:before="0" w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00016213">
+        <w:t>Describe activities intended to reduce hospitalizations and hospital stays.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225AC2A4" w14:textId="77777777" w:rsidR="00420D4B" w:rsidRPr="00016213" w:rsidRDefault="00420D4B" w:rsidP="00420D4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="240"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2EB09DD6" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+        <w:spacing w:before="0" w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00016213">
+        <w:t>Describe your services that are targeted to rural populations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE9CC5F" w14:textId="77777777" w:rsidR="00420D4B" w:rsidRPr="00016213" w:rsidRDefault="00420D4B" w:rsidP="00420D4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:before="0"/>
-[...198 lines deleted...]
-    <w:p w14:paraId="4C64991B" w14:textId="77777777" w:rsidR="007665D5" w:rsidRPr="007C077F" w:rsidRDefault="00FB5BCF" w:rsidP="00FB5BCF">
+        <w:spacing w:before="0" w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00016213">
+        <w:t>Describe your services that are targeted to homeless populations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A52143B" w14:textId="77777777" w:rsidR="00420D4B" w:rsidRPr="00016213" w:rsidRDefault="00420D4B" w:rsidP="00420D4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:before="0"/>
-[...11 lines deleted...]
-          <w:b/>
+        <w:spacing w:before="0" w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00016213">
+        <w:t>Describe your services that are targeted to older adults.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DEEC5A" w14:textId="77777777" w:rsidR="00420D4B" w:rsidRPr="00016213" w:rsidRDefault="00420D4B" w:rsidP="00420D4B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="589CCAF5" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="00491271" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00016213">
+        <w:t>Describe your management systems (financial resources, staffing, and training) for mental health service providers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15EBE825" w14:textId="4BA2027D" w:rsidR="00016213" w:rsidRPr="00016213" w:rsidRDefault="00016213" w:rsidP="00420D4B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00016213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Describe your current telehealth capabilities, how your state uses telehealth modalities to treat individuals with SMI/SED, and any plans/initiatives to expand its use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589CCAF5" w14:textId="7137C321" w:rsidR="003A6E4E" w:rsidRPr="009872DF" w:rsidRDefault="004150F6" w:rsidP="003A6E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00491271">
+      <w:r w:rsidRPr="009872DF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Statutory Criterion for </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="1223111E" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+        <w:t>Substance Use Disorder Treatment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511311EE" w14:textId="457D4C61" w:rsidR="00420D4B" w:rsidRPr="00233026" w:rsidRDefault="00420D4B" w:rsidP="00420D4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="00491271">
-[...9 lines deleted...]
-    <w:p w14:paraId="665465E4" w14:textId="77777777" w:rsidR="00990C42" w:rsidRPr="00491271" w:rsidRDefault="00990C42" w:rsidP="003A6E4E">
+      <w:r w:rsidRPr="00233026">
+        <w:t>MEs are required to monitor program compliance related to activities and services for pregnant women and women with dependent children</w:t>
+      </w:r>
+      <w:r w:rsidR="009872DF" w:rsidRPr="00233026">
+        <w:t>, including the availability of interim services</w:t>
+      </w:r>
+      <w:r w:rsidR="00233026">
+        <w:t xml:space="preserve"> within 48 hours</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233026">
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233026">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Please provide a detailed description of the specific strategies used by the ME to identify compliance issues and corrective actions required to address identified problems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A3BDF7" w14:textId="77777777" w:rsidR="00420D4B" w:rsidRDefault="00420D4B" w:rsidP="00420D4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="4ED5CC4B" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D796C">
+        <w:t xml:space="preserve">MEs are required to monitor program compliance related to activities and services for individuals who inject drugs.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D796C">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Please provide a detailed description of the specific strategies used by the ME to identify compliance issues and corrective actions required to address identified problems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9078EE" w14:textId="3384C35B" w:rsidR="008360FE" w:rsidRPr="000D796C" w:rsidRDefault="008360FE" w:rsidP="008360FE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="7B0B4BBC" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D796C">
+        <w:t xml:space="preserve">MEs are required to monitor program compliance related to activities and services for </w:t>
+      </w:r>
+      <w:r>
+        <w:t>tuberculosis</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2239">
+        <w:t xml:space="preserve"> services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D796C">
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D796C">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Please provide a detailed description of the specific strategies used by the ME to identify compliance issues and corrective actions required to address identified problems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A410CAF" w14:textId="23BCEA8A" w:rsidR="008360FE" w:rsidRPr="008360FE" w:rsidRDefault="008360FE" w:rsidP="008360FE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
-      </w:pPr>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D796C">
+        <w:t xml:space="preserve">MEs are required to monitor program compliance related to activities and services </w:t>
+      </w:r>
       <w:r>
-        <w:t>Describe your services that are targeted to rural populations.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7B655A1D" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+        <w:t>related to early intervention services for HIV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D796C">
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D796C">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Please provide a detailed description of the specific strategies used by the ME to identify compliance issues and corrective actions required to address identified problems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A1FB27" w14:textId="7E4A4DB5" w:rsidR="00420D4B" w:rsidRPr="000532CB" w:rsidRDefault="00420D4B" w:rsidP="00420D4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
-      <w:r>
-[...31 lines deleted...]
-    <w:p w14:paraId="06C4EFE6" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="00491271" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+      <w:r w:rsidRPr="000532CB">
+        <w:t xml:space="preserve">Does your ME have an agreement to improve the process for referring individuals to the treatment modality that is most appropriate for their needs? </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk222837352"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1844965277"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72A4F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1498887145"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72A4F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>No</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="7561E5D0" w14:textId="3EA7F871" w:rsidR="003A6E4E" w:rsidRPr="00643C71" w:rsidRDefault="004150F6" w:rsidP="003A6E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00491271">
+      <w:r w:rsidRPr="00643C71">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Substance Use Disorder Treatment</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Crisis Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C7AC35" w14:textId="3B434E35" w:rsidR="00643C71" w:rsidRDefault="00643C71" w:rsidP="00F02433">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="00491271">
-[...14 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidRPr="00643C71">
+        <w:t>Briefly describe your crisis system. For all regions served, include a description of access to crisis contact centers, availability of mobile crisis and behavioral health first responder services, utilization of crisis receiving and stabilization centers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D9CC12" w14:textId="77777777" w:rsidR="00F02433" w:rsidRPr="00643C71" w:rsidRDefault="00F02433" w:rsidP="00F02433">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="00491271">
-[...146 lines deleted...]
-    <w:p w14:paraId="7561E5D0" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="00491271" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+    </w:p>
+    <w:p w14:paraId="4852F243" w14:textId="4CF2E0AA" w:rsidR="003A6E4E" w:rsidRPr="006B574D" w:rsidRDefault="004150F6" w:rsidP="003A6E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00491271">
+      <w:r w:rsidRPr="006B574D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Trauma</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Recovery</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BAAE792" w14:textId="788E4406" w:rsidR="00551335" w:rsidRDefault="00551335" w:rsidP="00010A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
         <w:spacing w:before="0" w:after="200"/>
-        <w:ind w:left="1080"/>
-[...59 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B574D">
+        <w:t xml:space="preserve">Does the </w:t>
+      </w:r>
+      <w:r w:rsidR="00893DD1">
+        <w:t>ME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B574D">
+        <w:t xml:space="preserve"> measure the impact of consumer and recovery community outreach activity?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6130EABF" w14:textId="77777777" w:rsidR="00010A72" w:rsidRDefault="006B574D" w:rsidP="00010A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
         <w:spacing w:before="0" w:after="200"/>
-        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B574D">
+        <w:t>Provide a description of recovery and recovery support services for adults with SMI and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DFA3E0F" w14:textId="2CAA9A66" w:rsidR="00037579" w:rsidRDefault="00010A72" w:rsidP="00010A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
       <w:r>
-        <w:t>Do</w:t>
-[...59 lines deleted...]
-      <w:pPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006B574D" w:rsidRPr="006B574D">
+        <w:t>children with SED in your state.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A2915F" w14:textId="77777777" w:rsidR="00010A72" w:rsidRPr="00010A72" w:rsidRDefault="006B574D" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
         <w:spacing w:before="0" w:after="200"/>
-        <w:ind w:left="1080"/>
-[...3 lines deleted...]
-      </w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00715519">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="02243C"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Provide a description of recovery and recovery support services for individuals with substance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD73559" w14:textId="5EAFA275" w:rsidR="00037579" w:rsidRPr="00037579" w:rsidRDefault="00010A72" w:rsidP="00010A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="200"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...53 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="02243C"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006B574D" w:rsidRPr="00715519">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="02243C"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>use disorders in your state. i.e., RCOs, RCCs, peer-run organizations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68CE98EA" w14:textId="01B953F9" w:rsidR="00C07E21" w:rsidRPr="00037579" w:rsidRDefault="00C07E21" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
         <w:spacing w:before="0" w:after="200"/>
-        <w:ind w:left="1080"/>
-[...58 lines deleted...]
-    <w:p w14:paraId="4852F243" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="00491271" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+      </w:pPr>
+      <w:r w:rsidRPr="00715519">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Are there any activities that you would like to highlight?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17ED5CEF" w14:textId="77777777" w:rsidR="00037579" w:rsidRPr="00037579" w:rsidRDefault="00037579" w:rsidP="00037579">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FF1F8C2" w14:textId="1CA1BCE4" w:rsidR="003A6E4E" w:rsidRPr="00732D93" w:rsidRDefault="004150F6" w:rsidP="003A6E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00491271">
+      <w:r w:rsidRPr="00732D93">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Criminal and Juvenile Justice</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Children and Adolescents M/SUD Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E32F39C" w14:textId="77777777" w:rsidR="00732D93" w:rsidRPr="00732D93" w:rsidRDefault="00732D93" w:rsidP="00732D93">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51B9FE47" w14:textId="4B765F70" w:rsidR="00735B98" w:rsidRPr="00735B98" w:rsidRDefault="00735B98" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="200"/>
-[...3 lines deleted...]
-        <w:t>Does the ME</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00735B98">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does the </w:t>
+      </w:r>
+      <w:r w:rsidR="00893DD1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735B98">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> utilize a system of care approach to support:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675CD4DD" w14:textId="7BB28D4B" w:rsidR="00735B98" w:rsidRPr="00735B98" w:rsidRDefault="00735B98" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00735B98">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a) The recovery of children and youth with SED?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A4F">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="-213588657"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72A4F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-312489040"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72A4F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D39E3EC" w14:textId="34CA2B91" w:rsidR="00735B98" w:rsidRPr="00735B98" w:rsidRDefault="00735B98" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00735B98">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>b) The resilience of children and youth with SED?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A4F">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="2147077346"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72A4F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A4F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1967386332"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72A4F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>No</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F8A92B2" w14:textId="4AF63098" w:rsidR="00735B98" w:rsidRPr="00735B98" w:rsidRDefault="00735B98" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00735B98">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>c) The recovery of children and youth with SUD?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A4F">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="-212961902"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72A4F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A4F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1489234262"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72A4F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F0B6CA" w14:textId="3B3BEFAF" w:rsidR="00735B98" w:rsidRDefault="00735B98" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00735B98">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>d) The resilience of children and youth with SUD?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="-468049276"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72A4F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1456906573"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72A4F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3942C210" w14:textId="77777777" w:rsidR="00843B7F" w:rsidRDefault="00843B7F" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="332C3AF7" w14:textId="24F45661" w:rsidR="002A20FA" w:rsidRDefault="00843B7F" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Does the </w:t>
+      </w:r>
+      <w:r w:rsidR="00893DD1">
+        <w:t>ME</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> have an established collaboration plan to work with other </w:t>
+      </w:r>
+      <w:r w:rsidR="00D068F6">
+        <w:t>children</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and youth</w:t>
+      </w:r>
+      <w:r w:rsidR="002A20FA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4DF67E" w14:textId="42DEE993" w:rsidR="00843B7F" w:rsidRDefault="002A20FA" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00843B7F">
+        <w:t>serving agencies in the state to address M/SUD needs:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58CE6F90" w14:textId="22BA901F" w:rsidR="00843B7F" w:rsidRDefault="00843B7F" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Child welfare?</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2EAC">
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00491271">
-        <w:t>have a plan for coordinating with the criminal and juvenile justice systems on diversion of individuals with mental and/or substance use disorders from incarceration to community treatment, and for those incarcerated, a plan for re-entry into the community that includes connecting to behavioral health services?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-470279025"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0005348A">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-322590521"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0005348A">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="029AD90F" w14:textId="242DEC74" w:rsidR="00843B7F" w:rsidRDefault="00843B7F" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Health care?</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2EAC">
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00541952">
-[...11 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1475756722"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0005348A">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="331648147"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0005348A">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0985BD97" w14:textId="253F2832" w:rsidR="00843B7F" w:rsidRDefault="00843B7F" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
       <w:r>
-        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">c) Juvenile justice? </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1812752331"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0005348A">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1095628192"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0005348A">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C38B52C" w14:textId="3C6DEEFF" w:rsidR="00843B7F" w:rsidRDefault="00843B7F" w:rsidP="00CD7964">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">d) Education? </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2EAC">
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="835575954"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0005348A">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
-      <w:r w:rsidR="00541952">
-[...21 lines deleted...]
-      <w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="243916971"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0005348A">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CAA6502" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="00BA3BD2" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
-      <w:pPr>
+    <w:p w14:paraId="5151BBD4" w14:textId="77777777" w:rsidR="007A1CD0" w:rsidRDefault="007A1CD0" w:rsidP="00843B7F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3587AB2E" w14:textId="3A226207" w:rsidR="007A1CD0" w:rsidRDefault="007A1CD0" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="200"/>
-[...3 lines deleted...]
-        <w:t>Does the ME have a plan for working with law enforcement to deploy emerging strategies (e.g. civil citations, mobile crisis intervention, behavioral health provider ride-along, CIT, linkage with treatment services, etc.) to reduce the number of individuals with mental and/or substance use problems in jails and emergency rooms?</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Does the state </w:t>
+      </w:r>
+      <w:r w:rsidR="00893DD1">
+        <w:t>ME</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> its progress and effectiveness, around:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45953F33" w14:textId="32241F33" w:rsidR="007A1CD0" w:rsidRDefault="007A1CD0" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">a) Service utilization? </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1710144320"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A7006">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="493608343"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A7006">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>No</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00541952">
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B289793" w14:textId="113332CD" w:rsidR="007A1CD0" w:rsidRDefault="007A1CD0" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
       <w:r>
-        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">b) Costs? </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1239398435"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A7006">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-716055927"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A7006">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0156F888" w14:textId="1A04B706" w:rsidR="00735B98" w:rsidRDefault="007A1CD0" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">c) Outcomes for children and youth services? </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk222837644"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1024603593"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A7006">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
-      <w:r w:rsidR="00541952">
-[...10 lines deleted...]
-        </w:fldChar>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="506491281"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A7006">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>No</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="461E3FA4" w14:textId="77777777" w:rsidR="002D7E6E" w:rsidRDefault="002D7E6E" w:rsidP="007A1CD0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="597A1265" w14:textId="1E3C590B" w:rsidR="002D7E6E" w:rsidRPr="002D7E6E" w:rsidRDefault="002D7E6E" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002D7E6E">
+        <w:t xml:space="preserve">Does the </w:t>
+      </w:r>
+      <w:r w:rsidR="00893DD1">
+        <w:t>ME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D7E6E">
+        <w:t xml:space="preserve"> provide training in evidence-based:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B20A028" w14:textId="334D2F62" w:rsidR="002D7E6E" w:rsidRPr="002D7E6E" w:rsidRDefault="002D7E6E" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002D7E6E">
+        <w:t>a) Substance use prevention, SUD treatment and recovery services for children/adolescents, and their families?</w:t>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
-[...5 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk222837729"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1516653921"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A7006">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1512520552"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A7006">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>No</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="3C104B95" w14:textId="77777777" w:rsidR="002D7E6E" w:rsidRDefault="002D7E6E" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002D7E6E">
+        <w:t>b) Mental health treatment and recovery services for children/adolescents and their families?</w:t>
       </w:r>
       <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F3A0C44" w14:textId="13D217ED" w:rsidR="002D7E6E" w:rsidRDefault="0058362D" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1306540731"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A7006">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="002D7E6E" w:rsidRPr="000532CB">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1752850879"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A7006">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="002D7E6E" w:rsidRPr="000532CB">
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF1F8C2" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="00491271" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
+    <w:p w14:paraId="36040DC9" w14:textId="77777777" w:rsidR="00582183" w:rsidRDefault="00582183" w:rsidP="002D7E6E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6674CF02" w14:textId="134722CA" w:rsidR="00582183" w:rsidRPr="00582183" w:rsidRDefault="00582183" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00582183">
+        <w:t xml:space="preserve">Does the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0F5D">
+        <w:t>ME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00582183">
+        <w:t xml:space="preserve"> have plans for transitioning children and youth receiving services:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A367092" w14:textId="4D5A3E2E" w:rsidR="00582183" w:rsidRPr="00582183" w:rsidRDefault="00582183" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00582183">
+        <w:t>a) to the adult M/SUD system?</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1138379910"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A7006">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1692808034"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A7006">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0140E929" w14:textId="00FFA960" w:rsidR="00582183" w:rsidRPr="00582183" w:rsidRDefault="00582183" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00582183">
+        <w:t xml:space="preserve">b) for youth in foster care? </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="584347913"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A7006">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-205417106"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A7006">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>No</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0622075C" w14:textId="77777777" w:rsidR="00582183" w:rsidRDefault="00582183" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00582183">
+        <w:t>c) Is the child serving system connected with the Early Serious Mental Illness (ESMI) services?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A3F0B5B" w14:textId="4BCA196D" w:rsidR="00582183" w:rsidRPr="00582183" w:rsidRDefault="00582183" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="930853554"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A7006">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-81912925"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A7006">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C588BD" w14:textId="0F1F186D" w:rsidR="00FC0F5D" w:rsidRDefault="00582183" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00582183">
+        <w:t xml:space="preserve">d) Is the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0F5D">
+        <w:t>ME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00582183">
+        <w:t xml:space="preserve"> trauma informed care</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0F5D">
+        <w:t xml:space="preserve"> is being provided</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00582183">
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1886674936"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="007C1165">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-151527555"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="007C1165">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="000532CB">
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="268FBF00" w14:textId="77777777" w:rsidR="00FC0F5D" w:rsidRDefault="00FC0F5D" w:rsidP="00582183">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30AB93EA" w14:textId="77777777" w:rsidR="002A20FA" w:rsidRDefault="00FC0F5D" w:rsidP="00C773A7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="360" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC0F5D">
+        <w:t xml:space="preserve">Describe how the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC0F5D">
+        <w:t xml:space="preserve"> provides integrated services through the system of care (social services,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3C2824" w14:textId="259D79E1" w:rsidR="00FC0F5D" w:rsidRDefault="00FC0F5D" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="900"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC0F5D">
+        <w:t>educational services, child welfare services, juvenile justice services, law enforcement services, substance use disorders, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C8EFE62" w14:textId="77777777" w:rsidR="00FC0F5D" w:rsidRDefault="00FC0F5D" w:rsidP="00FC0F5D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="560F188A" w14:textId="1DA1C8DD" w:rsidR="00FC0F5D" w:rsidRPr="00FC0F5D" w:rsidRDefault="00FC0F5D" w:rsidP="002A20FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC0F5D">
+        <w:t xml:space="preserve">Does the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC0F5D">
+        <w:t xml:space="preserve"> have any activities related to this section that you would like to highlight?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23D84316" w14:textId="17DCCB91" w:rsidR="00582183" w:rsidRPr="00582183" w:rsidRDefault="00FC0F5D" w:rsidP="00582183">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00582183">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F22860" w14:textId="77777777" w:rsidR="000F291E" w:rsidRPr="0099453A" w:rsidRDefault="000F291E" w:rsidP="000F291E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00491271">
+      <w:r w:rsidRPr="0099453A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Medication Assisted Treatment</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Suicide Prevention</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0003D25B" w14:textId="12899EF2" w:rsidR="000F291E" w:rsidRPr="0099453A" w:rsidRDefault="000F291E" w:rsidP="00C773A7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="900" w:hanging="540"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0099453A">
+        <w:t>Describe activities intended to reduce suicide in your catchment area.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA99A9E" w14:textId="352C0006" w:rsidR="000F291E" w:rsidRPr="0099453A" w:rsidRDefault="000F291E" w:rsidP="00C773A7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
-        <w:ind w:left="1080"/>
-[...29 lines deleted...]
-      <w:r>
+        <w:ind w:left="900" w:hanging="540"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0099453A">
+        <w:t xml:space="preserve">Have your providers incorporated any strategies supportive of Zero Suicide? </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1872956198"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="007C1165" w:rsidRPr="00C773A7">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0099453A">
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
-      <w:r w:rsidR="00541952">
-[...21 lines deleted...]
-      <w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-1422414555"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="007C1165" w:rsidRPr="00C773A7">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0099453A">
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34EAD807" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRPr="00491271" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
-      <w:pPr>
+    <w:p w14:paraId="5E9D63A8" w14:textId="4E518E56" w:rsidR="000F291E" w:rsidRPr="0099453A" w:rsidRDefault="000F291E" w:rsidP="00C773A7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
-        <w:ind w:left="1080"/>
-[...29 lines deleted...]
-      <w:r>
+        <w:ind w:left="900" w:hanging="540"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0099453A">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Do you have any initiatives focused on improving care transitions for suicidal patients being discharged from inpatient units or emergency departments?  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-1063095087"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="007C1165" w:rsidRPr="00C773A7">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0099453A">
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
-      <w:r w:rsidR="00541952">
-[...21 lines deleted...]
-      <w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-1150208141"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="007C1165" w:rsidRPr="00C773A7">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0099453A">
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306E570A" w14:textId="77777777" w:rsidR="003A6E4E" w:rsidRDefault="003A6E4E" w:rsidP="003A6E4E">
-[...276 lines deleted...]
-    <w:p w14:paraId="5C6AD9C0" w14:textId="77777777" w:rsidR="00D006A9" w:rsidRPr="00491271" w:rsidRDefault="00D006A9" w:rsidP="00D006A9">
+    <w:p w14:paraId="26BF907A" w14:textId="75CAFE92" w:rsidR="00735B98" w:rsidRPr="0099453A" w:rsidRDefault="00735B98" w:rsidP="003A6E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0099453A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Suicide Prevention</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>MAT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60E10E34" w14:textId="1AC72B6B" w:rsidR="003A6E4E" w:rsidRPr="0099453A" w:rsidRDefault="003A6E4E" w:rsidP="00C773A7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
-        <w:ind w:left="1080"/>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="900" w:hanging="540"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0099453A">
+        <w:t xml:space="preserve">Has the ME implemented a plan to educate and raise awareness within treatment programs regarding MAT for substance use disorders? </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1747559662"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A6FA6">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0099453A">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-2103166447"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A6FA6">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0099453A">
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34EAD807" w14:textId="3A062D30" w:rsidR="003A6E4E" w:rsidRPr="0099453A" w:rsidRDefault="003A6E4E" w:rsidP="00C773A7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
-        <w:ind w:left="1080"/>
-[...35 lines deleted...]
-      <w:r w:rsidR="00990C42">
+        <w:ind w:left="900" w:hanging="540"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0099453A">
+        <w:t xml:space="preserve">Has the ME implemented a plan to educate and raise awareness of the use of MAT within special target audiences, particularly pregnant women? </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="87200025"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A6FA6">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0099453A">
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
-      <w:r w:rsidR="00990C42">
-[...21 lines deleted...]
-      <w:r w:rsidR="00990C42">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-485392500"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A6FA6">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0099453A">
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B639FF" w14:textId="77777777" w:rsidR="00D006A9" w:rsidRDefault="00990C42" w:rsidP="00D006A9">
-      <w:pPr>
+    <w:p w14:paraId="5A0E9050" w14:textId="584DB951" w:rsidR="00C773A7" w:rsidRDefault="003A6E4E" w:rsidP="00C773A7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="200"/>
-[...30 lines deleted...]
-      <w:r w:rsidR="00D006A9">
+        <w:spacing w:before="0"/>
+        <w:ind w:left="900" w:hanging="540"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0099453A">
+        <w:t xml:space="preserve">Does the ME have an implemented education or quality assurance program to assure that evidence-based MAT with the use of FDA-approved medications for treatment of substance use disorders are used appropriately? </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="594133024"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A6FA6" w:rsidRPr="00C773A7">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0099453A">
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
-      <w:r w:rsidR="00D006A9">
-[...21 lines deleted...]
-      <w:r w:rsidR="00D006A9">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-751047858"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C773A7">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0099453A">
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DDBBB5D" w14:textId="77777777" w:rsidR="000250D1" w:rsidRPr="002359A3" w:rsidRDefault="000250D1" w:rsidP="003A6E4E">
+    <w:p w14:paraId="140DF3F3" w14:textId="5E14ABC5" w:rsidR="003A6E4E" w:rsidRPr="0099453A" w:rsidRDefault="003A6E4E" w:rsidP="00C773A7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="900" w:hanging="540"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0099453A">
+        <w:t>Does the ME purchase any of the following medications with Substance Abuse Block Grant funds?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76547888" w14:textId="3A3D32AA" w:rsidR="003A6E4E" w:rsidRPr="0099453A" w:rsidRDefault="0058362D" w:rsidP="00004C37">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="717323343"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00CD7964">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003A6E4E" w:rsidRPr="0099453A">
+        <w:t>Methadone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A0EFA5" w14:textId="45545B91" w:rsidR="003A6E4E" w:rsidRPr="0099453A" w:rsidRDefault="0058362D" w:rsidP="00004C37">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1117213985"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C94F86">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003A6E4E" w:rsidRPr="0099453A">
+        <w:t>Buprenorphine</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="361658B2" w14:textId="07335EE9" w:rsidR="003A6E4E" w:rsidRPr="0099453A" w:rsidRDefault="0058362D" w:rsidP="00004C37">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1906062539"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C94F86">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003A6E4E" w:rsidRPr="0099453A">
+        <w:t>Disulfiram</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="125570A5" w14:textId="7B03A467" w:rsidR="003A6E4E" w:rsidRPr="0099453A" w:rsidRDefault="0058362D" w:rsidP="00004C37">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1991472030"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C94F86">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003A6E4E" w:rsidRPr="0099453A">
+        <w:t>Acamprosate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72CF2475" w14:textId="1A6D00A3" w:rsidR="003A6E4E" w:rsidRPr="0099453A" w:rsidRDefault="0058362D" w:rsidP="00004C37">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1126997355"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C94F86">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003A6E4E" w:rsidRPr="0099453A">
+        <w:t>Naltrexone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ADA869B" w14:textId="589088EC" w:rsidR="003A6E4E" w:rsidRPr="003D290D" w:rsidRDefault="0058362D" w:rsidP="00C75984">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="858624287"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C94F86">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003A6E4E" w:rsidRPr="0099453A">
+        <w:t>Naloxone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DDBBB5D" w14:textId="77777777" w:rsidR="000250D1" w:rsidRPr="003D290D" w:rsidRDefault="000250D1" w:rsidP="003A6E4E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId10"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000250D1" w:rsidRPr="003D290D" w:rsidSect="0081676D">
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="415F1955" w14:textId="77777777" w:rsidR="00227725" w:rsidRDefault="00227725" w:rsidP="00FB0B32">
+    <w:p w14:paraId="7B5E5C90" w14:textId="77777777" w:rsidR="00692BDD" w:rsidRDefault="00692BDD" w:rsidP="00FB0B32">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F61A8D1" w14:textId="77777777" w:rsidR="00227725" w:rsidRDefault="00227725" w:rsidP="00FB0B32">
+    <w:p w14:paraId="406BDF26" w14:textId="77777777" w:rsidR="00692BDD" w:rsidRDefault="00692BDD" w:rsidP="00FB0B32">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6C6CEBFF" w14:textId="77777777" w:rsidR="00C11396" w:rsidRPr="002359A3" w:rsidRDefault="00541952" w:rsidP="00234C68">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:before="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002359A3">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00C11396" w:rsidRPr="002359A3">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="002359A3">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="0006386A">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="002359A3">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="57991F96" w14:textId="77777777" w:rsidR="00C11396" w:rsidRPr="002359A3" w:rsidRDefault="00541952" w:rsidP="00234C68">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:before="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002359A3">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00C11396" w:rsidRPr="002359A3">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="002359A3">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="0006386A">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="002359A3">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="285DA38C" w14:textId="263BFC69" w:rsidR="00C11396" w:rsidRPr="002359A3" w:rsidRDefault="00C11396" w:rsidP="00234C68">
+  <w:p w14:paraId="285DA38C" w14:textId="287D1525" w:rsidR="00C11396" w:rsidRPr="002359A3" w:rsidRDefault="00C11396" w:rsidP="00234C68">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:before="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
       </w:rPr>
       <w:t>Effective</w:t>
     </w:r>
     <w:r w:rsidRPr="002359A3">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
-    <w:r w:rsidR="00220376">
+    <w:r w:rsidR="00205C38">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
       </w:rPr>
-      <w:t>March 21, 2025</w:t>
+      <w:t>March 15, 2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18A7BE09" w14:textId="77777777" w:rsidR="00227725" w:rsidRDefault="00227725" w:rsidP="00FB0B32">
+    <w:p w14:paraId="6B8B4810" w14:textId="77777777" w:rsidR="00692BDD" w:rsidRDefault="00692BDD" w:rsidP="00FB0B32">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E054D04" w14:textId="77777777" w:rsidR="00227725" w:rsidRDefault="00227725" w:rsidP="00FB0B32">
+    <w:p w14:paraId="34784AC5" w14:textId="77777777" w:rsidR="00692BDD" w:rsidRDefault="00692BDD" w:rsidP="00FB0B32">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="72FAF706" w14:textId="77777777" w:rsidR="00C11396" w:rsidRPr="002359A3" w:rsidRDefault="00C11396" w:rsidP="0081676D">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:before="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00ED75ED">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
@@ -4486,51 +5436,51 @@
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="002359A3">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">for Managing Entity Contracts </w:t>
     </w:r>
     <w:r w:rsidRPr="002359A3">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:br/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06621439"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21F64BC8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5801,90 +6751,86 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D636E52"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C69E23D4"/>
+    <w:tmpl w:val="4F9A3644"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -6483,50 +7429,173 @@
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7DB00F2D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F252E13A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="460659546">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1671761208">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="715087140">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2033067235">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="831070748">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="572589439">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="699470965">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1991522741">
@@ -6540,211 +7609,314 @@
   </w:num>
   <w:num w:numId="11" w16cid:durableId="61949902">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="900024622">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1564173411">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="456606877">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="892236329">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1353266013">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="38819902">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="453520361">
     <w:abstractNumId w:val="4"/>
   </w:num>
+  <w:num w:numId="19" w16cid:durableId="314601816">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB0B32"/>
     <w:rsid w:val="00004C37"/>
     <w:rsid w:val="000101C4"/>
+    <w:rsid w:val="00010A72"/>
+    <w:rsid w:val="00016213"/>
     <w:rsid w:val="000250D1"/>
     <w:rsid w:val="000273DA"/>
+    <w:rsid w:val="00037579"/>
+    <w:rsid w:val="000532CB"/>
+    <w:rsid w:val="0005348A"/>
     <w:rsid w:val="0006386A"/>
     <w:rsid w:val="00084785"/>
+    <w:rsid w:val="000A2985"/>
     <w:rsid w:val="000C526E"/>
+    <w:rsid w:val="000C68F6"/>
+    <w:rsid w:val="000D796C"/>
+    <w:rsid w:val="000F1052"/>
+    <w:rsid w:val="000F291E"/>
     <w:rsid w:val="001020FA"/>
+    <w:rsid w:val="00105BEF"/>
     <w:rsid w:val="0015461A"/>
     <w:rsid w:val="001742F7"/>
-    <w:rsid w:val="00185EEE"/>
     <w:rsid w:val="001F2B36"/>
+    <w:rsid w:val="00205C38"/>
+    <w:rsid w:val="00207B00"/>
     <w:rsid w:val="00220376"/>
-    <w:rsid w:val="00227725"/>
+    <w:rsid w:val="002237F1"/>
+    <w:rsid w:val="00233026"/>
+    <w:rsid w:val="0023357D"/>
     <w:rsid w:val="00234C68"/>
     <w:rsid w:val="002359A3"/>
+    <w:rsid w:val="0024045C"/>
     <w:rsid w:val="00250FDE"/>
     <w:rsid w:val="00260F92"/>
     <w:rsid w:val="00276FB9"/>
+    <w:rsid w:val="002A20FA"/>
     <w:rsid w:val="002A367B"/>
+    <w:rsid w:val="002A4E14"/>
     <w:rsid w:val="002B132B"/>
     <w:rsid w:val="002D1E7C"/>
+    <w:rsid w:val="002D7E6E"/>
+    <w:rsid w:val="002F0D27"/>
+    <w:rsid w:val="00327CD8"/>
     <w:rsid w:val="00392D0F"/>
     <w:rsid w:val="003A6E4E"/>
     <w:rsid w:val="003C0689"/>
+    <w:rsid w:val="003D290D"/>
     <w:rsid w:val="003F2C83"/>
+    <w:rsid w:val="004150F6"/>
+    <w:rsid w:val="004168B5"/>
+    <w:rsid w:val="00420D4B"/>
     <w:rsid w:val="0044284F"/>
+    <w:rsid w:val="004806EA"/>
+    <w:rsid w:val="00490C98"/>
+    <w:rsid w:val="004A6FA6"/>
+    <w:rsid w:val="004A7006"/>
     <w:rsid w:val="004B367C"/>
     <w:rsid w:val="004C5EEE"/>
     <w:rsid w:val="004D7652"/>
     <w:rsid w:val="004E039A"/>
     <w:rsid w:val="005017E0"/>
+    <w:rsid w:val="00505FF7"/>
     <w:rsid w:val="0053265D"/>
     <w:rsid w:val="00541952"/>
+    <w:rsid w:val="00551335"/>
     <w:rsid w:val="005603CD"/>
     <w:rsid w:val="00560C7D"/>
     <w:rsid w:val="00571172"/>
     <w:rsid w:val="005712BD"/>
+    <w:rsid w:val="00582183"/>
+    <w:rsid w:val="0058362D"/>
     <w:rsid w:val="005947F7"/>
+    <w:rsid w:val="005A6638"/>
     <w:rsid w:val="005C1CCA"/>
-    <w:rsid w:val="005D3F42"/>
     <w:rsid w:val="005E140F"/>
     <w:rsid w:val="005F194B"/>
     <w:rsid w:val="005F4702"/>
+    <w:rsid w:val="005F6CAC"/>
     <w:rsid w:val="006113C7"/>
     <w:rsid w:val="00613732"/>
     <w:rsid w:val="006150FE"/>
+    <w:rsid w:val="00643C71"/>
+    <w:rsid w:val="00670993"/>
     <w:rsid w:val="00685EFD"/>
+    <w:rsid w:val="00692BDD"/>
+    <w:rsid w:val="006A08C5"/>
+    <w:rsid w:val="006B574D"/>
     <w:rsid w:val="006D7C00"/>
     <w:rsid w:val="006E7137"/>
+    <w:rsid w:val="006F674F"/>
+    <w:rsid w:val="00715519"/>
+    <w:rsid w:val="007272BE"/>
+    <w:rsid w:val="00732D93"/>
+    <w:rsid w:val="00735B98"/>
     <w:rsid w:val="007665D5"/>
+    <w:rsid w:val="00767441"/>
     <w:rsid w:val="00780269"/>
+    <w:rsid w:val="00796A3D"/>
+    <w:rsid w:val="007978AB"/>
+    <w:rsid w:val="007A1CD0"/>
     <w:rsid w:val="007A4748"/>
+    <w:rsid w:val="007B2239"/>
+    <w:rsid w:val="007C1165"/>
     <w:rsid w:val="007E65E5"/>
+    <w:rsid w:val="007E6EA3"/>
     <w:rsid w:val="00805A5F"/>
     <w:rsid w:val="0081676D"/>
     <w:rsid w:val="00821DA2"/>
+    <w:rsid w:val="00833E1B"/>
+    <w:rsid w:val="00834CE9"/>
+    <w:rsid w:val="008360FE"/>
+    <w:rsid w:val="00843B7F"/>
+    <w:rsid w:val="008549C2"/>
+    <w:rsid w:val="00855ACE"/>
     <w:rsid w:val="00861920"/>
+    <w:rsid w:val="008672A3"/>
     <w:rsid w:val="00867DF1"/>
+    <w:rsid w:val="008848CF"/>
     <w:rsid w:val="00885693"/>
-    <w:rsid w:val="008D1E77"/>
+    <w:rsid w:val="00893DD1"/>
+    <w:rsid w:val="008B4B5E"/>
     <w:rsid w:val="008D7960"/>
     <w:rsid w:val="00916E7F"/>
     <w:rsid w:val="00932D13"/>
     <w:rsid w:val="00960069"/>
+    <w:rsid w:val="00974EC1"/>
+    <w:rsid w:val="009872DF"/>
     <w:rsid w:val="00990C42"/>
+    <w:rsid w:val="0099453A"/>
+    <w:rsid w:val="009B0DE1"/>
+    <w:rsid w:val="009C157B"/>
     <w:rsid w:val="009E7BDF"/>
     <w:rsid w:val="00A21633"/>
+    <w:rsid w:val="00A63CA5"/>
     <w:rsid w:val="00A91D91"/>
+    <w:rsid w:val="00AA0B82"/>
+    <w:rsid w:val="00AA28A4"/>
     <w:rsid w:val="00AB0C64"/>
     <w:rsid w:val="00AD6352"/>
+    <w:rsid w:val="00AE323F"/>
+    <w:rsid w:val="00B05ED6"/>
     <w:rsid w:val="00B06605"/>
     <w:rsid w:val="00B2268A"/>
     <w:rsid w:val="00B435EB"/>
+    <w:rsid w:val="00B437DA"/>
     <w:rsid w:val="00B50D74"/>
+    <w:rsid w:val="00B600C3"/>
     <w:rsid w:val="00B648C6"/>
     <w:rsid w:val="00B66B34"/>
+    <w:rsid w:val="00B72A4F"/>
+    <w:rsid w:val="00B946A4"/>
+    <w:rsid w:val="00BD217F"/>
+    <w:rsid w:val="00BD38DD"/>
     <w:rsid w:val="00BF7133"/>
+    <w:rsid w:val="00C07E21"/>
+    <w:rsid w:val="00C10887"/>
     <w:rsid w:val="00C11396"/>
     <w:rsid w:val="00C32EDC"/>
     <w:rsid w:val="00C757C2"/>
+    <w:rsid w:val="00C75984"/>
+    <w:rsid w:val="00C773A7"/>
+    <w:rsid w:val="00C94F86"/>
+    <w:rsid w:val="00CA4AD9"/>
     <w:rsid w:val="00CB7E78"/>
     <w:rsid w:val="00CC4610"/>
+    <w:rsid w:val="00CD7964"/>
     <w:rsid w:val="00CE2AB1"/>
     <w:rsid w:val="00D006A9"/>
+    <w:rsid w:val="00D04E46"/>
+    <w:rsid w:val="00D068F6"/>
     <w:rsid w:val="00D1259C"/>
+    <w:rsid w:val="00D12EB0"/>
     <w:rsid w:val="00D32A2A"/>
     <w:rsid w:val="00DA7A7B"/>
+    <w:rsid w:val="00DC6390"/>
     <w:rsid w:val="00E12A27"/>
     <w:rsid w:val="00E25D8C"/>
     <w:rsid w:val="00E276DA"/>
+    <w:rsid w:val="00E33B56"/>
+    <w:rsid w:val="00E34697"/>
     <w:rsid w:val="00E37183"/>
     <w:rsid w:val="00E37683"/>
     <w:rsid w:val="00E74C50"/>
+    <w:rsid w:val="00E84F6C"/>
+    <w:rsid w:val="00E876D9"/>
+    <w:rsid w:val="00EC58A9"/>
     <w:rsid w:val="00ED22F1"/>
     <w:rsid w:val="00ED75ED"/>
+    <w:rsid w:val="00EF2EAC"/>
+    <w:rsid w:val="00F02433"/>
+    <w:rsid w:val="00F0356B"/>
+    <w:rsid w:val="00F12D50"/>
     <w:rsid w:val="00F17CAD"/>
     <w:rsid w:val="00F17F93"/>
     <w:rsid w:val="00F24C12"/>
+    <w:rsid w:val="00F44382"/>
+    <w:rsid w:val="00F7194B"/>
+    <w:rsid w:val="00F923C9"/>
     <w:rsid w:val="00FB0B32"/>
     <w:rsid w:val="00FB5BCF"/>
+    <w:rsid w:val="00FC0F5D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="614B38B9"/>
   <w15:docId w15:val="{3F864EAC-D2F5-4C92-8D66-8C8717139E6C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7227,61 +8399,1923 @@
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0081676D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003A6E4E"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004150F6"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A4E14"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A4E14"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="123279200">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1412197401">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="14767259">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="742992670">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="784471736">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="728500814">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="658776317">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="288167032">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1806853147">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="997534146">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1114404317">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="211775242">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1866018062">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="150"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="165437944">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="478764087">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="816915793">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="886836733">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="562061316">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="745494668">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="14311172">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="408773005">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="555091709">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="974674998">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1248416790">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="548998737">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="927276586">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1582175545">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="784352997">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1185366128">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1388649229">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1670521500">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="376900118">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1660159904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="694774594">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2016836110">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="830098069">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1904441207">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="596524327">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1687097176">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="701980413">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1040742359">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1155759408">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="425423581">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="235557441">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1143697760">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="895966406">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2061897931">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2048292586">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="187528717">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1639072565">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1099642659">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="339085951">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1670401240">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="758327478">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="954294293">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1354838491">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1328096437">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1070076516">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="498085049">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="150"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1149633491">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1135759014">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1399278371">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="601184396">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="672999832">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="268240572">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="426125033">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1526941895">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1165825834">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1993020200">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1776753951">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1512720491">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1073819425">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="240599744">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1341078971">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1084574290">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1203203431">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="965353389">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2063209365">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1559318027">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="670959333">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="552042494">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="936057762">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="478114454">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1642687195">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1865820602">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1579512702">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="758672559">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2139030860">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1124546605">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1480537119">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="449473971">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="663552589">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1610888838">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="719860905">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1230769365">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1820146447">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1141535820">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1138107851">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1666397369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1711952784">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="150"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1590848866">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1705132134">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="954605950">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1792895170">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1574465767">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2019506379">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1684236611">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1757362613">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1869560925">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1748263171">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1250849646">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2031906950">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1385253513">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1671828297">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1566572630">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1965304080">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1774326471">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2089765559">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1324506372">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2079590756">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="789322147">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1999722610">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="48769947">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="591279121">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="888032987">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1894727622">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="809052000">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1257707436">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1390879763">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="627053001">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="150"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2126387331">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1035468820">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1104761987">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1717925897">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="315688596">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1205755496">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="318116997">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="621763414">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1368530140">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="75"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="241256660">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="75"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.samhsa.gov/resource/ebp/practical-guide-psychiatric-advance-directives" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -7549,68 +10583,68 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9A79DB8-B716-4F1C-A2A4-EE9284D8FB53}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>10710</Characters>
+  <Pages>7</Pages>
+  <Words>2171</Words>
+  <Characters>12379</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>89</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>103</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2023-2024 Template 3 - Narrative Report for the Substance Abuse and Mental Health Block Grant</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DCF</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12563</CharactersWithSpaces>
+  <CharactersWithSpaces>14521</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>2025-2026 Template 3 - Narrative Report for the Substance Abuse and Mental Health Block Grant</dc:title>
+  <dc:title>2023-2024 Template 3 - Narrative Report for the Substance Abuse and Mental Health Block Grant</dc:title>
   <dc:creator>Cece-Jeffrey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>