--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -1,106 +1,110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vandyke-misty\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fldcf.sharepoint.com/teams/HQWDVPAllTeam/Shared Documents/Programs/Child Welfare Initiative/.FY 25-26/Contract Docs/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C3527F6F-16E2-42F8-840E-671AE1D6B575}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{E04BB14A-3415-4D0A-B62C-1414CA9D5B01}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{15E3AB23-CF6C-425B-A2B6-8CF0F943D6A1}"/>
   <bookViews>
-    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Template 11 Monthly Summary" sheetId="6" r:id="rId1"/>
     <sheet name="Data Sheet" sheetId="5" r:id="rId2"/>
     <sheet name="Drop Down Lists" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_Hlk168504313" localSheetId="2">'Drop Down Lists'!$J$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="Filter 1" guid="{0FC1FC88-B83F-454D-ADA7-6546FF77E549}" maximized="1" windowWidth="0" windowHeight="0" activeSheetId="0"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="S21" i="6" l="1"/>
-[...1 lines deleted...]
-  <c r="S16" i="6"/>
+  <c r="S23" i="6" l="1"/>
   <c r="S17" i="6"/>
   <c r="S18" i="6"/>
   <c r="S19" i="6"/>
-  <c r="S14" i="6"/>
+  <c r="S20" i="6"/>
+  <c r="S21" i="6"/>
+  <c r="S16" i="6"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="199">
   <si>
     <t>Survivor ID (please use unique ID for each client)</t>
   </si>
   <si>
     <t>Amount Requested</t>
   </si>
   <si>
     <t>If funding was denied, please describe the reasons here.</t>
   </si>
   <si>
     <t>What other financial support or community resources did client receive? Please describe.</t>
   </si>
   <si>
     <t xml:space="preserve">If person is currently not housed, what is their situation?
 </t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>Black/African-American/African Descent</t>
   </si>
@@ -675,95 +679,101 @@
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">  Number of survivors provided workshops, training, or resources on topics such as financial safety planning, financial goal setting, financial literacy, and financial stability by the DV Center. (Section C-1.4.4)</t>
     </r>
   </si>
   <si>
     <t>Children</t>
   </si>
   <si>
     <t>Survivors</t>
   </si>
   <si>
     <t>Number of Continuum of Care meetings attended.</t>
   </si>
   <si>
     <t>Date of Continuum of Care meetings attended</t>
   </si>
   <si>
-    <t>Supportive Housing Services Report Form
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve">Total individuals provided financial assistance with housing funds allocated through this contract. </t>
   </si>
   <si>
     <t>Number of trainings attended by supportive housing staff or other provider staff that pertain to supportive housing services that are facilitated by the Department’s designated training and technical assistance provider, a Continuum of Care entity, or other approved entity by the Department. (Section C-1.4.5)</t>
   </si>
   <si>
     <r>
       <t>Total individuals supported by housing staff funded through this contract without receiving housing financial assistance allocated in this contract. Financial assistance may have been provided through other funding sources not allocated in this contract. (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Do not include Individuals counted in the question above.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
+  <si>
+    <t>Name of Individual Completing Report:</t>
+  </si>
+  <si>
+    <t>Email of Individual Completing Report:</t>
+  </si>
+  <si>
+    <t>Supportive Housing Services Report Form
+(Revised 11/06/2025)</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -819,50 +829,58 @@
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC9DAF8"/>
         <bgColor rgb="FFC9DAF8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1348,51 +1366,51 @@
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="120">
+  <cellXfs count="124">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
@@ -1469,50 +1487,122 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="17" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="12" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1571,121 +1661,61 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="13" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...60 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="33">
     <dxf>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
         <vertical style="thin">
           <color indexed="64"/>
         </vertical>
         <horizontal style="thin">
           <color indexed="64"/>
         </horizontal>
       </border>
@@ -2330,51 +2360,51 @@
           <fgColor rgb="FF26A69A"/>
           <bgColor rgb="FF26A69A"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="1">
     <tableStyle name="Evaluation Data-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
       <tableStyleElement type="headerRow" dxfId="32"/>
       <tableStyleElement type="firstRowStripe" dxfId="31"/>
       <tableStyleElement type="secondRowStripe" dxfId="30"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>63501</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>22860</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>685801</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>788670</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Large Rectangle Shape DCF DV Program Logo">
           <a:extLst>
@@ -2760,1385 +2790,1435 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A38557AF-9BC4-4FFD-BE25-301E44FC3796}">
-  <dimension ref="A1:XFC99"/>
+  <dimension ref="A1:XFC101"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A9" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="H16" sqref="H16"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="G11" sqref="G11:S11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.42578125" style="7" customWidth="1"/>
-    <col min="2" max="2" width="8.85546875" style="7" customWidth="1"/>
+    <col min="1" max="1" width="13.453125" style="7" customWidth="1"/>
+    <col min="2" max="2" width="8.81640625" style="7" customWidth="1"/>
     <col min="3" max="3" width="16" style="7" customWidth="1"/>
-    <col min="4" max="4" width="9.140625" style="7" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="11.28515625" style="7" customWidth="1"/>
+    <col min="4" max="4" width="9.1796875" style="7" customWidth="1"/>
+    <col min="5" max="5" width="10.7265625" style="7" customWidth="1"/>
+    <col min="6" max="6" width="12.26953125" style="7" customWidth="1"/>
+    <col min="7" max="7" width="11.26953125" style="7" customWidth="1"/>
     <col min="8" max="8" width="12" style="7" customWidth="1"/>
-    <col min="9" max="9" width="10.7109375" style="7" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="16384" max="16384" width="2.140625" style="7" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="10.7265625" style="7" customWidth="1"/>
+    <col min="10" max="10" width="8.81640625" style="7" customWidth="1"/>
+    <col min="11" max="11" width="10.54296875" style="7" customWidth="1"/>
+    <col min="12" max="12" width="10.7265625" style="7" customWidth="1"/>
+    <col min="13" max="18" width="8.81640625" style="7" customWidth="1"/>
+    <col min="19" max="19" width="9.81640625" style="7" customWidth="1"/>
+    <col min="20" max="16383" width="8.81640625" style="7" hidden="1"/>
+    <col min="16384" max="16384" width="2.1796875" style="7" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="68" t="s">
+    <row r="1" spans="1:19" ht="21" x14ac:dyDescent="0.5">
+      <c r="A1" s="92" t="s">
         <v>181</v>
       </c>
-      <c r="B1" s="69"/>
-[...63 lines deleted...]
-      <c r="A4" s="77" t="s">
+      <c r="B1" s="93"/>
+      <c r="C1" s="93"/>
+      <c r="D1" s="93"/>
+      <c r="E1" s="93"/>
+      <c r="F1" s="93"/>
+      <c r="G1" s="93"/>
+      <c r="H1" s="93"/>
+      <c r="I1" s="93"/>
+      <c r="J1" s="93"/>
+      <c r="K1" s="93"/>
+      <c r="L1" s="93"/>
+      <c r="M1" s="93"/>
+      <c r="N1" s="93"/>
+      <c r="O1" s="93"/>
+      <c r="P1" s="93"/>
+      <c r="Q1" s="93"/>
+      <c r="R1" s="93"/>
+      <c r="S1" s="94"/>
+    </row>
+    <row r="2" spans="1:19" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A2" s="95" t="s">
+        <v>198</v>
+      </c>
+      <c r="B2" s="96"/>
+      <c r="C2" s="96"/>
+      <c r="D2" s="96"/>
+      <c r="E2" s="96"/>
+      <c r="F2" s="96"/>
+      <c r="G2" s="96"/>
+      <c r="H2" s="96"/>
+      <c r="I2" s="96"/>
+      <c r="J2" s="96"/>
+      <c r="K2" s="96"/>
+      <c r="L2" s="96"/>
+      <c r="M2" s="96"/>
+      <c r="N2" s="96"/>
+      <c r="O2" s="96"/>
+      <c r="P2" s="96"/>
+      <c r="Q2" s="96"/>
+      <c r="R2" s="96"/>
+      <c r="S2" s="97"/>
+    </row>
+    <row r="3" spans="1:19" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="98"/>
+      <c r="B3" s="99"/>
+      <c r="C3" s="99"/>
+      <c r="D3" s="99"/>
+      <c r="E3" s="99"/>
+      <c r="F3" s="99"/>
+      <c r="G3" s="99"/>
+      <c r="H3" s="99"/>
+      <c r="I3" s="99"/>
+      <c r="J3" s="99"/>
+      <c r="K3" s="99"/>
+      <c r="L3" s="99"/>
+      <c r="M3" s="99"/>
+      <c r="N3" s="99"/>
+      <c r="O3" s="99"/>
+      <c r="P3" s="99"/>
+      <c r="Q3" s="99"/>
+      <c r="R3" s="99"/>
+      <c r="S3" s="100"/>
+    </row>
+    <row r="4" spans="1:19" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A4" s="101" t="s">
         <v>182</v>
       </c>
-      <c r="B4" s="78"/>
-[...39 lines deleted...]
-    <row r="6" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B4" s="102"/>
+      <c r="C4" s="102"/>
+      <c r="D4" s="102"/>
+      <c r="E4" s="102"/>
+      <c r="F4" s="102"/>
+      <c r="G4" s="102"/>
+      <c r="H4" s="102"/>
+      <c r="I4" s="102"/>
+      <c r="J4" s="102"/>
+      <c r="K4" s="102"/>
+      <c r="L4" s="102"/>
+      <c r="M4" s="102"/>
+      <c r="N4" s="102"/>
+      <c r="O4" s="102"/>
+      <c r="P4" s="102"/>
+      <c r="Q4" s="102"/>
+      <c r="R4" s="102"/>
+      <c r="S4" s="103"/>
+    </row>
+    <row r="5" spans="1:19" ht="22.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="104"/>
+      <c r="B5" s="105"/>
+      <c r="C5" s="105"/>
+      <c r="D5" s="105"/>
+      <c r="E5" s="105"/>
+      <c r="F5" s="105"/>
+      <c r="G5" s="105"/>
+      <c r="H5" s="105"/>
+      <c r="I5" s="105"/>
+      <c r="J5" s="105"/>
+      <c r="K5" s="105"/>
+      <c r="L5" s="105"/>
+      <c r="M5" s="105"/>
+      <c r="N5" s="105"/>
+      <c r="O5" s="105"/>
+      <c r="P5" s="105"/>
+      <c r="Q5" s="105"/>
+      <c r="R5" s="105"/>
+      <c r="S5" s="106"/>
+    </row>
+    <row r="6" spans="1:19" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="48"/>
       <c r="B6" s="49"/>
       <c r="C6" s="49"/>
       <c r="D6" s="49"/>
       <c r="E6" s="49"/>
       <c r="F6" s="49"/>
       <c r="G6" s="49"/>
       <c r="H6" s="49"/>
       <c r="I6" s="49"/>
       <c r="J6" s="49"/>
       <c r="K6" s="49"/>
       <c r="L6" s="49"/>
       <c r="M6" s="49"/>
       <c r="N6" s="49"/>
       <c r="O6" s="49"/>
       <c r="P6" s="49"/>
       <c r="Q6" s="49"/>
       <c r="R6" s="49"/>
       <c r="S6" s="50"/>
     </row>
-    <row r="7" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A7" s="83" t="s">
+    <row r="7" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="107" t="s">
         <v>164</v>
       </c>
-      <c r="B7" s="84"/>
-[...19 lines deleted...]
-      <c r="A8" s="60" t="s">
+      <c r="B7" s="108"/>
+      <c r="C7" s="108"/>
+      <c r="D7" s="108"/>
+      <c r="E7" s="108"/>
+      <c r="F7" s="108"/>
+      <c r="G7" s="109"/>
+      <c r="H7" s="109"/>
+      <c r="I7" s="109"/>
+      <c r="J7" s="109"/>
+      <c r="K7" s="109"/>
+      <c r="L7" s="109"/>
+      <c r="M7" s="109"/>
+      <c r="N7" s="109"/>
+      <c r="O7" s="109"/>
+      <c r="P7" s="109"/>
+      <c r="Q7" s="109"/>
+      <c r="R7" s="109"/>
+      <c r="S7" s="110"/>
+    </row>
+    <row r="8" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="84" t="s">
         <v>165</v>
       </c>
-      <c r="B8" s="61"/>
-[...19 lines deleted...]
-      <c r="A9" s="60" t="s">
+      <c r="B8" s="85"/>
+      <c r="C8" s="85"/>
+      <c r="D8" s="85"/>
+      <c r="E8" s="85"/>
+      <c r="F8" s="85"/>
+      <c r="G8" s="86"/>
+      <c r="H8" s="86"/>
+      <c r="I8" s="86"/>
+      <c r="J8" s="86"/>
+      <c r="K8" s="86"/>
+      <c r="L8" s="86"/>
+      <c r="M8" s="86"/>
+      <c r="N8" s="86"/>
+      <c r="O8" s="86"/>
+      <c r="P8" s="86"/>
+      <c r="Q8" s="86"/>
+      <c r="R8" s="86"/>
+      <c r="S8" s="87"/>
+    </row>
+    <row r="9" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="84" t="s">
         <v>183</v>
       </c>
-      <c r="B9" s="61"/>
-[...19 lines deleted...]
-      <c r="A10" s="87" t="s">
+      <c r="B9" s="85"/>
+      <c r="C9" s="85"/>
+      <c r="D9" s="85"/>
+      <c r="E9" s="85"/>
+      <c r="F9" s="85"/>
+      <c r="G9" s="86"/>
+      <c r="H9" s="86"/>
+      <c r="I9" s="86"/>
+      <c r="J9" s="86"/>
+      <c r="K9" s="86"/>
+      <c r="L9" s="86"/>
+      <c r="M9" s="86"/>
+      <c r="N9" s="86"/>
+      <c r="O9" s="86"/>
+      <c r="P9" s="86"/>
+      <c r="Q9" s="86"/>
+      <c r="R9" s="86"/>
+      <c r="S9" s="87"/>
+    </row>
+    <row r="10" spans="1:19" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A10" s="111" t="s">
         <v>166</v>
       </c>
-      <c r="B10" s="88"/>
-[...46 lines deleted...]
-      <c r="G12" s="40" t="s">
+      <c r="B10" s="112"/>
+      <c r="C10" s="112"/>
+      <c r="D10" s="112"/>
+      <c r="E10" s="112"/>
+      <c r="F10" s="112"/>
+      <c r="G10" s="86"/>
+      <c r="H10" s="86"/>
+      <c r="I10" s="86"/>
+      <c r="J10" s="86"/>
+      <c r="K10" s="86"/>
+      <c r="L10" s="86"/>
+      <c r="M10" s="86"/>
+      <c r="N10" s="86"/>
+      <c r="O10" s="86"/>
+      <c r="P10" s="86"/>
+      <c r="Q10" s="86"/>
+      <c r="R10" s="86"/>
+      <c r="S10" s="87"/>
+    </row>
+    <row r="11" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="120" t="s">
+        <v>196</v>
+      </c>
+      <c r="B11" s="121"/>
+      <c r="C11" s="121"/>
+      <c r="D11" s="121"/>
+      <c r="E11" s="121"/>
+      <c r="F11" s="121"/>
+      <c r="G11" s="86"/>
+      <c r="H11" s="86"/>
+      <c r="I11" s="86"/>
+      <c r="J11" s="86"/>
+      <c r="K11" s="86"/>
+      <c r="L11" s="86"/>
+      <c r="M11" s="86"/>
+      <c r="N11" s="86"/>
+      <c r="O11" s="86"/>
+      <c r="P11" s="86"/>
+      <c r="Q11" s="86"/>
+      <c r="R11" s="86"/>
+      <c r="S11" s="87"/>
+    </row>
+    <row r="12" spans="1:19" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A12" s="122" t="s">
+        <v>197</v>
+      </c>
+      <c r="B12" s="123"/>
+      <c r="C12" s="123"/>
+      <c r="D12" s="123"/>
+      <c r="E12" s="123"/>
+      <c r="F12" s="123"/>
+      <c r="G12" s="113"/>
+      <c r="H12" s="113"/>
+      <c r="I12" s="113"/>
+      <c r="J12" s="113"/>
+      <c r="K12" s="113"/>
+      <c r="L12" s="113"/>
+      <c r="M12" s="113"/>
+      <c r="N12" s="113"/>
+      <c r="O12" s="113"/>
+      <c r="P12" s="113"/>
+      <c r="Q12" s="113"/>
+      <c r="R12" s="113"/>
+      <c r="S12" s="114"/>
+    </row>
+    <row r="13" spans="1:19" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="51"/>
+      <c r="B13" s="52"/>
+      <c r="C13" s="52"/>
+      <c r="D13" s="52"/>
+      <c r="E13" s="52"/>
+      <c r="F13" s="52"/>
+      <c r="G13" s="52"/>
+      <c r="H13" s="52"/>
+      <c r="I13" s="52"/>
+      <c r="J13" s="52"/>
+      <c r="K13" s="52"/>
+      <c r="L13" s="52"/>
+      <c r="M13" s="52"/>
+      <c r="N13" s="52"/>
+      <c r="O13" s="52"/>
+      <c r="P13" s="52"/>
+      <c r="Q13" s="52"/>
+      <c r="R13" s="52"/>
+      <c r="S13" s="53"/>
+    </row>
+    <row r="14" spans="1:19" s="39" customFormat="1" ht="37.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="115"/>
+      <c r="B14" s="116"/>
+      <c r="C14" s="116"/>
+      <c r="D14" s="116"/>
+      <c r="E14" s="116"/>
+      <c r="F14" s="116"/>
+      <c r="G14" s="40" t="s">
         <v>167</v>
       </c>
-      <c r="H12" s="40" t="s">
+      <c r="H14" s="40" t="s">
         <v>168</v>
       </c>
-      <c r="I12" s="40" t="s">
+      <c r="I14" s="40" t="s">
         <v>169</v>
       </c>
-      <c r="J12" s="40" t="s">
+      <c r="J14" s="40" t="s">
         <v>170</v>
       </c>
-      <c r="K12" s="40" t="s">
+      <c r="K14" s="40" t="s">
         <v>171</v>
       </c>
-      <c r="L12" s="40" t="s">
+      <c r="L14" s="40" t="s">
         <v>172</v>
       </c>
-      <c r="M12" s="40" t="s">
+      <c r="M14" s="40" t="s">
         <v>173</v>
       </c>
-      <c r="N12" s="40" t="s">
+      <c r="N14" s="40" t="s">
         <v>174</v>
       </c>
-      <c r="O12" s="40" t="s">
+      <c r="O14" s="40" t="s">
         <v>175</v>
       </c>
-      <c r="P12" s="40" t="s">
+      <c r="P14" s="40" t="s">
         <v>176</v>
       </c>
-      <c r="Q12" s="40" t="s">
+      <c r="Q14" s="40" t="s">
         <v>177</v>
       </c>
-      <c r="R12" s="41" t="s">
+      <c r="R14" s="41" t="s">
         <v>178</v>
       </c>
-      <c r="S12" s="42" t="s">
+      <c r="S14" s="42" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="13" spans="1:19" s="39" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="93" t="s">
+    <row r="15" spans="1:19" s="39" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="117" t="s">
         <v>187</v>
       </c>
-      <c r="B13" s="94"/>
-[...54 lines deleted...]
-      </c>
+      <c r="B15" s="118"/>
+      <c r="C15" s="118"/>
+      <c r="D15" s="118"/>
+      <c r="E15" s="118"/>
+      <c r="F15" s="119"/>
       <c r="G15" s="43"/>
       <c r="H15" s="43"/>
       <c r="I15" s="43"/>
       <c r="J15" s="43"/>
       <c r="K15" s="43"/>
       <c r="L15" s="43"/>
       <c r="M15" s="43"/>
       <c r="N15" s="43"/>
       <c r="O15" s="43"/>
       <c r="P15" s="43"/>
       <c r="Q15" s="43"/>
       <c r="R15" s="44"/>
-      <c r="S15" s="45">
-[...11 lines deleted...]
-      <c r="E16" s="106"/>
+      <c r="S15" s="47"/>
+    </row>
+    <row r="16" spans="1:19" s="39" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="88" t="s">
+        <v>193</v>
+      </c>
+      <c r="B16" s="88"/>
+      <c r="C16" s="88"/>
+      <c r="D16" s="88"/>
+      <c r="E16" s="89"/>
       <c r="F16" s="57" t="s">
         <v>190</v>
       </c>
       <c r="G16" s="43"/>
       <c r="H16" s="43"/>
       <c r="I16" s="43"/>
       <c r="J16" s="43"/>
       <c r="K16" s="43"/>
       <c r="L16" s="43"/>
       <c r="M16" s="43"/>
       <c r="N16" s="43"/>
       <c r="O16" s="43"/>
       <c r="P16" s="43"/>
       <c r="Q16" s="43"/>
       <c r="R16" s="44"/>
       <c r="S16" s="45">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="S16:S21" si="0">SUM(G16:R16)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:19" s="39" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E17" s="108"/>
+    <row r="17" spans="1:19" s="39" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="90"/>
+      <c r="B17" s="90"/>
+      <c r="C17" s="90"/>
+      <c r="D17" s="90"/>
+      <c r="E17" s="91"/>
       <c r="F17" s="57" t="s">
         <v>189</v>
       </c>
       <c r="G17" s="43"/>
       <c r="H17" s="43"/>
       <c r="I17" s="43"/>
       <c r="J17" s="43"/>
       <c r="K17" s="43"/>
       <c r="L17" s="43"/>
       <c r="M17" s="43"/>
       <c r="N17" s="43"/>
       <c r="O17" s="43"/>
       <c r="P17" s="43"/>
       <c r="Q17" s="43"/>
       <c r="R17" s="44"/>
       <c r="S17" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:19" s="39" customFormat="1" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F18" s="111"/>
+    <row r="18" spans="1:19" s="39" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="76" t="s">
+        <v>195</v>
+      </c>
+      <c r="B18" s="77"/>
+      <c r="C18" s="77"/>
+      <c r="D18" s="77"/>
+      <c r="E18" s="77"/>
+      <c r="F18" s="57" t="s">
+        <v>190</v>
+      </c>
       <c r="G18" s="43"/>
       <c r="H18" s="43"/>
       <c r="I18" s="43"/>
       <c r="J18" s="43"/>
       <c r="K18" s="43"/>
       <c r="L18" s="43"/>
       <c r="M18" s="43"/>
       <c r="N18" s="43"/>
       <c r="O18" s="43"/>
       <c r="P18" s="43"/>
       <c r="Q18" s="43"/>
       <c r="R18" s="44"/>
       <c r="S18" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:19" s="39" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F19" s="111"/>
+    <row r="19" spans="1:19" s="39" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="78"/>
+      <c r="B19" s="79"/>
+      <c r="C19" s="79"/>
+      <c r="D19" s="79"/>
+      <c r="E19" s="79"/>
+      <c r="F19" s="57" t="s">
+        <v>189</v>
+      </c>
       <c r="G19" s="43"/>
       <c r="H19" s="43"/>
       <c r="I19" s="43"/>
       <c r="J19" s="43"/>
       <c r="K19" s="43"/>
       <c r="L19" s="43"/>
       <c r="M19" s="43"/>
       <c r="N19" s="43"/>
       <c r="O19" s="43"/>
       <c r="P19" s="43"/>
       <c r="Q19" s="43"/>
       <c r="R19" s="44"/>
       <c r="S19" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:19" s="39" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F20" s="111"/>
+    <row r="20" spans="1:19" s="39" customFormat="1" ht="104.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="80" t="s">
+        <v>188</v>
+      </c>
+      <c r="B20" s="81"/>
+      <c r="C20" s="81"/>
+      <c r="D20" s="81"/>
+      <c r="E20" s="81"/>
+      <c r="F20" s="82"/>
       <c r="G20" s="43"/>
       <c r="H20" s="43"/>
       <c r="I20" s="43"/>
       <c r="J20" s="43"/>
       <c r="K20" s="43"/>
       <c r="L20" s="43"/>
       <c r="M20" s="43"/>
       <c r="N20" s="43"/>
       <c r="O20" s="43"/>
       <c r="P20" s="43"/>
       <c r="Q20" s="43"/>
       <c r="R20" s="44"/>
-      <c r="S20" s="47"/>
-[...9 lines deleted...]
-      <c r="F21" s="112"/>
+      <c r="S20" s="45">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:19" s="39" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="80" t="s">
+        <v>194</v>
+      </c>
+      <c r="B21" s="81"/>
+      <c r="C21" s="81"/>
+      <c r="D21" s="81"/>
+      <c r="E21" s="81"/>
+      <c r="F21" s="82"/>
       <c r="G21" s="43"/>
       <c r="H21" s="43"/>
       <c r="I21" s="43"/>
       <c r="J21" s="43"/>
       <c r="K21" s="43"/>
       <c r="L21" s="43"/>
       <c r="M21" s="43"/>
       <c r="N21" s="43"/>
       <c r="O21" s="43"/>
       <c r="P21" s="43"/>
       <c r="Q21" s="43"/>
       <c r="R21" s="44"/>
-      <c r="S21" s="43">
-        <f t="shared" ref="S21" si="1">SUM(G21:R21)</f>
+      <c r="S21" s="45">
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:19" s="39" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="112" t="s">
+    <row r="22" spans="1:19" s="39" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="80" t="s">
+        <v>184</v>
+      </c>
+      <c r="B22" s="81"/>
+      <c r="C22" s="81"/>
+      <c r="D22" s="81"/>
+      <c r="E22" s="81"/>
+      <c r="F22" s="82"/>
+      <c r="G22" s="43"/>
+      <c r="H22" s="43"/>
+      <c r="I22" s="43"/>
+      <c r="J22" s="43"/>
+      <c r="K22" s="43"/>
+      <c r="L22" s="43"/>
+      <c r="M22" s="43"/>
+      <c r="N22" s="43"/>
+      <c r="O22" s="43"/>
+      <c r="P22" s="43"/>
+      <c r="Q22" s="43"/>
+      <c r="R22" s="44"/>
+      <c r="S22" s="47"/>
+    </row>
+    <row r="23" spans="1:19" s="39" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="83" t="s">
+        <v>191</v>
+      </c>
+      <c r="B23" s="83"/>
+      <c r="C23" s="83"/>
+      <c r="D23" s="83"/>
+      <c r="E23" s="83"/>
+      <c r="F23" s="83"/>
+      <c r="G23" s="43"/>
+      <c r="H23" s="43"/>
+      <c r="I23" s="43"/>
+      <c r="J23" s="43"/>
+      <c r="K23" s="43"/>
+      <c r="L23" s="43"/>
+      <c r="M23" s="43"/>
+      <c r="N23" s="43"/>
+      <c r="O23" s="43"/>
+      <c r="P23" s="43"/>
+      <c r="Q23" s="43"/>
+      <c r="R23" s="44"/>
+      <c r="S23" s="43">
+        <f t="shared" ref="S23" si="1">SUM(G23:R23)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19" s="39" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="83" t="s">
         <v>192</v>
       </c>
-      <c r="B22" s="112"/>
-[...61 lines deleted...]
-      <c r="A25" s="96" t="s">
+      <c r="B24" s="83"/>
+      <c r="C24" s="83"/>
+      <c r="D24" s="83"/>
+      <c r="E24" s="83"/>
+      <c r="F24" s="83"/>
+      <c r="G24" s="58"/>
+      <c r="H24" s="58"/>
+      <c r="I24" s="58"/>
+      <c r="J24" s="58"/>
+      <c r="K24" s="58"/>
+      <c r="L24" s="58"/>
+      <c r="M24" s="58"/>
+      <c r="N24" s="58"/>
+      <c r="O24" s="58"/>
+      <c r="P24" s="58"/>
+      <c r="Q24" s="58"/>
+      <c r="R24" s="58"/>
+      <c r="S24" s="59"/>
+    </row>
+    <row r="25" spans="1:19" s="46" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A25" s="51"/>
+      <c r="B25" s="52"/>
+      <c r="C25" s="52"/>
+      <c r="D25" s="52"/>
+      <c r="E25" s="52"/>
+      <c r="F25" s="52"/>
+      <c r="G25" s="52"/>
+      <c r="H25" s="52"/>
+      <c r="I25" s="52"/>
+      <c r="J25" s="52"/>
+      <c r="K25" s="52"/>
+      <c r="L25" s="52"/>
+      <c r="M25" s="52"/>
+      <c r="N25" s="52"/>
+      <c r="O25" s="52"/>
+      <c r="P25" s="52"/>
+      <c r="Q25" s="52"/>
+      <c r="R25" s="52"/>
+      <c r="S25" s="53"/>
+    </row>
+    <row r="26" spans="1:19" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A26" s="54"/>
+      <c r="B26" s="55"/>
+      <c r="C26" s="55"/>
+      <c r="D26" s="55"/>
+      <c r="E26" s="56"/>
+      <c r="F26" s="56"/>
+      <c r="G26" s="56"/>
+      <c r="H26" s="56"/>
+      <c r="I26" s="56"/>
+      <c r="J26" s="56"/>
+      <c r="K26" s="56"/>
+      <c r="L26" s="56"/>
+      <c r="M26" s="56"/>
+      <c r="N26" s="52"/>
+      <c r="O26" s="52"/>
+      <c r="P26" s="52"/>
+      <c r="Q26" s="52"/>
+      <c r="R26" s="52"/>
+      <c r="S26" s="53"/>
+    </row>
+    <row r="27" spans="1:19" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A27" s="69" t="s">
         <v>180</v>
       </c>
-      <c r="B25" s="97"/>
-[...19 lines deleted...]
-      <c r="A26" s="99" t="s">
+      <c r="B27" s="70"/>
+      <c r="C27" s="70"/>
+      <c r="D27" s="70"/>
+      <c r="E27" s="70"/>
+      <c r="F27" s="70"/>
+      <c r="G27" s="70"/>
+      <c r="H27" s="70"/>
+      <c r="I27" s="70"/>
+      <c r="J27" s="70"/>
+      <c r="K27" s="70"/>
+      <c r="L27" s="70"/>
+      <c r="M27" s="70"/>
+      <c r="N27" s="70"/>
+      <c r="O27" s="70"/>
+      <c r="P27" s="70"/>
+      <c r="Q27" s="70"/>
+      <c r="R27" s="70"/>
+      <c r="S27" s="71"/>
+    </row>
+    <row r="28" spans="1:19" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="72" t="s">
         <v>186</v>
       </c>
-      <c r="B26" s="100"/>
-[...19 lines deleted...]
-      <c r="A27" s="102" t="s">
+      <c r="B28" s="73"/>
+      <c r="C28" s="73"/>
+      <c r="D28" s="73"/>
+      <c r="E28" s="73"/>
+      <c r="F28" s="73"/>
+      <c r="G28" s="73"/>
+      <c r="H28" s="73"/>
+      <c r="I28" s="73"/>
+      <c r="J28" s="73"/>
+      <c r="K28" s="73"/>
+      <c r="L28" s="73"/>
+      <c r="M28" s="73"/>
+      <c r="N28" s="73"/>
+      <c r="O28" s="73"/>
+      <c r="P28" s="73"/>
+      <c r="Q28" s="73"/>
+      <c r="R28" s="73"/>
+      <c r="S28" s="74"/>
+    </row>
+    <row r="29" spans="1:19" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="75" t="s">
         <v>167</v>
       </c>
-      <c r="B27" s="103"/>
-[...40 lines deleted...]
-      <c r="A29" s="113" t="s">
+      <c r="B29" s="61"/>
+      <c r="C29" s="61"/>
+      <c r="D29" s="61"/>
+      <c r="E29" s="61"/>
+      <c r="F29" s="61"/>
+      <c r="G29" s="61"/>
+      <c r="H29" s="61"/>
+      <c r="I29" s="61"/>
+      <c r="J29" s="61"/>
+      <c r="K29" s="61"/>
+      <c r="L29" s="61"/>
+      <c r="M29" s="61"/>
+      <c r="N29" s="61"/>
+      <c r="O29" s="61"/>
+      <c r="P29" s="61"/>
+      <c r="Q29" s="61"/>
+      <c r="R29" s="61"/>
+      <c r="S29" s="62"/>
+    </row>
+    <row r="30" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="75"/>
+      <c r="B30" s="61"/>
+      <c r="C30" s="61"/>
+      <c r="D30" s="61"/>
+      <c r="E30" s="61"/>
+      <c r="F30" s="61"/>
+      <c r="G30" s="61"/>
+      <c r="H30" s="61"/>
+      <c r="I30" s="61"/>
+      <c r="J30" s="61"/>
+      <c r="K30" s="61"/>
+      <c r="L30" s="61"/>
+      <c r="M30" s="61"/>
+      <c r="N30" s="61"/>
+      <c r="O30" s="61"/>
+      <c r="P30" s="61"/>
+      <c r="Q30" s="61"/>
+      <c r="R30" s="61"/>
+      <c r="S30" s="62"/>
+    </row>
+    <row r="31" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="63" t="s">
         <v>168</v>
       </c>
-      <c r="B29" s="114"/>
-[...40 lines deleted...]
-      <c r="A31" s="116" t="s">
+      <c r="B31" s="65"/>
+      <c r="C31" s="65"/>
+      <c r="D31" s="65"/>
+      <c r="E31" s="65"/>
+      <c r="F31" s="65"/>
+      <c r="G31" s="65"/>
+      <c r="H31" s="65"/>
+      <c r="I31" s="65"/>
+      <c r="J31" s="65"/>
+      <c r="K31" s="65"/>
+      <c r="L31" s="65"/>
+      <c r="M31" s="65"/>
+      <c r="N31" s="65"/>
+      <c r="O31" s="65"/>
+      <c r="P31" s="65"/>
+      <c r="Q31" s="65"/>
+      <c r="R31" s="65"/>
+      <c r="S31" s="66"/>
+    </row>
+    <row r="32" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="63"/>
+      <c r="B32" s="65"/>
+      <c r="C32" s="65"/>
+      <c r="D32" s="65"/>
+      <c r="E32" s="65"/>
+      <c r="F32" s="65"/>
+      <c r="G32" s="65"/>
+      <c r="H32" s="65"/>
+      <c r="I32" s="65"/>
+      <c r="J32" s="65"/>
+      <c r="K32" s="65"/>
+      <c r="L32" s="65"/>
+      <c r="M32" s="65"/>
+      <c r="N32" s="65"/>
+      <c r="O32" s="65"/>
+      <c r="P32" s="65"/>
+      <c r="Q32" s="65"/>
+      <c r="R32" s="65"/>
+      <c r="S32" s="66"/>
+    </row>
+    <row r="33" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="60" t="s">
         <v>169</v>
       </c>
-      <c r="B31" s="103"/>
-[...40 lines deleted...]
-      <c r="A33" s="113" t="s">
+      <c r="B33" s="61"/>
+      <c r="C33" s="61"/>
+      <c r="D33" s="61"/>
+      <c r="E33" s="61"/>
+      <c r="F33" s="61"/>
+      <c r="G33" s="61"/>
+      <c r="H33" s="61"/>
+      <c r="I33" s="61"/>
+      <c r="J33" s="61"/>
+      <c r="K33" s="61"/>
+      <c r="L33" s="61"/>
+      <c r="M33" s="61"/>
+      <c r="N33" s="61"/>
+      <c r="O33" s="61"/>
+      <c r="P33" s="61"/>
+      <c r="Q33" s="61"/>
+      <c r="R33" s="61"/>
+      <c r="S33" s="62"/>
+    </row>
+    <row r="34" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="60"/>
+      <c r="B34" s="61"/>
+      <c r="C34" s="61"/>
+      <c r="D34" s="61"/>
+      <c r="E34" s="61"/>
+      <c r="F34" s="61"/>
+      <c r="G34" s="61"/>
+      <c r="H34" s="61"/>
+      <c r="I34" s="61"/>
+      <c r="J34" s="61"/>
+      <c r="K34" s="61"/>
+      <c r="L34" s="61"/>
+      <c r="M34" s="61"/>
+      <c r="N34" s="61"/>
+      <c r="O34" s="61"/>
+      <c r="P34" s="61"/>
+      <c r="Q34" s="61"/>
+      <c r="R34" s="61"/>
+      <c r="S34" s="62"/>
+    </row>
+    <row r="35" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="63" t="s">
         <v>170</v>
       </c>
-      <c r="B33" s="114"/>
-[...40 lines deleted...]
-      <c r="A35" s="116" t="s">
+      <c r="B35" s="65"/>
+      <c r="C35" s="65"/>
+      <c r="D35" s="65"/>
+      <c r="E35" s="65"/>
+      <c r="F35" s="65"/>
+      <c r="G35" s="65"/>
+      <c r="H35" s="65"/>
+      <c r="I35" s="65"/>
+      <c r="J35" s="65"/>
+      <c r="K35" s="65"/>
+      <c r="L35" s="65"/>
+      <c r="M35" s="65"/>
+      <c r="N35" s="65"/>
+      <c r="O35" s="65"/>
+      <c r="P35" s="65"/>
+      <c r="Q35" s="65"/>
+      <c r="R35" s="65"/>
+      <c r="S35" s="66"/>
+    </row>
+    <row r="36" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="63"/>
+      <c r="B36" s="65"/>
+      <c r="C36" s="65"/>
+      <c r="D36" s="65"/>
+      <c r="E36" s="65"/>
+      <c r="F36" s="65"/>
+      <c r="G36" s="65"/>
+      <c r="H36" s="65"/>
+      <c r="I36" s="65"/>
+      <c r="J36" s="65"/>
+      <c r="K36" s="65"/>
+      <c r="L36" s="65"/>
+      <c r="M36" s="65"/>
+      <c r="N36" s="65"/>
+      <c r="O36" s="65"/>
+      <c r="P36" s="65"/>
+      <c r="Q36" s="65"/>
+      <c r="R36" s="65"/>
+      <c r="S36" s="66"/>
+    </row>
+    <row r="37" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="60" t="s">
         <v>171</v>
       </c>
-      <c r="B35" s="103"/>
-[...40 lines deleted...]
-      <c r="A37" s="113" t="s">
+      <c r="B37" s="61"/>
+      <c r="C37" s="61"/>
+      <c r="D37" s="61"/>
+      <c r="E37" s="61"/>
+      <c r="F37" s="61"/>
+      <c r="G37" s="61"/>
+      <c r="H37" s="61"/>
+      <c r="I37" s="61"/>
+      <c r="J37" s="61"/>
+      <c r="K37" s="61"/>
+      <c r="L37" s="61"/>
+      <c r="M37" s="61"/>
+      <c r="N37" s="61"/>
+      <c r="O37" s="61"/>
+      <c r="P37" s="61"/>
+      <c r="Q37" s="61"/>
+      <c r="R37" s="61"/>
+      <c r="S37" s="62"/>
+    </row>
+    <row r="38" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="60"/>
+      <c r="B38" s="61"/>
+      <c r="C38" s="61"/>
+      <c r="D38" s="61"/>
+      <c r="E38" s="61"/>
+      <c r="F38" s="61"/>
+      <c r="G38" s="61"/>
+      <c r="H38" s="61"/>
+      <c r="I38" s="61"/>
+      <c r="J38" s="61"/>
+      <c r="K38" s="61"/>
+      <c r="L38" s="61"/>
+      <c r="M38" s="61"/>
+      <c r="N38" s="61"/>
+      <c r="O38" s="61"/>
+      <c r="P38" s="61"/>
+      <c r="Q38" s="61"/>
+      <c r="R38" s="61"/>
+      <c r="S38" s="62"/>
+    </row>
+    <row r="39" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="63" t="s">
         <v>172</v>
       </c>
-      <c r="B37" s="114"/>
-[...40 lines deleted...]
-      <c r="A39" s="116" t="s">
+      <c r="B39" s="65"/>
+      <c r="C39" s="65"/>
+      <c r="D39" s="65"/>
+      <c r="E39" s="65"/>
+      <c r="F39" s="65"/>
+      <c r="G39" s="65"/>
+      <c r="H39" s="65"/>
+      <c r="I39" s="65"/>
+      <c r="J39" s="65"/>
+      <c r="K39" s="65"/>
+      <c r="L39" s="65"/>
+      <c r="M39" s="65"/>
+      <c r="N39" s="65"/>
+      <c r="O39" s="65"/>
+      <c r="P39" s="65"/>
+      <c r="Q39" s="65"/>
+      <c r="R39" s="65"/>
+      <c r="S39" s="66"/>
+    </row>
+    <row r="40" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="63"/>
+      <c r="B40" s="65"/>
+      <c r="C40" s="65"/>
+      <c r="D40" s="65"/>
+      <c r="E40" s="65"/>
+      <c r="F40" s="65"/>
+      <c r="G40" s="65"/>
+      <c r="H40" s="65"/>
+      <c r="I40" s="65"/>
+      <c r="J40" s="65"/>
+      <c r="K40" s="65"/>
+      <c r="L40" s="65"/>
+      <c r="M40" s="65"/>
+      <c r="N40" s="65"/>
+      <c r="O40" s="65"/>
+      <c r="P40" s="65"/>
+      <c r="Q40" s="65"/>
+      <c r="R40" s="65"/>
+      <c r="S40" s="66"/>
+    </row>
+    <row r="41" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="60" t="s">
         <v>173</v>
       </c>
-      <c r="B39" s="103"/>
-[...40 lines deleted...]
-      <c r="A41" s="113" t="s">
+      <c r="B41" s="61"/>
+      <c r="C41" s="61"/>
+      <c r="D41" s="61"/>
+      <c r="E41" s="61"/>
+      <c r="F41" s="61"/>
+      <c r="G41" s="61"/>
+      <c r="H41" s="61"/>
+      <c r="I41" s="61"/>
+      <c r="J41" s="61"/>
+      <c r="K41" s="61"/>
+      <c r="L41" s="61"/>
+      <c r="M41" s="61"/>
+      <c r="N41" s="61"/>
+      <c r="O41" s="61"/>
+      <c r="P41" s="61"/>
+      <c r="Q41" s="61"/>
+      <c r="R41" s="61"/>
+      <c r="S41" s="62"/>
+    </row>
+    <row r="42" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="60"/>
+      <c r="B42" s="61"/>
+      <c r="C42" s="61"/>
+      <c r="D42" s="61"/>
+      <c r="E42" s="61"/>
+      <c r="F42" s="61"/>
+      <c r="G42" s="61"/>
+      <c r="H42" s="61"/>
+      <c r="I42" s="61"/>
+      <c r="J42" s="61"/>
+      <c r="K42" s="61"/>
+      <c r="L42" s="61"/>
+      <c r="M42" s="61"/>
+      <c r="N42" s="61"/>
+      <c r="O42" s="61"/>
+      <c r="P42" s="61"/>
+      <c r="Q42" s="61"/>
+      <c r="R42" s="61"/>
+      <c r="S42" s="62"/>
+    </row>
+    <row r="43" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="63" t="s">
         <v>174</v>
       </c>
-      <c r="B41" s="114"/>
-[...40 lines deleted...]
-      <c r="A43" s="116" t="s">
+      <c r="B43" s="65"/>
+      <c r="C43" s="65"/>
+      <c r="D43" s="65"/>
+      <c r="E43" s="65"/>
+      <c r="F43" s="65"/>
+      <c r="G43" s="65"/>
+      <c r="H43" s="65"/>
+      <c r="I43" s="65"/>
+      <c r="J43" s="65"/>
+      <c r="K43" s="65"/>
+      <c r="L43" s="65"/>
+      <c r="M43" s="65"/>
+      <c r="N43" s="65"/>
+      <c r="O43" s="65"/>
+      <c r="P43" s="65"/>
+      <c r="Q43" s="65"/>
+      <c r="R43" s="65"/>
+      <c r="S43" s="66"/>
+    </row>
+    <row r="44" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="63"/>
+      <c r="B44" s="65"/>
+      <c r="C44" s="65"/>
+      <c r="D44" s="65"/>
+      <c r="E44" s="65"/>
+      <c r="F44" s="65"/>
+      <c r="G44" s="65"/>
+      <c r="H44" s="65"/>
+      <c r="I44" s="65"/>
+      <c r="J44" s="65"/>
+      <c r="K44" s="65"/>
+      <c r="L44" s="65"/>
+      <c r="M44" s="65"/>
+      <c r="N44" s="65"/>
+      <c r="O44" s="65"/>
+      <c r="P44" s="65"/>
+      <c r="Q44" s="65"/>
+      <c r="R44" s="65"/>
+      <c r="S44" s="66"/>
+    </row>
+    <row r="45" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="60" t="s">
         <v>175</v>
       </c>
-      <c r="B43" s="103"/>
-[...40 lines deleted...]
-      <c r="A45" s="113" t="s">
+      <c r="B45" s="61"/>
+      <c r="C45" s="61"/>
+      <c r="D45" s="61"/>
+      <c r="E45" s="61"/>
+      <c r="F45" s="61"/>
+      <c r="G45" s="61"/>
+      <c r="H45" s="61"/>
+      <c r="I45" s="61"/>
+      <c r="J45" s="61"/>
+      <c r="K45" s="61"/>
+      <c r="L45" s="61"/>
+      <c r="M45" s="61"/>
+      <c r="N45" s="61"/>
+      <c r="O45" s="61"/>
+      <c r="P45" s="61"/>
+      <c r="Q45" s="61"/>
+      <c r="R45" s="61"/>
+      <c r="S45" s="62"/>
+    </row>
+    <row r="46" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="60"/>
+      <c r="B46" s="61"/>
+      <c r="C46" s="61"/>
+      <c r="D46" s="61"/>
+      <c r="E46" s="61"/>
+      <c r="F46" s="61"/>
+      <c r="G46" s="61"/>
+      <c r="H46" s="61"/>
+      <c r="I46" s="61"/>
+      <c r="J46" s="61"/>
+      <c r="K46" s="61"/>
+      <c r="L46" s="61"/>
+      <c r="M46" s="61"/>
+      <c r="N46" s="61"/>
+      <c r="O46" s="61"/>
+      <c r="P46" s="61"/>
+      <c r="Q46" s="61"/>
+      <c r="R46" s="61"/>
+      <c r="S46" s="62"/>
+    </row>
+    <row r="47" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="63" t="s">
         <v>176</v>
       </c>
-      <c r="B45" s="114"/>
-[...40 lines deleted...]
-      <c r="A47" s="116" t="s">
+      <c r="B47" s="65"/>
+      <c r="C47" s="65"/>
+      <c r="D47" s="65"/>
+      <c r="E47" s="65"/>
+      <c r="F47" s="65"/>
+      <c r="G47" s="65"/>
+      <c r="H47" s="65"/>
+      <c r="I47" s="65"/>
+      <c r="J47" s="65"/>
+      <c r="K47" s="65"/>
+      <c r="L47" s="65"/>
+      <c r="M47" s="65"/>
+      <c r="N47" s="65"/>
+      <c r="O47" s="65"/>
+      <c r="P47" s="65"/>
+      <c r="Q47" s="65"/>
+      <c r="R47" s="65"/>
+      <c r="S47" s="66"/>
+    </row>
+    <row r="48" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="63"/>
+      <c r="B48" s="65"/>
+      <c r="C48" s="65"/>
+      <c r="D48" s="65"/>
+      <c r="E48" s="65"/>
+      <c r="F48" s="65"/>
+      <c r="G48" s="65"/>
+      <c r="H48" s="65"/>
+      <c r="I48" s="65"/>
+      <c r="J48" s="65"/>
+      <c r="K48" s="65"/>
+      <c r="L48" s="65"/>
+      <c r="M48" s="65"/>
+      <c r="N48" s="65"/>
+      <c r="O48" s="65"/>
+      <c r="P48" s="65"/>
+      <c r="Q48" s="65"/>
+      <c r="R48" s="65"/>
+      <c r="S48" s="66"/>
+    </row>
+    <row r="49" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="60" t="s">
         <v>177</v>
       </c>
-      <c r="B47" s="103"/>
-[...40 lines deleted...]
-      <c r="A49" s="113" t="s">
+      <c r="B49" s="61"/>
+      <c r="C49" s="61"/>
+      <c r="D49" s="61"/>
+      <c r="E49" s="61"/>
+      <c r="F49" s="61"/>
+      <c r="G49" s="61"/>
+      <c r="H49" s="61"/>
+      <c r="I49" s="61"/>
+      <c r="J49" s="61"/>
+      <c r="K49" s="61"/>
+      <c r="L49" s="61"/>
+      <c r="M49" s="61"/>
+      <c r="N49" s="61"/>
+      <c r="O49" s="61"/>
+      <c r="P49" s="61"/>
+      <c r="Q49" s="61"/>
+      <c r="R49" s="61"/>
+      <c r="S49" s="62"/>
+    </row>
+    <row r="50" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="60"/>
+      <c r="B50" s="61"/>
+      <c r="C50" s="61"/>
+      <c r="D50" s="61"/>
+      <c r="E50" s="61"/>
+      <c r="F50" s="61"/>
+      <c r="G50" s="61"/>
+      <c r="H50" s="61"/>
+      <c r="I50" s="61"/>
+      <c r="J50" s="61"/>
+      <c r="K50" s="61"/>
+      <c r="L50" s="61"/>
+      <c r="M50" s="61"/>
+      <c r="N50" s="61"/>
+      <c r="O50" s="61"/>
+      <c r="P50" s="61"/>
+      <c r="Q50" s="61"/>
+      <c r="R50" s="61"/>
+      <c r="S50" s="62"/>
+    </row>
+    <row r="51" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="63" t="s">
         <v>178</v>
       </c>
-      <c r="B49" s="114"/>
-[...87 lines deleted...]
-    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="B51" s="65"/>
+      <c r="C51" s="65"/>
+      <c r="D51" s="65"/>
+      <c r="E51" s="65"/>
+      <c r="F51" s="65"/>
+      <c r="G51" s="65"/>
+      <c r="H51" s="65"/>
+      <c r="I51" s="65"/>
+      <c r="J51" s="65"/>
+      <c r="K51" s="65"/>
+      <c r="L51" s="65"/>
+      <c r="M51" s="65"/>
+      <c r="N51" s="65"/>
+      <c r="O51" s="65"/>
+      <c r="P51" s="65"/>
+      <c r="Q51" s="65"/>
+      <c r="R51" s="65"/>
+      <c r="S51" s="66"/>
+    </row>
+    <row r="52" spans="1:19" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="64"/>
+      <c r="B52" s="67"/>
+      <c r="C52" s="67"/>
+      <c r="D52" s="67"/>
+      <c r="E52" s="67"/>
+      <c r="F52" s="67"/>
+      <c r="G52" s="67"/>
+      <c r="H52" s="67"/>
+      <c r="I52" s="67"/>
+      <c r="J52" s="67"/>
+      <c r="K52" s="67"/>
+      <c r="L52" s="67"/>
+      <c r="M52" s="67"/>
+      <c r="N52" s="67"/>
+      <c r="O52" s="67"/>
+      <c r="P52" s="67"/>
+      <c r="Q52" s="67"/>
+      <c r="R52" s="67"/>
+      <c r="S52" s="68"/>
+    </row>
+    <row r="53" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="54" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="55" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="56" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="57" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="58" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="59" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="60" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="61" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="62" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="63" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="64" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="46">
-[...31 lines deleted...]
-    <mergeCell ref="A22:F22"/>
+  <mergeCells count="50">
+    <mergeCell ref="A11:F11"/>
+    <mergeCell ref="G11:S11"/>
     <mergeCell ref="A8:F8"/>
     <mergeCell ref="G8:S8"/>
-    <mergeCell ref="A14:E15"/>
+    <mergeCell ref="A16:E17"/>
     <mergeCell ref="A1:S1"/>
     <mergeCell ref="A2:S3"/>
     <mergeCell ref="A4:S5"/>
     <mergeCell ref="A7:F7"/>
     <mergeCell ref="G7:S7"/>
     <mergeCell ref="A9:F9"/>
     <mergeCell ref="G9:S9"/>
+    <mergeCell ref="A12:F12"/>
+    <mergeCell ref="G12:S12"/>
+    <mergeCell ref="A14:F14"/>
+    <mergeCell ref="A15:F15"/>
     <mergeCell ref="A10:F10"/>
     <mergeCell ref="G10:S10"/>
-    <mergeCell ref="A12:F12"/>
-    <mergeCell ref="A13:F13"/>
+    <mergeCell ref="A27:S27"/>
+    <mergeCell ref="A28:S28"/>
+    <mergeCell ref="A29:A30"/>
+    <mergeCell ref="B29:S30"/>
+    <mergeCell ref="A18:E19"/>
+    <mergeCell ref="A21:F21"/>
+    <mergeCell ref="A22:F22"/>
+    <mergeCell ref="A20:F20"/>
+    <mergeCell ref="A23:F23"/>
+    <mergeCell ref="A24:F24"/>
+    <mergeCell ref="A31:A32"/>
+    <mergeCell ref="B31:S32"/>
+    <mergeCell ref="A33:A34"/>
+    <mergeCell ref="B33:S34"/>
+    <mergeCell ref="A35:A36"/>
+    <mergeCell ref="B35:S36"/>
+    <mergeCell ref="A37:A38"/>
+    <mergeCell ref="B37:S38"/>
+    <mergeCell ref="A39:A40"/>
+    <mergeCell ref="B39:S40"/>
+    <mergeCell ref="A41:A42"/>
+    <mergeCell ref="B41:S42"/>
+    <mergeCell ref="A49:A50"/>
+    <mergeCell ref="B49:S50"/>
+    <mergeCell ref="A51:A52"/>
+    <mergeCell ref="B51:S52"/>
+    <mergeCell ref="A43:A44"/>
+    <mergeCell ref="B43:S44"/>
+    <mergeCell ref="A45:A46"/>
+    <mergeCell ref="B45:S46"/>
+    <mergeCell ref="A47:A48"/>
+    <mergeCell ref="B47:S48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="56" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <rowBreaks count="2" manualBreakCount="2">
-    <brk id="24" max="16383" man="1"/>
-    <brk id="36" max="18" man="1"/>
+    <brk id="26" max="16383" man="1"/>
+    <brk id="38" max="18" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A7AA3B47-7763-4701-85B5-8F0B85FF81A0}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:Z681"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="G15" sqref="G15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="22.42578125" customWidth="1"/>
-    <col min="2" max="2" width="43.42578125" customWidth="1"/>
+    <col min="1" max="1" width="22.453125" customWidth="1"/>
+    <col min="2" max="2" width="43.453125" customWidth="1"/>
     <col min="3" max="3" width="14" customWidth="1"/>
     <col min="4" max="4" width="11" customWidth="1"/>
-    <col min="5" max="5" width="28.42578125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="9" width="32.7109375" customWidth="1"/>
+    <col min="5" max="5" width="28.453125" customWidth="1"/>
+    <col min="6" max="6" width="42.26953125" customWidth="1"/>
+    <col min="7" max="7" width="30.1796875" customWidth="1"/>
+    <col min="8" max="8" width="34.26953125" customWidth="1"/>
+    <col min="9" max="9" width="32.7265625" customWidth="1"/>
     <col min="10" max="10" width="28" customWidth="1"/>
-    <col min="11" max="11" width="26.85546875" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="26" max="26" width="16.7109375" customWidth="1"/>
+    <col min="11" max="11" width="26.81640625" customWidth="1"/>
+    <col min="12" max="12" width="19.1796875" style="38" customWidth="1"/>
+    <col min="13" max="13" width="41.26953125" style="38" customWidth="1"/>
+    <col min="14" max="14" width="51.81640625" style="38" customWidth="1"/>
+    <col min="15" max="15" width="28.1796875" customWidth="1"/>
+    <col min="16" max="16" width="49.7265625" style="12" customWidth="1"/>
+    <col min="17" max="17" width="56.7265625" customWidth="1"/>
+    <col min="18" max="18" width="57.1796875" customWidth="1"/>
+    <col min="19" max="19" width="54.81640625" customWidth="1"/>
+    <col min="20" max="22" width="57.1796875" customWidth="1"/>
+    <col min="23" max="23" width="26.81640625" customWidth="1"/>
+    <col min="24" max="24" width="38.26953125" customWidth="1"/>
+    <col min="25" max="25" width="17.7265625" customWidth="1"/>
+    <col min="26" max="26" width="16.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" ht="90.75" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:26" ht="87.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="30" t="s">
         <v>126</v>
       </c>
       <c r="B1" s="31" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="33" t="s">
         <v>152</v>
       </c>
       <c r="D1" s="33" t="s">
         <v>153</v>
       </c>
       <c r="E1" s="33" t="s">
         <v>154</v>
       </c>
       <c r="F1" s="33" t="s">
         <v>155</v>
       </c>
       <c r="G1" s="33" t="s">
         <v>156</v>
       </c>
       <c r="H1" s="33" t="s">
         <v>185</v>
       </c>
       <c r="I1" s="33" t="s">
@@ -4174,19063 +4254,19063 @@
       <c r="S1" s="31" t="s">
         <v>144</v>
       </c>
       <c r="T1" s="33" t="s">
         <v>161</v>
       </c>
       <c r="U1" s="31" t="s">
         <v>147</v>
       </c>
       <c r="V1" s="31" t="s">
         <v>3</v>
       </c>
       <c r="W1" s="33" t="s">
         <v>162</v>
       </c>
       <c r="X1" s="31" t="s">
         <v>148</v>
       </c>
       <c r="Y1" s="33" t="s">
         <v>163</v>
       </c>
       <c r="Z1" s="32" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="2" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A2" s="26"/>
       <c r="B2" s="27"/>
       <c r="C2" s="27"/>
       <c r="D2" s="27"/>
       <c r="E2" s="27"/>
       <c r="F2" s="27"/>
       <c r="G2" s="27"/>
       <c r="H2" s="27"/>
       <c r="I2" s="27"/>
       <c r="J2" s="27"/>
       <c r="K2" s="27"/>
       <c r="L2" s="35"/>
       <c r="M2" s="35"/>
       <c r="N2" s="35"/>
       <c r="O2" s="27"/>
       <c r="P2" s="28"/>
       <c r="Q2" s="27"/>
       <c r="R2" s="27"/>
       <c r="S2" s="27"/>
       <c r="T2" s="27"/>
       <c r="U2" s="27"/>
       <c r="V2" s="27"/>
       <c r="W2" s="27"/>
       <c r="X2" s="27"/>
       <c r="Y2" s="27"/>
       <c r="Z2" s="29"/>
     </row>
-    <row r="3" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A3" s="19"/>
       <c r="B3" s="5"/>
       <c r="C3" s="27"/>
       <c r="D3" s="27"/>
       <c r="E3" s="27"/>
       <c r="F3" s="27"/>
       <c r="G3" s="27"/>
       <c r="H3" s="27"/>
       <c r="I3" s="27"/>
       <c r="J3" s="27"/>
       <c r="K3" s="27"/>
       <c r="L3" s="36"/>
       <c r="M3" s="36"/>
       <c r="N3" s="36"/>
       <c r="O3" s="5"/>
       <c r="P3" s="20"/>
       <c r="Q3" s="27"/>
       <c r="R3" s="5"/>
       <c r="S3" s="5"/>
       <c r="T3" s="27"/>
       <c r="U3" s="5"/>
       <c r="V3" s="5"/>
       <c r="W3" s="27"/>
       <c r="X3" s="5"/>
       <c r="Y3" s="27"/>
       <c r="Z3" s="21"/>
     </row>
-    <row r="4" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A4" s="19"/>
       <c r="B4" s="5"/>
       <c r="C4" s="27"/>
       <c r="D4" s="27"/>
       <c r="E4" s="27"/>
       <c r="F4" s="27"/>
       <c r="G4" s="27"/>
       <c r="H4" s="27"/>
       <c r="I4" s="27"/>
       <c r="J4" s="27"/>
       <c r="K4" s="27"/>
       <c r="L4" s="36"/>
       <c r="M4" s="36"/>
       <c r="N4" s="36"/>
       <c r="O4" s="5"/>
       <c r="P4" s="20"/>
       <c r="Q4" s="27"/>
       <c r="R4" s="5"/>
       <c r="S4" s="5"/>
       <c r="T4" s="27"/>
       <c r="U4" s="5"/>
       <c r="V4" s="5"/>
       <c r="W4" s="27"/>
       <c r="X4" s="5"/>
       <c r="Y4" s="27"/>
       <c r="Z4" s="21"/>
     </row>
-    <row r="5" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A5" s="19"/>
       <c r="B5" s="5"/>
       <c r="C5" s="27"/>
       <c r="D5" s="27"/>
       <c r="E5" s="27"/>
       <c r="F5" s="27"/>
       <c r="G5" s="27"/>
       <c r="H5" s="27"/>
       <c r="I5" s="27"/>
       <c r="J5" s="27"/>
       <c r="K5" s="27"/>
       <c r="L5" s="36"/>
       <c r="M5" s="36"/>
       <c r="N5" s="36"/>
       <c r="O5" s="5"/>
       <c r="P5" s="20"/>
       <c r="Q5" s="27"/>
       <c r="R5" s="5"/>
       <c r="S5" s="5"/>
       <c r="T5" s="27"/>
       <c r="U5" s="5"/>
       <c r="V5" s="5"/>
       <c r="W5" s="27"/>
       <c r="X5" s="5"/>
       <c r="Y5" s="27"/>
       <c r="Z5" s="21"/>
     </row>
-    <row r="6" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A6" s="19"/>
       <c r="B6" s="5"/>
       <c r="C6" s="27"/>
       <c r="D6" s="27"/>
       <c r="E6" s="27"/>
       <c r="F6" s="27"/>
       <c r="G6" s="27"/>
       <c r="H6" s="27"/>
       <c r="I6" s="27"/>
       <c r="J6" s="27"/>
       <c r="K6" s="27"/>
       <c r="L6" s="36"/>
       <c r="M6" s="36"/>
       <c r="N6" s="36"/>
       <c r="O6" s="5"/>
       <c r="P6" s="20"/>
       <c r="Q6" s="27"/>
       <c r="R6" s="5"/>
       <c r="S6" s="5"/>
       <c r="T6" s="27"/>
       <c r="U6" s="5"/>
       <c r="V6" s="5"/>
       <c r="W6" s="27"/>
       <c r="X6" s="5"/>
       <c r="Y6" s="27"/>
       <c r="Z6" s="21"/>
     </row>
-    <row r="7" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A7" s="19"/>
       <c r="B7" s="5"/>
       <c r="C7" s="27"/>
       <c r="D7" s="27"/>
       <c r="E7" s="27"/>
       <c r="F7" s="27"/>
       <c r="G7" s="27"/>
       <c r="H7" s="27"/>
       <c r="I7" s="27"/>
       <c r="J7" s="27"/>
       <c r="K7" s="27"/>
       <c r="L7" s="36"/>
       <c r="M7" s="36"/>
       <c r="N7" s="36"/>
       <c r="O7" s="5"/>
       <c r="P7" s="20"/>
       <c r="Q7" s="27"/>
       <c r="R7" s="5"/>
       <c r="S7" s="5"/>
       <c r="T7" s="27"/>
       <c r="U7" s="5"/>
       <c r="V7" s="5"/>
       <c r="W7" s="27"/>
       <c r="X7" s="5"/>
       <c r="Y7" s="27"/>
       <c r="Z7" s="21"/>
     </row>
-    <row r="8" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A8" s="19"/>
       <c r="B8" s="5"/>
       <c r="C8" s="27"/>
       <c r="D8" s="27"/>
       <c r="E8" s="27"/>
       <c r="F8" s="27"/>
       <c r="G8" s="27"/>
       <c r="H8" s="27"/>
       <c r="I8" s="27"/>
       <c r="J8" s="27"/>
       <c r="K8" s="27"/>
       <c r="L8" s="36"/>
       <c r="M8" s="36"/>
       <c r="N8" s="36"/>
       <c r="O8" s="5"/>
       <c r="P8" s="20"/>
       <c r="Q8" s="27"/>
       <c r="R8" s="5"/>
       <c r="S8" s="5"/>
       <c r="T8" s="27"/>
       <c r="U8" s="5"/>
       <c r="V8" s="5"/>
       <c r="W8" s="27"/>
       <c r="X8" s="5"/>
       <c r="Y8" s="27"/>
       <c r="Z8" s="21"/>
     </row>
-    <row r="9" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A9" s="19"/>
       <c r="B9" s="5"/>
       <c r="C9" s="27"/>
       <c r="D9" s="27"/>
       <c r="E9" s="27"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="27"/>
       <c r="K9" s="27"/>
       <c r="L9" s="36"/>
       <c r="M9" s="36"/>
       <c r="N9" s="36"/>
       <c r="O9" s="5"/>
       <c r="P9" s="20"/>
       <c r="Q9" s="27"/>
       <c r="R9" s="5"/>
       <c r="S9" s="5"/>
       <c r="T9" s="27"/>
       <c r="U9" s="5"/>
       <c r="V9" s="5"/>
       <c r="W9" s="27"/>
       <c r="X9" s="5"/>
       <c r="Y9" s="27"/>
       <c r="Z9" s="21"/>
     </row>
-    <row r="10" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A10" s="19"/>
       <c r="B10" s="5"/>
       <c r="C10" s="27"/>
       <c r="D10" s="27"/>
       <c r="E10" s="27"/>
       <c r="F10" s="27"/>
       <c r="G10" s="27"/>
       <c r="H10" s="27"/>
       <c r="I10" s="27"/>
       <c r="J10" s="27"/>
       <c r="K10" s="27"/>
       <c r="L10" s="36"/>
       <c r="M10" s="36"/>
       <c r="N10" s="36"/>
       <c r="O10" s="5"/>
       <c r="P10" s="20"/>
       <c r="Q10" s="27"/>
       <c r="R10" s="5"/>
       <c r="S10" s="5"/>
       <c r="T10" s="27"/>
       <c r="U10" s="5"/>
       <c r="V10" s="5"/>
       <c r="W10" s="27"/>
       <c r="X10" s="5"/>
       <c r="Y10" s="27"/>
       <c r="Z10" s="21"/>
     </row>
-    <row r="11" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A11" s="19"/>
       <c r="B11" s="5"/>
       <c r="C11" s="27"/>
       <c r="D11" s="27"/>
       <c r="E11" s="27"/>
       <c r="F11" s="27"/>
       <c r="G11" s="27"/>
       <c r="H11" s="27"/>
       <c r="I11" s="27"/>
       <c r="J11" s="27"/>
       <c r="K11" s="27"/>
       <c r="L11" s="36"/>
       <c r="M11" s="36"/>
       <c r="N11" s="36"/>
       <c r="O11" s="5"/>
       <c r="P11" s="20"/>
       <c r="Q11" s="27"/>
       <c r="R11" s="5"/>
       <c r="S11" s="5"/>
       <c r="T11" s="27"/>
       <c r="U11" s="5"/>
       <c r="V11" s="5"/>
       <c r="W11" s="27"/>
       <c r="X11" s="5"/>
       <c r="Y11" s="27"/>
       <c r="Z11" s="21"/>
     </row>
-    <row r="12" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A12" s="19"/>
       <c r="B12" s="5"/>
       <c r="C12" s="27"/>
       <c r="D12" s="27"/>
       <c r="E12" s="27"/>
       <c r="F12" s="27"/>
       <c r="G12" s="27"/>
       <c r="H12" s="27"/>
       <c r="I12" s="27"/>
       <c r="J12" s="27"/>
       <c r="K12" s="27"/>
       <c r="L12" s="36"/>
       <c r="M12" s="36"/>
       <c r="N12" s="36"/>
       <c r="O12" s="5"/>
       <c r="P12" s="20"/>
       <c r="Q12" s="27"/>
       <c r="R12" s="5"/>
       <c r="S12" s="5"/>
       <c r="T12" s="27"/>
       <c r="U12" s="5"/>
       <c r="V12" s="5"/>
       <c r="W12" s="27"/>
       <c r="X12" s="5"/>
       <c r="Y12" s="27"/>
       <c r="Z12" s="21"/>
     </row>
-    <row r="13" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A13" s="19"/>
       <c r="B13" s="5"/>
       <c r="C13" s="27"/>
       <c r="D13" s="27"/>
       <c r="E13" s="27"/>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="27"/>
       <c r="K13" s="27"/>
       <c r="L13" s="36"/>
       <c r="M13" s="36"/>
       <c r="N13" s="36"/>
       <c r="O13" s="5"/>
       <c r="P13" s="20"/>
       <c r="Q13" s="27"/>
       <c r="R13" s="5"/>
       <c r="S13" s="5"/>
       <c r="T13" s="27"/>
       <c r="U13" s="5"/>
       <c r="V13" s="5"/>
       <c r="W13" s="27"/>
       <c r="X13" s="5"/>
       <c r="Y13" s="27"/>
       <c r="Z13" s="21"/>
     </row>
-    <row r="14" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A14" s="19"/>
       <c r="B14" s="5"/>
       <c r="C14" s="27"/>
       <c r="D14" s="27"/>
       <c r="E14" s="27"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="36"/>
       <c r="M14" s="36"/>
       <c r="N14" s="36"/>
       <c r="O14" s="5"/>
       <c r="P14" s="20"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="5"/>
       <c r="S14" s="5"/>
       <c r="T14" s="27"/>
       <c r="U14" s="5"/>
       <c r="V14" s="5"/>
       <c r="W14" s="27"/>
       <c r="X14" s="5"/>
       <c r="Y14" s="27"/>
       <c r="Z14" s="21"/>
     </row>
-    <row r="15" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A15" s="19"/>
       <c r="B15" s="5"/>
       <c r="C15" s="27"/>
       <c r="D15" s="27"/>
       <c r="E15" s="27"/>
       <c r="F15" s="27"/>
       <c r="G15" s="27"/>
       <c r="H15" s="27"/>
       <c r="I15" s="27"/>
       <c r="J15" s="27"/>
       <c r="K15" s="27"/>
       <c r="L15" s="36"/>
       <c r="M15" s="36"/>
       <c r="N15" s="36"/>
       <c r="O15" s="5"/>
       <c r="P15" s="20"/>
       <c r="Q15" s="27"/>
       <c r="R15" s="5"/>
       <c r="S15" s="5"/>
       <c r="T15" s="27"/>
       <c r="U15" s="5"/>
       <c r="V15" s="5"/>
       <c r="W15" s="27"/>
       <c r="X15" s="5"/>
       <c r="Y15" s="27"/>
       <c r="Z15" s="21"/>
     </row>
-    <row r="16" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A16" s="19"/>
       <c r="B16" s="5"/>
       <c r="C16" s="27"/>
       <c r="D16" s="27"/>
       <c r="E16" s="27"/>
       <c r="F16" s="27"/>
       <c r="G16" s="27"/>
       <c r="H16" s="27"/>
       <c r="I16" s="27"/>
       <c r="J16" s="27"/>
       <c r="K16" s="27"/>
       <c r="L16" s="36"/>
       <c r="M16" s="36"/>
       <c r="N16" s="36"/>
       <c r="O16" s="5"/>
       <c r="P16" s="20"/>
       <c r="Q16" s="27"/>
       <c r="R16" s="5"/>
       <c r="S16" s="5"/>
       <c r="T16" s="27"/>
       <c r="U16" s="5"/>
       <c r="V16" s="5"/>
       <c r="W16" s="27"/>
       <c r="X16" s="5"/>
       <c r="Y16" s="27"/>
       <c r="Z16" s="21"/>
     </row>
-    <row r="17" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A17" s="19"/>
       <c r="B17" s="5"/>
       <c r="C17" s="27"/>
       <c r="D17" s="27"/>
       <c r="E17" s="27"/>
       <c r="F17" s="27"/>
       <c r="G17" s="27"/>
       <c r="H17" s="27"/>
       <c r="I17" s="27"/>
       <c r="J17" s="27"/>
       <c r="K17" s="27"/>
       <c r="L17" s="36"/>
       <c r="M17" s="36"/>
       <c r="N17" s="36"/>
       <c r="O17" s="5"/>
       <c r="P17" s="20"/>
       <c r="Q17" s="27"/>
       <c r="R17" s="5"/>
       <c r="S17" s="5"/>
       <c r="T17" s="27"/>
       <c r="U17" s="5"/>
       <c r="V17" s="5"/>
       <c r="W17" s="27"/>
       <c r="X17" s="5"/>
       <c r="Y17" s="27"/>
       <c r="Z17" s="21"/>
     </row>
-    <row r="18" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A18" s="19"/>
       <c r="B18" s="5"/>
       <c r="C18" s="27"/>
       <c r="D18" s="27"/>
       <c r="E18" s="27"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="36"/>
       <c r="M18" s="36"/>
       <c r="N18" s="36"/>
       <c r="O18" s="5"/>
       <c r="P18" s="20"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="5"/>
       <c r="S18" s="5"/>
       <c r="T18" s="27"/>
       <c r="U18" s="5"/>
       <c r="V18" s="5"/>
       <c r="W18" s="27"/>
       <c r="X18" s="5"/>
       <c r="Y18" s="27"/>
       <c r="Z18" s="21"/>
     </row>
-    <row r="19" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A19" s="19"/>
       <c r="B19" s="5"/>
       <c r="C19" s="27"/>
       <c r="D19" s="27"/>
       <c r="E19" s="27"/>
       <c r="F19" s="27"/>
       <c r="G19" s="27"/>
       <c r="H19" s="27"/>
       <c r="I19" s="27"/>
       <c r="J19" s="27"/>
       <c r="K19" s="27"/>
       <c r="L19" s="36"/>
       <c r="M19" s="36"/>
       <c r="N19" s="36"/>
       <c r="O19" s="5"/>
       <c r="P19" s="20"/>
       <c r="Q19" s="27"/>
       <c r="R19" s="5"/>
       <c r="S19" s="5"/>
       <c r="T19" s="27"/>
       <c r="U19" s="5"/>
       <c r="V19" s="5"/>
       <c r="W19" s="27"/>
       <c r="X19" s="5"/>
       <c r="Y19" s="27"/>
       <c r="Z19" s="21"/>
     </row>
-    <row r="20" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A20" s="19"/>
       <c r="B20" s="5"/>
       <c r="C20" s="27"/>
       <c r="D20" s="27"/>
       <c r="E20" s="27"/>
       <c r="F20" s="27"/>
       <c r="G20" s="27"/>
       <c r="H20" s="27"/>
       <c r="I20" s="27"/>
       <c r="J20" s="27"/>
       <c r="K20" s="27"/>
       <c r="L20" s="36"/>
       <c r="M20" s="36"/>
       <c r="N20" s="36"/>
       <c r="O20" s="5"/>
       <c r="P20" s="20"/>
       <c r="Q20" s="27"/>
       <c r="R20" s="5"/>
       <c r="S20" s="5"/>
       <c r="T20" s="27"/>
       <c r="U20" s="5"/>
       <c r="V20" s="5"/>
       <c r="W20" s="27"/>
       <c r="X20" s="5"/>
       <c r="Y20" s="27"/>
       <c r="Z20" s="21"/>
     </row>
-    <row r="21" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A21" s="19"/>
       <c r="B21" s="5"/>
       <c r="C21" s="27"/>
       <c r="D21" s="27"/>
       <c r="E21" s="27"/>
       <c r="F21" s="27"/>
       <c r="G21" s="27"/>
       <c r="H21" s="27"/>
       <c r="I21" s="27"/>
       <c r="J21" s="27"/>
       <c r="K21" s="27"/>
       <c r="L21" s="36"/>
       <c r="M21" s="36"/>
       <c r="N21" s="36"/>
       <c r="O21" s="5"/>
       <c r="P21" s="20"/>
       <c r="Q21" s="27"/>
       <c r="R21" s="5"/>
       <c r="S21" s="5"/>
       <c r="T21" s="27"/>
       <c r="U21" s="5"/>
       <c r="V21" s="5"/>
       <c r="W21" s="27"/>
       <c r="X21" s="5"/>
       <c r="Y21" s="27"/>
       <c r="Z21" s="21"/>
     </row>
-    <row r="22" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A22" s="19"/>
       <c r="B22" s="5"/>
       <c r="C22" s="27"/>
       <c r="D22" s="27"/>
       <c r="E22" s="27"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="36"/>
       <c r="M22" s="36"/>
       <c r="N22" s="36"/>
       <c r="O22" s="5"/>
       <c r="P22" s="20"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="5"/>
       <c r="S22" s="5"/>
       <c r="T22" s="27"/>
       <c r="U22" s="5"/>
       <c r="V22" s="5"/>
       <c r="W22" s="27"/>
       <c r="X22" s="5"/>
       <c r="Y22" s="27"/>
       <c r="Z22" s="21"/>
     </row>
-    <row r="23" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A23" s="19"/>
       <c r="B23" s="5"/>
       <c r="C23" s="27"/>
       <c r="D23" s="27"/>
       <c r="E23" s="27"/>
       <c r="F23" s="27"/>
       <c r="G23" s="27"/>
       <c r="H23" s="27"/>
       <c r="I23" s="27"/>
       <c r="J23" s="27"/>
       <c r="K23" s="27"/>
       <c r="L23" s="36"/>
       <c r="M23" s="36"/>
       <c r="N23" s="36"/>
       <c r="O23" s="5"/>
       <c r="P23" s="20"/>
       <c r="Q23" s="27"/>
       <c r="R23" s="5"/>
       <c r="S23" s="5"/>
       <c r="T23" s="27"/>
       <c r="U23" s="5"/>
       <c r="V23" s="5"/>
       <c r="W23" s="27"/>
       <c r="X23" s="5"/>
       <c r="Y23" s="27"/>
       <c r="Z23" s="21"/>
     </row>
-    <row r="24" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A24" s="19"/>
       <c r="B24" s="5"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="27"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="36"/>
       <c r="M24" s="36"/>
       <c r="N24" s="36"/>
       <c r="O24" s="5"/>
       <c r="P24" s="20"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="5"/>
       <c r="S24" s="5"/>
       <c r="T24" s="27"/>
       <c r="U24" s="5"/>
       <c r="V24" s="5"/>
       <c r="W24" s="27"/>
       <c r="X24" s="5"/>
       <c r="Y24" s="27"/>
       <c r="Z24" s="21"/>
     </row>
-    <row r="25" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A25" s="19"/>
       <c r="B25" s="5"/>
       <c r="C25" s="27"/>
       <c r="D25" s="27"/>
       <c r="E25" s="27"/>
       <c r="F25" s="27"/>
       <c r="G25" s="27"/>
       <c r="H25" s="27"/>
       <c r="I25" s="27"/>
       <c r="J25" s="27"/>
       <c r="K25" s="27"/>
       <c r="L25" s="36"/>
       <c r="M25" s="36"/>
       <c r="N25" s="36"/>
       <c r="O25" s="5"/>
       <c r="P25" s="20"/>
       <c r="Q25" s="27"/>
       <c r="R25" s="5"/>
       <c r="S25" s="5"/>
       <c r="T25" s="27"/>
       <c r="U25" s="5"/>
       <c r="V25" s="5"/>
       <c r="W25" s="27"/>
       <c r="X25" s="5"/>
       <c r="Y25" s="27"/>
       <c r="Z25" s="21"/>
     </row>
-    <row r="26" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A26" s="19"/>
       <c r="B26" s="5"/>
       <c r="C26" s="27"/>
       <c r="D26" s="27"/>
       <c r="E26" s="27"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="36"/>
       <c r="M26" s="36"/>
       <c r="N26" s="36"/>
       <c r="O26" s="5"/>
       <c r="P26" s="20"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="5"/>
       <c r="S26" s="5"/>
       <c r="T26" s="27"/>
       <c r="U26" s="5"/>
       <c r="V26" s="5"/>
       <c r="W26" s="27"/>
       <c r="X26" s="5"/>
       <c r="Y26" s="27"/>
       <c r="Z26" s="21"/>
     </row>
-    <row r="27" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A27" s="19"/>
       <c r="B27" s="5"/>
       <c r="C27" s="27"/>
       <c r="D27" s="27"/>
       <c r="E27" s="27"/>
       <c r="F27" s="27"/>
       <c r="G27" s="27"/>
       <c r="H27" s="27"/>
       <c r="I27" s="27"/>
       <c r="J27" s="27"/>
       <c r="K27" s="27"/>
       <c r="L27" s="36"/>
       <c r="M27" s="36"/>
       <c r="N27" s="36"/>
       <c r="O27" s="5"/>
       <c r="P27" s="20"/>
       <c r="Q27" s="27"/>
       <c r="R27" s="5"/>
       <c r="S27" s="5"/>
       <c r="T27" s="27"/>
       <c r="U27" s="5"/>
       <c r="V27" s="5"/>
       <c r="W27" s="27"/>
       <c r="X27" s="5"/>
       <c r="Y27" s="27"/>
       <c r="Z27" s="21"/>
     </row>
-    <row r="28" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A28" s="19"/>
       <c r="B28" s="5"/>
       <c r="C28" s="27"/>
       <c r="D28" s="27"/>
       <c r="E28" s="27"/>
       <c r="F28" s="27"/>
       <c r="G28" s="27"/>
       <c r="H28" s="27"/>
       <c r="I28" s="27"/>
       <c r="J28" s="27"/>
       <c r="K28" s="27"/>
       <c r="L28" s="36"/>
       <c r="M28" s="36"/>
       <c r="N28" s="36"/>
       <c r="O28" s="5"/>
       <c r="P28" s="20"/>
       <c r="Q28" s="27"/>
       <c r="R28" s="5"/>
       <c r="S28" s="5"/>
       <c r="T28" s="27"/>
       <c r="U28" s="5"/>
       <c r="V28" s="5"/>
       <c r="W28" s="27"/>
       <c r="X28" s="5"/>
       <c r="Y28" s="27"/>
       <c r="Z28" s="21"/>
     </row>
-    <row r="29" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A29" s="19"/>
       <c r="B29" s="5"/>
       <c r="C29" s="27"/>
       <c r="D29" s="27"/>
       <c r="E29" s="27"/>
       <c r="F29" s="27"/>
       <c r="G29" s="27"/>
       <c r="H29" s="27"/>
       <c r="I29" s="27"/>
       <c r="J29" s="27"/>
       <c r="K29" s="27"/>
       <c r="L29" s="36"/>
       <c r="M29" s="36"/>
       <c r="N29" s="36"/>
       <c r="O29" s="5"/>
       <c r="P29" s="20"/>
       <c r="Q29" s="27"/>
       <c r="R29" s="5"/>
       <c r="S29" s="5"/>
       <c r="T29" s="27"/>
       <c r="U29" s="5"/>
       <c r="V29" s="5"/>
       <c r="W29" s="27"/>
       <c r="X29" s="5"/>
       <c r="Y29" s="27"/>
       <c r="Z29" s="21"/>
     </row>
-    <row r="30" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A30" s="19"/>
       <c r="B30" s="5"/>
       <c r="C30" s="27"/>
       <c r="D30" s="27"/>
       <c r="E30" s="27"/>
       <c r="F30" s="27"/>
       <c r="G30" s="27"/>
       <c r="H30" s="27"/>
       <c r="I30" s="27"/>
       <c r="J30" s="27"/>
       <c r="K30" s="27"/>
       <c r="L30" s="36"/>
       <c r="M30" s="36"/>
       <c r="N30" s="36"/>
       <c r="O30" s="5"/>
       <c r="P30" s="20"/>
       <c r="Q30" s="27"/>
       <c r="R30" s="5"/>
       <c r="S30" s="5"/>
       <c r="T30" s="27"/>
       <c r="U30" s="5"/>
       <c r="V30" s="5"/>
       <c r="W30" s="27"/>
       <c r="X30" s="5"/>
       <c r="Y30" s="27"/>
       <c r="Z30" s="21"/>
     </row>
-    <row r="31" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A31" s="19"/>
       <c r="B31" s="5"/>
       <c r="C31" s="27"/>
       <c r="D31" s="27"/>
       <c r="E31" s="27"/>
       <c r="F31" s="27"/>
       <c r="G31" s="27"/>
       <c r="H31" s="27"/>
       <c r="I31" s="27"/>
       <c r="J31" s="27"/>
       <c r="K31" s="27"/>
       <c r="L31" s="36"/>
       <c r="M31" s="36"/>
       <c r="N31" s="36"/>
       <c r="O31" s="5"/>
       <c r="P31" s="20"/>
       <c r="Q31" s="27"/>
       <c r="R31" s="5"/>
       <c r="S31" s="5"/>
       <c r="T31" s="27"/>
       <c r="U31" s="5"/>
       <c r="V31" s="5"/>
       <c r="W31" s="27"/>
       <c r="X31" s="5"/>
       <c r="Y31" s="27"/>
       <c r="Z31" s="21"/>
     </row>
-    <row r="32" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A32" s="19"/>
       <c r="B32" s="5"/>
       <c r="C32" s="27"/>
       <c r="D32" s="27"/>
       <c r="E32" s="27"/>
       <c r="F32" s="27"/>
       <c r="G32" s="27"/>
       <c r="H32" s="27"/>
       <c r="I32" s="27"/>
       <c r="J32" s="27"/>
       <c r="K32" s="27"/>
       <c r="L32" s="36"/>
       <c r="M32" s="36"/>
       <c r="N32" s="36"/>
       <c r="O32" s="5"/>
       <c r="P32" s="20"/>
       <c r="Q32" s="27"/>
       <c r="R32" s="5"/>
       <c r="S32" s="5"/>
       <c r="T32" s="27"/>
       <c r="U32" s="5"/>
       <c r="V32" s="5"/>
       <c r="W32" s="27"/>
       <c r="X32" s="5"/>
       <c r="Y32" s="27"/>
       <c r="Z32" s="21"/>
     </row>
-    <row r="33" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A33" s="19"/>
       <c r="B33" s="5"/>
       <c r="C33" s="27"/>
       <c r="D33" s="27"/>
       <c r="E33" s="27"/>
       <c r="F33" s="27"/>
       <c r="G33" s="27"/>
       <c r="H33" s="27"/>
       <c r="I33" s="27"/>
       <c r="J33" s="27"/>
       <c r="K33" s="27"/>
       <c r="L33" s="36"/>
       <c r="M33" s="36"/>
       <c r="N33" s="36"/>
       <c r="O33" s="5"/>
       <c r="P33" s="20"/>
       <c r="Q33" s="27"/>
       <c r="R33" s="5"/>
       <c r="S33" s="5"/>
       <c r="T33" s="27"/>
       <c r="U33" s="5"/>
       <c r="V33" s="5"/>
       <c r="W33" s="27"/>
       <c r="X33" s="5"/>
       <c r="Y33" s="27"/>
       <c r="Z33" s="21"/>
     </row>
-    <row r="34" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A34" s="19"/>
       <c r="B34" s="5"/>
       <c r="C34" s="27"/>
       <c r="D34" s="27"/>
       <c r="E34" s="27"/>
       <c r="F34" s="27"/>
       <c r="G34" s="27"/>
       <c r="H34" s="27"/>
       <c r="I34" s="27"/>
       <c r="J34" s="27"/>
       <c r="K34" s="27"/>
       <c r="L34" s="36"/>
       <c r="M34" s="36"/>
       <c r="N34" s="36"/>
       <c r="O34" s="5"/>
       <c r="P34" s="20"/>
       <c r="Q34" s="27"/>
       <c r="R34" s="5"/>
       <c r="S34" s="5"/>
       <c r="T34" s="27"/>
       <c r="U34" s="5"/>
       <c r="V34" s="5"/>
       <c r="W34" s="27"/>
       <c r="X34" s="5"/>
       <c r="Y34" s="27"/>
       <c r="Z34" s="21"/>
     </row>
-    <row r="35" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A35" s="19"/>
       <c r="B35" s="5"/>
       <c r="C35" s="27"/>
       <c r="D35" s="27"/>
       <c r="E35" s="27"/>
       <c r="F35" s="27"/>
       <c r="G35" s="27"/>
       <c r="H35" s="27"/>
       <c r="I35" s="27"/>
       <c r="J35" s="27"/>
       <c r="K35" s="27"/>
       <c r="L35" s="36"/>
       <c r="M35" s="36"/>
       <c r="N35" s="36"/>
       <c r="O35" s="5"/>
       <c r="P35" s="20"/>
       <c r="Q35" s="27"/>
       <c r="R35" s="5"/>
       <c r="S35" s="5"/>
       <c r="T35" s="27"/>
       <c r="U35" s="5"/>
       <c r="V35" s="5"/>
       <c r="W35" s="27"/>
       <c r="X35" s="5"/>
       <c r="Y35" s="27"/>
       <c r="Z35" s="21"/>
     </row>
-    <row r="36" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A36" s="19"/>
       <c r="B36" s="5"/>
       <c r="C36" s="27"/>
       <c r="D36" s="27"/>
       <c r="E36" s="27"/>
       <c r="F36" s="27"/>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="27"/>
       <c r="K36" s="27"/>
       <c r="L36" s="36"/>
       <c r="M36" s="36"/>
       <c r="N36" s="36"/>
       <c r="O36" s="5"/>
       <c r="P36" s="20"/>
       <c r="Q36" s="27"/>
       <c r="R36" s="5"/>
       <c r="S36" s="5"/>
       <c r="T36" s="27"/>
       <c r="U36" s="5"/>
       <c r="V36" s="5"/>
       <c r="W36" s="27"/>
       <c r="X36" s="5"/>
       <c r="Y36" s="27"/>
       <c r="Z36" s="21"/>
     </row>
-    <row r="37" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A37" s="19"/>
       <c r="B37" s="5"/>
       <c r="C37" s="27"/>
       <c r="D37" s="27"/>
       <c r="E37" s="27"/>
       <c r="F37" s="27"/>
       <c r="G37" s="27"/>
       <c r="H37" s="27"/>
       <c r="I37" s="27"/>
       <c r="J37" s="27"/>
       <c r="K37" s="27"/>
       <c r="L37" s="36"/>
       <c r="M37" s="36"/>
       <c r="N37" s="36"/>
       <c r="O37" s="5"/>
       <c r="P37" s="20"/>
       <c r="Q37" s="27"/>
       <c r="R37" s="5"/>
       <c r="S37" s="5"/>
       <c r="T37" s="27"/>
       <c r="U37" s="5"/>
       <c r="V37" s="5"/>
       <c r="W37" s="27"/>
       <c r="X37" s="5"/>
       <c r="Y37" s="27"/>
       <c r="Z37" s="21"/>
     </row>
-    <row r="38" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A38" s="19"/>
       <c r="B38" s="5"/>
       <c r="C38" s="27"/>
       <c r="D38" s="27"/>
       <c r="E38" s="27"/>
       <c r="F38" s="27"/>
       <c r="G38" s="27"/>
       <c r="H38" s="27"/>
       <c r="I38" s="27"/>
       <c r="J38" s="27"/>
       <c r="K38" s="27"/>
       <c r="L38" s="36"/>
       <c r="M38" s="36"/>
       <c r="N38" s="36"/>
       <c r="O38" s="5"/>
       <c r="P38" s="20"/>
       <c r="Q38" s="27"/>
       <c r="R38" s="5"/>
       <c r="S38" s="5"/>
       <c r="T38" s="27"/>
       <c r="U38" s="5"/>
       <c r="V38" s="5"/>
       <c r="W38" s="27"/>
       <c r="X38" s="5"/>
       <c r="Y38" s="27"/>
       <c r="Z38" s="21"/>
     </row>
-    <row r="39" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A39" s="19"/>
       <c r="B39" s="5"/>
       <c r="C39" s="27"/>
       <c r="D39" s="27"/>
       <c r="E39" s="27"/>
       <c r="F39" s="27"/>
       <c r="G39" s="27"/>
       <c r="H39" s="27"/>
       <c r="I39" s="27"/>
       <c r="J39" s="27"/>
       <c r="K39" s="27"/>
       <c r="L39" s="36"/>
       <c r="M39" s="36"/>
       <c r="N39" s="36"/>
       <c r="O39" s="5"/>
       <c r="P39" s="20"/>
       <c r="Q39" s="27"/>
       <c r="R39" s="5"/>
       <c r="S39" s="5"/>
       <c r="T39" s="27"/>
       <c r="U39" s="5"/>
       <c r="V39" s="5"/>
       <c r="W39" s="27"/>
       <c r="X39" s="5"/>
       <c r="Y39" s="27"/>
       <c r="Z39" s="21"/>
     </row>
-    <row r="40" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A40" s="19"/>
       <c r="B40" s="5"/>
       <c r="C40" s="27"/>
       <c r="D40" s="27"/>
       <c r="E40" s="27"/>
       <c r="F40" s="27"/>
       <c r="G40" s="27"/>
       <c r="H40" s="27"/>
       <c r="I40" s="27"/>
       <c r="J40" s="27"/>
       <c r="K40" s="27"/>
       <c r="L40" s="36"/>
       <c r="M40" s="36"/>
       <c r="N40" s="36"/>
       <c r="O40" s="5"/>
       <c r="P40" s="20"/>
       <c r="Q40" s="27"/>
       <c r="R40" s="5"/>
       <c r="S40" s="5"/>
       <c r="T40" s="27"/>
       <c r="U40" s="5"/>
       <c r="V40" s="5"/>
       <c r="W40" s="27"/>
       <c r="X40" s="5"/>
       <c r="Y40" s="27"/>
       <c r="Z40" s="21"/>
     </row>
-    <row r="41" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A41" s="19"/>
       <c r="B41" s="5"/>
       <c r="C41" s="27"/>
       <c r="D41" s="27"/>
       <c r="E41" s="27"/>
       <c r="F41" s="27"/>
       <c r="G41" s="27"/>
       <c r="H41" s="27"/>
       <c r="I41" s="27"/>
       <c r="J41" s="27"/>
       <c r="K41" s="27"/>
       <c r="L41" s="36"/>
       <c r="M41" s="36"/>
       <c r="N41" s="36"/>
       <c r="O41" s="5"/>
       <c r="P41" s="20"/>
       <c r="Q41" s="27"/>
       <c r="R41" s="5"/>
       <c r="S41" s="5"/>
       <c r="T41" s="27"/>
       <c r="U41" s="5"/>
       <c r="V41" s="5"/>
       <c r="W41" s="27"/>
       <c r="X41" s="5"/>
       <c r="Y41" s="27"/>
       <c r="Z41" s="21"/>
     </row>
-    <row r="42" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A42" s="19"/>
       <c r="B42" s="5"/>
       <c r="C42" s="27"/>
       <c r="D42" s="27"/>
       <c r="E42" s="27"/>
       <c r="F42" s="27"/>
       <c r="G42" s="27"/>
       <c r="H42" s="27"/>
       <c r="I42" s="27"/>
       <c r="J42" s="27"/>
       <c r="K42" s="27"/>
       <c r="L42" s="36"/>
       <c r="M42" s="36"/>
       <c r="N42" s="36"/>
       <c r="O42" s="5"/>
       <c r="P42" s="20"/>
       <c r="Q42" s="27"/>
       <c r="R42" s="5"/>
       <c r="S42" s="5"/>
       <c r="T42" s="27"/>
       <c r="U42" s="5"/>
       <c r="V42" s="5"/>
       <c r="W42" s="27"/>
       <c r="X42" s="5"/>
       <c r="Y42" s="27"/>
       <c r="Z42" s="21"/>
     </row>
-    <row r="43" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A43" s="19"/>
       <c r="B43" s="5"/>
       <c r="C43" s="27"/>
       <c r="D43" s="27"/>
       <c r="E43" s="27"/>
       <c r="F43" s="27"/>
       <c r="G43" s="27"/>
       <c r="H43" s="27"/>
       <c r="I43" s="27"/>
       <c r="J43" s="27"/>
       <c r="K43" s="27"/>
       <c r="L43" s="36"/>
       <c r="M43" s="36"/>
       <c r="N43" s="36"/>
       <c r="O43" s="5"/>
       <c r="P43" s="20"/>
       <c r="Q43" s="27"/>
       <c r="R43" s="5"/>
       <c r="S43" s="5"/>
       <c r="T43" s="27"/>
       <c r="U43" s="5"/>
       <c r="V43" s="5"/>
       <c r="W43" s="27"/>
       <c r="X43" s="5"/>
       <c r="Y43" s="27"/>
       <c r="Z43" s="21"/>
     </row>
-    <row r="44" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A44" s="19"/>
       <c r="B44" s="5"/>
       <c r="C44" s="27"/>
       <c r="D44" s="27"/>
       <c r="E44" s="27"/>
       <c r="F44" s="27"/>
       <c r="G44" s="27"/>
       <c r="H44" s="27"/>
       <c r="I44" s="27"/>
       <c r="J44" s="27"/>
       <c r="K44" s="27"/>
       <c r="L44" s="36"/>
       <c r="M44" s="36"/>
       <c r="N44" s="36"/>
       <c r="O44" s="5"/>
       <c r="P44" s="20"/>
       <c r="Q44" s="27"/>
       <c r="R44" s="5"/>
       <c r="S44" s="5"/>
       <c r="T44" s="27"/>
       <c r="U44" s="5"/>
       <c r="V44" s="5"/>
       <c r="W44" s="27"/>
       <c r="X44" s="5"/>
       <c r="Y44" s="27"/>
       <c r="Z44" s="21"/>
     </row>
-    <row r="45" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A45" s="19"/>
       <c r="B45" s="5"/>
       <c r="C45" s="27"/>
       <c r="D45" s="27"/>
       <c r="E45" s="27"/>
       <c r="F45" s="27"/>
       <c r="G45" s="27"/>
       <c r="H45" s="27"/>
       <c r="I45" s="27"/>
       <c r="J45" s="27"/>
       <c r="K45" s="27"/>
       <c r="L45" s="36"/>
       <c r="M45" s="36"/>
       <c r="N45" s="36"/>
       <c r="O45" s="5"/>
       <c r="P45" s="20"/>
       <c r="Q45" s="27"/>
       <c r="R45" s="5"/>
       <c r="S45" s="5"/>
       <c r="T45" s="27"/>
       <c r="U45" s="5"/>
       <c r="V45" s="5"/>
       <c r="W45" s="27"/>
       <c r="X45" s="5"/>
       <c r="Y45" s="27"/>
       <c r="Z45" s="21"/>
     </row>
-    <row r="46" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A46" s="19"/>
       <c r="B46" s="5"/>
       <c r="C46" s="27"/>
       <c r="D46" s="27"/>
       <c r="E46" s="27"/>
       <c r="F46" s="27"/>
       <c r="G46" s="27"/>
       <c r="H46" s="27"/>
       <c r="I46" s="27"/>
       <c r="J46" s="27"/>
       <c r="K46" s="27"/>
       <c r="L46" s="36"/>
       <c r="M46" s="36"/>
       <c r="N46" s="36"/>
       <c r="O46" s="5"/>
       <c r="P46" s="20"/>
       <c r="Q46" s="27"/>
       <c r="R46" s="5"/>
       <c r="S46" s="5"/>
       <c r="T46" s="27"/>
       <c r="U46" s="5"/>
       <c r="V46" s="5"/>
       <c r="W46" s="27"/>
       <c r="X46" s="5"/>
       <c r="Y46" s="27"/>
       <c r="Z46" s="21"/>
     </row>
-    <row r="47" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A47" s="19"/>
       <c r="B47" s="5"/>
       <c r="C47" s="27"/>
       <c r="D47" s="27"/>
       <c r="E47" s="27"/>
       <c r="F47" s="27"/>
       <c r="G47" s="27"/>
       <c r="H47" s="27"/>
       <c r="I47" s="27"/>
       <c r="J47" s="27"/>
       <c r="K47" s="27"/>
       <c r="L47" s="36"/>
       <c r="M47" s="36"/>
       <c r="N47" s="36"/>
       <c r="O47" s="5"/>
       <c r="P47" s="20"/>
       <c r="Q47" s="27"/>
       <c r="R47" s="5"/>
       <c r="S47" s="5"/>
       <c r="T47" s="27"/>
       <c r="U47" s="5"/>
       <c r="V47" s="5"/>
       <c r="W47" s="27"/>
       <c r="X47" s="5"/>
       <c r="Y47" s="27"/>
       <c r="Z47" s="21"/>
     </row>
-    <row r="48" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A48" s="19"/>
       <c r="B48" s="5"/>
       <c r="C48" s="27"/>
       <c r="D48" s="27"/>
       <c r="E48" s="27"/>
       <c r="F48" s="27"/>
       <c r="G48" s="27"/>
       <c r="H48" s="27"/>
       <c r="I48" s="27"/>
       <c r="J48" s="27"/>
       <c r="K48" s="27"/>
       <c r="L48" s="36"/>
       <c r="M48" s="36"/>
       <c r="N48" s="36"/>
       <c r="O48" s="5"/>
       <c r="P48" s="20"/>
       <c r="Q48" s="27"/>
       <c r="R48" s="5"/>
       <c r="S48" s="5"/>
       <c r="T48" s="27"/>
       <c r="U48" s="5"/>
       <c r="V48" s="5"/>
       <c r="W48" s="27"/>
       <c r="X48" s="5"/>
       <c r="Y48" s="27"/>
       <c r="Z48" s="21"/>
     </row>
-    <row r="49" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A49" s="19"/>
       <c r="B49" s="5"/>
       <c r="C49" s="27"/>
       <c r="D49" s="27"/>
       <c r="E49" s="27"/>
       <c r="F49" s="27"/>
       <c r="G49" s="27"/>
       <c r="H49" s="27"/>
       <c r="I49" s="27"/>
       <c r="J49" s="27"/>
       <c r="K49" s="27"/>
       <c r="L49" s="36"/>
       <c r="M49" s="36"/>
       <c r="N49" s="36"/>
       <c r="O49" s="5"/>
       <c r="P49" s="20"/>
       <c r="Q49" s="27"/>
       <c r="R49" s="5"/>
       <c r="S49" s="5"/>
       <c r="T49" s="27"/>
       <c r="U49" s="5"/>
       <c r="V49" s="5"/>
       <c r="W49" s="27"/>
       <c r="X49" s="5"/>
       <c r="Y49" s="27"/>
       <c r="Z49" s="21"/>
     </row>
-    <row r="50" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A50" s="19"/>
       <c r="B50" s="5"/>
       <c r="C50" s="27"/>
       <c r="D50" s="27"/>
       <c r="E50" s="27"/>
       <c r="F50" s="27"/>
       <c r="G50" s="27"/>
       <c r="H50" s="27"/>
       <c r="I50" s="27"/>
       <c r="J50" s="27"/>
       <c r="K50" s="27"/>
       <c r="L50" s="36"/>
       <c r="M50" s="36"/>
       <c r="N50" s="36"/>
       <c r="O50" s="5"/>
       <c r="P50" s="20"/>
       <c r="Q50" s="27"/>
       <c r="R50" s="5"/>
       <c r="S50" s="5"/>
       <c r="T50" s="27"/>
       <c r="U50" s="5"/>
       <c r="V50" s="5"/>
       <c r="W50" s="27"/>
       <c r="X50" s="5"/>
       <c r="Y50" s="27"/>
       <c r="Z50" s="21"/>
     </row>
-    <row r="51" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A51" s="19"/>
       <c r="B51" s="5"/>
       <c r="C51" s="27"/>
       <c r="D51" s="27"/>
       <c r="E51" s="27"/>
       <c r="F51" s="27"/>
       <c r="G51" s="27"/>
       <c r="H51" s="27"/>
       <c r="I51" s="27"/>
       <c r="J51" s="27"/>
       <c r="K51" s="27"/>
       <c r="L51" s="36"/>
       <c r="M51" s="36"/>
       <c r="N51" s="36"/>
       <c r="O51" s="5"/>
       <c r="P51" s="20"/>
       <c r="Q51" s="27"/>
       <c r="R51" s="5"/>
       <c r="S51" s="5"/>
       <c r="T51" s="27"/>
       <c r="U51" s="5"/>
       <c r="V51" s="5"/>
       <c r="W51" s="27"/>
       <c r="X51" s="5"/>
       <c r="Y51" s="27"/>
       <c r="Z51" s="21"/>
     </row>
-    <row r="52" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A52" s="19"/>
       <c r="B52" s="5"/>
       <c r="C52" s="27"/>
       <c r="D52" s="27"/>
       <c r="E52" s="27"/>
       <c r="F52" s="27"/>
       <c r="G52" s="27"/>
       <c r="H52" s="27"/>
       <c r="I52" s="27"/>
       <c r="J52" s="27"/>
       <c r="K52" s="27"/>
       <c r="L52" s="36"/>
       <c r="M52" s="36"/>
       <c r="N52" s="36"/>
       <c r="O52" s="5"/>
       <c r="P52" s="20"/>
       <c r="Q52" s="27"/>
       <c r="R52" s="5"/>
       <c r="S52" s="5"/>
       <c r="T52" s="27"/>
       <c r="U52" s="5"/>
       <c r="V52" s="5"/>
       <c r="W52" s="27"/>
       <c r="X52" s="5"/>
       <c r="Y52" s="27"/>
       <c r="Z52" s="21"/>
     </row>
-    <row r="53" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A53" s="19"/>
       <c r="B53" s="5"/>
       <c r="C53" s="27"/>
       <c r="D53" s="27"/>
       <c r="E53" s="27"/>
       <c r="F53" s="27"/>
       <c r="G53" s="27"/>
       <c r="H53" s="27"/>
       <c r="I53" s="27"/>
       <c r="J53" s="27"/>
       <c r="K53" s="27"/>
       <c r="L53" s="36"/>
       <c r="M53" s="36"/>
       <c r="N53" s="36"/>
       <c r="O53" s="5"/>
       <c r="P53" s="20"/>
       <c r="Q53" s="27"/>
       <c r="R53" s="5"/>
       <c r="S53" s="5"/>
       <c r="T53" s="27"/>
       <c r="U53" s="5"/>
       <c r="V53" s="5"/>
       <c r="W53" s="27"/>
       <c r="X53" s="5"/>
       <c r="Y53" s="27"/>
       <c r="Z53" s="21"/>
     </row>
-    <row r="54" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A54" s="19"/>
       <c r="B54" s="5"/>
       <c r="C54" s="27"/>
       <c r="D54" s="27"/>
       <c r="E54" s="27"/>
       <c r="F54" s="27"/>
       <c r="G54" s="27"/>
       <c r="H54" s="27"/>
       <c r="I54" s="27"/>
       <c r="J54" s="27"/>
       <c r="K54" s="27"/>
       <c r="L54" s="36"/>
       <c r="M54" s="36"/>
       <c r="N54" s="36"/>
       <c r="O54" s="5"/>
       <c r="P54" s="20"/>
       <c r="Q54" s="27"/>
       <c r="R54" s="5"/>
       <c r="S54" s="5"/>
       <c r="T54" s="27"/>
       <c r="U54" s="5"/>
       <c r="V54" s="5"/>
       <c r="W54" s="27"/>
       <c r="X54" s="5"/>
       <c r="Y54" s="27"/>
       <c r="Z54" s="21"/>
     </row>
-    <row r="55" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A55" s="19"/>
       <c r="B55" s="5"/>
       <c r="C55" s="27"/>
       <c r="D55" s="27"/>
       <c r="E55" s="27"/>
       <c r="F55" s="27"/>
       <c r="G55" s="27"/>
       <c r="H55" s="27"/>
       <c r="I55" s="27"/>
       <c r="J55" s="27"/>
       <c r="K55" s="27"/>
       <c r="L55" s="36"/>
       <c r="M55" s="36"/>
       <c r="N55" s="36"/>
       <c r="O55" s="5"/>
       <c r="P55" s="20"/>
       <c r="Q55" s="27"/>
       <c r="R55" s="5"/>
       <c r="S55" s="5"/>
       <c r="T55" s="27"/>
       <c r="U55" s="5"/>
       <c r="V55" s="5"/>
       <c r="W55" s="27"/>
       <c r="X55" s="5"/>
       <c r="Y55" s="27"/>
       <c r="Z55" s="21"/>
     </row>
-    <row r="56" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A56" s="19"/>
       <c r="B56" s="5"/>
       <c r="C56" s="27"/>
       <c r="D56" s="27"/>
       <c r="E56" s="27"/>
       <c r="F56" s="27"/>
       <c r="G56" s="27"/>
       <c r="H56" s="27"/>
       <c r="I56" s="27"/>
       <c r="J56" s="27"/>
       <c r="K56" s="27"/>
       <c r="L56" s="36"/>
       <c r="M56" s="36"/>
       <c r="N56" s="36"/>
       <c r="O56" s="5"/>
       <c r="P56" s="20"/>
       <c r="Q56" s="27"/>
       <c r="R56" s="5"/>
       <c r="S56" s="5"/>
       <c r="T56" s="27"/>
       <c r="U56" s="5"/>
       <c r="V56" s="5"/>
       <c r="W56" s="27"/>
       <c r="X56" s="5"/>
       <c r="Y56" s="27"/>
       <c r="Z56" s="21"/>
     </row>
-    <row r="57" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A57" s="19"/>
       <c r="B57" s="5"/>
       <c r="C57" s="27"/>
       <c r="D57" s="27"/>
       <c r="E57" s="27"/>
       <c r="F57" s="27"/>
       <c r="G57" s="27"/>
       <c r="H57" s="27"/>
       <c r="I57" s="27"/>
       <c r="J57" s="27"/>
       <c r="K57" s="27"/>
       <c r="L57" s="36"/>
       <c r="M57" s="36"/>
       <c r="N57" s="36"/>
       <c r="O57" s="5"/>
       <c r="P57" s="20"/>
       <c r="Q57" s="27"/>
       <c r="R57" s="5"/>
       <c r="S57" s="5"/>
       <c r="T57" s="27"/>
       <c r="U57" s="5"/>
       <c r="V57" s="5"/>
       <c r="W57" s="27"/>
       <c r="X57" s="5"/>
       <c r="Y57" s="27"/>
       <c r="Z57" s="21"/>
     </row>
-    <row r="58" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A58" s="19"/>
       <c r="B58" s="5"/>
       <c r="C58" s="27"/>
       <c r="D58" s="27"/>
       <c r="E58" s="27"/>
       <c r="F58" s="27"/>
       <c r="G58" s="27"/>
       <c r="H58" s="27"/>
       <c r="I58" s="27"/>
       <c r="J58" s="27"/>
       <c r="K58" s="27"/>
       <c r="L58" s="36"/>
       <c r="M58" s="36"/>
       <c r="N58" s="36"/>
       <c r="O58" s="5"/>
       <c r="P58" s="20"/>
       <c r="Q58" s="27"/>
       <c r="R58" s="5"/>
       <c r="S58" s="5"/>
       <c r="T58" s="27"/>
       <c r="U58" s="5"/>
       <c r="V58" s="5"/>
       <c r="W58" s="27"/>
       <c r="X58" s="5"/>
       <c r="Y58" s="27"/>
       <c r="Z58" s="21"/>
     </row>
-    <row r="59" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A59" s="19"/>
       <c r="B59" s="5"/>
       <c r="C59" s="27"/>
       <c r="D59" s="27"/>
       <c r="E59" s="27"/>
       <c r="F59" s="27"/>
       <c r="G59" s="27"/>
       <c r="H59" s="27"/>
       <c r="I59" s="27"/>
       <c r="J59" s="27"/>
       <c r="K59" s="27"/>
       <c r="L59" s="36"/>
       <c r="M59" s="36"/>
       <c r="N59" s="36"/>
       <c r="O59" s="5"/>
       <c r="P59" s="20"/>
       <c r="Q59" s="27"/>
       <c r="R59" s="5"/>
       <c r="S59" s="5"/>
       <c r="T59" s="27"/>
       <c r="U59" s="5"/>
       <c r="V59" s="5"/>
       <c r="W59" s="27"/>
       <c r="X59" s="5"/>
       <c r="Y59" s="27"/>
       <c r="Z59" s="21"/>
     </row>
-    <row r="60" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A60" s="19"/>
       <c r="B60" s="5"/>
       <c r="C60" s="27"/>
       <c r="D60" s="27"/>
       <c r="E60" s="27"/>
       <c r="F60" s="27"/>
       <c r="G60" s="27"/>
       <c r="H60" s="27"/>
       <c r="I60" s="27"/>
       <c r="J60" s="27"/>
       <c r="K60" s="27"/>
       <c r="L60" s="36"/>
       <c r="M60" s="36"/>
       <c r="N60" s="36"/>
       <c r="O60" s="5"/>
       <c r="P60" s="20"/>
       <c r="Q60" s="27"/>
       <c r="R60" s="5"/>
       <c r="S60" s="5"/>
       <c r="T60" s="27"/>
       <c r="U60" s="5"/>
       <c r="V60" s="5"/>
       <c r="W60" s="27"/>
       <c r="X60" s="5"/>
       <c r="Y60" s="27"/>
       <c r="Z60" s="21"/>
     </row>
-    <row r="61" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A61" s="19"/>
       <c r="B61" s="5"/>
       <c r="C61" s="27"/>
       <c r="D61" s="27"/>
       <c r="E61" s="27"/>
       <c r="F61" s="27"/>
       <c r="G61" s="27"/>
       <c r="H61" s="27"/>
       <c r="I61" s="27"/>
       <c r="J61" s="27"/>
       <c r="K61" s="27"/>
       <c r="L61" s="36"/>
       <c r="M61" s="36"/>
       <c r="N61" s="36"/>
       <c r="O61" s="5"/>
       <c r="P61" s="20"/>
       <c r="Q61" s="27"/>
       <c r="R61" s="5"/>
       <c r="S61" s="5"/>
       <c r="T61" s="27"/>
       <c r="U61" s="5"/>
       <c r="V61" s="5"/>
       <c r="W61" s="27"/>
       <c r="X61" s="5"/>
       <c r="Y61" s="27"/>
       <c r="Z61" s="21"/>
     </row>
-    <row r="62" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A62" s="19"/>
       <c r="B62" s="5"/>
       <c r="C62" s="27"/>
       <c r="D62" s="27"/>
       <c r="E62" s="27"/>
       <c r="F62" s="27"/>
       <c r="G62" s="27"/>
       <c r="H62" s="27"/>
       <c r="I62" s="27"/>
       <c r="J62" s="27"/>
       <c r="K62" s="27"/>
       <c r="L62" s="36"/>
       <c r="M62" s="36"/>
       <c r="N62" s="36"/>
       <c r="O62" s="5"/>
       <c r="P62" s="20"/>
       <c r="Q62" s="27"/>
       <c r="R62" s="5"/>
       <c r="S62" s="5"/>
       <c r="T62" s="27"/>
       <c r="U62" s="5"/>
       <c r="V62" s="5"/>
       <c r="W62" s="27"/>
       <c r="X62" s="5"/>
       <c r="Y62" s="27"/>
       <c r="Z62" s="21"/>
     </row>
-    <row r="63" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A63" s="19"/>
       <c r="B63" s="5"/>
       <c r="C63" s="27"/>
       <c r="D63" s="27"/>
       <c r="E63" s="27"/>
       <c r="F63" s="27"/>
       <c r="G63" s="27"/>
       <c r="H63" s="27"/>
       <c r="I63" s="27"/>
       <c r="J63" s="27"/>
       <c r="K63" s="27"/>
       <c r="L63" s="36"/>
       <c r="M63" s="36"/>
       <c r="N63" s="36"/>
       <c r="O63" s="5"/>
       <c r="P63" s="20"/>
       <c r="Q63" s="27"/>
       <c r="R63" s="5"/>
       <c r="S63" s="5"/>
       <c r="T63" s="27"/>
       <c r="U63" s="5"/>
       <c r="V63" s="5"/>
       <c r="W63" s="27"/>
       <c r="X63" s="5"/>
       <c r="Y63" s="27"/>
       <c r="Z63" s="21"/>
     </row>
-    <row r="64" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A64" s="19"/>
       <c r="B64" s="5"/>
       <c r="C64" s="27"/>
       <c r="D64" s="27"/>
       <c r="E64" s="27"/>
       <c r="F64" s="27"/>
       <c r="G64" s="27"/>
       <c r="H64" s="27"/>
       <c r="I64" s="27"/>
       <c r="J64" s="27"/>
       <c r="K64" s="27"/>
       <c r="L64" s="36"/>
       <c r="M64" s="36"/>
       <c r="N64" s="36"/>
       <c r="O64" s="5"/>
       <c r="P64" s="20"/>
       <c r="Q64" s="27"/>
       <c r="R64" s="5"/>
       <c r="S64" s="5"/>
       <c r="T64" s="27"/>
       <c r="U64" s="5"/>
       <c r="V64" s="5"/>
       <c r="W64" s="27"/>
       <c r="X64" s="5"/>
       <c r="Y64" s="27"/>
       <c r="Z64" s="21"/>
     </row>
-    <row r="65" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A65" s="19"/>
       <c r="B65" s="5"/>
       <c r="C65" s="27"/>
       <c r="D65" s="27"/>
       <c r="E65" s="27"/>
       <c r="F65" s="27"/>
       <c r="G65" s="27"/>
       <c r="H65" s="27"/>
       <c r="I65" s="27"/>
       <c r="J65" s="27"/>
       <c r="K65" s="27"/>
       <c r="L65" s="36"/>
       <c r="M65" s="36"/>
       <c r="N65" s="36"/>
       <c r="O65" s="5"/>
       <c r="P65" s="20"/>
       <c r="Q65" s="27"/>
       <c r="R65" s="5"/>
       <c r="S65" s="5"/>
       <c r="T65" s="27"/>
       <c r="U65" s="5"/>
       <c r="V65" s="5"/>
       <c r="W65" s="27"/>
       <c r="X65" s="5"/>
       <c r="Y65" s="27"/>
       <c r="Z65" s="21"/>
     </row>
-    <row r="66" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A66" s="19"/>
       <c r="B66" s="5"/>
       <c r="C66" s="27"/>
       <c r="D66" s="27"/>
       <c r="E66" s="27"/>
       <c r="F66" s="27"/>
       <c r="G66" s="27"/>
       <c r="H66" s="27"/>
       <c r="I66" s="27"/>
       <c r="J66" s="27"/>
       <c r="K66" s="27"/>
       <c r="L66" s="36"/>
       <c r="M66" s="36"/>
       <c r="N66" s="36"/>
       <c r="O66" s="5"/>
       <c r="P66" s="20"/>
       <c r="Q66" s="27"/>
       <c r="R66" s="5"/>
       <c r="S66" s="5"/>
       <c r="T66" s="27"/>
       <c r="U66" s="5"/>
       <c r="V66" s="5"/>
       <c r="W66" s="27"/>
       <c r="X66" s="5"/>
       <c r="Y66" s="27"/>
       <c r="Z66" s="21"/>
     </row>
-    <row r="67" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A67" s="19"/>
       <c r="B67" s="5"/>
       <c r="C67" s="27"/>
       <c r="D67" s="27"/>
       <c r="E67" s="27"/>
       <c r="F67" s="27"/>
       <c r="G67" s="27"/>
       <c r="H67" s="27"/>
       <c r="I67" s="27"/>
       <c r="J67" s="27"/>
       <c r="K67" s="27"/>
       <c r="L67" s="36"/>
       <c r="M67" s="36"/>
       <c r="N67" s="36"/>
       <c r="O67" s="5"/>
       <c r="P67" s="20"/>
       <c r="Q67" s="27"/>
       <c r="R67" s="5"/>
       <c r="S67" s="5"/>
       <c r="T67" s="27"/>
       <c r="U67" s="5"/>
       <c r="V67" s="5"/>
       <c r="W67" s="27"/>
       <c r="X67" s="5"/>
       <c r="Y67" s="27"/>
       <c r="Z67" s="21"/>
     </row>
-    <row r="68" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A68" s="19"/>
       <c r="B68" s="5"/>
       <c r="C68" s="27"/>
       <c r="D68" s="27"/>
       <c r="E68" s="27"/>
       <c r="F68" s="27"/>
       <c r="G68" s="27"/>
       <c r="H68" s="27"/>
       <c r="I68" s="27"/>
       <c r="J68" s="27"/>
       <c r="K68" s="27"/>
       <c r="L68" s="36"/>
       <c r="M68" s="36"/>
       <c r="N68" s="36"/>
       <c r="O68" s="5"/>
       <c r="P68" s="20"/>
       <c r="Q68" s="27"/>
       <c r="R68" s="5"/>
       <c r="S68" s="5"/>
       <c r="T68" s="27"/>
       <c r="U68" s="5"/>
       <c r="V68" s="5"/>
       <c r="W68" s="27"/>
       <c r="X68" s="5"/>
       <c r="Y68" s="27"/>
       <c r="Z68" s="21"/>
     </row>
-    <row r="69" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A69" s="19"/>
       <c r="B69" s="5"/>
       <c r="C69" s="27"/>
       <c r="D69" s="27"/>
       <c r="E69" s="27"/>
       <c r="F69" s="27"/>
       <c r="G69" s="27"/>
       <c r="H69" s="27"/>
       <c r="I69" s="27"/>
       <c r="J69" s="27"/>
       <c r="K69" s="27"/>
       <c r="L69" s="36"/>
       <c r="M69" s="36"/>
       <c r="N69" s="36"/>
       <c r="O69" s="5"/>
       <c r="P69" s="20"/>
       <c r="Q69" s="27"/>
       <c r="R69" s="5"/>
       <c r="S69" s="5"/>
       <c r="T69" s="27"/>
       <c r="U69" s="5"/>
       <c r="V69" s="5"/>
       <c r="W69" s="27"/>
       <c r="X69" s="5"/>
       <c r="Y69" s="27"/>
       <c r="Z69" s="21"/>
     </row>
-    <row r="70" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A70" s="19"/>
       <c r="B70" s="5"/>
       <c r="C70" s="27"/>
       <c r="D70" s="27"/>
       <c r="E70" s="27"/>
       <c r="F70" s="27"/>
       <c r="G70" s="27"/>
       <c r="H70" s="27"/>
       <c r="I70" s="27"/>
       <c r="J70" s="27"/>
       <c r="K70" s="27"/>
       <c r="L70" s="36"/>
       <c r="M70" s="36"/>
       <c r="N70" s="36"/>
       <c r="O70" s="5"/>
       <c r="P70" s="20"/>
       <c r="Q70" s="27"/>
       <c r="R70" s="5"/>
       <c r="S70" s="5"/>
       <c r="T70" s="27"/>
       <c r="U70" s="5"/>
       <c r="V70" s="5"/>
       <c r="W70" s="27"/>
       <c r="X70" s="5"/>
       <c r="Y70" s="27"/>
       <c r="Z70" s="21"/>
     </row>
-    <row r="71" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A71" s="19"/>
       <c r="B71" s="5"/>
       <c r="C71" s="27"/>
       <c r="D71" s="27"/>
       <c r="E71" s="27"/>
       <c r="F71" s="27"/>
       <c r="G71" s="27"/>
       <c r="H71" s="27"/>
       <c r="I71" s="27"/>
       <c r="J71" s="27"/>
       <c r="K71" s="27"/>
       <c r="L71" s="36"/>
       <c r="M71" s="36"/>
       <c r="N71" s="36"/>
       <c r="O71" s="5"/>
       <c r="P71" s="20"/>
       <c r="Q71" s="27"/>
       <c r="R71" s="5"/>
       <c r="S71" s="5"/>
       <c r="T71" s="27"/>
       <c r="U71" s="5"/>
       <c r="V71" s="5"/>
       <c r="W71" s="27"/>
       <c r="X71" s="5"/>
       <c r="Y71" s="27"/>
       <c r="Z71" s="21"/>
     </row>
-    <row r="72" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A72" s="19"/>
       <c r="B72" s="5"/>
       <c r="C72" s="27"/>
       <c r="D72" s="27"/>
       <c r="E72" s="27"/>
       <c r="F72" s="27"/>
       <c r="G72" s="27"/>
       <c r="H72" s="27"/>
       <c r="I72" s="27"/>
       <c r="J72" s="27"/>
       <c r="K72" s="27"/>
       <c r="L72" s="36"/>
       <c r="M72" s="36"/>
       <c r="N72" s="36"/>
       <c r="O72" s="5"/>
       <c r="P72" s="20"/>
       <c r="Q72" s="27"/>
       <c r="R72" s="5"/>
       <c r="S72" s="5"/>
       <c r="T72" s="27"/>
       <c r="U72" s="5"/>
       <c r="V72" s="5"/>
       <c r="W72" s="27"/>
       <c r="X72" s="5"/>
       <c r="Y72" s="27"/>
       <c r="Z72" s="21"/>
     </row>
-    <row r="73" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A73" s="19"/>
       <c r="B73" s="5"/>
       <c r="C73" s="27"/>
       <c r="D73" s="27"/>
       <c r="E73" s="27"/>
       <c r="F73" s="27"/>
       <c r="G73" s="27"/>
       <c r="H73" s="27"/>
       <c r="I73" s="27"/>
       <c r="J73" s="27"/>
       <c r="K73" s="27"/>
       <c r="L73" s="36"/>
       <c r="M73" s="36"/>
       <c r="N73" s="36"/>
       <c r="O73" s="5"/>
       <c r="P73" s="20"/>
       <c r="Q73" s="27"/>
       <c r="R73" s="5"/>
       <c r="S73" s="5"/>
       <c r="T73" s="27"/>
       <c r="U73" s="5"/>
       <c r="V73" s="5"/>
       <c r="W73" s="27"/>
       <c r="X73" s="5"/>
       <c r="Y73" s="27"/>
       <c r="Z73" s="21"/>
     </row>
-    <row r="74" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A74" s="19"/>
       <c r="B74" s="5"/>
       <c r="C74" s="27"/>
       <c r="D74" s="27"/>
       <c r="E74" s="27"/>
       <c r="F74" s="27"/>
       <c r="G74" s="27"/>
       <c r="H74" s="27"/>
       <c r="I74" s="27"/>
       <c r="J74" s="27"/>
       <c r="K74" s="27"/>
       <c r="L74" s="36"/>
       <c r="M74" s="36"/>
       <c r="N74" s="36"/>
       <c r="O74" s="5"/>
       <c r="P74" s="20"/>
       <c r="Q74" s="27"/>
       <c r="R74" s="5"/>
       <c r="S74" s="5"/>
       <c r="T74" s="27"/>
       <c r="U74" s="5"/>
       <c r="V74" s="5"/>
       <c r="W74" s="27"/>
       <c r="X74" s="5"/>
       <c r="Y74" s="27"/>
       <c r="Z74" s="21"/>
     </row>
-    <row r="75" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A75" s="19"/>
       <c r="B75" s="5"/>
       <c r="C75" s="27"/>
       <c r="D75" s="27"/>
       <c r="E75" s="27"/>
       <c r="F75" s="27"/>
       <c r="G75" s="27"/>
       <c r="H75" s="27"/>
       <c r="I75" s="27"/>
       <c r="J75" s="27"/>
       <c r="K75" s="27"/>
       <c r="L75" s="36"/>
       <c r="M75" s="36"/>
       <c r="N75" s="36"/>
       <c r="O75" s="5"/>
       <c r="P75" s="20"/>
       <c r="Q75" s="27"/>
       <c r="R75" s="5"/>
       <c r="S75" s="5"/>
       <c r="T75" s="27"/>
       <c r="U75" s="5"/>
       <c r="V75" s="5"/>
       <c r="W75" s="27"/>
       <c r="X75" s="5"/>
       <c r="Y75" s="27"/>
       <c r="Z75" s="21"/>
     </row>
-    <row r="76" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A76" s="19"/>
       <c r="B76" s="5"/>
       <c r="C76" s="27"/>
       <c r="D76" s="27"/>
       <c r="E76" s="27"/>
       <c r="F76" s="27"/>
       <c r="G76" s="27"/>
       <c r="H76" s="27"/>
       <c r="I76" s="27"/>
       <c r="J76" s="27"/>
       <c r="K76" s="27"/>
       <c r="L76" s="36"/>
       <c r="M76" s="36"/>
       <c r="N76" s="36"/>
       <c r="O76" s="5"/>
       <c r="P76" s="20"/>
       <c r="Q76" s="27"/>
       <c r="R76" s="5"/>
       <c r="S76" s="5"/>
       <c r="T76" s="27"/>
       <c r="U76" s="5"/>
       <c r="V76" s="5"/>
       <c r="W76" s="27"/>
       <c r="X76" s="5"/>
       <c r="Y76" s="27"/>
       <c r="Z76" s="21"/>
     </row>
-    <row r="77" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A77" s="19"/>
       <c r="B77" s="5"/>
       <c r="C77" s="27"/>
       <c r="D77" s="27"/>
       <c r="E77" s="27"/>
       <c r="F77" s="27"/>
       <c r="G77" s="27"/>
       <c r="H77" s="27"/>
       <c r="I77" s="27"/>
       <c r="J77" s="27"/>
       <c r="K77" s="27"/>
       <c r="L77" s="36"/>
       <c r="M77" s="36"/>
       <c r="N77" s="36"/>
       <c r="O77" s="5"/>
       <c r="P77" s="20"/>
       <c r="Q77" s="27"/>
       <c r="R77" s="5"/>
       <c r="S77" s="5"/>
       <c r="T77" s="27"/>
       <c r="U77" s="5"/>
       <c r="V77" s="5"/>
       <c r="W77" s="27"/>
       <c r="X77" s="5"/>
       <c r="Y77" s="27"/>
       <c r="Z77" s="21"/>
     </row>
-    <row r="78" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A78" s="19"/>
       <c r="B78" s="5"/>
       <c r="C78" s="27"/>
       <c r="D78" s="27"/>
       <c r="E78" s="27"/>
       <c r="F78" s="27"/>
       <c r="G78" s="27"/>
       <c r="H78" s="27"/>
       <c r="I78" s="27"/>
       <c r="J78" s="27"/>
       <c r="K78" s="27"/>
       <c r="L78" s="36"/>
       <c r="M78" s="36"/>
       <c r="N78" s="36"/>
       <c r="O78" s="5"/>
       <c r="P78" s="20"/>
       <c r="Q78" s="27"/>
       <c r="R78" s="5"/>
       <c r="S78" s="5"/>
       <c r="T78" s="27"/>
       <c r="U78" s="5"/>
       <c r="V78" s="5"/>
       <c r="W78" s="27"/>
       <c r="X78" s="5"/>
       <c r="Y78" s="27"/>
       <c r="Z78" s="21"/>
     </row>
-    <row r="79" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A79" s="19"/>
       <c r="B79" s="5"/>
       <c r="C79" s="27"/>
       <c r="D79" s="27"/>
       <c r="E79" s="27"/>
       <c r="F79" s="27"/>
       <c r="G79" s="27"/>
       <c r="H79" s="27"/>
       <c r="I79" s="27"/>
       <c r="J79" s="27"/>
       <c r="K79" s="27"/>
       <c r="L79" s="36"/>
       <c r="M79" s="36"/>
       <c r="N79" s="36"/>
       <c r="O79" s="5"/>
       <c r="P79" s="20"/>
       <c r="Q79" s="27"/>
       <c r="R79" s="5"/>
       <c r="S79" s="5"/>
       <c r="T79" s="27"/>
       <c r="U79" s="5"/>
       <c r="V79" s="5"/>
       <c r="W79" s="27"/>
       <c r="X79" s="5"/>
       <c r="Y79" s="27"/>
       <c r="Z79" s="21"/>
     </row>
-    <row r="80" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A80" s="19"/>
       <c r="B80" s="5"/>
       <c r="C80" s="27"/>
       <c r="D80" s="27"/>
       <c r="E80" s="27"/>
       <c r="F80" s="27"/>
       <c r="G80" s="27"/>
       <c r="H80" s="27"/>
       <c r="I80" s="27"/>
       <c r="J80" s="27"/>
       <c r="K80" s="27"/>
       <c r="L80" s="36"/>
       <c r="M80" s="36"/>
       <c r="N80" s="36"/>
       <c r="O80" s="5"/>
       <c r="P80" s="20"/>
       <c r="Q80" s="27"/>
       <c r="R80" s="5"/>
       <c r="S80" s="5"/>
       <c r="T80" s="27"/>
       <c r="U80" s="5"/>
       <c r="V80" s="5"/>
       <c r="W80" s="27"/>
       <c r="X80" s="5"/>
       <c r="Y80" s="27"/>
       <c r="Z80" s="21"/>
     </row>
-    <row r="81" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A81" s="19"/>
       <c r="B81" s="5"/>
       <c r="C81" s="27"/>
       <c r="D81" s="27"/>
       <c r="E81" s="27"/>
       <c r="F81" s="27"/>
       <c r="G81" s="27"/>
       <c r="H81" s="27"/>
       <c r="I81" s="27"/>
       <c r="J81" s="27"/>
       <c r="K81" s="27"/>
       <c r="L81" s="36"/>
       <c r="M81" s="36"/>
       <c r="N81" s="36"/>
       <c r="O81" s="5"/>
       <c r="P81" s="20"/>
       <c r="Q81" s="27"/>
       <c r="R81" s="5"/>
       <c r="S81" s="5"/>
       <c r="T81" s="27"/>
       <c r="U81" s="5"/>
       <c r="V81" s="5"/>
       <c r="W81" s="27"/>
       <c r="X81" s="5"/>
       <c r="Y81" s="27"/>
       <c r="Z81" s="21"/>
     </row>
-    <row r="82" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A82" s="19"/>
       <c r="B82" s="5"/>
       <c r="C82" s="27"/>
       <c r="D82" s="27"/>
       <c r="E82" s="27"/>
       <c r="F82" s="27"/>
       <c r="G82" s="27"/>
       <c r="H82" s="27"/>
       <c r="I82" s="27"/>
       <c r="J82" s="27"/>
       <c r="K82" s="27"/>
       <c r="L82" s="36"/>
       <c r="M82" s="36"/>
       <c r="N82" s="36"/>
       <c r="O82" s="5"/>
       <c r="P82" s="20"/>
       <c r="Q82" s="27"/>
       <c r="R82" s="5"/>
       <c r="S82" s="5"/>
       <c r="T82" s="27"/>
       <c r="U82" s="5"/>
       <c r="V82" s="5"/>
       <c r="W82" s="27"/>
       <c r="X82" s="5"/>
       <c r="Y82" s="27"/>
       <c r="Z82" s="21"/>
     </row>
-    <row r="83" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A83" s="19"/>
       <c r="B83" s="5"/>
       <c r="C83" s="27"/>
       <c r="D83" s="27"/>
       <c r="E83" s="27"/>
       <c r="F83" s="27"/>
       <c r="G83" s="27"/>
       <c r="H83" s="27"/>
       <c r="I83" s="27"/>
       <c r="J83" s="27"/>
       <c r="K83" s="27"/>
       <c r="L83" s="36"/>
       <c r="M83" s="36"/>
       <c r="N83" s="36"/>
       <c r="O83" s="5"/>
       <c r="P83" s="20"/>
       <c r="Q83" s="27"/>
       <c r="R83" s="5"/>
       <c r="S83" s="5"/>
       <c r="T83" s="27"/>
       <c r="U83" s="5"/>
       <c r="V83" s="5"/>
       <c r="W83" s="27"/>
       <c r="X83" s="5"/>
       <c r="Y83" s="27"/>
       <c r="Z83" s="21"/>
     </row>
-    <row r="84" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A84" s="19"/>
       <c r="B84" s="5"/>
       <c r="C84" s="27"/>
       <c r="D84" s="27"/>
       <c r="E84" s="27"/>
       <c r="F84" s="27"/>
       <c r="G84" s="27"/>
       <c r="H84" s="27"/>
       <c r="I84" s="27"/>
       <c r="J84" s="27"/>
       <c r="K84" s="27"/>
       <c r="L84" s="36"/>
       <c r="M84" s="36"/>
       <c r="N84" s="36"/>
       <c r="O84" s="5"/>
       <c r="P84" s="20"/>
       <c r="Q84" s="27"/>
       <c r="R84" s="5"/>
       <c r="S84" s="5"/>
       <c r="T84" s="27"/>
       <c r="U84" s="5"/>
       <c r="V84" s="5"/>
       <c r="W84" s="27"/>
       <c r="X84" s="5"/>
       <c r="Y84" s="27"/>
       <c r="Z84" s="21"/>
     </row>
-    <row r="85" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A85" s="19"/>
       <c r="B85" s="5"/>
       <c r="C85" s="27"/>
       <c r="D85" s="27"/>
       <c r="E85" s="27"/>
       <c r="F85" s="27"/>
       <c r="G85" s="27"/>
       <c r="H85" s="27"/>
       <c r="I85" s="27"/>
       <c r="J85" s="27"/>
       <c r="K85" s="27"/>
       <c r="L85" s="36"/>
       <c r="M85" s="36"/>
       <c r="N85" s="36"/>
       <c r="O85" s="5"/>
       <c r="P85" s="20"/>
       <c r="Q85" s="27"/>
       <c r="R85" s="5"/>
       <c r="S85" s="5"/>
       <c r="T85" s="27"/>
       <c r="U85" s="5"/>
       <c r="V85" s="5"/>
       <c r="W85" s="27"/>
       <c r="X85" s="5"/>
       <c r="Y85" s="27"/>
       <c r="Z85" s="21"/>
     </row>
-    <row r="86" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A86" s="19"/>
       <c r="B86" s="5"/>
       <c r="C86" s="27"/>
       <c r="D86" s="27"/>
       <c r="E86" s="27"/>
       <c r="F86" s="27"/>
       <c r="G86" s="27"/>
       <c r="H86" s="27"/>
       <c r="I86" s="27"/>
       <c r="J86" s="27"/>
       <c r="K86" s="27"/>
       <c r="L86" s="36"/>
       <c r="M86" s="36"/>
       <c r="N86" s="36"/>
       <c r="O86" s="5"/>
       <c r="P86" s="20"/>
       <c r="Q86" s="27"/>
       <c r="R86" s="5"/>
       <c r="S86" s="5"/>
       <c r="T86" s="27"/>
       <c r="U86" s="5"/>
       <c r="V86" s="5"/>
       <c r="W86" s="27"/>
       <c r="X86" s="5"/>
       <c r="Y86" s="27"/>
       <c r="Z86" s="21"/>
     </row>
-    <row r="87" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A87" s="19"/>
       <c r="B87" s="5"/>
       <c r="C87" s="27"/>
       <c r="D87" s="27"/>
       <c r="E87" s="27"/>
       <c r="F87" s="27"/>
       <c r="G87" s="27"/>
       <c r="H87" s="27"/>
       <c r="I87" s="27"/>
       <c r="J87" s="27"/>
       <c r="K87" s="27"/>
       <c r="L87" s="36"/>
       <c r="M87" s="36"/>
       <c r="N87" s="36"/>
       <c r="O87" s="5"/>
       <c r="P87" s="20"/>
       <c r="Q87" s="27"/>
       <c r="R87" s="5"/>
       <c r="S87" s="5"/>
       <c r="T87" s="27"/>
       <c r="U87" s="5"/>
       <c r="V87" s="5"/>
       <c r="W87" s="27"/>
       <c r="X87" s="5"/>
       <c r="Y87" s="27"/>
       <c r="Z87" s="21"/>
     </row>
-    <row r="88" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A88" s="19"/>
       <c r="B88" s="5"/>
       <c r="C88" s="27"/>
       <c r="D88" s="27"/>
       <c r="E88" s="27"/>
       <c r="F88" s="27"/>
       <c r="G88" s="27"/>
       <c r="H88" s="27"/>
       <c r="I88" s="27"/>
       <c r="J88" s="27"/>
       <c r="K88" s="27"/>
       <c r="L88" s="36"/>
       <c r="M88" s="36"/>
       <c r="N88" s="36"/>
       <c r="O88" s="5"/>
       <c r="P88" s="20"/>
       <c r="Q88" s="27"/>
       <c r="R88" s="5"/>
       <c r="S88" s="5"/>
       <c r="T88" s="27"/>
       <c r="U88" s="5"/>
       <c r="V88" s="5"/>
       <c r="W88" s="27"/>
       <c r="X88" s="5"/>
       <c r="Y88" s="27"/>
       <c r="Z88" s="21"/>
     </row>
-    <row r="89" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A89" s="19"/>
       <c r="B89" s="5"/>
       <c r="C89" s="27"/>
       <c r="D89" s="27"/>
       <c r="E89" s="27"/>
       <c r="F89" s="27"/>
       <c r="G89" s="27"/>
       <c r="H89" s="27"/>
       <c r="I89" s="27"/>
       <c r="J89" s="27"/>
       <c r="K89" s="27"/>
       <c r="L89" s="36"/>
       <c r="M89" s="36"/>
       <c r="N89" s="36"/>
       <c r="O89" s="5"/>
       <c r="P89" s="20"/>
       <c r="Q89" s="27"/>
       <c r="R89" s="5"/>
       <c r="S89" s="5"/>
       <c r="T89" s="27"/>
       <c r="U89" s="5"/>
       <c r="V89" s="5"/>
       <c r="W89" s="27"/>
       <c r="X89" s="5"/>
       <c r="Y89" s="27"/>
       <c r="Z89" s="21"/>
     </row>
-    <row r="90" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A90" s="19"/>
       <c r="B90" s="5"/>
       <c r="C90" s="27"/>
       <c r="D90" s="27"/>
       <c r="E90" s="27"/>
       <c r="F90" s="27"/>
       <c r="G90" s="27"/>
       <c r="H90" s="27"/>
       <c r="I90" s="27"/>
       <c r="J90" s="27"/>
       <c r="K90" s="27"/>
       <c r="L90" s="36"/>
       <c r="M90" s="36"/>
       <c r="N90" s="36"/>
       <c r="O90" s="5"/>
       <c r="P90" s="20"/>
       <c r="Q90" s="27"/>
       <c r="R90" s="5"/>
       <c r="S90" s="5"/>
       <c r="T90" s="27"/>
       <c r="U90" s="5"/>
       <c r="V90" s="5"/>
       <c r="W90" s="27"/>
       <c r="X90" s="5"/>
       <c r="Y90" s="27"/>
       <c r="Z90" s="21"/>
     </row>
-    <row r="91" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A91" s="19"/>
       <c r="B91" s="5"/>
       <c r="C91" s="27"/>
       <c r="D91" s="27"/>
       <c r="E91" s="27"/>
       <c r="F91" s="27"/>
       <c r="G91" s="27"/>
       <c r="H91" s="27"/>
       <c r="I91" s="27"/>
       <c r="J91" s="27"/>
       <c r="K91" s="27"/>
       <c r="L91" s="36"/>
       <c r="M91" s="36"/>
       <c r="N91" s="36"/>
       <c r="O91" s="5"/>
       <c r="P91" s="20"/>
       <c r="Q91" s="27"/>
       <c r="R91" s="5"/>
       <c r="S91" s="5"/>
       <c r="T91" s="27"/>
       <c r="U91" s="5"/>
       <c r="V91" s="5"/>
       <c r="W91" s="27"/>
       <c r="X91" s="5"/>
       <c r="Y91" s="27"/>
       <c r="Z91" s="21"/>
     </row>
-    <row r="92" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A92" s="19"/>
       <c r="B92" s="5"/>
       <c r="C92" s="27"/>
       <c r="D92" s="27"/>
       <c r="E92" s="27"/>
       <c r="F92" s="27"/>
       <c r="G92" s="27"/>
       <c r="H92" s="27"/>
       <c r="I92" s="27"/>
       <c r="J92" s="27"/>
       <c r="K92" s="27"/>
       <c r="L92" s="36"/>
       <c r="M92" s="36"/>
       <c r="N92" s="36"/>
       <c r="O92" s="5"/>
       <c r="P92" s="20"/>
       <c r="Q92" s="27"/>
       <c r="R92" s="5"/>
       <c r="S92" s="5"/>
       <c r="T92" s="27"/>
       <c r="U92" s="5"/>
       <c r="V92" s="5"/>
       <c r="W92" s="27"/>
       <c r="X92" s="5"/>
       <c r="Y92" s="27"/>
       <c r="Z92" s="21"/>
     </row>
-    <row r="93" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A93" s="19"/>
       <c r="B93" s="5"/>
       <c r="C93" s="27"/>
       <c r="D93" s="27"/>
       <c r="E93" s="27"/>
       <c r="F93" s="27"/>
       <c r="G93" s="27"/>
       <c r="H93" s="27"/>
       <c r="I93" s="27"/>
       <c r="J93" s="27"/>
       <c r="K93" s="27"/>
       <c r="L93" s="36"/>
       <c r="M93" s="36"/>
       <c r="N93" s="36"/>
       <c r="O93" s="5"/>
       <c r="P93" s="20"/>
       <c r="Q93" s="27"/>
       <c r="R93" s="5"/>
       <c r="S93" s="5"/>
       <c r="T93" s="27"/>
       <c r="U93" s="5"/>
       <c r="V93" s="5"/>
       <c r="W93" s="27"/>
       <c r="X93" s="5"/>
       <c r="Y93" s="27"/>
       <c r="Z93" s="21"/>
     </row>
-    <row r="94" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A94" s="19"/>
       <c r="B94" s="5"/>
       <c r="C94" s="27"/>
       <c r="D94" s="27"/>
       <c r="E94" s="27"/>
       <c r="F94" s="27"/>
       <c r="G94" s="27"/>
       <c r="H94" s="27"/>
       <c r="I94" s="27"/>
       <c r="J94" s="27"/>
       <c r="K94" s="27"/>
       <c r="L94" s="36"/>
       <c r="M94" s="36"/>
       <c r="N94" s="36"/>
       <c r="O94" s="5"/>
       <c r="P94" s="20"/>
       <c r="Q94" s="27"/>
       <c r="R94" s="5"/>
       <c r="S94" s="5"/>
       <c r="T94" s="27"/>
       <c r="U94" s="5"/>
       <c r="V94" s="5"/>
       <c r="W94" s="27"/>
       <c r="X94" s="5"/>
       <c r="Y94" s="27"/>
       <c r="Z94" s="21"/>
     </row>
-    <row r="95" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A95" s="19"/>
       <c r="B95" s="5"/>
       <c r="C95" s="27"/>
       <c r="D95" s="27"/>
       <c r="E95" s="27"/>
       <c r="F95" s="27"/>
       <c r="G95" s="27"/>
       <c r="H95" s="27"/>
       <c r="I95" s="27"/>
       <c r="J95" s="27"/>
       <c r="K95" s="27"/>
       <c r="L95" s="36"/>
       <c r="M95" s="36"/>
       <c r="N95" s="36"/>
       <c r="O95" s="5"/>
       <c r="P95" s="20"/>
       <c r="Q95" s="27"/>
       <c r="R95" s="5"/>
       <c r="S95" s="5"/>
       <c r="T95" s="27"/>
       <c r="U95" s="5"/>
       <c r="V95" s="5"/>
       <c r="W95" s="27"/>
       <c r="X95" s="5"/>
       <c r="Y95" s="27"/>
       <c r="Z95" s="21"/>
     </row>
-    <row r="96" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A96" s="19"/>
       <c r="B96" s="5"/>
       <c r="C96" s="27"/>
       <c r="D96" s="27"/>
       <c r="E96" s="27"/>
       <c r="F96" s="27"/>
       <c r="G96" s="27"/>
       <c r="H96" s="27"/>
       <c r="I96" s="27"/>
       <c r="J96" s="27"/>
       <c r="K96" s="27"/>
       <c r="L96" s="36"/>
       <c r="M96" s="36"/>
       <c r="N96" s="36"/>
       <c r="O96" s="5"/>
       <c r="P96" s="20"/>
       <c r="Q96" s="27"/>
       <c r="R96" s="5"/>
       <c r="S96" s="5"/>
       <c r="T96" s="27"/>
       <c r="U96" s="5"/>
       <c r="V96" s="5"/>
       <c r="W96" s="27"/>
       <c r="X96" s="5"/>
       <c r="Y96" s="27"/>
       <c r="Z96" s="21"/>
     </row>
-    <row r="97" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="97" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A97" s="19"/>
       <c r="B97" s="5"/>
       <c r="C97" s="27"/>
       <c r="D97" s="27"/>
       <c r="E97" s="27"/>
       <c r="F97" s="27"/>
       <c r="G97" s="27"/>
       <c r="H97" s="27"/>
       <c r="I97" s="27"/>
       <c r="J97" s="27"/>
       <c r="K97" s="27"/>
       <c r="L97" s="36"/>
       <c r="M97" s="36"/>
       <c r="N97" s="36"/>
       <c r="O97" s="5"/>
       <c r="P97" s="20"/>
       <c r="Q97" s="27"/>
       <c r="R97" s="5"/>
       <c r="S97" s="5"/>
       <c r="T97" s="27"/>
       <c r="U97" s="5"/>
       <c r="V97" s="5"/>
       <c r="W97" s="27"/>
       <c r="X97" s="5"/>
       <c r="Y97" s="27"/>
       <c r="Z97" s="21"/>
     </row>
-    <row r="98" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="98" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A98" s="19"/>
       <c r="B98" s="5"/>
       <c r="C98" s="27"/>
       <c r="D98" s="27"/>
       <c r="E98" s="27"/>
       <c r="F98" s="27"/>
       <c r="G98" s="27"/>
       <c r="H98" s="27"/>
       <c r="I98" s="27"/>
       <c r="J98" s="27"/>
       <c r="K98" s="27"/>
       <c r="L98" s="36"/>
       <c r="M98" s="36"/>
       <c r="N98" s="36"/>
       <c r="O98" s="5"/>
       <c r="P98" s="20"/>
       <c r="Q98" s="27"/>
       <c r="R98" s="5"/>
       <c r="S98" s="5"/>
       <c r="T98" s="27"/>
       <c r="U98" s="5"/>
       <c r="V98" s="5"/>
       <c r="W98" s="27"/>
       <c r="X98" s="5"/>
       <c r="Y98" s="27"/>
       <c r="Z98" s="21"/>
     </row>
-    <row r="99" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="99" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A99" s="19"/>
       <c r="B99" s="5"/>
       <c r="C99" s="27"/>
       <c r="D99" s="27"/>
       <c r="E99" s="27"/>
       <c r="F99" s="27"/>
       <c r="G99" s="27"/>
       <c r="H99" s="27"/>
       <c r="I99" s="27"/>
       <c r="J99" s="27"/>
       <c r="K99" s="27"/>
       <c r="L99" s="36"/>
       <c r="M99" s="36"/>
       <c r="N99" s="36"/>
       <c r="O99" s="5"/>
       <c r="P99" s="20"/>
       <c r="Q99" s="27"/>
       <c r="R99" s="5"/>
       <c r="S99" s="5"/>
       <c r="T99" s="27"/>
       <c r="U99" s="5"/>
       <c r="V99" s="5"/>
       <c r="W99" s="27"/>
       <c r="X99" s="5"/>
       <c r="Y99" s="27"/>
       <c r="Z99" s="21"/>
     </row>
-    <row r="100" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="100" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A100" s="19"/>
       <c r="B100" s="5"/>
       <c r="C100" s="27"/>
       <c r="D100" s="27"/>
       <c r="E100" s="27"/>
       <c r="F100" s="27"/>
       <c r="G100" s="27"/>
       <c r="H100" s="27"/>
       <c r="I100" s="27"/>
       <c r="J100" s="27"/>
       <c r="K100" s="27"/>
       <c r="L100" s="36"/>
       <c r="M100" s="36"/>
       <c r="N100" s="36"/>
       <c r="O100" s="5"/>
       <c r="P100" s="20"/>
       <c r="Q100" s="27"/>
       <c r="R100" s="5"/>
       <c r="S100" s="5"/>
       <c r="T100" s="27"/>
       <c r="U100" s="5"/>
       <c r="V100" s="5"/>
       <c r="W100" s="27"/>
       <c r="X100" s="5"/>
       <c r="Y100" s="27"/>
       <c r="Z100" s="21"/>
     </row>
-    <row r="101" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="101" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A101" s="19"/>
       <c r="B101" s="5"/>
       <c r="C101" s="27"/>
       <c r="D101" s="27"/>
       <c r="E101" s="27"/>
       <c r="F101" s="27"/>
       <c r="G101" s="27"/>
       <c r="H101" s="27"/>
       <c r="I101" s="27"/>
       <c r="J101" s="27"/>
       <c r="K101" s="27"/>
       <c r="L101" s="36"/>
       <c r="M101" s="36"/>
       <c r="N101" s="36"/>
       <c r="O101" s="5"/>
       <c r="P101" s="20"/>
       <c r="Q101" s="27"/>
       <c r="R101" s="5"/>
       <c r="S101" s="5"/>
       <c r="T101" s="27"/>
       <c r="U101" s="5"/>
       <c r="V101" s="5"/>
       <c r="W101" s="27"/>
       <c r="X101" s="5"/>
       <c r="Y101" s="27"/>
       <c r="Z101" s="21"/>
     </row>
-    <row r="102" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="102" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A102" s="19"/>
       <c r="B102" s="5"/>
       <c r="C102" s="27"/>
       <c r="D102" s="27"/>
       <c r="E102" s="27"/>
       <c r="F102" s="27"/>
       <c r="G102" s="27"/>
       <c r="H102" s="27"/>
       <c r="I102" s="27"/>
       <c r="J102" s="27"/>
       <c r="K102" s="27"/>
       <c r="L102" s="36"/>
       <c r="M102" s="36"/>
       <c r="N102" s="36"/>
       <c r="O102" s="5"/>
       <c r="P102" s="20"/>
       <c r="Q102" s="27"/>
       <c r="R102" s="5"/>
       <c r="S102" s="5"/>
       <c r="T102" s="27"/>
       <c r="U102" s="5"/>
       <c r="V102" s="5"/>
       <c r="W102" s="27"/>
       <c r="X102" s="5"/>
       <c r="Y102" s="27"/>
       <c r="Z102" s="21"/>
     </row>
-    <row r="103" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="103" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A103" s="19"/>
       <c r="B103" s="5"/>
       <c r="C103" s="27"/>
       <c r="D103" s="27"/>
       <c r="E103" s="27"/>
       <c r="F103" s="27"/>
       <c r="G103" s="27"/>
       <c r="H103" s="27"/>
       <c r="I103" s="27"/>
       <c r="J103" s="27"/>
       <c r="K103" s="27"/>
       <c r="L103" s="36"/>
       <c r="M103" s="36"/>
       <c r="N103" s="36"/>
       <c r="O103" s="5"/>
       <c r="P103" s="20"/>
       <c r="Q103" s="27"/>
       <c r="R103" s="5"/>
       <c r="S103" s="5"/>
       <c r="T103" s="27"/>
       <c r="U103" s="5"/>
       <c r="V103" s="5"/>
       <c r="W103" s="27"/>
       <c r="X103" s="5"/>
       <c r="Y103" s="27"/>
       <c r="Z103" s="21"/>
     </row>
-    <row r="104" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="104" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A104" s="19"/>
       <c r="B104" s="5"/>
       <c r="C104" s="27"/>
       <c r="D104" s="27"/>
       <c r="E104" s="27"/>
       <c r="F104" s="27"/>
       <c r="G104" s="27"/>
       <c r="H104" s="27"/>
       <c r="I104" s="27"/>
       <c r="J104" s="27"/>
       <c r="K104" s="27"/>
       <c r="L104" s="36"/>
       <c r="M104" s="36"/>
       <c r="N104" s="36"/>
       <c r="O104" s="5"/>
       <c r="P104" s="20"/>
       <c r="Q104" s="27"/>
       <c r="R104" s="5"/>
       <c r="S104" s="5"/>
       <c r="T104" s="27"/>
       <c r="U104" s="5"/>
       <c r="V104" s="5"/>
       <c r="W104" s="27"/>
       <c r="X104" s="5"/>
       <c r="Y104" s="27"/>
       <c r="Z104" s="21"/>
     </row>
-    <row r="105" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="105" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A105" s="19"/>
       <c r="B105" s="5"/>
       <c r="C105" s="27"/>
       <c r="D105" s="27"/>
       <c r="E105" s="27"/>
       <c r="F105" s="27"/>
       <c r="G105" s="27"/>
       <c r="H105" s="27"/>
       <c r="I105" s="27"/>
       <c r="J105" s="27"/>
       <c r="K105" s="27"/>
       <c r="L105" s="36"/>
       <c r="M105" s="36"/>
       <c r="N105" s="36"/>
       <c r="O105" s="5"/>
       <c r="P105" s="20"/>
       <c r="Q105" s="27"/>
       <c r="R105" s="5"/>
       <c r="S105" s="5"/>
       <c r="T105" s="27"/>
       <c r="U105" s="5"/>
       <c r="V105" s="5"/>
       <c r="W105" s="27"/>
       <c r="X105" s="5"/>
       <c r="Y105" s="27"/>
       <c r="Z105" s="21"/>
     </row>
-    <row r="106" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="106" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A106" s="19"/>
       <c r="B106" s="5"/>
       <c r="C106" s="27"/>
       <c r="D106" s="27"/>
       <c r="E106" s="27"/>
       <c r="F106" s="27"/>
       <c r="G106" s="27"/>
       <c r="H106" s="27"/>
       <c r="I106" s="27"/>
       <c r="J106" s="27"/>
       <c r="K106" s="27"/>
       <c r="L106" s="36"/>
       <c r="M106" s="36"/>
       <c r="N106" s="36"/>
       <c r="O106" s="5"/>
       <c r="P106" s="20"/>
       <c r="Q106" s="27"/>
       <c r="R106" s="5"/>
       <c r="S106" s="5"/>
       <c r="T106" s="27"/>
       <c r="U106" s="5"/>
       <c r="V106" s="5"/>
       <c r="W106" s="27"/>
       <c r="X106" s="5"/>
       <c r="Y106" s="27"/>
       <c r="Z106" s="21"/>
     </row>
-    <row r="107" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="107" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A107" s="19"/>
       <c r="B107" s="5"/>
       <c r="C107" s="27"/>
       <c r="D107" s="27"/>
       <c r="E107" s="27"/>
       <c r="F107" s="27"/>
       <c r="G107" s="27"/>
       <c r="H107" s="27"/>
       <c r="I107" s="27"/>
       <c r="J107" s="27"/>
       <c r="K107" s="27"/>
       <c r="L107" s="36"/>
       <c r="M107" s="36"/>
       <c r="N107" s="36"/>
       <c r="O107" s="5"/>
       <c r="P107" s="20"/>
       <c r="Q107" s="27"/>
       <c r="R107" s="5"/>
       <c r="S107" s="5"/>
       <c r="T107" s="27"/>
       <c r="U107" s="5"/>
       <c r="V107" s="5"/>
       <c r="W107" s="27"/>
       <c r="X107" s="5"/>
       <c r="Y107" s="27"/>
       <c r="Z107" s="21"/>
     </row>
-    <row r="108" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="108" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A108" s="19"/>
       <c r="B108" s="5"/>
       <c r="C108" s="27"/>
       <c r="D108" s="27"/>
       <c r="E108" s="27"/>
       <c r="F108" s="27"/>
       <c r="G108" s="27"/>
       <c r="H108" s="27"/>
       <c r="I108" s="27"/>
       <c r="J108" s="27"/>
       <c r="K108" s="27"/>
       <c r="L108" s="36"/>
       <c r="M108" s="36"/>
       <c r="N108" s="36"/>
       <c r="O108" s="5"/>
       <c r="P108" s="20"/>
       <c r="Q108" s="27"/>
       <c r="R108" s="5"/>
       <c r="S108" s="5"/>
       <c r="T108" s="27"/>
       <c r="U108" s="5"/>
       <c r="V108" s="5"/>
       <c r="W108" s="27"/>
       <c r="X108" s="5"/>
       <c r="Y108" s="27"/>
       <c r="Z108" s="21"/>
     </row>
-    <row r="109" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="109" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A109" s="19"/>
       <c r="B109" s="5"/>
       <c r="C109" s="27"/>
       <c r="D109" s="27"/>
       <c r="E109" s="27"/>
       <c r="F109" s="27"/>
       <c r="G109" s="27"/>
       <c r="H109" s="27"/>
       <c r="I109" s="27"/>
       <c r="J109" s="27"/>
       <c r="K109" s="27"/>
       <c r="L109" s="36"/>
       <c r="M109" s="36"/>
       <c r="N109" s="36"/>
       <c r="O109" s="5"/>
       <c r="P109" s="20"/>
       <c r="Q109" s="27"/>
       <c r="R109" s="5"/>
       <c r="S109" s="5"/>
       <c r="T109" s="27"/>
       <c r="U109" s="5"/>
       <c r="V109" s="5"/>
       <c r="W109" s="27"/>
       <c r="X109" s="5"/>
       <c r="Y109" s="27"/>
       <c r="Z109" s="21"/>
     </row>
-    <row r="110" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="110" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A110" s="19"/>
       <c r="B110" s="5"/>
       <c r="C110" s="27"/>
       <c r="D110" s="27"/>
       <c r="E110" s="27"/>
       <c r="F110" s="27"/>
       <c r="G110" s="27"/>
       <c r="H110" s="27"/>
       <c r="I110" s="27"/>
       <c r="J110" s="27"/>
       <c r="K110" s="27"/>
       <c r="L110" s="36"/>
       <c r="M110" s="36"/>
       <c r="N110" s="36"/>
       <c r="O110" s="5"/>
       <c r="P110" s="20"/>
       <c r="Q110" s="27"/>
       <c r="R110" s="5"/>
       <c r="S110" s="5"/>
       <c r="T110" s="27"/>
       <c r="U110" s="5"/>
       <c r="V110" s="5"/>
       <c r="W110" s="27"/>
       <c r="X110" s="5"/>
       <c r="Y110" s="27"/>
       <c r="Z110" s="21"/>
     </row>
-    <row r="111" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="111" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A111" s="19"/>
       <c r="B111" s="5"/>
       <c r="C111" s="27"/>
       <c r="D111" s="27"/>
       <c r="E111" s="27"/>
       <c r="F111" s="27"/>
       <c r="G111" s="27"/>
       <c r="H111" s="27"/>
       <c r="I111" s="27"/>
       <c r="J111" s="27"/>
       <c r="K111" s="27"/>
       <c r="L111" s="36"/>
       <c r="M111" s="36"/>
       <c r="N111" s="36"/>
       <c r="O111" s="5"/>
       <c r="P111" s="20"/>
       <c r="Q111" s="27"/>
       <c r="R111" s="5"/>
       <c r="S111" s="5"/>
       <c r="T111" s="27"/>
       <c r="U111" s="5"/>
       <c r="V111" s="5"/>
       <c r="W111" s="27"/>
       <c r="X111" s="5"/>
       <c r="Y111" s="27"/>
       <c r="Z111" s="21"/>
     </row>
-    <row r="112" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="112" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A112" s="19"/>
       <c r="B112" s="5"/>
       <c r="C112" s="27"/>
       <c r="D112" s="27"/>
       <c r="E112" s="27"/>
       <c r="F112" s="27"/>
       <c r="G112" s="27"/>
       <c r="H112" s="27"/>
       <c r="I112" s="27"/>
       <c r="J112" s="27"/>
       <c r="K112" s="27"/>
       <c r="L112" s="36"/>
       <c r="M112" s="36"/>
       <c r="N112" s="36"/>
       <c r="O112" s="5"/>
       <c r="P112" s="20"/>
       <c r="Q112" s="27"/>
       <c r="R112" s="5"/>
       <c r="S112" s="5"/>
       <c r="T112" s="27"/>
       <c r="U112" s="5"/>
       <c r="V112" s="5"/>
       <c r="W112" s="27"/>
       <c r="X112" s="5"/>
       <c r="Y112" s="27"/>
       <c r="Z112" s="21"/>
     </row>
-    <row r="113" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="113" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A113" s="19"/>
       <c r="B113" s="5"/>
       <c r="C113" s="27"/>
       <c r="D113" s="27"/>
       <c r="E113" s="27"/>
       <c r="F113" s="27"/>
       <c r="G113" s="27"/>
       <c r="H113" s="27"/>
       <c r="I113" s="27"/>
       <c r="J113" s="27"/>
       <c r="K113" s="27"/>
       <c r="L113" s="36"/>
       <c r="M113" s="36"/>
       <c r="N113" s="36"/>
       <c r="O113" s="5"/>
       <c r="P113" s="20"/>
       <c r="Q113" s="27"/>
       <c r="R113" s="5"/>
       <c r="S113" s="5"/>
       <c r="T113" s="27"/>
       <c r="U113" s="5"/>
       <c r="V113" s="5"/>
       <c r="W113" s="27"/>
       <c r="X113" s="5"/>
       <c r="Y113" s="27"/>
       <c r="Z113" s="21"/>
     </row>
-    <row r="114" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="114" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A114" s="19"/>
       <c r="B114" s="5"/>
       <c r="C114" s="27"/>
       <c r="D114" s="27"/>
       <c r="E114" s="27"/>
       <c r="F114" s="27"/>
       <c r="G114" s="27"/>
       <c r="H114" s="27"/>
       <c r="I114" s="27"/>
       <c r="J114" s="27"/>
       <c r="K114" s="27"/>
       <c r="L114" s="36"/>
       <c r="M114" s="36"/>
       <c r="N114" s="36"/>
       <c r="O114" s="5"/>
       <c r="P114" s="20"/>
       <c r="Q114" s="27"/>
       <c r="R114" s="5"/>
       <c r="S114" s="5"/>
       <c r="T114" s="27"/>
       <c r="U114" s="5"/>
       <c r="V114" s="5"/>
       <c r="W114" s="27"/>
       <c r="X114" s="5"/>
       <c r="Y114" s="27"/>
       <c r="Z114" s="21"/>
     </row>
-    <row r="115" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="115" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A115" s="19"/>
       <c r="B115" s="5"/>
       <c r="C115" s="27"/>
       <c r="D115" s="27"/>
       <c r="E115" s="27"/>
       <c r="F115" s="27"/>
       <c r="G115" s="27"/>
       <c r="H115" s="27"/>
       <c r="I115" s="27"/>
       <c r="J115" s="27"/>
       <c r="K115" s="27"/>
       <c r="L115" s="36"/>
       <c r="M115" s="36"/>
       <c r="N115" s="36"/>
       <c r="O115" s="5"/>
       <c r="P115" s="20"/>
       <c r="Q115" s="27"/>
       <c r="R115" s="5"/>
       <c r="S115" s="5"/>
       <c r="T115" s="27"/>
       <c r="U115" s="5"/>
       <c r="V115" s="5"/>
       <c r="W115" s="27"/>
       <c r="X115" s="5"/>
       <c r="Y115" s="27"/>
       <c r="Z115" s="21"/>
     </row>
-    <row r="116" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="116" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A116" s="19"/>
       <c r="B116" s="5"/>
       <c r="C116" s="27"/>
       <c r="D116" s="27"/>
       <c r="E116" s="27"/>
       <c r="F116" s="27"/>
       <c r="G116" s="27"/>
       <c r="H116" s="27"/>
       <c r="I116" s="27"/>
       <c r="J116" s="27"/>
       <c r="K116" s="27"/>
       <c r="L116" s="36"/>
       <c r="M116" s="36"/>
       <c r="N116" s="36"/>
       <c r="O116" s="5"/>
       <c r="P116" s="20"/>
       <c r="Q116" s="27"/>
       <c r="R116" s="5"/>
       <c r="S116" s="5"/>
       <c r="T116" s="27"/>
       <c r="U116" s="5"/>
       <c r="V116" s="5"/>
       <c r="W116" s="27"/>
       <c r="X116" s="5"/>
       <c r="Y116" s="27"/>
       <c r="Z116" s="21"/>
     </row>
-    <row r="117" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="117" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A117" s="19"/>
       <c r="B117" s="5"/>
       <c r="C117" s="27"/>
       <c r="D117" s="27"/>
       <c r="E117" s="27"/>
       <c r="F117" s="27"/>
       <c r="G117" s="27"/>
       <c r="H117" s="27"/>
       <c r="I117" s="27"/>
       <c r="J117" s="27"/>
       <c r="K117" s="27"/>
       <c r="L117" s="36"/>
       <c r="M117" s="36"/>
       <c r="N117" s="36"/>
       <c r="O117" s="5"/>
       <c r="P117" s="20"/>
       <c r="Q117" s="27"/>
       <c r="R117" s="5"/>
       <c r="S117" s="5"/>
       <c r="T117" s="27"/>
       <c r="U117" s="5"/>
       <c r="V117" s="5"/>
       <c r="W117" s="27"/>
       <c r="X117" s="5"/>
       <c r="Y117" s="27"/>
       <c r="Z117" s="21"/>
     </row>
-    <row r="118" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="118" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A118" s="19"/>
       <c r="B118" s="5"/>
       <c r="C118" s="27"/>
       <c r="D118" s="27"/>
       <c r="E118" s="27"/>
       <c r="F118" s="27"/>
       <c r="G118" s="27"/>
       <c r="H118" s="27"/>
       <c r="I118" s="27"/>
       <c r="J118" s="27"/>
       <c r="K118" s="27"/>
       <c r="L118" s="36"/>
       <c r="M118" s="36"/>
       <c r="N118" s="36"/>
       <c r="O118" s="5"/>
       <c r="P118" s="20"/>
       <c r="Q118" s="27"/>
       <c r="R118" s="5"/>
       <c r="S118" s="5"/>
       <c r="T118" s="27"/>
       <c r="U118" s="5"/>
       <c r="V118" s="5"/>
       <c r="W118" s="27"/>
       <c r="X118" s="5"/>
       <c r="Y118" s="27"/>
       <c r="Z118" s="21"/>
     </row>
-    <row r="119" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="119" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A119" s="19"/>
       <c r="B119" s="5"/>
       <c r="C119" s="27"/>
       <c r="D119" s="27"/>
       <c r="E119" s="27"/>
       <c r="F119" s="27"/>
       <c r="G119" s="27"/>
       <c r="H119" s="27"/>
       <c r="I119" s="27"/>
       <c r="J119" s="27"/>
       <c r="K119" s="27"/>
       <c r="L119" s="36"/>
       <c r="M119" s="36"/>
       <c r="N119" s="36"/>
       <c r="O119" s="5"/>
       <c r="P119" s="20"/>
       <c r="Q119" s="27"/>
       <c r="R119" s="5"/>
       <c r="S119" s="5"/>
       <c r="T119" s="27"/>
       <c r="U119" s="5"/>
       <c r="V119" s="5"/>
       <c r="W119" s="27"/>
       <c r="X119" s="5"/>
       <c r="Y119" s="27"/>
       <c r="Z119" s="21"/>
     </row>
-    <row r="120" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="120" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A120" s="19"/>
       <c r="B120" s="5"/>
       <c r="C120" s="27"/>
       <c r="D120" s="27"/>
       <c r="E120" s="27"/>
       <c r="F120" s="27"/>
       <c r="G120" s="27"/>
       <c r="H120" s="27"/>
       <c r="I120" s="27"/>
       <c r="J120" s="27"/>
       <c r="K120" s="27"/>
       <c r="L120" s="36"/>
       <c r="M120" s="36"/>
       <c r="N120" s="36"/>
       <c r="O120" s="5"/>
       <c r="P120" s="20"/>
       <c r="Q120" s="27"/>
       <c r="R120" s="5"/>
       <c r="S120" s="5"/>
       <c r="T120" s="27"/>
       <c r="U120" s="5"/>
       <c r="V120" s="5"/>
       <c r="W120" s="27"/>
       <c r="X120" s="5"/>
       <c r="Y120" s="27"/>
       <c r="Z120" s="21"/>
     </row>
-    <row r="121" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="121" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A121" s="19"/>
       <c r="B121" s="5"/>
       <c r="C121" s="27"/>
       <c r="D121" s="27"/>
       <c r="E121" s="27"/>
       <c r="F121" s="27"/>
       <c r="G121" s="27"/>
       <c r="H121" s="27"/>
       <c r="I121" s="27"/>
       <c r="J121" s="27"/>
       <c r="K121" s="27"/>
       <c r="L121" s="36"/>
       <c r="M121" s="36"/>
       <c r="N121" s="36"/>
       <c r="O121" s="5"/>
       <c r="P121" s="20"/>
       <c r="Q121" s="27"/>
       <c r="R121" s="5"/>
       <c r="S121" s="5"/>
       <c r="T121" s="27"/>
       <c r="U121" s="5"/>
       <c r="V121" s="5"/>
       <c r="W121" s="27"/>
       <c r="X121" s="5"/>
       <c r="Y121" s="27"/>
       <c r="Z121" s="21"/>
     </row>
-    <row r="122" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="122" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A122" s="19"/>
       <c r="B122" s="5"/>
       <c r="C122" s="27"/>
       <c r="D122" s="27"/>
       <c r="E122" s="27"/>
       <c r="F122" s="27"/>
       <c r="G122" s="27"/>
       <c r="H122" s="27"/>
       <c r="I122" s="27"/>
       <c r="J122" s="27"/>
       <c r="K122" s="27"/>
       <c r="L122" s="36"/>
       <c r="M122" s="36"/>
       <c r="N122" s="36"/>
       <c r="O122" s="5"/>
       <c r="P122" s="20"/>
       <c r="Q122" s="27"/>
       <c r="R122" s="5"/>
       <c r="S122" s="5"/>
       <c r="T122" s="27"/>
       <c r="U122" s="5"/>
       <c r="V122" s="5"/>
       <c r="W122" s="27"/>
       <c r="X122" s="5"/>
       <c r="Y122" s="27"/>
       <c r="Z122" s="21"/>
     </row>
-    <row r="123" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="123" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A123" s="19"/>
       <c r="B123" s="5"/>
       <c r="C123" s="27"/>
       <c r="D123" s="27"/>
       <c r="E123" s="27"/>
       <c r="F123" s="27"/>
       <c r="G123" s="27"/>
       <c r="H123" s="27"/>
       <c r="I123" s="27"/>
       <c r="J123" s="27"/>
       <c r="K123" s="27"/>
       <c r="L123" s="36"/>
       <c r="M123" s="36"/>
       <c r="N123" s="36"/>
       <c r="O123" s="5"/>
       <c r="P123" s="20"/>
       <c r="Q123" s="27"/>
       <c r="R123" s="5"/>
       <c r="S123" s="5"/>
       <c r="T123" s="27"/>
       <c r="U123" s="5"/>
       <c r="V123" s="5"/>
       <c r="W123" s="27"/>
       <c r="X123" s="5"/>
       <c r="Y123" s="27"/>
       <c r="Z123" s="21"/>
     </row>
-    <row r="124" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="124" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A124" s="19"/>
       <c r="B124" s="5"/>
       <c r="C124" s="27"/>
       <c r="D124" s="27"/>
       <c r="E124" s="27"/>
       <c r="F124" s="27"/>
       <c r="G124" s="27"/>
       <c r="H124" s="27"/>
       <c r="I124" s="27"/>
       <c r="J124" s="27"/>
       <c r="K124" s="27"/>
       <c r="L124" s="36"/>
       <c r="M124" s="36"/>
       <c r="N124" s="36"/>
       <c r="O124" s="5"/>
       <c r="P124" s="20"/>
       <c r="Q124" s="27"/>
       <c r="R124" s="5"/>
       <c r="S124" s="5"/>
       <c r="T124" s="27"/>
       <c r="U124" s="5"/>
       <c r="V124" s="5"/>
       <c r="W124" s="27"/>
       <c r="X124" s="5"/>
       <c r="Y124" s="27"/>
       <c r="Z124" s="21"/>
     </row>
-    <row r="125" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="125" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A125" s="19"/>
       <c r="B125" s="5"/>
       <c r="C125" s="27"/>
       <c r="D125" s="27"/>
       <c r="E125" s="27"/>
       <c r="F125" s="27"/>
       <c r="G125" s="27"/>
       <c r="H125" s="27"/>
       <c r="I125" s="27"/>
       <c r="J125" s="27"/>
       <c r="K125" s="27"/>
       <c r="L125" s="36"/>
       <c r="M125" s="36"/>
       <c r="N125" s="36"/>
       <c r="O125" s="5"/>
       <c r="P125" s="20"/>
       <c r="Q125" s="27"/>
       <c r="R125" s="5"/>
       <c r="S125" s="5"/>
       <c r="T125" s="27"/>
       <c r="U125" s="5"/>
       <c r="V125" s="5"/>
       <c r="W125" s="27"/>
       <c r="X125" s="5"/>
       <c r="Y125" s="27"/>
       <c r="Z125" s="21"/>
     </row>
-    <row r="126" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="126" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A126" s="19"/>
       <c r="B126" s="5"/>
       <c r="C126" s="27"/>
       <c r="D126" s="27"/>
       <c r="E126" s="27"/>
       <c r="F126" s="27"/>
       <c r="G126" s="27"/>
       <c r="H126" s="27"/>
       <c r="I126" s="27"/>
       <c r="J126" s="27"/>
       <c r="K126" s="27"/>
       <c r="L126" s="36"/>
       <c r="M126" s="36"/>
       <c r="N126" s="36"/>
       <c r="O126" s="5"/>
       <c r="P126" s="20"/>
       <c r="Q126" s="27"/>
       <c r="R126" s="5"/>
       <c r="S126" s="5"/>
       <c r="T126" s="27"/>
       <c r="U126" s="5"/>
       <c r="V126" s="5"/>
       <c r="W126" s="27"/>
       <c r="X126" s="5"/>
       <c r="Y126" s="27"/>
       <c r="Z126" s="21"/>
     </row>
-    <row r="127" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="127" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A127" s="19"/>
       <c r="B127" s="5"/>
       <c r="C127" s="27"/>
       <c r="D127" s="27"/>
       <c r="E127" s="27"/>
       <c r="F127" s="27"/>
       <c r="G127" s="27"/>
       <c r="H127" s="27"/>
       <c r="I127" s="27"/>
       <c r="J127" s="27"/>
       <c r="K127" s="27"/>
       <c r="L127" s="36"/>
       <c r="M127" s="36"/>
       <c r="N127" s="36"/>
       <c r="O127" s="5"/>
       <c r="P127" s="20"/>
       <c r="Q127" s="27"/>
       <c r="R127" s="5"/>
       <c r="S127" s="5"/>
       <c r="T127" s="27"/>
       <c r="U127" s="5"/>
       <c r="V127" s="5"/>
       <c r="W127" s="27"/>
       <c r="X127" s="5"/>
       <c r="Y127" s="27"/>
       <c r="Z127" s="21"/>
     </row>
-    <row r="128" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="128" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A128" s="19"/>
       <c r="B128" s="5"/>
       <c r="C128" s="27"/>
       <c r="D128" s="27"/>
       <c r="E128" s="27"/>
       <c r="F128" s="27"/>
       <c r="G128" s="27"/>
       <c r="H128" s="27"/>
       <c r="I128" s="27"/>
       <c r="J128" s="27"/>
       <c r="K128" s="27"/>
       <c r="L128" s="36"/>
       <c r="M128" s="36"/>
       <c r="N128" s="36"/>
       <c r="O128" s="5"/>
       <c r="P128" s="20"/>
       <c r="Q128" s="27"/>
       <c r="R128" s="5"/>
       <c r="S128" s="5"/>
       <c r="T128" s="27"/>
       <c r="U128" s="5"/>
       <c r="V128" s="5"/>
       <c r="W128" s="27"/>
       <c r="X128" s="5"/>
       <c r="Y128" s="27"/>
       <c r="Z128" s="21"/>
     </row>
-    <row r="129" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="129" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A129" s="19"/>
       <c r="B129" s="5"/>
       <c r="C129" s="27"/>
       <c r="D129" s="27"/>
       <c r="E129" s="27"/>
       <c r="F129" s="27"/>
       <c r="G129" s="27"/>
       <c r="H129" s="27"/>
       <c r="I129" s="27"/>
       <c r="J129" s="27"/>
       <c r="K129" s="27"/>
       <c r="L129" s="36"/>
       <c r="M129" s="36"/>
       <c r="N129" s="36"/>
       <c r="O129" s="5"/>
       <c r="P129" s="20"/>
       <c r="Q129" s="27"/>
       <c r="R129" s="5"/>
       <c r="S129" s="5"/>
       <c r="T129" s="27"/>
       <c r="U129" s="5"/>
       <c r="V129" s="5"/>
       <c r="W129" s="27"/>
       <c r="X129" s="5"/>
       <c r="Y129" s="27"/>
       <c r="Z129" s="21"/>
     </row>
-    <row r="130" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="130" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A130" s="19"/>
       <c r="B130" s="5"/>
       <c r="C130" s="27"/>
       <c r="D130" s="27"/>
       <c r="E130" s="27"/>
       <c r="F130" s="27"/>
       <c r="G130" s="27"/>
       <c r="H130" s="27"/>
       <c r="I130" s="27"/>
       <c r="J130" s="27"/>
       <c r="K130" s="27"/>
       <c r="L130" s="36"/>
       <c r="M130" s="36"/>
       <c r="N130" s="36"/>
       <c r="O130" s="5"/>
       <c r="P130" s="20"/>
       <c r="Q130" s="27"/>
       <c r="R130" s="5"/>
       <c r="S130" s="5"/>
       <c r="T130" s="27"/>
       <c r="U130" s="5"/>
       <c r="V130" s="5"/>
       <c r="W130" s="27"/>
       <c r="X130" s="5"/>
       <c r="Y130" s="27"/>
       <c r="Z130" s="21"/>
     </row>
-    <row r="131" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="131" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A131" s="19"/>
       <c r="B131" s="5"/>
       <c r="C131" s="27"/>
       <c r="D131" s="27"/>
       <c r="E131" s="27"/>
       <c r="F131" s="27"/>
       <c r="G131" s="27"/>
       <c r="H131" s="27"/>
       <c r="I131" s="27"/>
       <c r="J131" s="27"/>
       <c r="K131" s="27"/>
       <c r="L131" s="36"/>
       <c r="M131" s="36"/>
       <c r="N131" s="36"/>
       <c r="O131" s="5"/>
       <c r="P131" s="20"/>
       <c r="Q131" s="27"/>
       <c r="R131" s="5"/>
       <c r="S131" s="5"/>
       <c r="T131" s="27"/>
       <c r="U131" s="5"/>
       <c r="V131" s="5"/>
       <c r="W131" s="27"/>
       <c r="X131" s="5"/>
       <c r="Y131" s="27"/>
       <c r="Z131" s="21"/>
     </row>
-    <row r="132" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="132" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A132" s="19"/>
       <c r="B132" s="5"/>
       <c r="C132" s="27"/>
       <c r="D132" s="27"/>
       <c r="E132" s="27"/>
       <c r="F132" s="27"/>
       <c r="G132" s="27"/>
       <c r="H132" s="27"/>
       <c r="I132" s="27"/>
       <c r="J132" s="27"/>
       <c r="K132" s="27"/>
       <c r="L132" s="36"/>
       <c r="M132" s="36"/>
       <c r="N132" s="36"/>
       <c r="O132" s="5"/>
       <c r="P132" s="20"/>
       <c r="Q132" s="27"/>
       <c r="R132" s="5"/>
       <c r="S132" s="5"/>
       <c r="T132" s="27"/>
       <c r="U132" s="5"/>
       <c r="V132" s="5"/>
       <c r="W132" s="27"/>
       <c r="X132" s="5"/>
       <c r="Y132" s="27"/>
       <c r="Z132" s="21"/>
     </row>
-    <row r="133" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="133" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A133" s="19"/>
       <c r="B133" s="5"/>
       <c r="C133" s="27"/>
       <c r="D133" s="27"/>
       <c r="E133" s="27"/>
       <c r="F133" s="27"/>
       <c r="G133" s="27"/>
       <c r="H133" s="27"/>
       <c r="I133" s="27"/>
       <c r="J133" s="27"/>
       <c r="K133" s="27"/>
       <c r="L133" s="36"/>
       <c r="M133" s="36"/>
       <c r="N133" s="36"/>
       <c r="O133" s="5"/>
       <c r="P133" s="20"/>
       <c r="Q133" s="27"/>
       <c r="R133" s="5"/>
       <c r="S133" s="5"/>
       <c r="T133" s="27"/>
       <c r="U133" s="5"/>
       <c r="V133" s="5"/>
       <c r="W133" s="27"/>
       <c r="X133" s="5"/>
       <c r="Y133" s="27"/>
       <c r="Z133" s="21"/>
     </row>
-    <row r="134" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="134" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A134" s="19"/>
       <c r="B134" s="5"/>
       <c r="C134" s="27"/>
       <c r="D134" s="27"/>
       <c r="E134" s="27"/>
       <c r="F134" s="27"/>
       <c r="G134" s="27"/>
       <c r="H134" s="27"/>
       <c r="I134" s="27"/>
       <c r="J134" s="27"/>
       <c r="K134" s="27"/>
       <c r="L134" s="36"/>
       <c r="M134" s="36"/>
       <c r="N134" s="36"/>
       <c r="O134" s="5"/>
       <c r="P134" s="20"/>
       <c r="Q134" s="27"/>
       <c r="R134" s="5"/>
       <c r="S134" s="5"/>
       <c r="T134" s="27"/>
       <c r="U134" s="5"/>
       <c r="V134" s="5"/>
       <c r="W134" s="27"/>
       <c r="X134" s="5"/>
       <c r="Y134" s="27"/>
       <c r="Z134" s="21"/>
     </row>
-    <row r="135" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="135" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A135" s="19"/>
       <c r="B135" s="5"/>
       <c r="C135" s="27"/>
       <c r="D135" s="27"/>
       <c r="E135" s="27"/>
       <c r="F135" s="27"/>
       <c r="G135" s="27"/>
       <c r="H135" s="27"/>
       <c r="I135" s="27"/>
       <c r="J135" s="27"/>
       <c r="K135" s="27"/>
       <c r="L135" s="36"/>
       <c r="M135" s="36"/>
       <c r="N135" s="36"/>
       <c r="O135" s="5"/>
       <c r="P135" s="20"/>
       <c r="Q135" s="27"/>
       <c r="R135" s="5"/>
       <c r="S135" s="5"/>
       <c r="T135" s="27"/>
       <c r="U135" s="5"/>
       <c r="V135" s="5"/>
       <c r="W135" s="27"/>
       <c r="X135" s="5"/>
       <c r="Y135" s="27"/>
       <c r="Z135" s="21"/>
     </row>
-    <row r="136" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="136" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A136" s="19"/>
       <c r="B136" s="5"/>
       <c r="C136" s="27"/>
       <c r="D136" s="27"/>
       <c r="E136" s="27"/>
       <c r="F136" s="27"/>
       <c r="G136" s="27"/>
       <c r="H136" s="27"/>
       <c r="I136" s="27"/>
       <c r="J136" s="27"/>
       <c r="K136" s="27"/>
       <c r="L136" s="36"/>
       <c r="M136" s="36"/>
       <c r="N136" s="36"/>
       <c r="O136" s="5"/>
       <c r="P136" s="20"/>
       <c r="Q136" s="27"/>
       <c r="R136" s="5"/>
       <c r="S136" s="5"/>
       <c r="T136" s="27"/>
       <c r="U136" s="5"/>
       <c r="V136" s="5"/>
       <c r="W136" s="27"/>
       <c r="X136" s="5"/>
       <c r="Y136" s="27"/>
       <c r="Z136" s="21"/>
     </row>
-    <row r="137" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="137" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A137" s="19"/>
       <c r="B137" s="5"/>
       <c r="C137" s="27"/>
       <c r="D137" s="27"/>
       <c r="E137" s="27"/>
       <c r="F137" s="27"/>
       <c r="G137" s="27"/>
       <c r="H137" s="27"/>
       <c r="I137" s="27"/>
       <c r="J137" s="27"/>
       <c r="K137" s="27"/>
       <c r="L137" s="36"/>
       <c r="M137" s="36"/>
       <c r="N137" s="36"/>
       <c r="O137" s="5"/>
       <c r="P137" s="20"/>
       <c r="Q137" s="27"/>
       <c r="R137" s="5"/>
       <c r="S137" s="5"/>
       <c r="T137" s="27"/>
       <c r="U137" s="5"/>
       <c r="V137" s="5"/>
       <c r="W137" s="27"/>
       <c r="X137" s="5"/>
       <c r="Y137" s="27"/>
       <c r="Z137" s="21"/>
     </row>
-    <row r="138" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="138" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A138" s="19"/>
       <c r="B138" s="5"/>
       <c r="C138" s="27"/>
       <c r="D138" s="27"/>
       <c r="E138" s="27"/>
       <c r="F138" s="27"/>
       <c r="G138" s="27"/>
       <c r="H138" s="27"/>
       <c r="I138" s="27"/>
       <c r="J138" s="27"/>
       <c r="K138" s="27"/>
       <c r="L138" s="36"/>
       <c r="M138" s="36"/>
       <c r="N138" s="36"/>
       <c r="O138" s="5"/>
       <c r="P138" s="20"/>
       <c r="Q138" s="27"/>
       <c r="R138" s="5"/>
       <c r="S138" s="5"/>
       <c r="T138" s="27"/>
       <c r="U138" s="5"/>
       <c r="V138" s="5"/>
       <c r="W138" s="27"/>
       <c r="X138" s="5"/>
       <c r="Y138" s="27"/>
       <c r="Z138" s="21"/>
     </row>
-    <row r="139" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="139" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A139" s="19"/>
       <c r="B139" s="5"/>
       <c r="C139" s="27"/>
       <c r="D139" s="27"/>
       <c r="E139" s="27"/>
       <c r="F139" s="27"/>
       <c r="G139" s="27"/>
       <c r="H139" s="27"/>
       <c r="I139" s="27"/>
       <c r="J139" s="27"/>
       <c r="K139" s="27"/>
       <c r="L139" s="36"/>
       <c r="M139" s="36"/>
       <c r="N139" s="36"/>
       <c r="O139" s="5"/>
       <c r="P139" s="20"/>
       <c r="Q139" s="27"/>
       <c r="R139" s="5"/>
       <c r="S139" s="5"/>
       <c r="T139" s="27"/>
       <c r="U139" s="5"/>
       <c r="V139" s="5"/>
       <c r="W139" s="27"/>
       <c r="X139" s="5"/>
       <c r="Y139" s="27"/>
       <c r="Z139" s="21"/>
     </row>
-    <row r="140" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="140" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A140" s="19"/>
       <c r="B140" s="5"/>
       <c r="C140" s="27"/>
       <c r="D140" s="27"/>
       <c r="E140" s="27"/>
       <c r="F140" s="27"/>
       <c r="G140" s="27"/>
       <c r="H140" s="27"/>
       <c r="I140" s="27"/>
       <c r="J140" s="27"/>
       <c r="K140" s="27"/>
       <c r="L140" s="36"/>
       <c r="M140" s="36"/>
       <c r="N140" s="36"/>
       <c r="O140" s="5"/>
       <c r="P140" s="20"/>
       <c r="Q140" s="27"/>
       <c r="R140" s="5"/>
       <c r="S140" s="5"/>
       <c r="T140" s="27"/>
       <c r="U140" s="5"/>
       <c r="V140" s="5"/>
       <c r="W140" s="27"/>
       <c r="X140" s="5"/>
       <c r="Y140" s="27"/>
       <c r="Z140" s="21"/>
     </row>
-    <row r="141" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="141" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A141" s="19"/>
       <c r="B141" s="5"/>
       <c r="C141" s="27"/>
       <c r="D141" s="27"/>
       <c r="E141" s="27"/>
       <c r="F141" s="27"/>
       <c r="G141" s="27"/>
       <c r="H141" s="27"/>
       <c r="I141" s="27"/>
       <c r="J141" s="27"/>
       <c r="K141" s="27"/>
       <c r="L141" s="36"/>
       <c r="M141" s="36"/>
       <c r="N141" s="36"/>
       <c r="O141" s="5"/>
       <c r="P141" s="20"/>
       <c r="Q141" s="27"/>
       <c r="R141" s="5"/>
       <c r="S141" s="5"/>
       <c r="T141" s="27"/>
       <c r="U141" s="5"/>
       <c r="V141" s="5"/>
       <c r="W141" s="27"/>
       <c r="X141" s="5"/>
       <c r="Y141" s="27"/>
       <c r="Z141" s="21"/>
     </row>
-    <row r="142" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="142" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A142" s="19"/>
       <c r="B142" s="5"/>
       <c r="C142" s="27"/>
       <c r="D142" s="27"/>
       <c r="E142" s="27"/>
       <c r="F142" s="27"/>
       <c r="G142" s="27"/>
       <c r="H142" s="27"/>
       <c r="I142" s="27"/>
       <c r="J142" s="27"/>
       <c r="K142" s="27"/>
       <c r="L142" s="36"/>
       <c r="M142" s="36"/>
       <c r="N142" s="36"/>
       <c r="O142" s="5"/>
       <c r="P142" s="20"/>
       <c r="Q142" s="27"/>
       <c r="R142" s="5"/>
       <c r="S142" s="5"/>
       <c r="T142" s="27"/>
       <c r="U142" s="5"/>
       <c r="V142" s="5"/>
       <c r="W142" s="27"/>
       <c r="X142" s="5"/>
       <c r="Y142" s="27"/>
       <c r="Z142" s="21"/>
     </row>
-    <row r="143" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="143" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A143" s="19"/>
       <c r="B143" s="5"/>
       <c r="C143" s="27"/>
       <c r="D143" s="27"/>
       <c r="E143" s="27"/>
       <c r="F143" s="27"/>
       <c r="G143" s="27"/>
       <c r="H143" s="27"/>
       <c r="I143" s="27"/>
       <c r="J143" s="27"/>
       <c r="K143" s="27"/>
       <c r="L143" s="36"/>
       <c r="M143" s="36"/>
       <c r="N143" s="36"/>
       <c r="O143" s="5"/>
       <c r="P143" s="20"/>
       <c r="Q143" s="27"/>
       <c r="R143" s="5"/>
       <c r="S143" s="5"/>
       <c r="T143" s="27"/>
       <c r="U143" s="5"/>
       <c r="V143" s="5"/>
       <c r="W143" s="27"/>
       <c r="X143" s="5"/>
       <c r="Y143" s="27"/>
       <c r="Z143" s="21"/>
     </row>
-    <row r="144" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="144" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A144" s="19"/>
       <c r="B144" s="5"/>
       <c r="C144" s="27"/>
       <c r="D144" s="27"/>
       <c r="E144" s="27"/>
       <c r="F144" s="27"/>
       <c r="G144" s="27"/>
       <c r="H144" s="27"/>
       <c r="I144" s="27"/>
       <c r="J144" s="27"/>
       <c r="K144" s="27"/>
       <c r="L144" s="36"/>
       <c r="M144" s="36"/>
       <c r="N144" s="36"/>
       <c r="O144" s="5"/>
       <c r="P144" s="20"/>
       <c r="Q144" s="27"/>
       <c r="R144" s="5"/>
       <c r="S144" s="5"/>
       <c r="T144" s="27"/>
       <c r="U144" s="5"/>
       <c r="V144" s="5"/>
       <c r="W144" s="27"/>
       <c r="X144" s="5"/>
       <c r="Y144" s="27"/>
       <c r="Z144" s="21"/>
     </row>
-    <row r="145" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="145" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A145" s="19"/>
       <c r="B145" s="5"/>
       <c r="C145" s="27"/>
       <c r="D145" s="27"/>
       <c r="E145" s="27"/>
       <c r="F145" s="27"/>
       <c r="G145" s="27"/>
       <c r="H145" s="27"/>
       <c r="I145" s="27"/>
       <c r="J145" s="27"/>
       <c r="K145" s="27"/>
       <c r="L145" s="36"/>
       <c r="M145" s="36"/>
       <c r="N145" s="36"/>
       <c r="O145" s="5"/>
       <c r="P145" s="20"/>
       <c r="Q145" s="27"/>
       <c r="R145" s="5"/>
       <c r="S145" s="5"/>
       <c r="T145" s="27"/>
       <c r="U145" s="5"/>
       <c r="V145" s="5"/>
       <c r="W145" s="27"/>
       <c r="X145" s="5"/>
       <c r="Y145" s="27"/>
       <c r="Z145" s="21"/>
     </row>
-    <row r="146" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="146" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A146" s="19"/>
       <c r="B146" s="5"/>
       <c r="C146" s="27"/>
       <c r="D146" s="27"/>
       <c r="E146" s="27"/>
       <c r="F146" s="27"/>
       <c r="G146" s="27"/>
       <c r="H146" s="27"/>
       <c r="I146" s="27"/>
       <c r="J146" s="27"/>
       <c r="K146" s="27"/>
       <c r="L146" s="36"/>
       <c r="M146" s="36"/>
       <c r="N146" s="36"/>
       <c r="O146" s="5"/>
       <c r="P146" s="20"/>
       <c r="Q146" s="27"/>
       <c r="R146" s="5"/>
       <c r="S146" s="5"/>
       <c r="T146" s="27"/>
       <c r="U146" s="5"/>
       <c r="V146" s="5"/>
       <c r="W146" s="27"/>
       <c r="X146" s="5"/>
       <c r="Y146" s="27"/>
       <c r="Z146" s="21"/>
     </row>
-    <row r="147" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="147" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A147" s="19"/>
       <c r="B147" s="5"/>
       <c r="C147" s="27"/>
       <c r="D147" s="27"/>
       <c r="E147" s="27"/>
       <c r="F147" s="27"/>
       <c r="G147" s="27"/>
       <c r="H147" s="27"/>
       <c r="I147" s="27"/>
       <c r="J147" s="27"/>
       <c r="K147" s="27"/>
       <c r="L147" s="36"/>
       <c r="M147" s="36"/>
       <c r="N147" s="36"/>
       <c r="O147" s="5"/>
       <c r="P147" s="20"/>
       <c r="Q147" s="27"/>
       <c r="R147" s="5"/>
       <c r="S147" s="5"/>
       <c r="T147" s="27"/>
       <c r="U147" s="5"/>
       <c r="V147" s="5"/>
       <c r="W147" s="27"/>
       <c r="X147" s="5"/>
       <c r="Y147" s="27"/>
       <c r="Z147" s="21"/>
     </row>
-    <row r="148" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="148" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A148" s="19"/>
       <c r="B148" s="5"/>
       <c r="C148" s="27"/>
       <c r="D148" s="27"/>
       <c r="E148" s="27"/>
       <c r="F148" s="27"/>
       <c r="G148" s="27"/>
       <c r="H148" s="27"/>
       <c r="I148" s="27"/>
       <c r="J148" s="27"/>
       <c r="K148" s="27"/>
       <c r="L148" s="36"/>
       <c r="M148" s="36"/>
       <c r="N148" s="36"/>
       <c r="O148" s="5"/>
       <c r="P148" s="20"/>
       <c r="Q148" s="27"/>
       <c r="R148" s="5"/>
       <c r="S148" s="5"/>
       <c r="T148" s="27"/>
       <c r="U148" s="5"/>
       <c r="V148" s="5"/>
       <c r="W148" s="27"/>
       <c r="X148" s="5"/>
       <c r="Y148" s="27"/>
       <c r="Z148" s="21"/>
     </row>
-    <row r="149" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="149" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A149" s="19"/>
       <c r="B149" s="5"/>
       <c r="C149" s="27"/>
       <c r="D149" s="27"/>
       <c r="E149" s="27"/>
       <c r="F149" s="27"/>
       <c r="G149" s="27"/>
       <c r="H149" s="27"/>
       <c r="I149" s="27"/>
       <c r="J149" s="27"/>
       <c r="K149" s="27"/>
       <c r="L149" s="36"/>
       <c r="M149" s="36"/>
       <c r="N149" s="36"/>
       <c r="O149" s="5"/>
       <c r="P149" s="20"/>
       <c r="Q149" s="27"/>
       <c r="R149" s="5"/>
       <c r="S149" s="5"/>
       <c r="T149" s="27"/>
       <c r="U149" s="5"/>
       <c r="V149" s="5"/>
       <c r="W149" s="27"/>
       <c r="X149" s="5"/>
       <c r="Y149" s="27"/>
       <c r="Z149" s="21"/>
     </row>
-    <row r="150" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="150" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A150" s="19"/>
       <c r="B150" s="5"/>
       <c r="C150" s="27"/>
       <c r="D150" s="27"/>
       <c r="E150" s="27"/>
       <c r="F150" s="27"/>
       <c r="G150" s="27"/>
       <c r="H150" s="27"/>
       <c r="I150" s="27"/>
       <c r="J150" s="27"/>
       <c r="K150" s="27"/>
       <c r="L150" s="36"/>
       <c r="M150" s="36"/>
       <c r="N150" s="36"/>
       <c r="O150" s="5"/>
       <c r="P150" s="20"/>
       <c r="Q150" s="27"/>
       <c r="R150" s="5"/>
       <c r="S150" s="5"/>
       <c r="T150" s="27"/>
       <c r="U150" s="5"/>
       <c r="V150" s="5"/>
       <c r="W150" s="27"/>
       <c r="X150" s="5"/>
       <c r="Y150" s="27"/>
       <c r="Z150" s="21"/>
     </row>
-    <row r="151" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="151" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A151" s="19"/>
       <c r="B151" s="5"/>
       <c r="C151" s="27"/>
       <c r="D151" s="27"/>
       <c r="E151" s="27"/>
       <c r="F151" s="27"/>
       <c r="G151" s="27"/>
       <c r="H151" s="27"/>
       <c r="I151" s="27"/>
       <c r="J151" s="27"/>
       <c r="K151" s="27"/>
       <c r="L151" s="36"/>
       <c r="M151" s="36"/>
       <c r="N151" s="36"/>
       <c r="O151" s="5"/>
       <c r="P151" s="20"/>
       <c r="Q151" s="27"/>
       <c r="R151" s="5"/>
       <c r="S151" s="5"/>
       <c r="T151" s="27"/>
       <c r="U151" s="5"/>
       <c r="V151" s="5"/>
       <c r="W151" s="27"/>
       <c r="X151" s="5"/>
       <c r="Y151" s="27"/>
       <c r="Z151" s="21"/>
     </row>
-    <row r="152" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="152" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A152" s="19"/>
       <c r="B152" s="5"/>
       <c r="C152" s="27"/>
       <c r="D152" s="27"/>
       <c r="E152" s="27"/>
       <c r="F152" s="27"/>
       <c r="G152" s="27"/>
       <c r="H152" s="27"/>
       <c r="I152" s="27"/>
       <c r="J152" s="27"/>
       <c r="K152" s="27"/>
       <c r="L152" s="36"/>
       <c r="M152" s="36"/>
       <c r="N152" s="36"/>
       <c r="O152" s="5"/>
       <c r="P152" s="20"/>
       <c r="Q152" s="27"/>
       <c r="R152" s="5"/>
       <c r="S152" s="5"/>
       <c r="T152" s="27"/>
       <c r="U152" s="5"/>
       <c r="V152" s="5"/>
       <c r="W152" s="27"/>
       <c r="X152" s="5"/>
       <c r="Y152" s="27"/>
       <c r="Z152" s="21"/>
     </row>
-    <row r="153" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="153" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A153" s="19"/>
       <c r="B153" s="5"/>
       <c r="C153" s="27"/>
       <c r="D153" s="27"/>
       <c r="E153" s="27"/>
       <c r="F153" s="27"/>
       <c r="G153" s="27"/>
       <c r="H153" s="27"/>
       <c r="I153" s="27"/>
       <c r="J153" s="27"/>
       <c r="K153" s="27"/>
       <c r="L153" s="36"/>
       <c r="M153" s="36"/>
       <c r="N153" s="36"/>
       <c r="O153" s="5"/>
       <c r="P153" s="20"/>
       <c r="Q153" s="27"/>
       <c r="R153" s="5"/>
       <c r="S153" s="5"/>
       <c r="T153" s="27"/>
       <c r="U153" s="5"/>
       <c r="V153" s="5"/>
       <c r="W153" s="27"/>
       <c r="X153" s="5"/>
       <c r="Y153" s="27"/>
       <c r="Z153" s="21"/>
     </row>
-    <row r="154" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="154" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A154" s="19"/>
       <c r="B154" s="5"/>
       <c r="C154" s="27"/>
       <c r="D154" s="27"/>
       <c r="E154" s="27"/>
       <c r="F154" s="27"/>
       <c r="G154" s="27"/>
       <c r="H154" s="27"/>
       <c r="I154" s="27"/>
       <c r="J154" s="27"/>
       <c r="K154" s="27"/>
       <c r="L154" s="36"/>
       <c r="M154" s="36"/>
       <c r="N154" s="36"/>
       <c r="O154" s="5"/>
       <c r="P154" s="20"/>
       <c r="Q154" s="27"/>
       <c r="R154" s="5"/>
       <c r="S154" s="5"/>
       <c r="T154" s="27"/>
       <c r="U154" s="5"/>
       <c r="V154" s="5"/>
       <c r="W154" s="27"/>
       <c r="X154" s="5"/>
       <c r="Y154" s="27"/>
       <c r="Z154" s="21"/>
     </row>
-    <row r="155" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="155" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A155" s="19"/>
       <c r="B155" s="5"/>
       <c r="C155" s="27"/>
       <c r="D155" s="27"/>
       <c r="E155" s="27"/>
       <c r="F155" s="27"/>
       <c r="G155" s="27"/>
       <c r="H155" s="27"/>
       <c r="I155" s="27"/>
       <c r="J155" s="27"/>
       <c r="K155" s="27"/>
       <c r="L155" s="36"/>
       <c r="M155" s="36"/>
       <c r="N155" s="36"/>
       <c r="O155" s="5"/>
       <c r="P155" s="20"/>
       <c r="Q155" s="27"/>
       <c r="R155" s="5"/>
       <c r="S155" s="5"/>
       <c r="T155" s="27"/>
       <c r="U155" s="5"/>
       <c r="V155" s="5"/>
       <c r="W155" s="27"/>
       <c r="X155" s="5"/>
       <c r="Y155" s="27"/>
       <c r="Z155" s="21"/>
     </row>
-    <row r="156" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="156" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A156" s="19"/>
       <c r="B156" s="5"/>
       <c r="C156" s="27"/>
       <c r="D156" s="27"/>
       <c r="E156" s="27"/>
       <c r="F156" s="27"/>
       <c r="G156" s="27"/>
       <c r="H156" s="27"/>
       <c r="I156" s="27"/>
       <c r="J156" s="27"/>
       <c r="K156" s="27"/>
       <c r="L156" s="36"/>
       <c r="M156" s="36"/>
       <c r="N156" s="36"/>
       <c r="O156" s="5"/>
       <c r="P156" s="20"/>
       <c r="Q156" s="27"/>
       <c r="R156" s="5"/>
       <c r="S156" s="5"/>
       <c r="T156" s="27"/>
       <c r="U156" s="5"/>
       <c r="V156" s="5"/>
       <c r="W156" s="27"/>
       <c r="X156" s="5"/>
       <c r="Y156" s="27"/>
       <c r="Z156" s="21"/>
     </row>
-    <row r="157" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="157" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A157" s="19"/>
       <c r="B157" s="5"/>
       <c r="C157" s="27"/>
       <c r="D157" s="27"/>
       <c r="E157" s="27"/>
       <c r="F157" s="27"/>
       <c r="G157" s="27"/>
       <c r="H157" s="27"/>
       <c r="I157" s="27"/>
       <c r="J157" s="27"/>
       <c r="K157" s="27"/>
       <c r="L157" s="36"/>
       <c r="M157" s="36"/>
       <c r="N157" s="36"/>
       <c r="O157" s="5"/>
       <c r="P157" s="20"/>
       <c r="Q157" s="27"/>
       <c r="R157" s="5"/>
       <c r="S157" s="5"/>
       <c r="T157" s="27"/>
       <c r="U157" s="5"/>
       <c r="V157" s="5"/>
       <c r="W157" s="27"/>
       <c r="X157" s="5"/>
       <c r="Y157" s="27"/>
       <c r="Z157" s="21"/>
     </row>
-    <row r="158" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="158" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A158" s="19"/>
       <c r="B158" s="5"/>
       <c r="C158" s="27"/>
       <c r="D158" s="27"/>
       <c r="E158" s="27"/>
       <c r="F158" s="27"/>
       <c r="G158" s="27"/>
       <c r="H158" s="27"/>
       <c r="I158" s="27"/>
       <c r="J158" s="27"/>
       <c r="K158" s="27"/>
       <c r="L158" s="36"/>
       <c r="M158" s="36"/>
       <c r="N158" s="36"/>
       <c r="O158" s="5"/>
       <c r="P158" s="20"/>
       <c r="Q158" s="27"/>
       <c r="R158" s="5"/>
       <c r="S158" s="5"/>
       <c r="T158" s="27"/>
       <c r="U158" s="5"/>
       <c r="V158" s="5"/>
       <c r="W158" s="27"/>
       <c r="X158" s="5"/>
       <c r="Y158" s="27"/>
       <c r="Z158" s="21"/>
     </row>
-    <row r="159" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="159" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A159" s="19"/>
       <c r="B159" s="5"/>
       <c r="C159" s="27"/>
       <c r="D159" s="27"/>
       <c r="E159" s="27"/>
       <c r="F159" s="27"/>
       <c r="G159" s="27"/>
       <c r="H159" s="27"/>
       <c r="I159" s="27"/>
       <c r="J159" s="27"/>
       <c r="K159" s="27"/>
       <c r="L159" s="36"/>
       <c r="M159" s="36"/>
       <c r="N159" s="36"/>
       <c r="O159" s="5"/>
       <c r="P159" s="20"/>
       <c r="Q159" s="27"/>
       <c r="R159" s="5"/>
       <c r="S159" s="5"/>
       <c r="T159" s="27"/>
       <c r="U159" s="5"/>
       <c r="V159" s="5"/>
       <c r="W159" s="27"/>
       <c r="X159" s="5"/>
       <c r="Y159" s="27"/>
       <c r="Z159" s="21"/>
     </row>
-    <row r="160" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="160" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A160" s="19"/>
       <c r="B160" s="5"/>
       <c r="C160" s="27"/>
       <c r="D160" s="27"/>
       <c r="E160" s="27"/>
       <c r="F160" s="27"/>
       <c r="G160" s="27"/>
       <c r="H160" s="27"/>
       <c r="I160" s="27"/>
       <c r="J160" s="27"/>
       <c r="K160" s="27"/>
       <c r="L160" s="36"/>
       <c r="M160" s="36"/>
       <c r="N160" s="36"/>
       <c r="O160" s="5"/>
       <c r="P160" s="20"/>
       <c r="Q160" s="27"/>
       <c r="R160" s="5"/>
       <c r="S160" s="5"/>
       <c r="T160" s="27"/>
       <c r="U160" s="5"/>
       <c r="V160" s="5"/>
       <c r="W160" s="27"/>
       <c r="X160" s="5"/>
       <c r="Y160" s="27"/>
       <c r="Z160" s="21"/>
     </row>
-    <row r="161" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="161" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A161" s="19"/>
       <c r="B161" s="5"/>
       <c r="C161" s="27"/>
       <c r="D161" s="27"/>
       <c r="E161" s="27"/>
       <c r="F161" s="27"/>
       <c r="G161" s="27"/>
       <c r="H161" s="27"/>
       <c r="I161" s="27"/>
       <c r="J161" s="27"/>
       <c r="K161" s="27"/>
       <c r="L161" s="36"/>
       <c r="M161" s="36"/>
       <c r="N161" s="36"/>
       <c r="O161" s="5"/>
       <c r="P161" s="20"/>
       <c r="Q161" s="27"/>
       <c r="R161" s="5"/>
       <c r="S161" s="5"/>
       <c r="T161" s="27"/>
       <c r="U161" s="5"/>
       <c r="V161" s="5"/>
       <c r="W161" s="27"/>
       <c r="X161" s="5"/>
       <c r="Y161" s="27"/>
       <c r="Z161" s="21"/>
     </row>
-    <row r="162" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="162" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A162" s="19"/>
       <c r="B162" s="5"/>
       <c r="C162" s="27"/>
       <c r="D162" s="27"/>
       <c r="E162" s="27"/>
       <c r="F162" s="27"/>
       <c r="G162" s="27"/>
       <c r="H162" s="27"/>
       <c r="I162" s="27"/>
       <c r="J162" s="27"/>
       <c r="K162" s="27"/>
       <c r="L162" s="36"/>
       <c r="M162" s="36"/>
       <c r="N162" s="36"/>
       <c r="O162" s="5"/>
       <c r="P162" s="20"/>
       <c r="Q162" s="27"/>
       <c r="R162" s="5"/>
       <c r="S162" s="5"/>
       <c r="T162" s="27"/>
       <c r="U162" s="5"/>
       <c r="V162" s="5"/>
       <c r="W162" s="27"/>
       <c r="X162" s="5"/>
       <c r="Y162" s="27"/>
       <c r="Z162" s="21"/>
     </row>
-    <row r="163" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="163" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A163" s="19"/>
       <c r="B163" s="5"/>
       <c r="C163" s="27"/>
       <c r="D163" s="27"/>
       <c r="E163" s="27"/>
       <c r="F163" s="27"/>
       <c r="G163" s="27"/>
       <c r="H163" s="27"/>
       <c r="I163" s="27"/>
       <c r="J163" s="27"/>
       <c r="K163" s="27"/>
       <c r="L163" s="36"/>
       <c r="M163" s="36"/>
       <c r="N163" s="36"/>
       <c r="O163" s="5"/>
       <c r="P163" s="20"/>
       <c r="Q163" s="27"/>
       <c r="R163" s="5"/>
       <c r="S163" s="5"/>
       <c r="T163" s="27"/>
       <c r="U163" s="5"/>
       <c r="V163" s="5"/>
       <c r="W163" s="27"/>
       <c r="X163" s="5"/>
       <c r="Y163" s="27"/>
       <c r="Z163" s="21"/>
     </row>
-    <row r="164" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="164" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A164" s="19"/>
       <c r="B164" s="5"/>
       <c r="C164" s="27"/>
       <c r="D164" s="27"/>
       <c r="E164" s="27"/>
       <c r="F164" s="27"/>
       <c r="G164" s="27"/>
       <c r="H164" s="27"/>
       <c r="I164" s="27"/>
       <c r="J164" s="27"/>
       <c r="K164" s="27"/>
       <c r="L164" s="36"/>
       <c r="M164" s="36"/>
       <c r="N164" s="36"/>
       <c r="O164" s="5"/>
       <c r="P164" s="20"/>
       <c r="Q164" s="27"/>
       <c r="R164" s="5"/>
       <c r="S164" s="5"/>
       <c r="T164" s="27"/>
       <c r="U164" s="5"/>
       <c r="V164" s="5"/>
       <c r="W164" s="27"/>
       <c r="X164" s="5"/>
       <c r="Y164" s="27"/>
       <c r="Z164" s="21"/>
     </row>
-    <row r="165" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="165" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A165" s="19"/>
       <c r="B165" s="5"/>
       <c r="C165" s="27"/>
       <c r="D165" s="27"/>
       <c r="E165" s="27"/>
       <c r="F165" s="27"/>
       <c r="G165" s="27"/>
       <c r="H165" s="27"/>
       <c r="I165" s="27"/>
       <c r="J165" s="27"/>
       <c r="K165" s="27"/>
       <c r="L165" s="36"/>
       <c r="M165" s="36"/>
       <c r="N165" s="36"/>
       <c r="O165" s="5"/>
       <c r="P165" s="20"/>
       <c r="Q165" s="27"/>
       <c r="R165" s="5"/>
       <c r="S165" s="5"/>
       <c r="T165" s="27"/>
       <c r="U165" s="5"/>
       <c r="V165" s="5"/>
       <c r="W165" s="27"/>
       <c r="X165" s="5"/>
       <c r="Y165" s="27"/>
       <c r="Z165" s="21"/>
     </row>
-    <row r="166" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="166" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A166" s="19"/>
       <c r="B166" s="5"/>
       <c r="C166" s="27"/>
       <c r="D166" s="27"/>
       <c r="E166" s="27"/>
       <c r="F166" s="27"/>
       <c r="G166" s="27"/>
       <c r="H166" s="27"/>
       <c r="I166" s="27"/>
       <c r="J166" s="27"/>
       <c r="K166" s="27"/>
       <c r="L166" s="36"/>
       <c r="M166" s="36"/>
       <c r="N166" s="36"/>
       <c r="O166" s="5"/>
       <c r="P166" s="20"/>
       <c r="Q166" s="27"/>
       <c r="R166" s="5"/>
       <c r="S166" s="5"/>
       <c r="T166" s="27"/>
       <c r="U166" s="5"/>
       <c r="V166" s="5"/>
       <c r="W166" s="27"/>
       <c r="X166" s="5"/>
       <c r="Y166" s="27"/>
       <c r="Z166" s="21"/>
     </row>
-    <row r="167" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="167" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A167" s="19"/>
       <c r="B167" s="5"/>
       <c r="C167" s="27"/>
       <c r="D167" s="27"/>
       <c r="E167" s="27"/>
       <c r="F167" s="27"/>
       <c r="G167" s="27"/>
       <c r="H167" s="27"/>
       <c r="I167" s="27"/>
       <c r="J167" s="27"/>
       <c r="K167" s="27"/>
       <c r="L167" s="36"/>
       <c r="M167" s="36"/>
       <c r="N167" s="36"/>
       <c r="O167" s="5"/>
       <c r="P167" s="20"/>
       <c r="Q167" s="27"/>
       <c r="R167" s="5"/>
       <c r="S167" s="5"/>
       <c r="T167" s="27"/>
       <c r="U167" s="5"/>
       <c r="V167" s="5"/>
       <c r="W167" s="27"/>
       <c r="X167" s="5"/>
       <c r="Y167" s="27"/>
       <c r="Z167" s="21"/>
     </row>
-    <row r="168" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="168" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A168" s="19"/>
       <c r="B168" s="5"/>
       <c r="C168" s="27"/>
       <c r="D168" s="27"/>
       <c r="E168" s="27"/>
       <c r="F168" s="27"/>
       <c r="G168" s="27"/>
       <c r="H168" s="27"/>
       <c r="I168" s="27"/>
       <c r="J168" s="27"/>
       <c r="K168" s="27"/>
       <c r="L168" s="36"/>
       <c r="M168" s="36"/>
       <c r="N168" s="36"/>
       <c r="O168" s="5"/>
       <c r="P168" s="20"/>
       <c r="Q168" s="27"/>
       <c r="R168" s="5"/>
       <c r="S168" s="5"/>
       <c r="T168" s="27"/>
       <c r="U168" s="5"/>
       <c r="V168" s="5"/>
       <c r="W168" s="27"/>
       <c r="X168" s="5"/>
       <c r="Y168" s="27"/>
       <c r="Z168" s="21"/>
     </row>
-    <row r="169" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="169" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A169" s="19"/>
       <c r="B169" s="5"/>
       <c r="C169" s="27"/>
       <c r="D169" s="27"/>
       <c r="E169" s="27"/>
       <c r="F169" s="27"/>
       <c r="G169" s="27"/>
       <c r="H169" s="27"/>
       <c r="I169" s="27"/>
       <c r="J169" s="27"/>
       <c r="K169" s="27"/>
       <c r="L169" s="36"/>
       <c r="M169" s="36"/>
       <c r="N169" s="36"/>
       <c r="O169" s="5"/>
       <c r="P169" s="20"/>
       <c r="Q169" s="27"/>
       <c r="R169" s="5"/>
       <c r="S169" s="5"/>
       <c r="T169" s="27"/>
       <c r="U169" s="5"/>
       <c r="V169" s="5"/>
       <c r="W169" s="27"/>
       <c r="X169" s="5"/>
       <c r="Y169" s="27"/>
       <c r="Z169" s="21"/>
     </row>
-    <row r="170" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="170" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A170" s="19"/>
       <c r="B170" s="5"/>
       <c r="C170" s="27"/>
       <c r="D170" s="27"/>
       <c r="E170" s="27"/>
       <c r="F170" s="27"/>
       <c r="G170" s="27"/>
       <c r="H170" s="27"/>
       <c r="I170" s="27"/>
       <c r="J170" s="27"/>
       <c r="K170" s="27"/>
       <c r="L170" s="36"/>
       <c r="M170" s="36"/>
       <c r="N170" s="36"/>
       <c r="O170" s="5"/>
       <c r="P170" s="20"/>
       <c r="Q170" s="27"/>
       <c r="R170" s="5"/>
       <c r="S170" s="5"/>
       <c r="T170" s="27"/>
       <c r="U170" s="5"/>
       <c r="V170" s="5"/>
       <c r="W170" s="27"/>
       <c r="X170" s="5"/>
       <c r="Y170" s="27"/>
       <c r="Z170" s="21"/>
     </row>
-    <row r="171" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="171" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A171" s="19"/>
       <c r="B171" s="5"/>
       <c r="C171" s="27"/>
       <c r="D171" s="27"/>
       <c r="E171" s="27"/>
       <c r="F171" s="27"/>
       <c r="G171" s="27"/>
       <c r="H171" s="27"/>
       <c r="I171" s="27"/>
       <c r="J171" s="27"/>
       <c r="K171" s="27"/>
       <c r="L171" s="36"/>
       <c r="M171" s="36"/>
       <c r="N171" s="36"/>
       <c r="O171" s="5"/>
       <c r="P171" s="20"/>
       <c r="Q171" s="27"/>
       <c r="R171" s="5"/>
       <c r="S171" s="5"/>
       <c r="T171" s="27"/>
       <c r="U171" s="5"/>
       <c r="V171" s="5"/>
       <c r="W171" s="27"/>
       <c r="X171" s="5"/>
       <c r="Y171" s="27"/>
       <c r="Z171" s="21"/>
     </row>
-    <row r="172" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="172" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A172" s="19"/>
       <c r="B172" s="5"/>
       <c r="C172" s="27"/>
       <c r="D172" s="27"/>
       <c r="E172" s="27"/>
       <c r="F172" s="27"/>
       <c r="G172" s="27"/>
       <c r="H172" s="27"/>
       <c r="I172" s="27"/>
       <c r="J172" s="27"/>
       <c r="K172" s="27"/>
       <c r="L172" s="36"/>
       <c r="M172" s="36"/>
       <c r="N172" s="36"/>
       <c r="O172" s="5"/>
       <c r="P172" s="20"/>
       <c r="Q172" s="27"/>
       <c r="R172" s="5"/>
       <c r="S172" s="5"/>
       <c r="T172" s="27"/>
       <c r="U172" s="5"/>
       <c r="V172" s="5"/>
       <c r="W172" s="27"/>
       <c r="X172" s="5"/>
       <c r="Y172" s="27"/>
       <c r="Z172" s="21"/>
     </row>
-    <row r="173" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="173" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A173" s="19"/>
       <c r="B173" s="5"/>
       <c r="C173" s="27"/>
       <c r="D173" s="27"/>
       <c r="E173" s="27"/>
       <c r="F173" s="27"/>
       <c r="G173" s="27"/>
       <c r="H173" s="27"/>
       <c r="I173" s="27"/>
       <c r="J173" s="27"/>
       <c r="K173" s="27"/>
       <c r="L173" s="36"/>
       <c r="M173" s="36"/>
       <c r="N173" s="36"/>
       <c r="O173" s="5"/>
       <c r="P173" s="20"/>
       <c r="Q173" s="27"/>
       <c r="R173" s="5"/>
       <c r="S173" s="5"/>
       <c r="T173" s="27"/>
       <c r="U173" s="5"/>
       <c r="V173" s="5"/>
       <c r="W173" s="27"/>
       <c r="X173" s="5"/>
       <c r="Y173" s="27"/>
       <c r="Z173" s="21"/>
     </row>
-    <row r="174" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="174" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A174" s="19"/>
       <c r="B174" s="5"/>
       <c r="C174" s="27"/>
       <c r="D174" s="27"/>
       <c r="E174" s="27"/>
       <c r="F174" s="27"/>
       <c r="G174" s="27"/>
       <c r="H174" s="27"/>
       <c r="I174" s="27"/>
       <c r="J174" s="27"/>
       <c r="K174" s="27"/>
       <c r="L174" s="36"/>
       <c r="M174" s="36"/>
       <c r="N174" s="36"/>
       <c r="O174" s="5"/>
       <c r="P174" s="20"/>
       <c r="Q174" s="27"/>
       <c r="R174" s="5"/>
       <c r="S174" s="5"/>
       <c r="T174" s="27"/>
       <c r="U174" s="5"/>
       <c r="V174" s="5"/>
       <c r="W174" s="27"/>
       <c r="X174" s="5"/>
       <c r="Y174" s="27"/>
       <c r="Z174" s="21"/>
     </row>
-    <row r="175" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="175" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A175" s="19"/>
       <c r="B175" s="5"/>
       <c r="C175" s="27"/>
       <c r="D175" s="27"/>
       <c r="E175" s="27"/>
       <c r="F175" s="27"/>
       <c r="G175" s="27"/>
       <c r="H175" s="27"/>
       <c r="I175" s="27"/>
       <c r="J175" s="27"/>
       <c r="K175" s="27"/>
       <c r="L175" s="36"/>
       <c r="M175" s="36"/>
       <c r="N175" s="36"/>
       <c r="O175" s="5"/>
       <c r="P175" s="20"/>
       <c r="Q175" s="27"/>
       <c r="R175" s="5"/>
       <c r="S175" s="5"/>
       <c r="T175" s="27"/>
       <c r="U175" s="5"/>
       <c r="V175" s="5"/>
       <c r="W175" s="27"/>
       <c r="X175" s="5"/>
       <c r="Y175" s="27"/>
       <c r="Z175" s="21"/>
     </row>
-    <row r="176" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="176" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A176" s="19"/>
       <c r="B176" s="5"/>
       <c r="C176" s="27"/>
       <c r="D176" s="27"/>
       <c r="E176" s="27"/>
       <c r="F176" s="27"/>
       <c r="G176" s="27"/>
       <c r="H176" s="27"/>
       <c r="I176" s="27"/>
       <c r="J176" s="27"/>
       <c r="K176" s="27"/>
       <c r="L176" s="36"/>
       <c r="M176" s="36"/>
       <c r="N176" s="36"/>
       <c r="O176" s="5"/>
       <c r="P176" s="20"/>
       <c r="Q176" s="27"/>
       <c r="R176" s="5"/>
       <c r="S176" s="5"/>
       <c r="T176" s="27"/>
       <c r="U176" s="5"/>
       <c r="V176" s="5"/>
       <c r="W176" s="27"/>
       <c r="X176" s="5"/>
       <c r="Y176" s="27"/>
       <c r="Z176" s="21"/>
     </row>
-    <row r="177" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="177" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A177" s="19"/>
       <c r="B177" s="5"/>
       <c r="C177" s="27"/>
       <c r="D177" s="27"/>
       <c r="E177" s="27"/>
       <c r="F177" s="27"/>
       <c r="G177" s="27"/>
       <c r="H177" s="27"/>
       <c r="I177" s="27"/>
       <c r="J177" s="27"/>
       <c r="K177" s="27"/>
       <c r="L177" s="36"/>
       <c r="M177" s="36"/>
       <c r="N177" s="36"/>
       <c r="O177" s="5"/>
       <c r="P177" s="20"/>
       <c r="Q177" s="27"/>
       <c r="R177" s="5"/>
       <c r="S177" s="5"/>
       <c r="T177" s="27"/>
       <c r="U177" s="5"/>
       <c r="V177" s="5"/>
       <c r="W177" s="27"/>
       <c r="X177" s="5"/>
       <c r="Y177" s="27"/>
       <c r="Z177" s="21"/>
     </row>
-    <row r="178" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="178" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A178" s="19"/>
       <c r="B178" s="5"/>
       <c r="C178" s="27"/>
       <c r="D178" s="27"/>
       <c r="E178" s="27"/>
       <c r="F178" s="27"/>
       <c r="G178" s="27"/>
       <c r="H178" s="27"/>
       <c r="I178" s="27"/>
       <c r="J178" s="27"/>
       <c r="K178" s="27"/>
       <c r="L178" s="36"/>
       <c r="M178" s="36"/>
       <c r="N178" s="36"/>
       <c r="O178" s="5"/>
       <c r="P178" s="20"/>
       <c r="Q178" s="27"/>
       <c r="R178" s="5"/>
       <c r="S178" s="5"/>
       <c r="T178" s="27"/>
       <c r="U178" s="5"/>
       <c r="V178" s="5"/>
       <c r="W178" s="27"/>
       <c r="X178" s="5"/>
       <c r="Y178" s="27"/>
       <c r="Z178" s="21"/>
     </row>
-    <row r="179" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="179" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A179" s="19"/>
       <c r="B179" s="5"/>
       <c r="C179" s="27"/>
       <c r="D179" s="27"/>
       <c r="E179" s="27"/>
       <c r="F179" s="27"/>
       <c r="G179" s="27"/>
       <c r="H179" s="27"/>
       <c r="I179" s="27"/>
       <c r="J179" s="27"/>
       <c r="K179" s="27"/>
       <c r="L179" s="36"/>
       <c r="M179" s="36"/>
       <c r="N179" s="36"/>
       <c r="O179" s="5"/>
       <c r="P179" s="20"/>
       <c r="Q179" s="27"/>
       <c r="R179" s="5"/>
       <c r="S179" s="5"/>
       <c r="T179" s="27"/>
       <c r="U179" s="5"/>
       <c r="V179" s="5"/>
       <c r="W179" s="27"/>
       <c r="X179" s="5"/>
       <c r="Y179" s="27"/>
       <c r="Z179" s="21"/>
     </row>
-    <row r="180" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="180" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A180" s="19"/>
       <c r="B180" s="5"/>
       <c r="C180" s="27"/>
       <c r="D180" s="27"/>
       <c r="E180" s="27"/>
       <c r="F180" s="27"/>
       <c r="G180" s="27"/>
       <c r="H180" s="27"/>
       <c r="I180" s="27"/>
       <c r="J180" s="27"/>
       <c r="K180" s="27"/>
       <c r="L180" s="36"/>
       <c r="M180" s="36"/>
       <c r="N180" s="36"/>
       <c r="O180" s="5"/>
       <c r="P180" s="20"/>
       <c r="Q180" s="27"/>
       <c r="R180" s="5"/>
       <c r="S180" s="5"/>
       <c r="T180" s="27"/>
       <c r="U180" s="5"/>
       <c r="V180" s="5"/>
       <c r="W180" s="27"/>
       <c r="X180" s="5"/>
       <c r="Y180" s="27"/>
       <c r="Z180" s="21"/>
     </row>
-    <row r="181" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="181" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A181" s="19"/>
       <c r="B181" s="5"/>
       <c r="C181" s="27"/>
       <c r="D181" s="27"/>
       <c r="E181" s="27"/>
       <c r="F181" s="27"/>
       <c r="G181" s="27"/>
       <c r="H181" s="27"/>
       <c r="I181" s="27"/>
       <c r="J181" s="27"/>
       <c r="K181" s="27"/>
       <c r="L181" s="36"/>
       <c r="M181" s="36"/>
       <c r="N181" s="36"/>
       <c r="O181" s="5"/>
       <c r="P181" s="20"/>
       <c r="Q181" s="27"/>
       <c r="R181" s="5"/>
       <c r="S181" s="5"/>
       <c r="T181" s="27"/>
       <c r="U181" s="5"/>
       <c r="V181" s="5"/>
       <c r="W181" s="27"/>
       <c r="X181" s="5"/>
       <c r="Y181" s="27"/>
       <c r="Z181" s="21"/>
     </row>
-    <row r="182" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="182" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A182" s="19"/>
       <c r="B182" s="5"/>
       <c r="C182" s="27"/>
       <c r="D182" s="27"/>
       <c r="E182" s="27"/>
       <c r="F182" s="27"/>
       <c r="G182" s="27"/>
       <c r="H182" s="27"/>
       <c r="I182" s="27"/>
       <c r="J182" s="27"/>
       <c r="K182" s="27"/>
       <c r="L182" s="36"/>
       <c r="M182" s="36"/>
       <c r="N182" s="36"/>
       <c r="O182" s="5"/>
       <c r="P182" s="20"/>
       <c r="Q182" s="27"/>
       <c r="R182" s="5"/>
       <c r="S182" s="5"/>
       <c r="T182" s="27"/>
       <c r="U182" s="5"/>
       <c r="V182" s="5"/>
       <c r="W182" s="27"/>
       <c r="X182" s="5"/>
       <c r="Y182" s="27"/>
       <c r="Z182" s="21"/>
     </row>
-    <row r="183" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="183" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A183" s="19"/>
       <c r="B183" s="5"/>
       <c r="C183" s="27"/>
       <c r="D183" s="27"/>
       <c r="E183" s="27"/>
       <c r="F183" s="27"/>
       <c r="G183" s="27"/>
       <c r="H183" s="27"/>
       <c r="I183" s="27"/>
       <c r="J183" s="27"/>
       <c r="K183" s="27"/>
       <c r="L183" s="36"/>
       <c r="M183" s="36"/>
       <c r="N183" s="36"/>
       <c r="O183" s="5"/>
       <c r="P183" s="20"/>
       <c r="Q183" s="27"/>
       <c r="R183" s="5"/>
       <c r="S183" s="5"/>
       <c r="T183" s="27"/>
       <c r="U183" s="5"/>
       <c r="V183" s="5"/>
       <c r="W183" s="27"/>
       <c r="X183" s="5"/>
       <c r="Y183" s="27"/>
       <c r="Z183" s="21"/>
     </row>
-    <row r="184" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="184" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A184" s="19"/>
       <c r="B184" s="5"/>
       <c r="C184" s="27"/>
       <c r="D184" s="27"/>
       <c r="E184" s="27"/>
       <c r="F184" s="27"/>
       <c r="G184" s="27"/>
       <c r="H184" s="27"/>
       <c r="I184" s="27"/>
       <c r="J184" s="27"/>
       <c r="K184" s="27"/>
       <c r="L184" s="36"/>
       <c r="M184" s="36"/>
       <c r="N184" s="36"/>
       <c r="O184" s="5"/>
       <c r="P184" s="20"/>
       <c r="Q184" s="27"/>
       <c r="R184" s="5"/>
       <c r="S184" s="5"/>
       <c r="T184" s="27"/>
       <c r="U184" s="5"/>
       <c r="V184" s="5"/>
       <c r="W184" s="27"/>
       <c r="X184" s="5"/>
       <c r="Y184" s="27"/>
       <c r="Z184" s="21"/>
     </row>
-    <row r="185" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="185" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A185" s="19"/>
       <c r="B185" s="5"/>
       <c r="C185" s="27"/>
       <c r="D185" s="27"/>
       <c r="E185" s="27"/>
       <c r="F185" s="27"/>
       <c r="G185" s="27"/>
       <c r="H185" s="27"/>
       <c r="I185" s="27"/>
       <c r="J185" s="27"/>
       <c r="K185" s="27"/>
       <c r="L185" s="36"/>
       <c r="M185" s="36"/>
       <c r="N185" s="36"/>
       <c r="O185" s="5"/>
       <c r="P185" s="20"/>
       <c r="Q185" s="27"/>
       <c r="R185" s="5"/>
       <c r="S185" s="5"/>
       <c r="T185" s="27"/>
       <c r="U185" s="5"/>
       <c r="V185" s="5"/>
       <c r="W185" s="27"/>
       <c r="X185" s="5"/>
       <c r="Y185" s="27"/>
       <c r="Z185" s="21"/>
     </row>
-    <row r="186" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="186" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A186" s="19"/>
       <c r="B186" s="5"/>
       <c r="C186" s="27"/>
       <c r="D186" s="27"/>
       <c r="E186" s="27"/>
       <c r="F186" s="27"/>
       <c r="G186" s="27"/>
       <c r="H186" s="27"/>
       <c r="I186" s="27"/>
       <c r="J186" s="27"/>
       <c r="K186" s="27"/>
       <c r="L186" s="36"/>
       <c r="M186" s="36"/>
       <c r="N186" s="36"/>
       <c r="O186" s="5"/>
       <c r="P186" s="20"/>
       <c r="Q186" s="27"/>
       <c r="R186" s="5"/>
       <c r="S186" s="5"/>
       <c r="T186" s="27"/>
       <c r="U186" s="5"/>
       <c r="V186" s="5"/>
       <c r="W186" s="27"/>
       <c r="X186" s="5"/>
       <c r="Y186" s="27"/>
       <c r="Z186" s="21"/>
     </row>
-    <row r="187" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="187" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A187" s="19"/>
       <c r="B187" s="5"/>
       <c r="C187" s="27"/>
       <c r="D187" s="27"/>
       <c r="E187" s="27"/>
       <c r="F187" s="27"/>
       <c r="G187" s="27"/>
       <c r="H187" s="27"/>
       <c r="I187" s="27"/>
       <c r="J187" s="27"/>
       <c r="K187" s="27"/>
       <c r="L187" s="36"/>
       <c r="M187" s="36"/>
       <c r="N187" s="36"/>
       <c r="O187" s="5"/>
       <c r="P187" s="20"/>
       <c r="Q187" s="27"/>
       <c r="R187" s="5"/>
       <c r="S187" s="5"/>
       <c r="T187" s="27"/>
       <c r="U187" s="5"/>
       <c r="V187" s="5"/>
       <c r="W187" s="27"/>
       <c r="X187" s="5"/>
       <c r="Y187" s="27"/>
       <c r="Z187" s="21"/>
     </row>
-    <row r="188" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="188" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A188" s="19"/>
       <c r="B188" s="5"/>
       <c r="C188" s="27"/>
       <c r="D188" s="27"/>
       <c r="E188" s="27"/>
       <c r="F188" s="27"/>
       <c r="G188" s="27"/>
       <c r="H188" s="27"/>
       <c r="I188" s="27"/>
       <c r="J188" s="27"/>
       <c r="K188" s="27"/>
       <c r="L188" s="36"/>
       <c r="M188" s="36"/>
       <c r="N188" s="36"/>
       <c r="O188" s="5"/>
       <c r="P188" s="20"/>
       <c r="Q188" s="27"/>
       <c r="R188" s="5"/>
       <c r="S188" s="5"/>
       <c r="T188" s="27"/>
       <c r="U188" s="5"/>
       <c r="V188" s="5"/>
       <c r="W188" s="27"/>
       <c r="X188" s="5"/>
       <c r="Y188" s="27"/>
       <c r="Z188" s="21"/>
     </row>
-    <row r="189" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="189" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A189" s="19"/>
       <c r="B189" s="5"/>
       <c r="C189" s="27"/>
       <c r="D189" s="27"/>
       <c r="E189" s="27"/>
       <c r="F189" s="27"/>
       <c r="G189" s="27"/>
       <c r="H189" s="27"/>
       <c r="I189" s="27"/>
       <c r="J189" s="27"/>
       <c r="K189" s="27"/>
       <c r="L189" s="36"/>
       <c r="M189" s="36"/>
       <c r="N189" s="36"/>
       <c r="O189" s="5"/>
       <c r="P189" s="20"/>
       <c r="Q189" s="27"/>
       <c r="R189" s="5"/>
       <c r="S189" s="5"/>
       <c r="T189" s="27"/>
       <c r="U189" s="5"/>
       <c r="V189" s="5"/>
       <c r="W189" s="27"/>
       <c r="X189" s="5"/>
       <c r="Y189" s="27"/>
       <c r="Z189" s="21"/>
     </row>
-    <row r="190" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="190" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A190" s="19"/>
       <c r="B190" s="5"/>
       <c r="C190" s="27"/>
       <c r="D190" s="27"/>
       <c r="E190" s="27"/>
       <c r="F190" s="27"/>
       <c r="G190" s="27"/>
       <c r="H190" s="27"/>
       <c r="I190" s="27"/>
       <c r="J190" s="27"/>
       <c r="K190" s="27"/>
       <c r="L190" s="36"/>
       <c r="M190" s="36"/>
       <c r="N190" s="36"/>
       <c r="O190" s="5"/>
       <c r="P190" s="20"/>
       <c r="Q190" s="27"/>
       <c r="R190" s="5"/>
       <c r="S190" s="5"/>
       <c r="T190" s="27"/>
       <c r="U190" s="5"/>
       <c r="V190" s="5"/>
       <c r="W190" s="27"/>
       <c r="X190" s="5"/>
       <c r="Y190" s="27"/>
       <c r="Z190" s="21"/>
     </row>
-    <row r="191" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="191" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A191" s="19"/>
       <c r="B191" s="5"/>
       <c r="C191" s="27"/>
       <c r="D191" s="27"/>
       <c r="E191" s="27"/>
       <c r="F191" s="27"/>
       <c r="G191" s="27"/>
       <c r="H191" s="27"/>
       <c r="I191" s="27"/>
       <c r="J191" s="27"/>
       <c r="K191" s="27"/>
       <c r="L191" s="36"/>
       <c r="M191" s="36"/>
       <c r="N191" s="36"/>
       <c r="O191" s="5"/>
       <c r="P191" s="20"/>
       <c r="Q191" s="27"/>
       <c r="R191" s="5"/>
       <c r="S191" s="5"/>
       <c r="T191" s="27"/>
       <c r="U191" s="5"/>
       <c r="V191" s="5"/>
       <c r="W191" s="27"/>
       <c r="X191" s="5"/>
       <c r="Y191" s="27"/>
       <c r="Z191" s="21"/>
     </row>
-    <row r="192" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="192" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A192" s="19"/>
       <c r="B192" s="5"/>
       <c r="C192" s="27"/>
       <c r="D192" s="27"/>
       <c r="E192" s="27"/>
       <c r="F192" s="27"/>
       <c r="G192" s="27"/>
       <c r="H192" s="27"/>
       <c r="I192" s="27"/>
       <c r="J192" s="27"/>
       <c r="K192" s="27"/>
       <c r="L192" s="36"/>
       <c r="M192" s="36"/>
       <c r="N192" s="36"/>
       <c r="O192" s="5"/>
       <c r="P192" s="20"/>
       <c r="Q192" s="27"/>
       <c r="R192" s="5"/>
       <c r="S192" s="5"/>
       <c r="T192" s="27"/>
       <c r="U192" s="5"/>
       <c r="V192" s="5"/>
       <c r="W192" s="27"/>
       <c r="X192" s="5"/>
       <c r="Y192" s="27"/>
       <c r="Z192" s="21"/>
     </row>
-    <row r="193" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="193" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A193" s="19"/>
       <c r="B193" s="5"/>
       <c r="C193" s="27"/>
       <c r="D193" s="27"/>
       <c r="E193" s="27"/>
       <c r="F193" s="27"/>
       <c r="G193" s="27"/>
       <c r="H193" s="27"/>
       <c r="I193" s="27"/>
       <c r="J193" s="27"/>
       <c r="K193" s="27"/>
       <c r="L193" s="36"/>
       <c r="M193" s="36"/>
       <c r="N193" s="36"/>
       <c r="O193" s="5"/>
       <c r="P193" s="20"/>
       <c r="Q193" s="27"/>
       <c r="R193" s="5"/>
       <c r="S193" s="5"/>
       <c r="T193" s="27"/>
       <c r="U193" s="5"/>
       <c r="V193" s="5"/>
       <c r="W193" s="27"/>
       <c r="X193" s="5"/>
       <c r="Y193" s="27"/>
       <c r="Z193" s="21"/>
     </row>
-    <row r="194" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="194" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A194" s="19"/>
       <c r="B194" s="5"/>
       <c r="C194" s="27"/>
       <c r="D194" s="27"/>
       <c r="E194" s="27"/>
       <c r="F194" s="27"/>
       <c r="G194" s="27"/>
       <c r="H194" s="27"/>
       <c r="I194" s="27"/>
       <c r="J194" s="27"/>
       <c r="K194" s="27"/>
       <c r="L194" s="36"/>
       <c r="M194" s="36"/>
       <c r="N194" s="36"/>
       <c r="O194" s="5"/>
       <c r="P194" s="20"/>
       <c r="Q194" s="27"/>
       <c r="R194" s="5"/>
       <c r="S194" s="5"/>
       <c r="T194" s="27"/>
       <c r="U194" s="5"/>
       <c r="V194" s="5"/>
       <c r="W194" s="27"/>
       <c r="X194" s="5"/>
       <c r="Y194" s="27"/>
       <c r="Z194" s="21"/>
     </row>
-    <row r="195" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="195" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A195" s="19"/>
       <c r="B195" s="5"/>
       <c r="C195" s="27"/>
       <c r="D195" s="27"/>
       <c r="E195" s="27"/>
       <c r="F195" s="27"/>
       <c r="G195" s="27"/>
       <c r="H195" s="27"/>
       <c r="I195" s="27"/>
       <c r="J195" s="27"/>
       <c r="K195" s="27"/>
       <c r="L195" s="36"/>
       <c r="M195" s="36"/>
       <c r="N195" s="36"/>
       <c r="O195" s="5"/>
       <c r="P195" s="20"/>
       <c r="Q195" s="27"/>
       <c r="R195" s="5"/>
       <c r="S195" s="5"/>
       <c r="T195" s="27"/>
       <c r="U195" s="5"/>
       <c r="V195" s="5"/>
       <c r="W195" s="27"/>
       <c r="X195" s="5"/>
       <c r="Y195" s="27"/>
       <c r="Z195" s="21"/>
     </row>
-    <row r="196" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="196" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A196" s="19"/>
       <c r="B196" s="5"/>
       <c r="C196" s="27"/>
       <c r="D196" s="27"/>
       <c r="E196" s="27"/>
       <c r="F196" s="27"/>
       <c r="G196" s="27"/>
       <c r="H196" s="27"/>
       <c r="I196" s="27"/>
       <c r="J196" s="27"/>
       <c r="K196" s="27"/>
       <c r="L196" s="36"/>
       <c r="M196" s="36"/>
       <c r="N196" s="36"/>
       <c r="O196" s="5"/>
       <c r="P196" s="20"/>
       <c r="Q196" s="27"/>
       <c r="R196" s="5"/>
       <c r="S196" s="5"/>
       <c r="T196" s="27"/>
       <c r="U196" s="5"/>
       <c r="V196" s="5"/>
       <c r="W196" s="27"/>
       <c r="X196" s="5"/>
       <c r="Y196" s="27"/>
       <c r="Z196" s="21"/>
     </row>
-    <row r="197" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="197" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A197" s="19"/>
       <c r="B197" s="5"/>
       <c r="C197" s="27"/>
       <c r="D197" s="27"/>
       <c r="E197" s="27"/>
       <c r="F197" s="27"/>
       <c r="G197" s="27"/>
       <c r="H197" s="27"/>
       <c r="I197" s="27"/>
       <c r="J197" s="27"/>
       <c r="K197" s="27"/>
       <c r="L197" s="36"/>
       <c r="M197" s="36"/>
       <c r="N197" s="36"/>
       <c r="O197" s="5"/>
       <c r="P197" s="20"/>
       <c r="Q197" s="27"/>
       <c r="R197" s="5"/>
       <c r="S197" s="5"/>
       <c r="T197" s="27"/>
       <c r="U197" s="5"/>
       <c r="V197" s="5"/>
       <c r="W197" s="27"/>
       <c r="X197" s="5"/>
       <c r="Y197" s="27"/>
       <c r="Z197" s="21"/>
     </row>
-    <row r="198" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="198" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A198" s="19"/>
       <c r="B198" s="5"/>
       <c r="C198" s="27"/>
       <c r="D198" s="27"/>
       <c r="E198" s="27"/>
       <c r="F198" s="27"/>
       <c r="G198" s="27"/>
       <c r="H198" s="27"/>
       <c r="I198" s="27"/>
       <c r="J198" s="27"/>
       <c r="K198" s="27"/>
       <c r="L198" s="36"/>
       <c r="M198" s="36"/>
       <c r="N198" s="36"/>
       <c r="O198" s="5"/>
       <c r="P198" s="20"/>
       <c r="Q198" s="27"/>
       <c r="R198" s="5"/>
       <c r="S198" s="5"/>
       <c r="T198" s="27"/>
       <c r="U198" s="5"/>
       <c r="V198" s="5"/>
       <c r="W198" s="27"/>
       <c r="X198" s="5"/>
       <c r="Y198" s="27"/>
       <c r="Z198" s="21"/>
     </row>
-    <row r="199" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="199" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A199" s="19"/>
       <c r="B199" s="5"/>
       <c r="C199" s="27"/>
       <c r="D199" s="27"/>
       <c r="E199" s="27"/>
       <c r="F199" s="27"/>
       <c r="G199" s="27"/>
       <c r="H199" s="27"/>
       <c r="I199" s="27"/>
       <c r="J199" s="27"/>
       <c r="K199" s="27"/>
       <c r="L199" s="36"/>
       <c r="M199" s="36"/>
       <c r="N199" s="36"/>
       <c r="O199" s="5"/>
       <c r="P199" s="20"/>
       <c r="Q199" s="27"/>
       <c r="R199" s="5"/>
       <c r="S199" s="5"/>
       <c r="T199" s="27"/>
       <c r="U199" s="5"/>
       <c r="V199" s="5"/>
       <c r="W199" s="27"/>
       <c r="X199" s="5"/>
       <c r="Y199" s="27"/>
       <c r="Z199" s="21"/>
     </row>
-    <row r="200" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="200" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A200" s="19"/>
       <c r="B200" s="5"/>
       <c r="C200" s="27"/>
       <c r="D200" s="27"/>
       <c r="E200" s="27"/>
       <c r="F200" s="27"/>
       <c r="G200" s="27"/>
       <c r="H200" s="27"/>
       <c r="I200" s="27"/>
       <c r="J200" s="27"/>
       <c r="K200" s="27"/>
       <c r="L200" s="36"/>
       <c r="M200" s="36"/>
       <c r="N200" s="36"/>
       <c r="O200" s="5"/>
       <c r="P200" s="20"/>
       <c r="Q200" s="27"/>
       <c r="R200" s="5"/>
       <c r="S200" s="5"/>
       <c r="T200" s="27"/>
       <c r="U200" s="5"/>
       <c r="V200" s="5"/>
       <c r="W200" s="27"/>
       <c r="X200" s="5"/>
       <c r="Y200" s="27"/>
       <c r="Z200" s="21"/>
     </row>
-    <row r="201" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="201" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A201" s="19"/>
       <c r="B201" s="5"/>
       <c r="C201" s="27"/>
       <c r="D201" s="27"/>
       <c r="E201" s="27"/>
       <c r="F201" s="27"/>
       <c r="G201" s="27"/>
       <c r="H201" s="27"/>
       <c r="I201" s="27"/>
       <c r="J201" s="27"/>
       <c r="K201" s="27"/>
       <c r="L201" s="36"/>
       <c r="M201" s="36"/>
       <c r="N201" s="36"/>
       <c r="O201" s="5"/>
       <c r="P201" s="20"/>
       <c r="Q201" s="27"/>
       <c r="R201" s="5"/>
       <c r="S201" s="5"/>
       <c r="T201" s="27"/>
       <c r="U201" s="5"/>
       <c r="V201" s="5"/>
       <c r="W201" s="27"/>
       <c r="X201" s="5"/>
       <c r="Y201" s="27"/>
       <c r="Z201" s="21"/>
     </row>
-    <row r="202" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="202" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A202" s="19"/>
       <c r="B202" s="5"/>
       <c r="C202" s="27"/>
       <c r="D202" s="27"/>
       <c r="E202" s="27"/>
       <c r="F202" s="27"/>
       <c r="G202" s="27"/>
       <c r="H202" s="27"/>
       <c r="I202" s="27"/>
       <c r="J202" s="27"/>
       <c r="K202" s="27"/>
       <c r="L202" s="36"/>
       <c r="M202" s="36"/>
       <c r="N202" s="36"/>
       <c r="O202" s="5"/>
       <c r="P202" s="20"/>
       <c r="Q202" s="27"/>
       <c r="R202" s="5"/>
       <c r="S202" s="5"/>
       <c r="T202" s="27"/>
       <c r="U202" s="5"/>
       <c r="V202" s="5"/>
       <c r="W202" s="27"/>
       <c r="X202" s="5"/>
       <c r="Y202" s="27"/>
       <c r="Z202" s="21"/>
     </row>
-    <row r="203" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="203" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A203" s="19"/>
       <c r="B203" s="5"/>
       <c r="C203" s="27"/>
       <c r="D203" s="27"/>
       <c r="E203" s="27"/>
       <c r="F203" s="27"/>
       <c r="G203" s="27"/>
       <c r="H203" s="27"/>
       <c r="I203" s="27"/>
       <c r="J203" s="27"/>
       <c r="K203" s="27"/>
       <c r="L203" s="36"/>
       <c r="M203" s="36"/>
       <c r="N203" s="36"/>
       <c r="O203" s="5"/>
       <c r="P203" s="20"/>
       <c r="Q203" s="27"/>
       <c r="R203" s="5"/>
       <c r="S203" s="5"/>
       <c r="T203" s="27"/>
       <c r="U203" s="5"/>
       <c r="V203" s="5"/>
       <c r="W203" s="27"/>
       <c r="X203" s="5"/>
       <c r="Y203" s="27"/>
       <c r="Z203" s="21"/>
     </row>
-    <row r="204" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="204" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A204" s="19"/>
       <c r="B204" s="5"/>
       <c r="C204" s="27"/>
       <c r="D204" s="27"/>
       <c r="E204" s="27"/>
       <c r="F204" s="27"/>
       <c r="G204" s="27"/>
       <c r="H204" s="27"/>
       <c r="I204" s="27"/>
       <c r="J204" s="27"/>
       <c r="K204" s="27"/>
       <c r="L204" s="36"/>
       <c r="M204" s="36"/>
       <c r="N204" s="36"/>
       <c r="O204" s="5"/>
       <c r="P204" s="20"/>
       <c r="Q204" s="27"/>
       <c r="R204" s="5"/>
       <c r="S204" s="5"/>
       <c r="T204" s="27"/>
       <c r="U204" s="5"/>
       <c r="V204" s="5"/>
       <c r="W204" s="27"/>
       <c r="X204" s="5"/>
       <c r="Y204" s="27"/>
       <c r="Z204" s="21"/>
     </row>
-    <row r="205" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="205" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A205" s="19"/>
       <c r="B205" s="5"/>
       <c r="C205" s="27"/>
       <c r="D205" s="27"/>
       <c r="E205" s="27"/>
       <c r="F205" s="27"/>
       <c r="G205" s="27"/>
       <c r="H205" s="27"/>
       <c r="I205" s="27"/>
       <c r="J205" s="27"/>
       <c r="K205" s="27"/>
       <c r="L205" s="36"/>
       <c r="M205" s="36"/>
       <c r="N205" s="36"/>
       <c r="O205" s="5"/>
       <c r="P205" s="20"/>
       <c r="Q205" s="27"/>
       <c r="R205" s="5"/>
       <c r="S205" s="5"/>
       <c r="T205" s="27"/>
       <c r="U205" s="5"/>
       <c r="V205" s="5"/>
       <c r="W205" s="27"/>
       <c r="X205" s="5"/>
       <c r="Y205" s="27"/>
       <c r="Z205" s="21"/>
     </row>
-    <row r="206" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="206" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A206" s="19"/>
       <c r="B206" s="5"/>
       <c r="C206" s="27"/>
       <c r="D206" s="27"/>
       <c r="E206" s="27"/>
       <c r="F206" s="27"/>
       <c r="G206" s="27"/>
       <c r="H206" s="27"/>
       <c r="I206" s="27"/>
       <c r="J206" s="27"/>
       <c r="K206" s="27"/>
       <c r="L206" s="36"/>
       <c r="M206" s="36"/>
       <c r="N206" s="36"/>
       <c r="O206" s="5"/>
       <c r="P206" s="20"/>
       <c r="Q206" s="27"/>
       <c r="R206" s="5"/>
       <c r="S206" s="5"/>
       <c r="T206" s="27"/>
       <c r="U206" s="5"/>
       <c r="V206" s="5"/>
       <c r="W206" s="27"/>
       <c r="X206" s="5"/>
       <c r="Y206" s="27"/>
       <c r="Z206" s="21"/>
     </row>
-    <row r="207" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="207" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A207" s="19"/>
       <c r="B207" s="5"/>
       <c r="C207" s="27"/>
       <c r="D207" s="27"/>
       <c r="E207" s="27"/>
       <c r="F207" s="27"/>
       <c r="G207" s="27"/>
       <c r="H207" s="27"/>
       <c r="I207" s="27"/>
       <c r="J207" s="27"/>
       <c r="K207" s="27"/>
       <c r="L207" s="36"/>
       <c r="M207" s="36"/>
       <c r="N207" s="36"/>
       <c r="O207" s="5"/>
       <c r="P207" s="20"/>
       <c r="Q207" s="27"/>
       <c r="R207" s="5"/>
       <c r="S207" s="5"/>
       <c r="T207" s="27"/>
       <c r="U207" s="5"/>
       <c r="V207" s="5"/>
       <c r="W207" s="27"/>
       <c r="X207" s="5"/>
       <c r="Y207" s="27"/>
       <c r="Z207" s="21"/>
     </row>
-    <row r="208" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="208" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A208" s="19"/>
       <c r="B208" s="5"/>
       <c r="C208" s="27"/>
       <c r="D208" s="27"/>
       <c r="E208" s="27"/>
       <c r="F208" s="27"/>
       <c r="G208" s="27"/>
       <c r="H208" s="27"/>
       <c r="I208" s="27"/>
       <c r="J208" s="27"/>
       <c r="K208" s="27"/>
       <c r="L208" s="36"/>
       <c r="M208" s="36"/>
       <c r="N208" s="36"/>
       <c r="O208" s="5"/>
       <c r="P208" s="20"/>
       <c r="Q208" s="27"/>
       <c r="R208" s="5"/>
       <c r="S208" s="5"/>
       <c r="T208" s="27"/>
       <c r="U208" s="5"/>
       <c r="V208" s="5"/>
       <c r="W208" s="27"/>
       <c r="X208" s="5"/>
       <c r="Y208" s="27"/>
       <c r="Z208" s="21"/>
     </row>
-    <row r="209" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="209" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A209" s="19"/>
       <c r="B209" s="5"/>
       <c r="C209" s="27"/>
       <c r="D209" s="27"/>
       <c r="E209" s="27"/>
       <c r="F209" s="27"/>
       <c r="G209" s="27"/>
       <c r="H209" s="27"/>
       <c r="I209" s="27"/>
       <c r="J209" s="27"/>
       <c r="K209" s="27"/>
       <c r="L209" s="36"/>
       <c r="M209" s="36"/>
       <c r="N209" s="36"/>
       <c r="O209" s="5"/>
       <c r="P209" s="20"/>
       <c r="Q209" s="27"/>
       <c r="R209" s="5"/>
       <c r="S209" s="5"/>
       <c r="T209" s="27"/>
       <c r="U209" s="5"/>
       <c r="V209" s="5"/>
       <c r="W209" s="27"/>
       <c r="X209" s="5"/>
       <c r="Y209" s="27"/>
       <c r="Z209" s="21"/>
     </row>
-    <row r="210" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="210" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A210" s="19"/>
       <c r="B210" s="5"/>
       <c r="C210" s="27"/>
       <c r="D210" s="27"/>
       <c r="E210" s="27"/>
       <c r="F210" s="27"/>
       <c r="G210" s="27"/>
       <c r="H210" s="27"/>
       <c r="I210" s="27"/>
       <c r="J210" s="27"/>
       <c r="K210" s="27"/>
       <c r="L210" s="36"/>
       <c r="M210" s="36"/>
       <c r="N210" s="36"/>
       <c r="O210" s="5"/>
       <c r="P210" s="20"/>
       <c r="Q210" s="27"/>
       <c r="R210" s="5"/>
       <c r="S210" s="5"/>
       <c r="T210" s="27"/>
       <c r="U210" s="5"/>
       <c r="V210" s="5"/>
       <c r="W210" s="27"/>
       <c r="X210" s="5"/>
       <c r="Y210" s="27"/>
       <c r="Z210" s="21"/>
     </row>
-    <row r="211" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="211" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A211" s="19"/>
       <c r="B211" s="5"/>
       <c r="C211" s="27"/>
       <c r="D211" s="27"/>
       <c r="E211" s="27"/>
       <c r="F211" s="27"/>
       <c r="G211" s="27"/>
       <c r="H211" s="27"/>
       <c r="I211" s="27"/>
       <c r="J211" s="27"/>
       <c r="K211" s="27"/>
       <c r="L211" s="36"/>
       <c r="M211" s="36"/>
       <c r="N211" s="36"/>
       <c r="O211" s="5"/>
       <c r="P211" s="20"/>
       <c r="Q211" s="27"/>
       <c r="R211" s="5"/>
       <c r="S211" s="5"/>
       <c r="T211" s="27"/>
       <c r="U211" s="5"/>
       <c r="V211" s="5"/>
       <c r="W211" s="27"/>
       <c r="X211" s="5"/>
       <c r="Y211" s="27"/>
       <c r="Z211" s="21"/>
     </row>
-    <row r="212" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="212" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A212" s="19"/>
       <c r="B212" s="5"/>
       <c r="C212" s="27"/>
       <c r="D212" s="27"/>
       <c r="E212" s="27"/>
       <c r="F212" s="27"/>
       <c r="G212" s="27"/>
       <c r="H212" s="27"/>
       <c r="I212" s="27"/>
       <c r="J212" s="27"/>
       <c r="K212" s="27"/>
       <c r="L212" s="36"/>
       <c r="M212" s="36"/>
       <c r="N212" s="36"/>
       <c r="O212" s="5"/>
       <c r="P212" s="20"/>
       <c r="Q212" s="27"/>
       <c r="R212" s="5"/>
       <c r="S212" s="5"/>
       <c r="T212" s="27"/>
       <c r="U212" s="5"/>
       <c r="V212" s="5"/>
       <c r="W212" s="27"/>
       <c r="X212" s="5"/>
       <c r="Y212" s="27"/>
       <c r="Z212" s="21"/>
     </row>
-    <row r="213" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="213" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A213" s="19"/>
       <c r="B213" s="5"/>
       <c r="C213" s="27"/>
       <c r="D213" s="27"/>
       <c r="E213" s="27"/>
       <c r="F213" s="27"/>
       <c r="G213" s="27"/>
       <c r="H213" s="27"/>
       <c r="I213" s="27"/>
       <c r="J213" s="27"/>
       <c r="K213" s="27"/>
       <c r="L213" s="36"/>
       <c r="M213" s="36"/>
       <c r="N213" s="36"/>
       <c r="O213" s="5"/>
       <c r="P213" s="20"/>
       <c r="Q213" s="27"/>
       <c r="R213" s="5"/>
       <c r="S213" s="5"/>
       <c r="T213" s="27"/>
       <c r="U213" s="5"/>
       <c r="V213" s="5"/>
       <c r="W213" s="27"/>
       <c r="X213" s="5"/>
       <c r="Y213" s="27"/>
       <c r="Z213" s="21"/>
     </row>
-    <row r="214" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="214" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A214" s="19"/>
       <c r="B214" s="5"/>
       <c r="C214" s="27"/>
       <c r="D214" s="27"/>
       <c r="E214" s="27"/>
       <c r="F214" s="27"/>
       <c r="G214" s="27"/>
       <c r="H214" s="27"/>
       <c r="I214" s="27"/>
       <c r="J214" s="27"/>
       <c r="K214" s="27"/>
       <c r="L214" s="36"/>
       <c r="M214" s="36"/>
       <c r="N214" s="36"/>
       <c r="O214" s="5"/>
       <c r="P214" s="20"/>
       <c r="Q214" s="27"/>
       <c r="R214" s="5"/>
       <c r="S214" s="5"/>
       <c r="T214" s="27"/>
       <c r="U214" s="5"/>
       <c r="V214" s="5"/>
       <c r="W214" s="27"/>
       <c r="X214" s="5"/>
       <c r="Y214" s="27"/>
       <c r="Z214" s="21"/>
     </row>
-    <row r="215" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="215" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A215" s="19"/>
       <c r="B215" s="5"/>
       <c r="C215" s="27"/>
       <c r="D215" s="27"/>
       <c r="E215" s="27"/>
       <c r="F215" s="27"/>
       <c r="G215" s="27"/>
       <c r="H215" s="27"/>
       <c r="I215" s="27"/>
       <c r="J215" s="27"/>
       <c r="K215" s="27"/>
       <c r="L215" s="36"/>
       <c r="M215" s="36"/>
       <c r="N215" s="36"/>
       <c r="O215" s="5"/>
       <c r="P215" s="20"/>
       <c r="Q215" s="27"/>
       <c r="R215" s="5"/>
       <c r="S215" s="5"/>
       <c r="T215" s="27"/>
       <c r="U215" s="5"/>
       <c r="V215" s="5"/>
       <c r="W215" s="27"/>
       <c r="X215" s="5"/>
       <c r="Y215" s="27"/>
       <c r="Z215" s="21"/>
     </row>
-    <row r="216" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="216" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A216" s="19"/>
       <c r="B216" s="5"/>
       <c r="C216" s="27"/>
       <c r="D216" s="27"/>
       <c r="E216" s="27"/>
       <c r="F216" s="27"/>
       <c r="G216" s="27"/>
       <c r="H216" s="27"/>
       <c r="I216" s="27"/>
       <c r="J216" s="27"/>
       <c r="K216" s="27"/>
       <c r="L216" s="36"/>
       <c r="M216" s="36"/>
       <c r="N216" s="36"/>
       <c r="O216" s="5"/>
       <c r="P216" s="20"/>
       <c r="Q216" s="27"/>
       <c r="R216" s="5"/>
       <c r="S216" s="5"/>
       <c r="T216" s="27"/>
       <c r="U216" s="5"/>
       <c r="V216" s="5"/>
       <c r="W216" s="27"/>
       <c r="X216" s="5"/>
       <c r="Y216" s="27"/>
       <c r="Z216" s="21"/>
     </row>
-    <row r="217" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="217" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A217" s="19"/>
       <c r="B217" s="5"/>
       <c r="C217" s="27"/>
       <c r="D217" s="27"/>
       <c r="E217" s="27"/>
       <c r="F217" s="27"/>
       <c r="G217" s="27"/>
       <c r="H217" s="27"/>
       <c r="I217" s="27"/>
       <c r="J217" s="27"/>
       <c r="K217" s="27"/>
       <c r="L217" s="36"/>
       <c r="M217" s="36"/>
       <c r="N217" s="36"/>
       <c r="O217" s="5"/>
       <c r="P217" s="20"/>
       <c r="Q217" s="27"/>
       <c r="R217" s="5"/>
       <c r="S217" s="5"/>
       <c r="T217" s="27"/>
       <c r="U217" s="5"/>
       <c r="V217" s="5"/>
       <c r="W217" s="27"/>
       <c r="X217" s="5"/>
       <c r="Y217" s="27"/>
       <c r="Z217" s="21"/>
     </row>
-    <row r="218" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="218" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A218" s="19"/>
       <c r="B218" s="5"/>
       <c r="C218" s="27"/>
       <c r="D218" s="27"/>
       <c r="E218" s="27"/>
       <c r="F218" s="27"/>
       <c r="G218" s="27"/>
       <c r="H218" s="27"/>
       <c r="I218" s="27"/>
       <c r="J218" s="27"/>
       <c r="K218" s="27"/>
       <c r="L218" s="36"/>
       <c r="M218" s="36"/>
       <c r="N218" s="36"/>
       <c r="O218" s="5"/>
       <c r="P218" s="20"/>
       <c r="Q218" s="27"/>
       <c r="R218" s="5"/>
       <c r="S218" s="5"/>
       <c r="T218" s="27"/>
       <c r="U218" s="5"/>
       <c r="V218" s="5"/>
       <c r="W218" s="27"/>
       <c r="X218" s="5"/>
       <c r="Y218" s="27"/>
       <c r="Z218" s="21"/>
     </row>
-    <row r="219" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="219" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A219" s="19"/>
       <c r="B219" s="5"/>
       <c r="C219" s="27"/>
       <c r="D219" s="27"/>
       <c r="E219" s="27"/>
       <c r="F219" s="27"/>
       <c r="G219" s="27"/>
       <c r="H219" s="27"/>
       <c r="I219" s="27"/>
       <c r="J219" s="27"/>
       <c r="K219" s="27"/>
       <c r="L219" s="36"/>
       <c r="M219" s="36"/>
       <c r="N219" s="36"/>
       <c r="O219" s="5"/>
       <c r="P219" s="20"/>
       <c r="Q219" s="27"/>
       <c r="R219" s="5"/>
       <c r="S219" s="5"/>
       <c r="T219" s="27"/>
       <c r="U219" s="5"/>
       <c r="V219" s="5"/>
       <c r="W219" s="27"/>
       <c r="X219" s="5"/>
       <c r="Y219" s="27"/>
       <c r="Z219" s="21"/>
     </row>
-    <row r="220" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="220" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A220" s="19"/>
       <c r="B220" s="5"/>
       <c r="C220" s="27"/>
       <c r="D220" s="27"/>
       <c r="E220" s="27"/>
       <c r="F220" s="27"/>
       <c r="G220" s="27"/>
       <c r="H220" s="27"/>
       <c r="I220" s="27"/>
       <c r="J220" s="27"/>
       <c r="K220" s="27"/>
       <c r="L220" s="36"/>
       <c r="M220" s="36"/>
       <c r="N220" s="36"/>
       <c r="O220" s="5"/>
       <c r="P220" s="20"/>
       <c r="Q220" s="27"/>
       <c r="R220" s="5"/>
       <c r="S220" s="5"/>
       <c r="T220" s="27"/>
       <c r="U220" s="5"/>
       <c r="V220" s="5"/>
       <c r="W220" s="27"/>
       <c r="X220" s="5"/>
       <c r="Y220" s="27"/>
       <c r="Z220" s="21"/>
     </row>
-    <row r="221" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="221" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A221" s="19"/>
       <c r="B221" s="5"/>
       <c r="C221" s="27"/>
       <c r="D221" s="27"/>
       <c r="E221" s="27"/>
       <c r="F221" s="27"/>
       <c r="G221" s="27"/>
       <c r="H221" s="27"/>
       <c r="I221" s="27"/>
       <c r="J221" s="27"/>
       <c r="K221" s="27"/>
       <c r="L221" s="36"/>
       <c r="M221" s="36"/>
       <c r="N221" s="36"/>
       <c r="O221" s="5"/>
       <c r="P221" s="20"/>
       <c r="Q221" s="27"/>
       <c r="R221" s="5"/>
       <c r="S221" s="5"/>
       <c r="T221" s="27"/>
       <c r="U221" s="5"/>
       <c r="V221" s="5"/>
       <c r="W221" s="27"/>
       <c r="X221" s="5"/>
       <c r="Y221" s="27"/>
       <c r="Z221" s="21"/>
     </row>
-    <row r="222" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="222" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A222" s="19"/>
       <c r="B222" s="5"/>
       <c r="C222" s="27"/>
       <c r="D222" s="27"/>
       <c r="E222" s="27"/>
       <c r="F222" s="27"/>
       <c r="G222" s="27"/>
       <c r="H222" s="27"/>
       <c r="I222" s="27"/>
       <c r="J222" s="27"/>
       <c r="K222" s="27"/>
       <c r="L222" s="36"/>
       <c r="M222" s="36"/>
       <c r="N222" s="36"/>
       <c r="O222" s="5"/>
       <c r="P222" s="20"/>
       <c r="Q222" s="27"/>
       <c r="R222" s="5"/>
       <c r="S222" s="5"/>
       <c r="T222" s="27"/>
       <c r="U222" s="5"/>
       <c r="V222" s="5"/>
       <c r="W222" s="27"/>
       <c r="X222" s="5"/>
       <c r="Y222" s="27"/>
       <c r="Z222" s="21"/>
     </row>
-    <row r="223" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="223" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A223" s="19"/>
       <c r="B223" s="5"/>
       <c r="C223" s="27"/>
       <c r="D223" s="27"/>
       <c r="E223" s="27"/>
       <c r="F223" s="27"/>
       <c r="G223" s="27"/>
       <c r="H223" s="27"/>
       <c r="I223" s="27"/>
       <c r="J223" s="27"/>
       <c r="K223" s="27"/>
       <c r="L223" s="36"/>
       <c r="M223" s="36"/>
       <c r="N223" s="36"/>
       <c r="O223" s="5"/>
       <c r="P223" s="20"/>
       <c r="Q223" s="27"/>
       <c r="R223" s="5"/>
       <c r="S223" s="5"/>
       <c r="T223" s="27"/>
       <c r="U223" s="5"/>
       <c r="V223" s="5"/>
       <c r="W223" s="27"/>
       <c r="X223" s="5"/>
       <c r="Y223" s="27"/>
       <c r="Z223" s="21"/>
     </row>
-    <row r="224" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="224" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A224" s="19"/>
       <c r="B224" s="5"/>
       <c r="C224" s="27"/>
       <c r="D224" s="27"/>
       <c r="E224" s="27"/>
       <c r="F224" s="27"/>
       <c r="G224" s="27"/>
       <c r="H224" s="27"/>
       <c r="I224" s="27"/>
       <c r="J224" s="27"/>
       <c r="K224" s="27"/>
       <c r="L224" s="36"/>
       <c r="M224" s="36"/>
       <c r="N224" s="36"/>
       <c r="O224" s="5"/>
       <c r="P224" s="20"/>
       <c r="Q224" s="27"/>
       <c r="R224" s="5"/>
       <c r="S224" s="5"/>
       <c r="T224" s="27"/>
       <c r="U224" s="5"/>
       <c r="V224" s="5"/>
       <c r="W224" s="27"/>
       <c r="X224" s="5"/>
       <c r="Y224" s="27"/>
       <c r="Z224" s="21"/>
     </row>
-    <row r="225" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="225" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A225" s="19"/>
       <c r="B225" s="5"/>
       <c r="C225" s="27"/>
       <c r="D225" s="27"/>
       <c r="E225" s="27"/>
       <c r="F225" s="27"/>
       <c r="G225" s="27"/>
       <c r="H225" s="27"/>
       <c r="I225" s="27"/>
       <c r="J225" s="27"/>
       <c r="K225" s="27"/>
       <c r="L225" s="36"/>
       <c r="M225" s="36"/>
       <c r="N225" s="36"/>
       <c r="O225" s="5"/>
       <c r="P225" s="20"/>
       <c r="Q225" s="27"/>
       <c r="R225" s="5"/>
       <c r="S225" s="5"/>
       <c r="T225" s="27"/>
       <c r="U225" s="5"/>
       <c r="V225" s="5"/>
       <c r="W225" s="27"/>
       <c r="X225" s="5"/>
       <c r="Y225" s="27"/>
       <c r="Z225" s="21"/>
     </row>
-    <row r="226" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="226" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A226" s="19"/>
       <c r="B226" s="5"/>
       <c r="C226" s="27"/>
       <c r="D226" s="27"/>
       <c r="E226" s="27"/>
       <c r="F226" s="27"/>
       <c r="G226" s="27"/>
       <c r="H226" s="27"/>
       <c r="I226" s="27"/>
       <c r="J226" s="27"/>
       <c r="K226" s="27"/>
       <c r="L226" s="36"/>
       <c r="M226" s="36"/>
       <c r="N226" s="36"/>
       <c r="O226" s="5"/>
       <c r="P226" s="20"/>
       <c r="Q226" s="27"/>
       <c r="R226" s="5"/>
       <c r="S226" s="5"/>
       <c r="T226" s="27"/>
       <c r="U226" s="5"/>
       <c r="V226" s="5"/>
       <c r="W226" s="27"/>
       <c r="X226" s="5"/>
       <c r="Y226" s="27"/>
       <c r="Z226" s="21"/>
     </row>
-    <row r="227" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="227" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A227" s="19"/>
       <c r="B227" s="5"/>
       <c r="C227" s="27"/>
       <c r="D227" s="27"/>
       <c r="E227" s="27"/>
       <c r="F227" s="27"/>
       <c r="G227" s="27"/>
       <c r="H227" s="27"/>
       <c r="I227" s="27"/>
       <c r="J227" s="27"/>
       <c r="K227" s="27"/>
       <c r="L227" s="36"/>
       <c r="M227" s="36"/>
       <c r="N227" s="36"/>
       <c r="O227" s="5"/>
       <c r="P227" s="20"/>
       <c r="Q227" s="27"/>
       <c r="R227" s="5"/>
       <c r="S227" s="5"/>
       <c r="T227" s="27"/>
       <c r="U227" s="5"/>
       <c r="V227" s="5"/>
       <c r="W227" s="27"/>
       <c r="X227" s="5"/>
       <c r="Y227" s="27"/>
       <c r="Z227" s="21"/>
     </row>
-    <row r="228" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="228" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A228" s="19"/>
       <c r="B228" s="5"/>
       <c r="C228" s="27"/>
       <c r="D228" s="27"/>
       <c r="E228" s="27"/>
       <c r="F228" s="27"/>
       <c r="G228" s="27"/>
       <c r="H228" s="27"/>
       <c r="I228" s="27"/>
       <c r="J228" s="27"/>
       <c r="K228" s="27"/>
       <c r="L228" s="36"/>
       <c r="M228" s="36"/>
       <c r="N228" s="36"/>
       <c r="O228" s="5"/>
       <c r="P228" s="20"/>
       <c r="Q228" s="27"/>
       <c r="R228" s="5"/>
       <c r="S228" s="5"/>
       <c r="T228" s="27"/>
       <c r="U228" s="5"/>
       <c r="V228" s="5"/>
       <c r="W228" s="27"/>
       <c r="X228" s="5"/>
       <c r="Y228" s="27"/>
       <c r="Z228" s="21"/>
     </row>
-    <row r="229" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="229" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A229" s="19"/>
       <c r="B229" s="5"/>
       <c r="C229" s="27"/>
       <c r="D229" s="27"/>
       <c r="E229" s="27"/>
       <c r="F229" s="27"/>
       <c r="G229" s="27"/>
       <c r="H229" s="27"/>
       <c r="I229" s="27"/>
       <c r="J229" s="27"/>
       <c r="K229" s="27"/>
       <c r="L229" s="36"/>
       <c r="M229" s="36"/>
       <c r="N229" s="36"/>
       <c r="O229" s="5"/>
       <c r="P229" s="20"/>
       <c r="Q229" s="27"/>
       <c r="R229" s="5"/>
       <c r="S229" s="5"/>
       <c r="T229" s="27"/>
       <c r="U229" s="5"/>
       <c r="V229" s="5"/>
       <c r="W229" s="27"/>
       <c r="X229" s="5"/>
       <c r="Y229" s="27"/>
       <c r="Z229" s="21"/>
     </row>
-    <row r="230" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="230" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A230" s="19"/>
       <c r="B230" s="5"/>
       <c r="C230" s="27"/>
       <c r="D230" s="27"/>
       <c r="E230" s="27"/>
       <c r="F230" s="27"/>
       <c r="G230" s="27"/>
       <c r="H230" s="27"/>
       <c r="I230" s="27"/>
       <c r="J230" s="27"/>
       <c r="K230" s="27"/>
       <c r="L230" s="36"/>
       <c r="M230" s="36"/>
       <c r="N230" s="36"/>
       <c r="O230" s="5"/>
       <c r="P230" s="20"/>
       <c r="Q230" s="27"/>
       <c r="R230" s="5"/>
       <c r="S230" s="5"/>
       <c r="T230" s="27"/>
       <c r="U230" s="5"/>
       <c r="V230" s="5"/>
       <c r="W230" s="27"/>
       <c r="X230" s="5"/>
       <c r="Y230" s="27"/>
       <c r="Z230" s="21"/>
     </row>
-    <row r="231" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="231" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A231" s="19"/>
       <c r="B231" s="5"/>
       <c r="C231" s="27"/>
       <c r="D231" s="27"/>
       <c r="E231" s="27"/>
       <c r="F231" s="27"/>
       <c r="G231" s="27"/>
       <c r="H231" s="27"/>
       <c r="I231" s="27"/>
       <c r="J231" s="27"/>
       <c r="K231" s="27"/>
       <c r="L231" s="36"/>
       <c r="M231" s="36"/>
       <c r="N231" s="36"/>
       <c r="O231" s="5"/>
       <c r="P231" s="20"/>
       <c r="Q231" s="27"/>
       <c r="R231" s="5"/>
       <c r="S231" s="5"/>
       <c r="T231" s="27"/>
       <c r="U231" s="5"/>
       <c r="V231" s="5"/>
       <c r="W231" s="27"/>
       <c r="X231" s="5"/>
       <c r="Y231" s="27"/>
       <c r="Z231" s="21"/>
     </row>
-    <row r="232" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="232" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A232" s="19"/>
       <c r="B232" s="5"/>
       <c r="C232" s="27"/>
       <c r="D232" s="27"/>
       <c r="E232" s="27"/>
       <c r="F232" s="27"/>
       <c r="G232" s="27"/>
       <c r="H232" s="27"/>
       <c r="I232" s="27"/>
       <c r="J232" s="27"/>
       <c r="K232" s="27"/>
       <c r="L232" s="36"/>
       <c r="M232" s="36"/>
       <c r="N232" s="36"/>
       <c r="O232" s="5"/>
       <c r="P232" s="20"/>
       <c r="Q232" s="27"/>
       <c r="R232" s="5"/>
       <c r="S232" s="5"/>
       <c r="T232" s="27"/>
       <c r="U232" s="5"/>
       <c r="V232" s="5"/>
       <c r="W232" s="27"/>
       <c r="X232" s="5"/>
       <c r="Y232" s="27"/>
       <c r="Z232" s="21"/>
     </row>
-    <row r="233" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="233" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A233" s="19"/>
       <c r="B233" s="5"/>
       <c r="C233" s="27"/>
       <c r="D233" s="27"/>
       <c r="E233" s="27"/>
       <c r="F233" s="27"/>
       <c r="G233" s="27"/>
       <c r="H233" s="27"/>
       <c r="I233" s="27"/>
       <c r="J233" s="27"/>
       <c r="K233" s="27"/>
       <c r="L233" s="36"/>
       <c r="M233" s="36"/>
       <c r="N233" s="36"/>
       <c r="O233" s="5"/>
       <c r="P233" s="20"/>
       <c r="Q233" s="27"/>
       <c r="R233" s="5"/>
       <c r="S233" s="5"/>
       <c r="T233" s="27"/>
       <c r="U233" s="5"/>
       <c r="V233" s="5"/>
       <c r="W233" s="27"/>
       <c r="X233" s="5"/>
       <c r="Y233" s="27"/>
       <c r="Z233" s="21"/>
     </row>
-    <row r="234" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="234" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A234" s="19"/>
       <c r="B234" s="5"/>
       <c r="C234" s="27"/>
       <c r="D234" s="27"/>
       <c r="E234" s="27"/>
       <c r="F234" s="27"/>
       <c r="G234" s="27"/>
       <c r="H234" s="27"/>
       <c r="I234" s="27"/>
       <c r="J234" s="27"/>
       <c r="K234" s="27"/>
       <c r="L234" s="36"/>
       <c r="M234" s="36"/>
       <c r="N234" s="36"/>
       <c r="O234" s="5"/>
       <c r="P234" s="20"/>
       <c r="Q234" s="27"/>
       <c r="R234" s="5"/>
       <c r="S234" s="5"/>
       <c r="T234" s="27"/>
       <c r="U234" s="5"/>
       <c r="V234" s="5"/>
       <c r="W234" s="27"/>
       <c r="X234" s="5"/>
       <c r="Y234" s="27"/>
       <c r="Z234" s="21"/>
     </row>
-    <row r="235" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="235" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A235" s="19"/>
       <c r="B235" s="5"/>
       <c r="C235" s="27"/>
       <c r="D235" s="27"/>
       <c r="E235" s="27"/>
       <c r="F235" s="27"/>
       <c r="G235" s="27"/>
       <c r="H235" s="27"/>
       <c r="I235" s="27"/>
       <c r="J235" s="27"/>
       <c r="K235" s="27"/>
       <c r="L235" s="36"/>
       <c r="M235" s="36"/>
       <c r="N235" s="36"/>
       <c r="O235" s="5"/>
       <c r="P235" s="20"/>
       <c r="Q235" s="27"/>
       <c r="R235" s="5"/>
       <c r="S235" s="5"/>
       <c r="T235" s="27"/>
       <c r="U235" s="5"/>
       <c r="V235" s="5"/>
       <c r="W235" s="27"/>
       <c r="X235" s="5"/>
       <c r="Y235" s="27"/>
       <c r="Z235" s="21"/>
     </row>
-    <row r="236" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="236" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A236" s="19"/>
       <c r="B236" s="5"/>
       <c r="C236" s="27"/>
       <c r="D236" s="27"/>
       <c r="E236" s="27"/>
       <c r="F236" s="27"/>
       <c r="G236" s="27"/>
       <c r="H236" s="27"/>
       <c r="I236" s="27"/>
       <c r="J236" s="27"/>
       <c r="K236" s="27"/>
       <c r="L236" s="36"/>
       <c r="M236" s="36"/>
       <c r="N236" s="36"/>
       <c r="O236" s="5"/>
       <c r="P236" s="20"/>
       <c r="Q236" s="27"/>
       <c r="R236" s="5"/>
       <c r="S236" s="5"/>
       <c r="T236" s="27"/>
       <c r="U236" s="5"/>
       <c r="V236" s="5"/>
       <c r="W236" s="27"/>
       <c r="X236" s="5"/>
       <c r="Y236" s="27"/>
       <c r="Z236" s="21"/>
     </row>
-    <row r="237" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="237" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A237" s="19"/>
       <c r="B237" s="5"/>
       <c r="C237" s="27"/>
       <c r="D237" s="27"/>
       <c r="E237" s="27"/>
       <c r="F237" s="27"/>
       <c r="G237" s="27"/>
       <c r="H237" s="27"/>
       <c r="I237" s="27"/>
       <c r="J237" s="27"/>
       <c r="K237" s="27"/>
       <c r="L237" s="36"/>
       <c r="M237" s="36"/>
       <c r="N237" s="36"/>
       <c r="O237" s="5"/>
       <c r="P237" s="20"/>
       <c r="Q237" s="27"/>
       <c r="R237" s="5"/>
       <c r="S237" s="5"/>
       <c r="T237" s="27"/>
       <c r="U237" s="5"/>
       <c r="V237" s="5"/>
       <c r="W237" s="27"/>
       <c r="X237" s="5"/>
       <c r="Y237" s="27"/>
       <c r="Z237" s="21"/>
     </row>
-    <row r="238" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="238" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A238" s="19"/>
       <c r="B238" s="5"/>
       <c r="C238" s="27"/>
       <c r="D238" s="27"/>
       <c r="E238" s="27"/>
       <c r="F238" s="27"/>
       <c r="G238" s="27"/>
       <c r="H238" s="27"/>
       <c r="I238" s="27"/>
       <c r="J238" s="27"/>
       <c r="K238" s="27"/>
       <c r="L238" s="36"/>
       <c r="M238" s="36"/>
       <c r="N238" s="36"/>
       <c r="O238" s="5"/>
       <c r="P238" s="20"/>
       <c r="Q238" s="27"/>
       <c r="R238" s="5"/>
       <c r="S238" s="5"/>
       <c r="T238" s="27"/>
       <c r="U238" s="5"/>
       <c r="V238" s="5"/>
       <c r="W238" s="27"/>
       <c r="X238" s="5"/>
       <c r="Y238" s="27"/>
       <c r="Z238" s="21"/>
     </row>
-    <row r="239" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="239" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A239" s="19"/>
       <c r="B239" s="5"/>
       <c r="C239" s="27"/>
       <c r="D239" s="27"/>
       <c r="E239" s="27"/>
       <c r="F239" s="27"/>
       <c r="G239" s="27"/>
       <c r="H239" s="27"/>
       <c r="I239" s="27"/>
       <c r="J239" s="27"/>
       <c r="K239" s="27"/>
       <c r="L239" s="36"/>
       <c r="M239" s="36"/>
       <c r="N239" s="36"/>
       <c r="O239" s="5"/>
       <c r="P239" s="20"/>
       <c r="Q239" s="27"/>
       <c r="R239" s="5"/>
       <c r="S239" s="5"/>
       <c r="T239" s="27"/>
       <c r="U239" s="5"/>
       <c r="V239" s="5"/>
       <c r="W239" s="27"/>
       <c r="X239" s="5"/>
       <c r="Y239" s="27"/>
       <c r="Z239" s="21"/>
     </row>
-    <row r="240" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="240" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A240" s="19"/>
       <c r="B240" s="5"/>
       <c r="C240" s="27"/>
       <c r="D240" s="27"/>
       <c r="E240" s="27"/>
       <c r="F240" s="27"/>
       <c r="G240" s="27"/>
       <c r="H240" s="27"/>
       <c r="I240" s="27"/>
       <c r="J240" s="27"/>
       <c r="K240" s="27"/>
       <c r="L240" s="36"/>
       <c r="M240" s="36"/>
       <c r="N240" s="36"/>
       <c r="O240" s="5"/>
       <c r="P240" s="20"/>
       <c r="Q240" s="27"/>
       <c r="R240" s="5"/>
       <c r="S240" s="5"/>
       <c r="T240" s="27"/>
       <c r="U240" s="5"/>
       <c r="V240" s="5"/>
       <c r="W240" s="27"/>
       <c r="X240" s="5"/>
       <c r="Y240" s="27"/>
       <c r="Z240" s="21"/>
     </row>
-    <row r="241" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="241" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A241" s="19"/>
       <c r="B241" s="5"/>
       <c r="C241" s="27"/>
       <c r="D241" s="27"/>
       <c r="E241" s="27"/>
       <c r="F241" s="27"/>
       <c r="G241" s="27"/>
       <c r="H241" s="27"/>
       <c r="I241" s="27"/>
       <c r="J241" s="27"/>
       <c r="K241" s="27"/>
       <c r="L241" s="36"/>
       <c r="M241" s="36"/>
       <c r="N241" s="36"/>
       <c r="O241" s="5"/>
       <c r="P241" s="20"/>
       <c r="Q241" s="27"/>
       <c r="R241" s="5"/>
       <c r="S241" s="5"/>
       <c r="T241" s="27"/>
       <c r="U241" s="5"/>
       <c r="V241" s="5"/>
       <c r="W241" s="27"/>
       <c r="X241" s="5"/>
       <c r="Y241" s="27"/>
       <c r="Z241" s="21"/>
     </row>
-    <row r="242" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="242" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A242" s="19"/>
       <c r="B242" s="5"/>
       <c r="C242" s="27"/>
       <c r="D242" s="27"/>
       <c r="E242" s="27"/>
       <c r="F242" s="27"/>
       <c r="G242" s="27"/>
       <c r="H242" s="27"/>
       <c r="I242" s="27"/>
       <c r="J242" s="27"/>
       <c r="K242" s="27"/>
       <c r="L242" s="36"/>
       <c r="M242" s="36"/>
       <c r="N242" s="36"/>
       <c r="O242" s="5"/>
       <c r="P242" s="20"/>
       <c r="Q242" s="27"/>
       <c r="R242" s="5"/>
       <c r="S242" s="5"/>
       <c r="T242" s="27"/>
       <c r="U242" s="5"/>
       <c r="V242" s="5"/>
       <c r="W242" s="27"/>
       <c r="X242" s="5"/>
       <c r="Y242" s="27"/>
       <c r="Z242" s="21"/>
     </row>
-    <row r="243" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="243" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A243" s="19"/>
       <c r="B243" s="5"/>
       <c r="C243" s="27"/>
       <c r="D243" s="27"/>
       <c r="E243" s="27"/>
       <c r="F243" s="27"/>
       <c r="G243" s="27"/>
       <c r="H243" s="27"/>
       <c r="I243" s="27"/>
       <c r="J243" s="27"/>
       <c r="K243" s="27"/>
       <c r="L243" s="36"/>
       <c r="M243" s="36"/>
       <c r="N243" s="36"/>
       <c r="O243" s="5"/>
       <c r="P243" s="20"/>
       <c r="Q243" s="27"/>
       <c r="R243" s="5"/>
       <c r="S243" s="5"/>
       <c r="T243" s="27"/>
       <c r="U243" s="5"/>
       <c r="V243" s="5"/>
       <c r="W243" s="27"/>
       <c r="X243" s="5"/>
       <c r="Y243" s="27"/>
       <c r="Z243" s="21"/>
     </row>
-    <row r="244" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="244" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A244" s="19"/>
       <c r="B244" s="5"/>
       <c r="C244" s="27"/>
       <c r="D244" s="27"/>
       <c r="E244" s="27"/>
       <c r="F244" s="27"/>
       <c r="G244" s="27"/>
       <c r="H244" s="27"/>
       <c r="I244" s="27"/>
       <c r="J244" s="27"/>
       <c r="K244" s="27"/>
       <c r="L244" s="36"/>
       <c r="M244" s="36"/>
       <c r="N244" s="36"/>
       <c r="O244" s="5"/>
       <c r="P244" s="20"/>
       <c r="Q244" s="27"/>
       <c r="R244" s="5"/>
       <c r="S244" s="5"/>
       <c r="T244" s="27"/>
       <c r="U244" s="5"/>
       <c r="V244" s="5"/>
       <c r="W244" s="27"/>
       <c r="X244" s="5"/>
       <c r="Y244" s="27"/>
       <c r="Z244" s="21"/>
     </row>
-    <row r="245" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="245" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A245" s="19"/>
       <c r="B245" s="5"/>
       <c r="C245" s="27"/>
       <c r="D245" s="27"/>
       <c r="E245" s="27"/>
       <c r="F245" s="27"/>
       <c r="G245" s="27"/>
       <c r="H245" s="27"/>
       <c r="I245" s="27"/>
       <c r="J245" s="27"/>
       <c r="K245" s="27"/>
       <c r="L245" s="36"/>
       <c r="M245" s="36"/>
       <c r="N245" s="36"/>
       <c r="O245" s="5"/>
       <c r="P245" s="20"/>
       <c r="Q245" s="27"/>
       <c r="R245" s="5"/>
       <c r="S245" s="5"/>
       <c r="T245" s="27"/>
       <c r="U245" s="5"/>
       <c r="V245" s="5"/>
       <c r="W245" s="27"/>
       <c r="X245" s="5"/>
       <c r="Y245" s="27"/>
       <c r="Z245" s="21"/>
     </row>
-    <row r="246" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="246" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A246" s="19"/>
       <c r="B246" s="5"/>
       <c r="C246" s="27"/>
       <c r="D246" s="27"/>
       <c r="E246" s="27"/>
       <c r="F246" s="27"/>
       <c r="G246" s="27"/>
       <c r="H246" s="27"/>
       <c r="I246" s="27"/>
       <c r="J246" s="27"/>
       <c r="K246" s="27"/>
       <c r="L246" s="36"/>
       <c r="M246" s="36"/>
       <c r="N246" s="36"/>
       <c r="O246" s="5"/>
       <c r="P246" s="20"/>
       <c r="Q246" s="27"/>
       <c r="R246" s="5"/>
       <c r="S246" s="5"/>
       <c r="T246" s="27"/>
       <c r="U246" s="5"/>
       <c r="V246" s="5"/>
       <c r="W246" s="27"/>
       <c r="X246" s="5"/>
       <c r="Y246" s="27"/>
       <c r="Z246" s="21"/>
     </row>
-    <row r="247" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="247" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A247" s="19"/>
       <c r="B247" s="5"/>
       <c r="C247" s="27"/>
       <c r="D247" s="27"/>
       <c r="E247" s="27"/>
       <c r="F247" s="27"/>
       <c r="G247" s="27"/>
       <c r="H247" s="27"/>
       <c r="I247" s="27"/>
       <c r="J247" s="27"/>
       <c r="K247" s="27"/>
       <c r="L247" s="36"/>
       <c r="M247" s="36"/>
       <c r="N247" s="36"/>
       <c r="O247" s="5"/>
       <c r="P247" s="20"/>
       <c r="Q247" s="27"/>
       <c r="R247" s="5"/>
       <c r="S247" s="5"/>
       <c r="T247" s="27"/>
       <c r="U247" s="5"/>
       <c r="V247" s="5"/>
       <c r="W247" s="27"/>
       <c r="X247" s="5"/>
       <c r="Y247" s="27"/>
       <c r="Z247" s="21"/>
     </row>
-    <row r="248" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="248" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A248" s="19"/>
       <c r="B248" s="5"/>
       <c r="C248" s="27"/>
       <c r="D248" s="27"/>
       <c r="E248" s="27"/>
       <c r="F248" s="27"/>
       <c r="G248" s="27"/>
       <c r="H248" s="27"/>
       <c r="I248" s="27"/>
       <c r="J248" s="27"/>
       <c r="K248" s="27"/>
       <c r="L248" s="36"/>
       <c r="M248" s="36"/>
       <c r="N248" s="36"/>
       <c r="O248" s="5"/>
       <c r="P248" s="20"/>
       <c r="Q248" s="27"/>
       <c r="R248" s="5"/>
       <c r="S248" s="5"/>
       <c r="T248" s="27"/>
       <c r="U248" s="5"/>
       <c r="V248" s="5"/>
       <c r="W248" s="27"/>
       <c r="X248" s="5"/>
       <c r="Y248" s="27"/>
       <c r="Z248" s="21"/>
     </row>
-    <row r="249" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="249" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A249" s="19"/>
       <c r="B249" s="5"/>
       <c r="C249" s="27"/>
       <c r="D249" s="27"/>
       <c r="E249" s="27"/>
       <c r="F249" s="27"/>
       <c r="G249" s="27"/>
       <c r="H249" s="27"/>
       <c r="I249" s="27"/>
       <c r="J249" s="27"/>
       <c r="K249" s="27"/>
       <c r="L249" s="36"/>
       <c r="M249" s="36"/>
       <c r="N249" s="36"/>
       <c r="O249" s="5"/>
       <c r="P249" s="20"/>
       <c r="Q249" s="27"/>
       <c r="R249" s="5"/>
       <c r="S249" s="5"/>
       <c r="T249" s="27"/>
       <c r="U249" s="5"/>
       <c r="V249" s="5"/>
       <c r="W249" s="27"/>
       <c r="X249" s="5"/>
       <c r="Y249" s="27"/>
       <c r="Z249" s="21"/>
     </row>
-    <row r="250" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="250" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A250" s="19"/>
       <c r="B250" s="5"/>
       <c r="C250" s="27"/>
       <c r="D250" s="27"/>
       <c r="E250" s="27"/>
       <c r="F250" s="27"/>
       <c r="G250" s="27"/>
       <c r="H250" s="27"/>
       <c r="I250" s="27"/>
       <c r="J250" s="27"/>
       <c r="K250" s="27"/>
       <c r="L250" s="36"/>
       <c r="M250" s="36"/>
       <c r="N250" s="36"/>
       <c r="O250" s="5"/>
       <c r="P250" s="20"/>
       <c r="Q250" s="27"/>
       <c r="R250" s="5"/>
       <c r="S250" s="5"/>
       <c r="T250" s="27"/>
       <c r="U250" s="5"/>
       <c r="V250" s="5"/>
       <c r="W250" s="27"/>
       <c r="X250" s="5"/>
       <c r="Y250" s="27"/>
       <c r="Z250" s="21"/>
     </row>
-    <row r="251" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="251" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A251" s="19"/>
       <c r="B251" s="5"/>
       <c r="C251" s="27"/>
       <c r="D251" s="27"/>
       <c r="E251" s="27"/>
       <c r="F251" s="27"/>
       <c r="G251" s="27"/>
       <c r="H251" s="27"/>
       <c r="I251" s="27"/>
       <c r="J251" s="27"/>
       <c r="K251" s="27"/>
       <c r="L251" s="36"/>
       <c r="M251" s="36"/>
       <c r="N251" s="36"/>
       <c r="O251" s="5"/>
       <c r="P251" s="20"/>
       <c r="Q251" s="27"/>
       <c r="R251" s="5"/>
       <c r="S251" s="5"/>
       <c r="T251" s="27"/>
       <c r="U251" s="5"/>
       <c r="V251" s="5"/>
       <c r="W251" s="27"/>
       <c r="X251" s="5"/>
       <c r="Y251" s="27"/>
       <c r="Z251" s="21"/>
     </row>
-    <row r="252" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="252" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A252" s="19"/>
       <c r="B252" s="5"/>
       <c r="C252" s="27"/>
       <c r="D252" s="27"/>
       <c r="E252" s="27"/>
       <c r="F252" s="27"/>
       <c r="G252" s="27"/>
       <c r="H252" s="27"/>
       <c r="I252" s="27"/>
       <c r="J252" s="27"/>
       <c r="K252" s="27"/>
       <c r="L252" s="36"/>
       <c r="M252" s="36"/>
       <c r="N252" s="36"/>
       <c r="O252" s="5"/>
       <c r="P252" s="20"/>
       <c r="Q252" s="27"/>
       <c r="R252" s="5"/>
       <c r="S252" s="5"/>
       <c r="T252" s="27"/>
       <c r="U252" s="5"/>
       <c r="V252" s="5"/>
       <c r="W252" s="27"/>
       <c r="X252" s="5"/>
       <c r="Y252" s="27"/>
       <c r="Z252" s="21"/>
     </row>
-    <row r="253" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="253" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A253" s="19"/>
       <c r="B253" s="5"/>
       <c r="C253" s="27"/>
       <c r="D253" s="27"/>
       <c r="E253" s="27"/>
       <c r="F253" s="27"/>
       <c r="G253" s="27"/>
       <c r="H253" s="27"/>
       <c r="I253" s="27"/>
       <c r="J253" s="27"/>
       <c r="K253" s="27"/>
       <c r="L253" s="36"/>
       <c r="M253" s="36"/>
       <c r="N253" s="36"/>
       <c r="O253" s="5"/>
       <c r="P253" s="20"/>
       <c r="Q253" s="27"/>
       <c r="R253" s="5"/>
       <c r="S253" s="5"/>
       <c r="T253" s="27"/>
       <c r="U253" s="5"/>
       <c r="V253" s="5"/>
       <c r="W253" s="27"/>
       <c r="X253" s="5"/>
       <c r="Y253" s="27"/>
       <c r="Z253" s="21"/>
     </row>
-    <row r="254" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="254" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A254" s="19"/>
       <c r="B254" s="5"/>
       <c r="C254" s="27"/>
       <c r="D254" s="27"/>
       <c r="E254" s="27"/>
       <c r="F254" s="27"/>
       <c r="G254" s="27"/>
       <c r="H254" s="27"/>
       <c r="I254" s="27"/>
       <c r="J254" s="27"/>
       <c r="K254" s="27"/>
       <c r="L254" s="36"/>
       <c r="M254" s="36"/>
       <c r="N254" s="36"/>
       <c r="O254" s="5"/>
       <c r="P254" s="20"/>
       <c r="Q254" s="27"/>
       <c r="R254" s="5"/>
       <c r="S254" s="5"/>
       <c r="T254" s="27"/>
       <c r="U254" s="5"/>
       <c r="V254" s="5"/>
       <c r="W254" s="27"/>
       <c r="X254" s="5"/>
       <c r="Y254" s="27"/>
       <c r="Z254" s="21"/>
     </row>
-    <row r="255" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="255" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A255" s="19"/>
       <c r="B255" s="5"/>
       <c r="C255" s="27"/>
       <c r="D255" s="27"/>
       <c r="E255" s="27"/>
       <c r="F255" s="27"/>
       <c r="G255" s="27"/>
       <c r="H255" s="27"/>
       <c r="I255" s="27"/>
       <c r="J255" s="27"/>
       <c r="K255" s="27"/>
       <c r="L255" s="36"/>
       <c r="M255" s="36"/>
       <c r="N255" s="36"/>
       <c r="O255" s="5"/>
       <c r="P255" s="20"/>
       <c r="Q255" s="27"/>
       <c r="R255" s="5"/>
       <c r="S255" s="5"/>
       <c r="T255" s="27"/>
       <c r="U255" s="5"/>
       <c r="V255" s="5"/>
       <c r="W255" s="27"/>
       <c r="X255" s="5"/>
       <c r="Y255" s="27"/>
       <c r="Z255" s="21"/>
     </row>
-    <row r="256" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="256" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A256" s="19"/>
       <c r="B256" s="5"/>
       <c r="C256" s="27"/>
       <c r="D256" s="27"/>
       <c r="E256" s="27"/>
       <c r="F256" s="27"/>
       <c r="G256" s="27"/>
       <c r="H256" s="27"/>
       <c r="I256" s="27"/>
       <c r="J256" s="27"/>
       <c r="K256" s="27"/>
       <c r="L256" s="36"/>
       <c r="M256" s="36"/>
       <c r="N256" s="36"/>
       <c r="O256" s="5"/>
       <c r="P256" s="20"/>
       <c r="Q256" s="27"/>
       <c r="R256" s="5"/>
       <c r="S256" s="5"/>
       <c r="T256" s="27"/>
       <c r="U256" s="5"/>
       <c r="V256" s="5"/>
       <c r="W256" s="27"/>
       <c r="X256" s="5"/>
       <c r="Y256" s="27"/>
       <c r="Z256" s="21"/>
     </row>
-    <row r="257" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="257" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A257" s="19"/>
       <c r="B257" s="5"/>
       <c r="C257" s="27"/>
       <c r="D257" s="27"/>
       <c r="E257" s="27"/>
       <c r="F257" s="27"/>
       <c r="G257" s="27"/>
       <c r="H257" s="27"/>
       <c r="I257" s="27"/>
       <c r="J257" s="27"/>
       <c r="K257" s="27"/>
       <c r="L257" s="36"/>
       <c r="M257" s="36"/>
       <c r="N257" s="36"/>
       <c r="O257" s="5"/>
       <c r="P257" s="20"/>
       <c r="Q257" s="27"/>
       <c r="R257" s="5"/>
       <c r="S257" s="5"/>
       <c r="T257" s="27"/>
       <c r="U257" s="5"/>
       <c r="V257" s="5"/>
       <c r="W257" s="27"/>
       <c r="X257" s="5"/>
       <c r="Y257" s="27"/>
       <c r="Z257" s="21"/>
     </row>
-    <row r="258" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="258" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A258" s="19"/>
       <c r="B258" s="5"/>
       <c r="C258" s="27"/>
       <c r="D258" s="27"/>
       <c r="E258" s="27"/>
       <c r="F258" s="27"/>
       <c r="G258" s="27"/>
       <c r="H258" s="27"/>
       <c r="I258" s="27"/>
       <c r="J258" s="27"/>
       <c r="K258" s="27"/>
       <c r="L258" s="36"/>
       <c r="M258" s="36"/>
       <c r="N258" s="36"/>
       <c r="O258" s="5"/>
       <c r="P258" s="20"/>
       <c r="Q258" s="27"/>
       <c r="R258" s="5"/>
       <c r="S258" s="5"/>
       <c r="T258" s="27"/>
       <c r="U258" s="5"/>
       <c r="V258" s="5"/>
       <c r="W258" s="27"/>
       <c r="X258" s="5"/>
       <c r="Y258" s="27"/>
       <c r="Z258" s="21"/>
     </row>
-    <row r="259" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="259" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A259" s="19"/>
       <c r="B259" s="5"/>
       <c r="C259" s="27"/>
       <c r="D259" s="27"/>
       <c r="E259" s="27"/>
       <c r="F259" s="27"/>
       <c r="G259" s="27"/>
       <c r="H259" s="27"/>
       <c r="I259" s="27"/>
       <c r="J259" s="27"/>
       <c r="K259" s="27"/>
       <c r="L259" s="36"/>
       <c r="M259" s="36"/>
       <c r="N259" s="36"/>
       <c r="O259" s="5"/>
       <c r="P259" s="20"/>
       <c r="Q259" s="27"/>
       <c r="R259" s="5"/>
       <c r="S259" s="5"/>
       <c r="T259" s="27"/>
       <c r="U259" s="5"/>
       <c r="V259" s="5"/>
       <c r="W259" s="27"/>
       <c r="X259" s="5"/>
       <c r="Y259" s="27"/>
       <c r="Z259" s="21"/>
     </row>
-    <row r="260" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="260" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A260" s="19"/>
       <c r="B260" s="5"/>
       <c r="C260" s="27"/>
       <c r="D260" s="27"/>
       <c r="E260" s="27"/>
       <c r="F260" s="27"/>
       <c r="G260" s="27"/>
       <c r="H260" s="27"/>
       <c r="I260" s="27"/>
       <c r="J260" s="27"/>
       <c r="K260" s="27"/>
       <c r="L260" s="36"/>
       <c r="M260" s="36"/>
       <c r="N260" s="36"/>
       <c r="O260" s="5"/>
       <c r="P260" s="20"/>
       <c r="Q260" s="27"/>
       <c r="R260" s="5"/>
       <c r="S260" s="5"/>
       <c r="T260" s="27"/>
       <c r="U260" s="5"/>
       <c r="V260" s="5"/>
       <c r="W260" s="27"/>
       <c r="X260" s="5"/>
       <c r="Y260" s="27"/>
       <c r="Z260" s="21"/>
     </row>
-    <row r="261" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="261" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A261" s="19"/>
       <c r="B261" s="5"/>
       <c r="C261" s="27"/>
       <c r="D261" s="27"/>
       <c r="E261" s="27"/>
       <c r="F261" s="27"/>
       <c r="G261" s="27"/>
       <c r="H261" s="27"/>
       <c r="I261" s="27"/>
       <c r="J261" s="27"/>
       <c r="K261" s="27"/>
       <c r="L261" s="36"/>
       <c r="M261" s="36"/>
       <c r="N261" s="36"/>
       <c r="O261" s="5"/>
       <c r="P261" s="20"/>
       <c r="Q261" s="27"/>
       <c r="R261" s="5"/>
       <c r="S261" s="5"/>
       <c r="T261" s="27"/>
       <c r="U261" s="5"/>
       <c r="V261" s="5"/>
       <c r="W261" s="27"/>
       <c r="X261" s="5"/>
       <c r="Y261" s="27"/>
       <c r="Z261" s="21"/>
     </row>
-    <row r="262" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="262" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A262" s="19"/>
       <c r="B262" s="5"/>
       <c r="C262" s="27"/>
       <c r="D262" s="27"/>
       <c r="E262" s="27"/>
       <c r="F262" s="27"/>
       <c r="G262" s="27"/>
       <c r="H262" s="27"/>
       <c r="I262" s="27"/>
       <c r="J262" s="27"/>
       <c r="K262" s="27"/>
       <c r="L262" s="36"/>
       <c r="M262" s="36"/>
       <c r="N262" s="36"/>
       <c r="O262" s="5"/>
       <c r="P262" s="20"/>
       <c r="Q262" s="27"/>
       <c r="R262" s="5"/>
       <c r="S262" s="5"/>
       <c r="T262" s="27"/>
       <c r="U262" s="5"/>
       <c r="V262" s="5"/>
       <c r="W262" s="27"/>
       <c r="X262" s="5"/>
       <c r="Y262" s="27"/>
       <c r="Z262" s="21"/>
     </row>
-    <row r="263" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="263" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A263" s="19"/>
       <c r="B263" s="5"/>
       <c r="C263" s="27"/>
       <c r="D263" s="27"/>
       <c r="E263" s="27"/>
       <c r="F263" s="27"/>
       <c r="G263" s="27"/>
       <c r="H263" s="27"/>
       <c r="I263" s="27"/>
       <c r="J263" s="27"/>
       <c r="K263" s="27"/>
       <c r="L263" s="36"/>
       <c r="M263" s="36"/>
       <c r="N263" s="36"/>
       <c r="O263" s="5"/>
       <c r="P263" s="20"/>
       <c r="Q263" s="27"/>
       <c r="R263" s="5"/>
       <c r="S263" s="5"/>
       <c r="T263" s="27"/>
       <c r="U263" s="5"/>
       <c r="V263" s="5"/>
       <c r="W263" s="27"/>
       <c r="X263" s="5"/>
       <c r="Y263" s="27"/>
       <c r="Z263" s="21"/>
     </row>
-    <row r="264" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="264" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A264" s="19"/>
       <c r="B264" s="5"/>
       <c r="C264" s="27"/>
       <c r="D264" s="27"/>
       <c r="E264" s="27"/>
       <c r="F264" s="27"/>
       <c r="G264" s="27"/>
       <c r="H264" s="27"/>
       <c r="I264" s="27"/>
       <c r="J264" s="27"/>
       <c r="K264" s="27"/>
       <c r="L264" s="36"/>
       <c r="M264" s="36"/>
       <c r="N264" s="36"/>
       <c r="O264" s="5"/>
       <c r="P264" s="20"/>
       <c r="Q264" s="27"/>
       <c r="R264" s="5"/>
       <c r="S264" s="5"/>
       <c r="T264" s="27"/>
       <c r="U264" s="5"/>
       <c r="V264" s="5"/>
       <c r="W264" s="27"/>
       <c r="X264" s="5"/>
       <c r="Y264" s="27"/>
       <c r="Z264" s="21"/>
     </row>
-    <row r="265" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="265" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A265" s="19"/>
       <c r="B265" s="5"/>
       <c r="C265" s="27"/>
       <c r="D265" s="27"/>
       <c r="E265" s="27"/>
       <c r="F265" s="27"/>
       <c r="G265" s="27"/>
       <c r="H265" s="27"/>
       <c r="I265" s="27"/>
       <c r="J265" s="27"/>
       <c r="K265" s="27"/>
       <c r="L265" s="36"/>
       <c r="M265" s="36"/>
       <c r="N265" s="36"/>
       <c r="O265" s="5"/>
       <c r="P265" s="20"/>
       <c r="Q265" s="27"/>
       <c r="R265" s="5"/>
       <c r="S265" s="5"/>
       <c r="T265" s="27"/>
       <c r="U265" s="5"/>
       <c r="V265" s="5"/>
       <c r="W265" s="27"/>
       <c r="X265" s="5"/>
       <c r="Y265" s="27"/>
       <c r="Z265" s="21"/>
     </row>
-    <row r="266" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="266" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A266" s="19"/>
       <c r="B266" s="5"/>
       <c r="C266" s="27"/>
       <c r="D266" s="27"/>
       <c r="E266" s="27"/>
       <c r="F266" s="27"/>
       <c r="G266" s="27"/>
       <c r="H266" s="27"/>
       <c r="I266" s="27"/>
       <c r="J266" s="27"/>
       <c r="K266" s="27"/>
       <c r="L266" s="36"/>
       <c r="M266" s="36"/>
       <c r="N266" s="36"/>
       <c r="O266" s="5"/>
       <c r="P266" s="20"/>
       <c r="Q266" s="27"/>
       <c r="R266" s="5"/>
       <c r="S266" s="5"/>
       <c r="T266" s="27"/>
       <c r="U266" s="5"/>
       <c r="V266" s="5"/>
       <c r="W266" s="27"/>
       <c r="X266" s="5"/>
       <c r="Y266" s="27"/>
       <c r="Z266" s="21"/>
     </row>
-    <row r="267" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="267" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A267" s="19"/>
       <c r="B267" s="5"/>
       <c r="C267" s="27"/>
       <c r="D267" s="27"/>
       <c r="E267" s="27"/>
       <c r="F267" s="27"/>
       <c r="G267" s="27"/>
       <c r="H267" s="27"/>
       <c r="I267" s="27"/>
       <c r="J267" s="27"/>
       <c r="K267" s="27"/>
       <c r="L267" s="36"/>
       <c r="M267" s="36"/>
       <c r="N267" s="36"/>
       <c r="O267" s="5"/>
       <c r="P267" s="20"/>
       <c r="Q267" s="27"/>
       <c r="R267" s="5"/>
       <c r="S267" s="5"/>
       <c r="T267" s="27"/>
       <c r="U267" s="5"/>
       <c r="V267" s="5"/>
       <c r="W267" s="27"/>
       <c r="X267" s="5"/>
       <c r="Y267" s="27"/>
       <c r="Z267" s="21"/>
     </row>
-    <row r="268" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="268" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A268" s="19"/>
       <c r="B268" s="5"/>
       <c r="C268" s="27"/>
       <c r="D268" s="27"/>
       <c r="E268" s="27"/>
       <c r="F268" s="27"/>
       <c r="G268" s="27"/>
       <c r="H268" s="27"/>
       <c r="I268" s="27"/>
       <c r="J268" s="27"/>
       <c r="K268" s="27"/>
       <c r="L268" s="36"/>
       <c r="M268" s="36"/>
       <c r="N268" s="36"/>
       <c r="O268" s="5"/>
       <c r="P268" s="20"/>
       <c r="Q268" s="27"/>
       <c r="R268" s="5"/>
       <c r="S268" s="5"/>
       <c r="T268" s="27"/>
       <c r="U268" s="5"/>
       <c r="V268" s="5"/>
       <c r="W268" s="27"/>
       <c r="X268" s="5"/>
       <c r="Y268" s="27"/>
       <c r="Z268" s="21"/>
     </row>
-    <row r="269" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="269" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A269" s="19"/>
       <c r="B269" s="5"/>
       <c r="C269" s="27"/>
       <c r="D269" s="27"/>
       <c r="E269" s="27"/>
       <c r="F269" s="27"/>
       <c r="G269" s="27"/>
       <c r="H269" s="27"/>
       <c r="I269" s="27"/>
       <c r="J269" s="27"/>
       <c r="K269" s="27"/>
       <c r="L269" s="36"/>
       <c r="M269" s="36"/>
       <c r="N269" s="36"/>
       <c r="O269" s="5"/>
       <c r="P269" s="20"/>
       <c r="Q269" s="27"/>
       <c r="R269" s="5"/>
       <c r="S269" s="5"/>
       <c r="T269" s="27"/>
       <c r="U269" s="5"/>
       <c r="V269" s="5"/>
       <c r="W269" s="27"/>
       <c r="X269" s="5"/>
       <c r="Y269" s="27"/>
       <c r="Z269" s="21"/>
     </row>
-    <row r="270" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="270" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A270" s="19"/>
       <c r="B270" s="5"/>
       <c r="C270" s="27"/>
       <c r="D270" s="27"/>
       <c r="E270" s="27"/>
       <c r="F270" s="27"/>
       <c r="G270" s="27"/>
       <c r="H270" s="27"/>
       <c r="I270" s="27"/>
       <c r="J270" s="27"/>
       <c r="K270" s="27"/>
       <c r="L270" s="36"/>
       <c r="M270" s="36"/>
       <c r="N270" s="36"/>
       <c r="O270" s="5"/>
       <c r="P270" s="20"/>
       <c r="Q270" s="27"/>
       <c r="R270" s="5"/>
       <c r="S270" s="5"/>
       <c r="T270" s="27"/>
       <c r="U270" s="5"/>
       <c r="V270" s="5"/>
       <c r="W270" s="27"/>
       <c r="X270" s="5"/>
       <c r="Y270" s="27"/>
       <c r="Z270" s="21"/>
     </row>
-    <row r="271" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="271" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A271" s="19"/>
       <c r="B271" s="5"/>
       <c r="C271" s="27"/>
       <c r="D271" s="27"/>
       <c r="E271" s="27"/>
       <c r="F271" s="27"/>
       <c r="G271" s="27"/>
       <c r="H271" s="27"/>
       <c r="I271" s="27"/>
       <c r="J271" s="27"/>
       <c r="K271" s="27"/>
       <c r="L271" s="36"/>
       <c r="M271" s="36"/>
       <c r="N271" s="36"/>
       <c r="O271" s="5"/>
       <c r="P271" s="20"/>
       <c r="Q271" s="27"/>
       <c r="R271" s="5"/>
       <c r="S271" s="5"/>
       <c r="T271" s="27"/>
       <c r="U271" s="5"/>
       <c r="V271" s="5"/>
       <c r="W271" s="27"/>
       <c r="X271" s="5"/>
       <c r="Y271" s="27"/>
       <c r="Z271" s="21"/>
     </row>
-    <row r="272" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="272" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A272" s="19"/>
       <c r="B272" s="5"/>
       <c r="C272" s="27"/>
       <c r="D272" s="27"/>
       <c r="E272" s="27"/>
       <c r="F272" s="27"/>
       <c r="G272" s="27"/>
       <c r="H272" s="27"/>
       <c r="I272" s="27"/>
       <c r="J272" s="27"/>
       <c r="K272" s="27"/>
       <c r="L272" s="36"/>
       <c r="M272" s="36"/>
       <c r="N272" s="36"/>
       <c r="O272" s="5"/>
       <c r="P272" s="20"/>
       <c r="Q272" s="27"/>
       <c r="R272" s="5"/>
       <c r="S272" s="5"/>
       <c r="T272" s="27"/>
       <c r="U272" s="5"/>
       <c r="V272" s="5"/>
       <c r="W272" s="27"/>
       <c r="X272" s="5"/>
       <c r="Y272" s="27"/>
       <c r="Z272" s="21"/>
     </row>
-    <row r="273" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="273" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A273" s="19"/>
       <c r="B273" s="5"/>
       <c r="C273" s="27"/>
       <c r="D273" s="27"/>
       <c r="E273" s="27"/>
       <c r="F273" s="27"/>
       <c r="G273" s="27"/>
       <c r="H273" s="27"/>
       <c r="I273" s="27"/>
       <c r="J273" s="27"/>
       <c r="K273" s="27"/>
       <c r="L273" s="36"/>
       <c r="M273" s="36"/>
       <c r="N273" s="36"/>
       <c r="O273" s="5"/>
       <c r="P273" s="20"/>
       <c r="Q273" s="27"/>
       <c r="R273" s="5"/>
       <c r="S273" s="5"/>
       <c r="T273" s="27"/>
       <c r="U273" s="5"/>
       <c r="V273" s="5"/>
       <c r="W273" s="27"/>
       <c r="X273" s="5"/>
       <c r="Y273" s="27"/>
       <c r="Z273" s="21"/>
     </row>
-    <row r="274" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="274" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A274" s="19"/>
       <c r="B274" s="5"/>
       <c r="C274" s="27"/>
       <c r="D274" s="27"/>
       <c r="E274" s="27"/>
       <c r="F274" s="27"/>
       <c r="G274" s="27"/>
       <c r="H274" s="27"/>
       <c r="I274" s="27"/>
       <c r="J274" s="27"/>
       <c r="K274" s="27"/>
       <c r="L274" s="36"/>
       <c r="M274" s="36"/>
       <c r="N274" s="36"/>
       <c r="O274" s="5"/>
       <c r="P274" s="20"/>
       <c r="Q274" s="27"/>
       <c r="R274" s="5"/>
       <c r="S274" s="5"/>
       <c r="T274" s="27"/>
       <c r="U274" s="5"/>
       <c r="V274" s="5"/>
       <c r="W274" s="27"/>
       <c r="X274" s="5"/>
       <c r="Y274" s="27"/>
       <c r="Z274" s="21"/>
     </row>
-    <row r="275" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="275" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A275" s="19"/>
       <c r="B275" s="5"/>
       <c r="C275" s="27"/>
       <c r="D275" s="27"/>
       <c r="E275" s="27"/>
       <c r="F275" s="27"/>
       <c r="G275" s="27"/>
       <c r="H275" s="27"/>
       <c r="I275" s="27"/>
       <c r="J275" s="27"/>
       <c r="K275" s="27"/>
       <c r="L275" s="36"/>
       <c r="M275" s="36"/>
       <c r="N275" s="36"/>
       <c r="O275" s="5"/>
       <c r="P275" s="20"/>
       <c r="Q275" s="27"/>
       <c r="R275" s="5"/>
       <c r="S275" s="5"/>
       <c r="T275" s="27"/>
       <c r="U275" s="5"/>
       <c r="V275" s="5"/>
       <c r="W275" s="27"/>
       <c r="X275" s="5"/>
       <c r="Y275" s="27"/>
       <c r="Z275" s="21"/>
     </row>
-    <row r="276" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="276" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A276" s="19"/>
       <c r="B276" s="5"/>
       <c r="C276" s="27"/>
       <c r="D276" s="27"/>
       <c r="E276" s="27"/>
       <c r="F276" s="27"/>
       <c r="G276" s="27"/>
       <c r="H276" s="27"/>
       <c r="I276" s="27"/>
       <c r="J276" s="27"/>
       <c r="K276" s="27"/>
       <c r="L276" s="36"/>
       <c r="M276" s="36"/>
       <c r="N276" s="36"/>
       <c r="O276" s="5"/>
       <c r="P276" s="20"/>
       <c r="Q276" s="27"/>
       <c r="R276" s="5"/>
       <c r="S276" s="5"/>
       <c r="T276" s="27"/>
       <c r="U276" s="5"/>
       <c r="V276" s="5"/>
       <c r="W276" s="27"/>
       <c r="X276" s="5"/>
       <c r="Y276" s="27"/>
       <c r="Z276" s="21"/>
     </row>
-    <row r="277" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="277" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A277" s="19"/>
       <c r="B277" s="5"/>
       <c r="C277" s="27"/>
       <c r="D277" s="27"/>
       <c r="E277" s="27"/>
       <c r="F277" s="27"/>
       <c r="G277" s="27"/>
       <c r="H277" s="27"/>
       <c r="I277" s="27"/>
       <c r="J277" s="27"/>
       <c r="K277" s="27"/>
       <c r="L277" s="36"/>
       <c r="M277" s="36"/>
       <c r="N277" s="36"/>
       <c r="O277" s="5"/>
       <c r="P277" s="20"/>
       <c r="Q277" s="27"/>
       <c r="R277" s="5"/>
       <c r="S277" s="5"/>
       <c r="T277" s="27"/>
       <c r="U277" s="5"/>
       <c r="V277" s="5"/>
       <c r="W277" s="27"/>
       <c r="X277" s="5"/>
       <c r="Y277" s="27"/>
       <c r="Z277" s="21"/>
     </row>
-    <row r="278" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="278" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A278" s="19"/>
       <c r="B278" s="5"/>
       <c r="C278" s="27"/>
       <c r="D278" s="27"/>
       <c r="E278" s="27"/>
       <c r="F278" s="27"/>
       <c r="G278" s="27"/>
       <c r="H278" s="27"/>
       <c r="I278" s="27"/>
       <c r="J278" s="27"/>
       <c r="K278" s="27"/>
       <c r="L278" s="36"/>
       <c r="M278" s="36"/>
       <c r="N278" s="36"/>
       <c r="O278" s="5"/>
       <c r="P278" s="20"/>
       <c r="Q278" s="27"/>
       <c r="R278" s="5"/>
       <c r="S278" s="5"/>
       <c r="T278" s="27"/>
       <c r="U278" s="5"/>
       <c r="V278" s="5"/>
       <c r="W278" s="27"/>
       <c r="X278" s="5"/>
       <c r="Y278" s="27"/>
       <c r="Z278" s="21"/>
     </row>
-    <row r="279" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="279" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A279" s="19"/>
       <c r="B279" s="5"/>
       <c r="C279" s="27"/>
       <c r="D279" s="27"/>
       <c r="E279" s="27"/>
       <c r="F279" s="27"/>
       <c r="G279" s="27"/>
       <c r="H279" s="27"/>
       <c r="I279" s="27"/>
       <c r="J279" s="27"/>
       <c r="K279" s="27"/>
       <c r="L279" s="36"/>
       <c r="M279" s="36"/>
       <c r="N279" s="36"/>
       <c r="O279" s="5"/>
       <c r="P279" s="20"/>
       <c r="Q279" s="27"/>
       <c r="R279" s="5"/>
       <c r="S279" s="5"/>
       <c r="T279" s="27"/>
       <c r="U279" s="5"/>
       <c r="V279" s="5"/>
       <c r="W279" s="27"/>
       <c r="X279" s="5"/>
       <c r="Y279" s="27"/>
       <c r="Z279" s="21"/>
     </row>
-    <row r="280" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="280" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A280" s="19"/>
       <c r="B280" s="5"/>
       <c r="C280" s="27"/>
       <c r="D280" s="27"/>
       <c r="E280" s="27"/>
       <c r="F280" s="27"/>
       <c r="G280" s="27"/>
       <c r="H280" s="27"/>
       <c r="I280" s="27"/>
       <c r="J280" s="27"/>
       <c r="K280" s="27"/>
       <c r="L280" s="36"/>
       <c r="M280" s="36"/>
       <c r="N280" s="36"/>
       <c r="O280" s="5"/>
       <c r="P280" s="20"/>
       <c r="Q280" s="27"/>
       <c r="R280" s="5"/>
       <c r="S280" s="5"/>
       <c r="T280" s="27"/>
       <c r="U280" s="5"/>
       <c r="V280" s="5"/>
       <c r="W280" s="27"/>
       <c r="X280" s="5"/>
       <c r="Y280" s="27"/>
       <c r="Z280" s="21"/>
     </row>
-    <row r="281" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="281" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A281" s="19"/>
       <c r="B281" s="5"/>
       <c r="C281" s="27"/>
       <c r="D281" s="27"/>
       <c r="E281" s="27"/>
       <c r="F281" s="27"/>
       <c r="G281" s="27"/>
       <c r="H281" s="27"/>
       <c r="I281" s="27"/>
       <c r="J281" s="27"/>
       <c r="K281" s="27"/>
       <c r="L281" s="36"/>
       <c r="M281" s="36"/>
       <c r="N281" s="36"/>
       <c r="O281" s="5"/>
       <c r="P281" s="20"/>
       <c r="Q281" s="27"/>
       <c r="R281" s="5"/>
       <c r="S281" s="5"/>
       <c r="T281" s="27"/>
       <c r="U281" s="5"/>
       <c r="V281" s="5"/>
       <c r="W281" s="27"/>
       <c r="X281" s="5"/>
       <c r="Y281" s="27"/>
       <c r="Z281" s="21"/>
     </row>
-    <row r="282" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="282" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A282" s="19"/>
       <c r="B282" s="5"/>
       <c r="C282" s="27"/>
       <c r="D282" s="27"/>
       <c r="E282" s="27"/>
       <c r="F282" s="27"/>
       <c r="G282" s="27"/>
       <c r="H282" s="27"/>
       <c r="I282" s="27"/>
       <c r="J282" s="27"/>
       <c r="K282" s="27"/>
       <c r="L282" s="36"/>
       <c r="M282" s="36"/>
       <c r="N282" s="36"/>
       <c r="O282" s="5"/>
       <c r="P282" s="20"/>
       <c r="Q282" s="27"/>
       <c r="R282" s="5"/>
       <c r="S282" s="5"/>
       <c r="T282" s="27"/>
       <c r="U282" s="5"/>
       <c r="V282" s="5"/>
       <c r="W282" s="27"/>
       <c r="X282" s="5"/>
       <c r="Y282" s="27"/>
       <c r="Z282" s="21"/>
     </row>
-    <row r="283" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="283" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A283" s="19"/>
       <c r="B283" s="5"/>
       <c r="C283" s="27"/>
       <c r="D283" s="27"/>
       <c r="E283" s="27"/>
       <c r="F283" s="27"/>
       <c r="G283" s="27"/>
       <c r="H283" s="27"/>
       <c r="I283" s="27"/>
       <c r="J283" s="27"/>
       <c r="K283" s="27"/>
       <c r="L283" s="36"/>
       <c r="M283" s="36"/>
       <c r="N283" s="36"/>
       <c r="O283" s="5"/>
       <c r="P283" s="20"/>
       <c r="Q283" s="27"/>
       <c r="R283" s="5"/>
       <c r="S283" s="5"/>
       <c r="T283" s="27"/>
       <c r="U283" s="5"/>
       <c r="V283" s="5"/>
       <c r="W283" s="27"/>
       <c r="X283" s="5"/>
       <c r="Y283" s="27"/>
       <c r="Z283" s="21"/>
     </row>
-    <row r="284" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="284" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A284" s="19"/>
       <c r="B284" s="5"/>
       <c r="C284" s="27"/>
       <c r="D284" s="27"/>
       <c r="E284" s="27"/>
       <c r="F284" s="27"/>
       <c r="G284" s="27"/>
       <c r="H284" s="27"/>
       <c r="I284" s="27"/>
       <c r="J284" s="27"/>
       <c r="K284" s="27"/>
       <c r="L284" s="36"/>
       <c r="M284" s="36"/>
       <c r="N284" s="36"/>
       <c r="O284" s="5"/>
       <c r="P284" s="20"/>
       <c r="Q284" s="27"/>
       <c r="R284" s="5"/>
       <c r="S284" s="5"/>
       <c r="T284" s="27"/>
       <c r="U284" s="5"/>
       <c r="V284" s="5"/>
       <c r="W284" s="27"/>
       <c r="X284" s="5"/>
       <c r="Y284" s="27"/>
       <c r="Z284" s="21"/>
     </row>
-    <row r="285" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="285" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A285" s="19"/>
       <c r="B285" s="5"/>
       <c r="C285" s="27"/>
       <c r="D285" s="27"/>
       <c r="E285" s="27"/>
       <c r="F285" s="27"/>
       <c r="G285" s="27"/>
       <c r="H285" s="27"/>
       <c r="I285" s="27"/>
       <c r="J285" s="27"/>
       <c r="K285" s="27"/>
       <c r="L285" s="36"/>
       <c r="M285" s="36"/>
       <c r="N285" s="36"/>
       <c r="O285" s="5"/>
       <c r="P285" s="20"/>
       <c r="Q285" s="27"/>
       <c r="R285" s="5"/>
       <c r="S285" s="5"/>
       <c r="T285" s="27"/>
       <c r="U285" s="5"/>
       <c r="V285" s="5"/>
       <c r="W285" s="27"/>
       <c r="X285" s="5"/>
       <c r="Y285" s="27"/>
       <c r="Z285" s="21"/>
     </row>
-    <row r="286" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="286" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A286" s="19"/>
       <c r="B286" s="5"/>
       <c r="C286" s="27"/>
       <c r="D286" s="27"/>
       <c r="E286" s="27"/>
       <c r="F286" s="27"/>
       <c r="G286" s="27"/>
       <c r="H286" s="27"/>
       <c r="I286" s="27"/>
       <c r="J286" s="27"/>
       <c r="K286" s="27"/>
       <c r="L286" s="36"/>
       <c r="M286" s="36"/>
       <c r="N286" s="36"/>
       <c r="O286" s="5"/>
       <c r="P286" s="20"/>
       <c r="Q286" s="27"/>
       <c r="R286" s="5"/>
       <c r="S286" s="5"/>
       <c r="T286" s="27"/>
       <c r="U286" s="5"/>
       <c r="V286" s="5"/>
       <c r="W286" s="27"/>
       <c r="X286" s="5"/>
       <c r="Y286" s="27"/>
       <c r="Z286" s="21"/>
     </row>
-    <row r="287" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="287" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A287" s="19"/>
       <c r="B287" s="5"/>
       <c r="C287" s="27"/>
       <c r="D287" s="27"/>
       <c r="E287" s="27"/>
       <c r="F287" s="27"/>
       <c r="G287" s="27"/>
       <c r="H287" s="27"/>
       <c r="I287" s="27"/>
       <c r="J287" s="27"/>
       <c r="K287" s="27"/>
       <c r="L287" s="36"/>
       <c r="M287" s="36"/>
       <c r="N287" s="36"/>
       <c r="O287" s="5"/>
       <c r="P287" s="20"/>
       <c r="Q287" s="27"/>
       <c r="R287" s="5"/>
       <c r="S287" s="5"/>
       <c r="T287" s="27"/>
       <c r="U287" s="5"/>
       <c r="V287" s="5"/>
       <c r="W287" s="27"/>
       <c r="X287" s="5"/>
       <c r="Y287" s="27"/>
       <c r="Z287" s="21"/>
     </row>
-    <row r="288" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="288" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A288" s="19"/>
       <c r="B288" s="5"/>
       <c r="C288" s="27"/>
       <c r="D288" s="27"/>
       <c r="E288" s="27"/>
       <c r="F288" s="27"/>
       <c r="G288" s="27"/>
       <c r="H288" s="27"/>
       <c r="I288" s="27"/>
       <c r="J288" s="27"/>
       <c r="K288" s="27"/>
       <c r="L288" s="36"/>
       <c r="M288" s="36"/>
       <c r="N288" s="36"/>
       <c r="O288" s="5"/>
       <c r="P288" s="20"/>
       <c r="Q288" s="27"/>
       <c r="R288" s="5"/>
       <c r="S288" s="5"/>
       <c r="T288" s="27"/>
       <c r="U288" s="5"/>
       <c r="V288" s="5"/>
       <c r="W288" s="27"/>
       <c r="X288" s="5"/>
       <c r="Y288" s="27"/>
       <c r="Z288" s="21"/>
     </row>
-    <row r="289" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="289" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A289" s="19"/>
       <c r="B289" s="5"/>
       <c r="C289" s="27"/>
       <c r="D289" s="27"/>
       <c r="E289" s="27"/>
       <c r="F289" s="27"/>
       <c r="G289" s="27"/>
       <c r="H289" s="27"/>
       <c r="I289" s="27"/>
       <c r="J289" s="27"/>
       <c r="K289" s="27"/>
       <c r="L289" s="36"/>
       <c r="M289" s="36"/>
       <c r="N289" s="36"/>
       <c r="O289" s="5"/>
       <c r="P289" s="20"/>
       <c r="Q289" s="27"/>
       <c r="R289" s="5"/>
       <c r="S289" s="5"/>
       <c r="T289" s="27"/>
       <c r="U289" s="5"/>
       <c r="V289" s="5"/>
       <c r="W289" s="27"/>
       <c r="X289" s="5"/>
       <c r="Y289" s="27"/>
       <c r="Z289" s="21"/>
     </row>
-    <row r="290" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="290" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A290" s="19"/>
       <c r="B290" s="5"/>
       <c r="C290" s="27"/>
       <c r="D290" s="27"/>
       <c r="E290" s="27"/>
       <c r="F290" s="27"/>
       <c r="G290" s="27"/>
       <c r="H290" s="27"/>
       <c r="I290" s="27"/>
       <c r="J290" s="27"/>
       <c r="K290" s="27"/>
       <c r="L290" s="36"/>
       <c r="M290" s="36"/>
       <c r="N290" s="36"/>
       <c r="O290" s="5"/>
       <c r="P290" s="20"/>
       <c r="Q290" s="27"/>
       <c r="R290" s="5"/>
       <c r="S290" s="5"/>
       <c r="T290" s="27"/>
       <c r="U290" s="5"/>
       <c r="V290" s="5"/>
       <c r="W290" s="27"/>
       <c r="X290" s="5"/>
       <c r="Y290" s="27"/>
       <c r="Z290" s="21"/>
     </row>
-    <row r="291" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="291" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A291" s="19"/>
       <c r="B291" s="5"/>
       <c r="C291" s="27"/>
       <c r="D291" s="27"/>
       <c r="E291" s="27"/>
       <c r="F291" s="27"/>
       <c r="G291" s="27"/>
       <c r="H291" s="27"/>
       <c r="I291" s="27"/>
       <c r="J291" s="27"/>
       <c r="K291" s="27"/>
       <c r="L291" s="36"/>
       <c r="M291" s="36"/>
       <c r="N291" s="36"/>
       <c r="O291" s="5"/>
       <c r="P291" s="20"/>
       <c r="Q291" s="27"/>
       <c r="R291" s="5"/>
       <c r="S291" s="5"/>
       <c r="T291" s="27"/>
       <c r="U291" s="5"/>
       <c r="V291" s="5"/>
       <c r="W291" s="27"/>
       <c r="X291" s="5"/>
       <c r="Y291" s="27"/>
       <c r="Z291" s="21"/>
     </row>
-    <row r="292" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="292" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A292" s="19"/>
       <c r="B292" s="5"/>
       <c r="C292" s="27"/>
       <c r="D292" s="27"/>
       <c r="E292" s="27"/>
       <c r="F292" s="27"/>
       <c r="G292" s="27"/>
       <c r="H292" s="27"/>
       <c r="I292" s="27"/>
       <c r="J292" s="27"/>
       <c r="K292" s="27"/>
       <c r="L292" s="36"/>
       <c r="M292" s="36"/>
       <c r="N292" s="36"/>
       <c r="O292" s="5"/>
       <c r="P292" s="20"/>
       <c r="Q292" s="27"/>
       <c r="R292" s="5"/>
       <c r="S292" s="5"/>
       <c r="T292" s="27"/>
       <c r="U292" s="5"/>
       <c r="V292" s="5"/>
       <c r="W292" s="27"/>
       <c r="X292" s="5"/>
       <c r="Y292" s="27"/>
       <c r="Z292" s="21"/>
     </row>
-    <row r="293" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="293" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A293" s="19"/>
       <c r="B293" s="5"/>
       <c r="C293" s="27"/>
       <c r="D293" s="27"/>
       <c r="E293" s="27"/>
       <c r="F293" s="27"/>
       <c r="G293" s="27"/>
       <c r="H293" s="27"/>
       <c r="I293" s="27"/>
       <c r="J293" s="27"/>
       <c r="K293" s="27"/>
       <c r="L293" s="36"/>
       <c r="M293" s="36"/>
       <c r="N293" s="36"/>
       <c r="O293" s="5"/>
       <c r="P293" s="20"/>
       <c r="Q293" s="27"/>
       <c r="R293" s="5"/>
       <c r="S293" s="5"/>
       <c r="T293" s="27"/>
       <c r="U293" s="5"/>
       <c r="V293" s="5"/>
       <c r="W293" s="27"/>
       <c r="X293" s="5"/>
       <c r="Y293" s="27"/>
       <c r="Z293" s="21"/>
     </row>
-    <row r="294" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="294" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A294" s="19"/>
       <c r="B294" s="5"/>
       <c r="C294" s="27"/>
       <c r="D294" s="27"/>
       <c r="E294" s="27"/>
       <c r="F294" s="27"/>
       <c r="G294" s="27"/>
       <c r="H294" s="27"/>
       <c r="I294" s="27"/>
       <c r="J294" s="27"/>
       <c r="K294" s="27"/>
       <c r="L294" s="36"/>
       <c r="M294" s="36"/>
       <c r="N294" s="36"/>
       <c r="O294" s="5"/>
       <c r="P294" s="20"/>
       <c r="Q294" s="27"/>
       <c r="R294" s="5"/>
       <c r="S294" s="5"/>
       <c r="T294" s="27"/>
       <c r="U294" s="5"/>
       <c r="V294" s="5"/>
       <c r="W294" s="27"/>
       <c r="X294" s="5"/>
       <c r="Y294" s="27"/>
       <c r="Z294" s="21"/>
     </row>
-    <row r="295" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="295" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A295" s="19"/>
       <c r="B295" s="5"/>
       <c r="C295" s="27"/>
       <c r="D295" s="27"/>
       <c r="E295" s="27"/>
       <c r="F295" s="27"/>
       <c r="G295" s="27"/>
       <c r="H295" s="27"/>
       <c r="I295" s="27"/>
       <c r="J295" s="27"/>
       <c r="K295" s="27"/>
       <c r="L295" s="36"/>
       <c r="M295" s="36"/>
       <c r="N295" s="36"/>
       <c r="O295" s="5"/>
       <c r="P295" s="20"/>
       <c r="Q295" s="27"/>
       <c r="R295" s="5"/>
       <c r="S295" s="5"/>
       <c r="T295" s="27"/>
       <c r="U295" s="5"/>
       <c r="V295" s="5"/>
       <c r="W295" s="27"/>
       <c r="X295" s="5"/>
       <c r="Y295" s="27"/>
       <c r="Z295" s="21"/>
     </row>
-    <row r="296" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="296" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A296" s="19"/>
       <c r="B296" s="5"/>
       <c r="C296" s="27"/>
       <c r="D296" s="27"/>
       <c r="E296" s="27"/>
       <c r="F296" s="27"/>
       <c r="G296" s="27"/>
       <c r="H296" s="27"/>
       <c r="I296" s="27"/>
       <c r="J296" s="27"/>
       <c r="K296" s="27"/>
       <c r="L296" s="36"/>
       <c r="M296" s="36"/>
       <c r="N296" s="36"/>
       <c r="O296" s="5"/>
       <c r="P296" s="20"/>
       <c r="Q296" s="27"/>
       <c r="R296" s="5"/>
       <c r="S296" s="5"/>
       <c r="T296" s="27"/>
       <c r="U296" s="5"/>
       <c r="V296" s="5"/>
       <c r="W296" s="27"/>
       <c r="X296" s="5"/>
       <c r="Y296" s="27"/>
       <c r="Z296" s="21"/>
     </row>
-    <row r="297" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="297" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A297" s="19"/>
       <c r="B297" s="5"/>
       <c r="C297" s="27"/>
       <c r="D297" s="27"/>
       <c r="E297" s="27"/>
       <c r="F297" s="27"/>
       <c r="G297" s="27"/>
       <c r="H297" s="27"/>
       <c r="I297" s="27"/>
       <c r="J297" s="27"/>
       <c r="K297" s="27"/>
       <c r="L297" s="36"/>
       <c r="M297" s="36"/>
       <c r="N297" s="36"/>
       <c r="O297" s="5"/>
       <c r="P297" s="20"/>
       <c r="Q297" s="27"/>
       <c r="R297" s="5"/>
       <c r="S297" s="5"/>
       <c r="T297" s="27"/>
       <c r="U297" s="5"/>
       <c r="V297" s="5"/>
       <c r="W297" s="27"/>
       <c r="X297" s="5"/>
       <c r="Y297" s="27"/>
       <c r="Z297" s="21"/>
     </row>
-    <row r="298" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="298" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A298" s="19"/>
       <c r="B298" s="5"/>
       <c r="C298" s="27"/>
       <c r="D298" s="27"/>
       <c r="E298" s="27"/>
       <c r="F298" s="27"/>
       <c r="G298" s="27"/>
       <c r="H298" s="27"/>
       <c r="I298" s="27"/>
       <c r="J298" s="27"/>
       <c r="K298" s="27"/>
       <c r="L298" s="36"/>
       <c r="M298" s="36"/>
       <c r="N298" s="36"/>
       <c r="O298" s="5"/>
       <c r="P298" s="20"/>
       <c r="Q298" s="27"/>
       <c r="R298" s="5"/>
       <c r="S298" s="5"/>
       <c r="T298" s="27"/>
       <c r="U298" s="5"/>
       <c r="V298" s="5"/>
       <c r="W298" s="27"/>
       <c r="X298" s="5"/>
       <c r="Y298" s="27"/>
       <c r="Z298" s="21"/>
     </row>
-    <row r="299" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="299" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A299" s="19"/>
       <c r="B299" s="5"/>
       <c r="C299" s="27"/>
       <c r="D299" s="27"/>
       <c r="E299" s="27"/>
       <c r="F299" s="27"/>
       <c r="G299" s="27"/>
       <c r="H299" s="27"/>
       <c r="I299" s="27"/>
       <c r="J299" s="27"/>
       <c r="K299" s="27"/>
       <c r="L299" s="36"/>
       <c r="M299" s="36"/>
       <c r="N299" s="36"/>
       <c r="O299" s="5"/>
       <c r="P299" s="20"/>
       <c r="Q299" s="27"/>
       <c r="R299" s="5"/>
       <c r="S299" s="5"/>
       <c r="T299" s="27"/>
       <c r="U299" s="5"/>
       <c r="V299" s="5"/>
       <c r="W299" s="27"/>
       <c r="X299" s="5"/>
       <c r="Y299" s="27"/>
       <c r="Z299" s="21"/>
     </row>
-    <row r="300" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="300" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A300" s="19"/>
       <c r="B300" s="5"/>
       <c r="C300" s="27"/>
       <c r="D300" s="27"/>
       <c r="E300" s="27"/>
       <c r="F300" s="27"/>
       <c r="G300" s="27"/>
       <c r="H300" s="27"/>
       <c r="I300" s="27"/>
       <c r="J300" s="27"/>
       <c r="K300" s="27"/>
       <c r="L300" s="36"/>
       <c r="M300" s="36"/>
       <c r="N300" s="36"/>
       <c r="O300" s="5"/>
       <c r="P300" s="20"/>
       <c r="Q300" s="27"/>
       <c r="R300" s="5"/>
       <c r="S300" s="5"/>
       <c r="T300" s="27"/>
       <c r="U300" s="5"/>
       <c r="V300" s="5"/>
       <c r="W300" s="27"/>
       <c r="X300" s="5"/>
       <c r="Y300" s="27"/>
       <c r="Z300" s="21"/>
     </row>
-    <row r="301" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="301" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A301" s="19"/>
       <c r="B301" s="5"/>
       <c r="C301" s="27"/>
       <c r="D301" s="27"/>
       <c r="E301" s="27"/>
       <c r="F301" s="27"/>
       <c r="G301" s="27"/>
       <c r="H301" s="27"/>
       <c r="I301" s="27"/>
       <c r="J301" s="27"/>
       <c r="K301" s="27"/>
       <c r="L301" s="36"/>
       <c r="M301" s="36"/>
       <c r="N301" s="36"/>
       <c r="O301" s="5"/>
       <c r="P301" s="20"/>
       <c r="Q301" s="27"/>
       <c r="R301" s="5"/>
       <c r="S301" s="5"/>
       <c r="T301" s="27"/>
       <c r="U301" s="5"/>
       <c r="V301" s="5"/>
       <c r="W301" s="27"/>
       <c r="X301" s="5"/>
       <c r="Y301" s="27"/>
       <c r="Z301" s="21"/>
     </row>
-    <row r="302" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="302" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A302" s="19"/>
       <c r="B302" s="5"/>
       <c r="C302" s="27"/>
       <c r="D302" s="27"/>
       <c r="E302" s="27"/>
       <c r="F302" s="27"/>
       <c r="G302" s="27"/>
       <c r="H302" s="27"/>
       <c r="I302" s="27"/>
       <c r="J302" s="27"/>
       <c r="K302" s="27"/>
       <c r="L302" s="36"/>
       <c r="M302" s="36"/>
       <c r="N302" s="36"/>
       <c r="O302" s="5"/>
       <c r="P302" s="20"/>
       <c r="Q302" s="27"/>
       <c r="R302" s="5"/>
       <c r="S302" s="5"/>
       <c r="T302" s="27"/>
       <c r="U302" s="5"/>
       <c r="V302" s="5"/>
       <c r="W302" s="27"/>
       <c r="X302" s="5"/>
       <c r="Y302" s="27"/>
       <c r="Z302" s="21"/>
     </row>
-    <row r="303" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="303" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A303" s="19"/>
       <c r="B303" s="5"/>
       <c r="C303" s="27"/>
       <c r="D303" s="27"/>
       <c r="E303" s="27"/>
       <c r="F303" s="27"/>
       <c r="G303" s="27"/>
       <c r="H303" s="27"/>
       <c r="I303" s="27"/>
       <c r="J303" s="27"/>
       <c r="K303" s="27"/>
       <c r="L303" s="36"/>
       <c r="M303" s="36"/>
       <c r="N303" s="36"/>
       <c r="O303" s="5"/>
       <c r="P303" s="20"/>
       <c r="Q303" s="27"/>
       <c r="R303" s="5"/>
       <c r="S303" s="5"/>
       <c r="T303" s="27"/>
       <c r="U303" s="5"/>
       <c r="V303" s="5"/>
       <c r="W303" s="27"/>
       <c r="X303" s="5"/>
       <c r="Y303" s="27"/>
       <c r="Z303" s="21"/>
     </row>
-    <row r="304" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="304" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A304" s="19"/>
       <c r="B304" s="5"/>
       <c r="C304" s="27"/>
       <c r="D304" s="27"/>
       <c r="E304" s="27"/>
       <c r="F304" s="27"/>
       <c r="G304" s="27"/>
       <c r="H304" s="27"/>
       <c r="I304" s="27"/>
       <c r="J304" s="27"/>
       <c r="K304" s="27"/>
       <c r="L304" s="36"/>
       <c r="M304" s="36"/>
       <c r="N304" s="36"/>
       <c r="O304" s="5"/>
       <c r="P304" s="20"/>
       <c r="Q304" s="27"/>
       <c r="R304" s="5"/>
       <c r="S304" s="5"/>
       <c r="T304" s="27"/>
       <c r="U304" s="5"/>
       <c r="V304" s="5"/>
       <c r="W304" s="27"/>
       <c r="X304" s="5"/>
       <c r="Y304" s="27"/>
       <c r="Z304" s="21"/>
     </row>
-    <row r="305" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="305" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A305" s="19"/>
       <c r="B305" s="5"/>
       <c r="C305" s="27"/>
       <c r="D305" s="27"/>
       <c r="E305" s="27"/>
       <c r="F305" s="27"/>
       <c r="G305" s="27"/>
       <c r="H305" s="27"/>
       <c r="I305" s="27"/>
       <c r="J305" s="27"/>
       <c r="K305" s="27"/>
       <c r="L305" s="36"/>
       <c r="M305" s="36"/>
       <c r="N305" s="36"/>
       <c r="O305" s="5"/>
       <c r="P305" s="20"/>
       <c r="Q305" s="27"/>
       <c r="R305" s="5"/>
       <c r="S305" s="5"/>
       <c r="T305" s="27"/>
       <c r="U305" s="5"/>
       <c r="V305" s="5"/>
       <c r="W305" s="27"/>
       <c r="X305" s="5"/>
       <c r="Y305" s="27"/>
       <c r="Z305" s="21"/>
     </row>
-    <row r="306" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="306" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A306" s="19"/>
       <c r="B306" s="5"/>
       <c r="C306" s="27"/>
       <c r="D306" s="27"/>
       <c r="E306" s="27"/>
       <c r="F306" s="27"/>
       <c r="G306" s="27"/>
       <c r="H306" s="27"/>
       <c r="I306" s="27"/>
       <c r="J306" s="27"/>
       <c r="K306" s="27"/>
       <c r="L306" s="36"/>
       <c r="M306" s="36"/>
       <c r="N306" s="36"/>
       <c r="O306" s="5"/>
       <c r="P306" s="20"/>
       <c r="Q306" s="27"/>
       <c r="R306" s="5"/>
       <c r="S306" s="5"/>
       <c r="T306" s="27"/>
       <c r="U306" s="5"/>
       <c r="V306" s="5"/>
       <c r="W306" s="27"/>
       <c r="X306" s="5"/>
       <c r="Y306" s="27"/>
       <c r="Z306" s="21"/>
     </row>
-    <row r="307" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="307" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A307" s="19"/>
       <c r="B307" s="5"/>
       <c r="C307" s="27"/>
       <c r="D307" s="27"/>
       <c r="E307" s="27"/>
       <c r="F307" s="27"/>
       <c r="G307" s="27"/>
       <c r="H307" s="27"/>
       <c r="I307" s="27"/>
       <c r="J307" s="27"/>
       <c r="K307" s="27"/>
       <c r="L307" s="36"/>
       <c r="M307" s="36"/>
       <c r="N307" s="36"/>
       <c r="O307" s="5"/>
       <c r="P307" s="20"/>
       <c r="Q307" s="27"/>
       <c r="R307" s="5"/>
       <c r="S307" s="5"/>
       <c r="T307" s="27"/>
       <c r="U307" s="5"/>
       <c r="V307" s="5"/>
       <c r="W307" s="27"/>
       <c r="X307" s="5"/>
       <c r="Y307" s="27"/>
       <c r="Z307" s="21"/>
     </row>
-    <row r="308" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="308" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A308" s="19"/>
       <c r="B308" s="5"/>
       <c r="C308" s="27"/>
       <c r="D308" s="27"/>
       <c r="E308" s="27"/>
       <c r="F308" s="27"/>
       <c r="G308" s="27"/>
       <c r="H308" s="27"/>
       <c r="I308" s="27"/>
       <c r="J308" s="27"/>
       <c r="K308" s="27"/>
       <c r="L308" s="36"/>
       <c r="M308" s="36"/>
       <c r="N308" s="36"/>
       <c r="O308" s="5"/>
       <c r="P308" s="20"/>
       <c r="Q308" s="27"/>
       <c r="R308" s="5"/>
       <c r="S308" s="5"/>
       <c r="T308" s="27"/>
       <c r="U308" s="5"/>
       <c r="V308" s="5"/>
       <c r="W308" s="27"/>
       <c r="X308" s="5"/>
       <c r="Y308" s="27"/>
       <c r="Z308" s="21"/>
     </row>
-    <row r="309" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="309" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A309" s="19"/>
       <c r="B309" s="5"/>
       <c r="C309" s="27"/>
       <c r="D309" s="27"/>
       <c r="E309" s="27"/>
       <c r="F309" s="27"/>
       <c r="G309" s="27"/>
       <c r="H309" s="27"/>
       <c r="I309" s="27"/>
       <c r="J309" s="27"/>
       <c r="K309" s="27"/>
       <c r="L309" s="36"/>
       <c r="M309" s="36"/>
       <c r="N309" s="36"/>
       <c r="O309" s="5"/>
       <c r="P309" s="20"/>
       <c r="Q309" s="27"/>
       <c r="R309" s="5"/>
       <c r="S309" s="5"/>
       <c r="T309" s="27"/>
       <c r="U309" s="5"/>
       <c r="V309" s="5"/>
       <c r="W309" s="27"/>
       <c r="X309" s="5"/>
       <c r="Y309" s="27"/>
       <c r="Z309" s="21"/>
     </row>
-    <row r="310" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="310" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A310" s="19"/>
       <c r="B310" s="5"/>
       <c r="C310" s="27"/>
       <c r="D310" s="27"/>
       <c r="E310" s="27"/>
       <c r="F310" s="27"/>
       <c r="G310" s="27"/>
       <c r="H310" s="27"/>
       <c r="I310" s="27"/>
       <c r="J310" s="27"/>
       <c r="K310" s="27"/>
       <c r="L310" s="36"/>
       <c r="M310" s="36"/>
       <c r="N310" s="36"/>
       <c r="O310" s="5"/>
       <c r="P310" s="20"/>
       <c r="Q310" s="27"/>
       <c r="R310" s="5"/>
       <c r="S310" s="5"/>
       <c r="T310" s="27"/>
       <c r="U310" s="5"/>
       <c r="V310" s="5"/>
       <c r="W310" s="27"/>
       <c r="X310" s="5"/>
       <c r="Y310" s="27"/>
       <c r="Z310" s="21"/>
     </row>
-    <row r="311" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="311" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A311" s="19"/>
       <c r="B311" s="5"/>
       <c r="C311" s="27"/>
       <c r="D311" s="27"/>
       <c r="E311" s="27"/>
       <c r="F311" s="27"/>
       <c r="G311" s="27"/>
       <c r="H311" s="27"/>
       <c r="I311" s="27"/>
       <c r="J311" s="27"/>
       <c r="K311" s="27"/>
       <c r="L311" s="36"/>
       <c r="M311" s="36"/>
       <c r="N311" s="36"/>
       <c r="O311" s="5"/>
       <c r="P311" s="20"/>
       <c r="Q311" s="27"/>
       <c r="R311" s="5"/>
       <c r="S311" s="5"/>
       <c r="T311" s="27"/>
       <c r="U311" s="5"/>
       <c r="V311" s="5"/>
       <c r="W311" s="27"/>
       <c r="X311" s="5"/>
       <c r="Y311" s="27"/>
       <c r="Z311" s="21"/>
     </row>
-    <row r="312" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="312" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A312" s="19"/>
       <c r="B312" s="5"/>
       <c r="C312" s="27"/>
       <c r="D312" s="27"/>
       <c r="E312" s="27"/>
       <c r="F312" s="27"/>
       <c r="G312" s="27"/>
       <c r="H312" s="27"/>
       <c r="I312" s="27"/>
       <c r="J312" s="27"/>
       <c r="K312" s="27"/>
       <c r="L312" s="36"/>
       <c r="M312" s="36"/>
       <c r="N312" s="36"/>
       <c r="O312" s="5"/>
       <c r="P312" s="20"/>
       <c r="Q312" s="27"/>
       <c r="R312" s="5"/>
       <c r="S312" s="5"/>
       <c r="T312" s="27"/>
       <c r="U312" s="5"/>
       <c r="V312" s="5"/>
       <c r="W312" s="27"/>
       <c r="X312" s="5"/>
       <c r="Y312" s="27"/>
       <c r="Z312" s="21"/>
     </row>
-    <row r="313" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="313" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A313" s="19"/>
       <c r="B313" s="5"/>
       <c r="C313" s="27"/>
       <c r="D313" s="27"/>
       <c r="E313" s="27"/>
       <c r="F313" s="27"/>
       <c r="G313" s="27"/>
       <c r="H313" s="27"/>
       <c r="I313" s="27"/>
       <c r="J313" s="27"/>
       <c r="K313" s="27"/>
       <c r="L313" s="36"/>
       <c r="M313" s="36"/>
       <c r="N313" s="36"/>
       <c r="O313" s="5"/>
       <c r="P313" s="20"/>
       <c r="Q313" s="27"/>
       <c r="R313" s="5"/>
       <c r="S313" s="5"/>
       <c r="T313" s="27"/>
       <c r="U313" s="5"/>
       <c r="V313" s="5"/>
       <c r="W313" s="27"/>
       <c r="X313" s="5"/>
       <c r="Y313" s="27"/>
       <c r="Z313" s="21"/>
     </row>
-    <row r="314" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="314" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A314" s="19"/>
       <c r="B314" s="5"/>
       <c r="C314" s="27"/>
       <c r="D314" s="27"/>
       <c r="E314" s="27"/>
       <c r="F314" s="27"/>
       <c r="G314" s="27"/>
       <c r="H314" s="27"/>
       <c r="I314" s="27"/>
       <c r="J314" s="27"/>
       <c r="K314" s="27"/>
       <c r="L314" s="36"/>
       <c r="M314" s="36"/>
       <c r="N314" s="36"/>
       <c r="O314" s="5"/>
       <c r="P314" s="20"/>
       <c r="Q314" s="27"/>
       <c r="R314" s="5"/>
       <c r="S314" s="5"/>
       <c r="T314" s="27"/>
       <c r="U314" s="5"/>
       <c r="V314" s="5"/>
       <c r="W314" s="27"/>
       <c r="X314" s="5"/>
       <c r="Y314" s="27"/>
       <c r="Z314" s="21"/>
     </row>
-    <row r="315" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="315" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A315" s="19"/>
       <c r="B315" s="5"/>
       <c r="C315" s="27"/>
       <c r="D315" s="27"/>
       <c r="E315" s="27"/>
       <c r="F315" s="27"/>
       <c r="G315" s="27"/>
       <c r="H315" s="27"/>
       <c r="I315" s="27"/>
       <c r="J315" s="27"/>
       <c r="K315" s="27"/>
       <c r="L315" s="36"/>
       <c r="M315" s="36"/>
       <c r="N315" s="36"/>
       <c r="O315" s="5"/>
       <c r="P315" s="20"/>
       <c r="Q315" s="27"/>
       <c r="R315" s="5"/>
       <c r="S315" s="5"/>
       <c r="T315" s="27"/>
       <c r="U315" s="5"/>
       <c r="V315" s="5"/>
       <c r="W315" s="27"/>
       <c r="X315" s="5"/>
       <c r="Y315" s="27"/>
       <c r="Z315" s="21"/>
     </row>
-    <row r="316" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="316" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A316" s="19"/>
       <c r="B316" s="5"/>
       <c r="C316" s="27"/>
       <c r="D316" s="27"/>
       <c r="E316" s="27"/>
       <c r="F316" s="27"/>
       <c r="G316" s="27"/>
       <c r="H316" s="27"/>
       <c r="I316" s="27"/>
       <c r="J316" s="27"/>
       <c r="K316" s="27"/>
       <c r="L316" s="36"/>
       <c r="M316" s="36"/>
       <c r="N316" s="36"/>
       <c r="O316" s="5"/>
       <c r="P316" s="20"/>
       <c r="Q316" s="27"/>
       <c r="R316" s="5"/>
       <c r="S316" s="5"/>
       <c r="T316" s="27"/>
       <c r="U316" s="5"/>
       <c r="V316" s="5"/>
       <c r="W316" s="27"/>
       <c r="X316" s="5"/>
       <c r="Y316" s="27"/>
       <c r="Z316" s="21"/>
     </row>
-    <row r="317" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="317" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A317" s="19"/>
       <c r="B317" s="5"/>
       <c r="C317" s="27"/>
       <c r="D317" s="27"/>
       <c r="E317" s="27"/>
       <c r="F317" s="27"/>
       <c r="G317" s="27"/>
       <c r="H317" s="27"/>
       <c r="I317" s="27"/>
       <c r="J317" s="27"/>
       <c r="K317" s="27"/>
       <c r="L317" s="36"/>
       <c r="M317" s="36"/>
       <c r="N317" s="36"/>
       <c r="O317" s="5"/>
       <c r="P317" s="20"/>
       <c r="Q317" s="27"/>
       <c r="R317" s="5"/>
       <c r="S317" s="5"/>
       <c r="T317" s="27"/>
       <c r="U317" s="5"/>
       <c r="V317" s="5"/>
       <c r="W317" s="27"/>
       <c r="X317" s="5"/>
       <c r="Y317" s="27"/>
       <c r="Z317" s="21"/>
     </row>
-    <row r="318" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="318" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A318" s="19"/>
       <c r="B318" s="5"/>
       <c r="C318" s="27"/>
       <c r="D318" s="27"/>
       <c r="E318" s="27"/>
       <c r="F318" s="27"/>
       <c r="G318" s="27"/>
       <c r="H318" s="27"/>
       <c r="I318" s="27"/>
       <c r="J318" s="27"/>
       <c r="K318" s="27"/>
       <c r="L318" s="36"/>
       <c r="M318" s="36"/>
       <c r="N318" s="36"/>
       <c r="O318" s="5"/>
       <c r="P318" s="20"/>
       <c r="Q318" s="27"/>
       <c r="R318" s="5"/>
       <c r="S318" s="5"/>
       <c r="T318" s="27"/>
       <c r="U318" s="5"/>
       <c r="V318" s="5"/>
       <c r="W318" s="27"/>
       <c r="X318" s="5"/>
       <c r="Y318" s="27"/>
       <c r="Z318" s="21"/>
     </row>
-    <row r="319" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="319" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A319" s="19"/>
       <c r="B319" s="5"/>
       <c r="C319" s="27"/>
       <c r="D319" s="27"/>
       <c r="E319" s="27"/>
       <c r="F319" s="27"/>
       <c r="G319" s="27"/>
       <c r="H319" s="27"/>
       <c r="I319" s="27"/>
       <c r="J319" s="27"/>
       <c r="K319" s="27"/>
       <c r="L319" s="36"/>
       <c r="M319" s="36"/>
       <c r="N319" s="36"/>
       <c r="O319" s="5"/>
       <c r="P319" s="20"/>
       <c r="Q319" s="27"/>
       <c r="R319" s="5"/>
       <c r="S319" s="5"/>
       <c r="T319" s="27"/>
       <c r="U319" s="5"/>
       <c r="V319" s="5"/>
       <c r="W319" s="27"/>
       <c r="X319" s="5"/>
       <c r="Y319" s="27"/>
       <c r="Z319" s="21"/>
     </row>
-    <row r="320" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="320" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A320" s="19"/>
       <c r="B320" s="5"/>
       <c r="C320" s="27"/>
       <c r="D320" s="27"/>
       <c r="E320" s="27"/>
       <c r="F320" s="27"/>
       <c r="G320" s="27"/>
       <c r="H320" s="27"/>
       <c r="I320" s="27"/>
       <c r="J320" s="27"/>
       <c r="K320" s="27"/>
       <c r="L320" s="36"/>
       <c r="M320" s="36"/>
       <c r="N320" s="36"/>
       <c r="O320" s="5"/>
       <c r="P320" s="20"/>
       <c r="Q320" s="27"/>
       <c r="R320" s="5"/>
       <c r="S320" s="5"/>
       <c r="T320" s="27"/>
       <c r="U320" s="5"/>
       <c r="V320" s="5"/>
       <c r="W320" s="27"/>
       <c r="X320" s="5"/>
       <c r="Y320" s="27"/>
       <c r="Z320" s="21"/>
     </row>
-    <row r="321" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="321" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A321" s="19"/>
       <c r="B321" s="5"/>
       <c r="C321" s="27"/>
       <c r="D321" s="27"/>
       <c r="E321" s="27"/>
       <c r="F321" s="27"/>
       <c r="G321" s="27"/>
       <c r="H321" s="27"/>
       <c r="I321" s="27"/>
       <c r="J321" s="27"/>
       <c r="K321" s="27"/>
       <c r="L321" s="36"/>
       <c r="M321" s="36"/>
       <c r="N321" s="36"/>
       <c r="O321" s="5"/>
       <c r="P321" s="20"/>
       <c r="Q321" s="27"/>
       <c r="R321" s="5"/>
       <c r="S321" s="5"/>
       <c r="T321" s="27"/>
       <c r="U321" s="5"/>
       <c r="V321" s="5"/>
       <c r="W321" s="27"/>
       <c r="X321" s="5"/>
       <c r="Y321" s="27"/>
       <c r="Z321" s="21"/>
     </row>
-    <row r="322" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="322" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A322" s="19"/>
       <c r="B322" s="5"/>
       <c r="C322" s="27"/>
       <c r="D322" s="27"/>
       <c r="E322" s="27"/>
       <c r="F322" s="27"/>
       <c r="G322" s="27"/>
       <c r="H322" s="27"/>
       <c r="I322" s="27"/>
       <c r="J322" s="27"/>
       <c r="K322" s="27"/>
       <c r="L322" s="36"/>
       <c r="M322" s="36"/>
       <c r="N322" s="36"/>
       <c r="O322" s="5"/>
       <c r="P322" s="20"/>
       <c r="Q322" s="27"/>
       <c r="R322" s="5"/>
       <c r="S322" s="5"/>
       <c r="T322" s="27"/>
       <c r="U322" s="5"/>
       <c r="V322" s="5"/>
       <c r="W322" s="27"/>
       <c r="X322" s="5"/>
       <c r="Y322" s="27"/>
       <c r="Z322" s="21"/>
     </row>
-    <row r="323" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="323" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A323" s="19"/>
       <c r="B323" s="5"/>
       <c r="C323" s="27"/>
       <c r="D323" s="27"/>
       <c r="E323" s="27"/>
       <c r="F323" s="27"/>
       <c r="G323" s="27"/>
       <c r="H323" s="27"/>
       <c r="I323" s="27"/>
       <c r="J323" s="27"/>
       <c r="K323" s="27"/>
       <c r="L323" s="36"/>
       <c r="M323" s="36"/>
       <c r="N323" s="36"/>
       <c r="O323" s="5"/>
       <c r="P323" s="20"/>
       <c r="Q323" s="27"/>
       <c r="R323" s="5"/>
       <c r="S323" s="5"/>
       <c r="T323" s="27"/>
       <c r="U323" s="5"/>
       <c r="V323" s="5"/>
       <c r="W323" s="27"/>
       <c r="X323" s="5"/>
       <c r="Y323" s="27"/>
       <c r="Z323" s="21"/>
     </row>
-    <row r="324" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="324" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A324" s="19"/>
       <c r="B324" s="5"/>
       <c r="C324" s="27"/>
       <c r="D324" s="27"/>
       <c r="E324" s="27"/>
       <c r="F324" s="27"/>
       <c r="G324" s="27"/>
       <c r="H324" s="27"/>
       <c r="I324" s="27"/>
       <c r="J324" s="27"/>
       <c r="K324" s="27"/>
       <c r="L324" s="36"/>
       <c r="M324" s="36"/>
       <c r="N324" s="36"/>
       <c r="O324" s="5"/>
       <c r="P324" s="20"/>
       <c r="Q324" s="27"/>
       <c r="R324" s="5"/>
       <c r="S324" s="5"/>
       <c r="T324" s="27"/>
       <c r="U324" s="5"/>
       <c r="V324" s="5"/>
       <c r="W324" s="27"/>
       <c r="X324" s="5"/>
       <c r="Y324" s="27"/>
       <c r="Z324" s="21"/>
     </row>
-    <row r="325" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="325" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A325" s="19"/>
       <c r="B325" s="5"/>
       <c r="C325" s="27"/>
       <c r="D325" s="27"/>
       <c r="E325" s="27"/>
       <c r="F325" s="27"/>
       <c r="G325" s="27"/>
       <c r="H325" s="27"/>
       <c r="I325" s="27"/>
       <c r="J325" s="27"/>
       <c r="K325" s="27"/>
       <c r="L325" s="36"/>
       <c r="M325" s="36"/>
       <c r="N325" s="36"/>
       <c r="O325" s="5"/>
       <c r="P325" s="20"/>
       <c r="Q325" s="27"/>
       <c r="R325" s="5"/>
       <c r="S325" s="5"/>
       <c r="T325" s="27"/>
       <c r="U325" s="5"/>
       <c r="V325" s="5"/>
       <c r="W325" s="27"/>
       <c r="X325" s="5"/>
       <c r="Y325" s="27"/>
       <c r="Z325" s="21"/>
     </row>
-    <row r="326" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="326" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A326" s="19"/>
       <c r="B326" s="5"/>
       <c r="C326" s="27"/>
       <c r="D326" s="27"/>
       <c r="E326" s="27"/>
       <c r="F326" s="27"/>
       <c r="G326" s="27"/>
       <c r="H326" s="27"/>
       <c r="I326" s="27"/>
       <c r="J326" s="27"/>
       <c r="K326" s="27"/>
       <c r="L326" s="36"/>
       <c r="M326" s="36"/>
       <c r="N326" s="36"/>
       <c r="O326" s="5"/>
       <c r="P326" s="20"/>
       <c r="Q326" s="27"/>
       <c r="R326" s="5"/>
       <c r="S326" s="5"/>
       <c r="T326" s="27"/>
       <c r="U326" s="5"/>
       <c r="V326" s="5"/>
       <c r="W326" s="27"/>
       <c r="X326" s="5"/>
       <c r="Y326" s="27"/>
       <c r="Z326" s="21"/>
     </row>
-    <row r="327" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="327" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A327" s="19"/>
       <c r="B327" s="5"/>
       <c r="C327" s="27"/>
       <c r="D327" s="27"/>
       <c r="E327" s="27"/>
       <c r="F327" s="27"/>
       <c r="G327" s="27"/>
       <c r="H327" s="27"/>
       <c r="I327" s="27"/>
       <c r="J327" s="27"/>
       <c r="K327" s="27"/>
       <c r="L327" s="36"/>
       <c r="M327" s="36"/>
       <c r="N327" s="36"/>
       <c r="O327" s="5"/>
       <c r="P327" s="20"/>
       <c r="Q327" s="27"/>
       <c r="R327" s="5"/>
       <c r="S327" s="5"/>
       <c r="T327" s="27"/>
       <c r="U327" s="5"/>
       <c r="V327" s="5"/>
       <c r="W327" s="27"/>
       <c r="X327" s="5"/>
       <c r="Y327" s="27"/>
       <c r="Z327" s="21"/>
     </row>
-    <row r="328" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="328" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A328" s="19"/>
       <c r="B328" s="5"/>
       <c r="C328" s="27"/>
       <c r="D328" s="27"/>
       <c r="E328" s="27"/>
       <c r="F328" s="27"/>
       <c r="G328" s="27"/>
       <c r="H328" s="27"/>
       <c r="I328" s="27"/>
       <c r="J328" s="27"/>
       <c r="K328" s="27"/>
       <c r="L328" s="36"/>
       <c r="M328" s="36"/>
       <c r="N328" s="36"/>
       <c r="O328" s="5"/>
       <c r="P328" s="20"/>
       <c r="Q328" s="27"/>
       <c r="R328" s="5"/>
       <c r="S328" s="5"/>
       <c r="T328" s="27"/>
       <c r="U328" s="5"/>
       <c r="V328" s="5"/>
       <c r="W328" s="27"/>
       <c r="X328" s="5"/>
       <c r="Y328" s="27"/>
       <c r="Z328" s="21"/>
     </row>
-    <row r="329" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="329" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A329" s="19"/>
       <c r="B329" s="5"/>
       <c r="C329" s="27"/>
       <c r="D329" s="27"/>
       <c r="E329" s="27"/>
       <c r="F329" s="27"/>
       <c r="G329" s="27"/>
       <c r="H329" s="27"/>
       <c r="I329" s="27"/>
       <c r="J329" s="27"/>
       <c r="K329" s="27"/>
       <c r="L329" s="36"/>
       <c r="M329" s="36"/>
       <c r="N329" s="36"/>
       <c r="O329" s="5"/>
       <c r="P329" s="20"/>
       <c r="Q329" s="27"/>
       <c r="R329" s="5"/>
       <c r="S329" s="5"/>
       <c r="T329" s="27"/>
       <c r="U329" s="5"/>
       <c r="V329" s="5"/>
       <c r="W329" s="27"/>
       <c r="X329" s="5"/>
       <c r="Y329" s="27"/>
       <c r="Z329" s="21"/>
     </row>
-    <row r="330" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="330" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A330" s="19"/>
       <c r="B330" s="5"/>
       <c r="C330" s="27"/>
       <c r="D330" s="27"/>
       <c r="E330" s="27"/>
       <c r="F330" s="27"/>
       <c r="G330" s="27"/>
       <c r="H330" s="27"/>
       <c r="I330" s="27"/>
       <c r="J330" s="27"/>
       <c r="K330" s="27"/>
       <c r="L330" s="36"/>
       <c r="M330" s="36"/>
       <c r="N330" s="36"/>
       <c r="O330" s="5"/>
       <c r="P330" s="20"/>
       <c r="Q330" s="27"/>
       <c r="R330" s="5"/>
       <c r="S330" s="5"/>
       <c r="T330" s="27"/>
       <c r="U330" s="5"/>
       <c r="V330" s="5"/>
       <c r="W330" s="27"/>
       <c r="X330" s="5"/>
       <c r="Y330" s="27"/>
       <c r="Z330" s="21"/>
     </row>
-    <row r="331" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="331" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A331" s="19"/>
       <c r="B331" s="5"/>
       <c r="C331" s="27"/>
       <c r="D331" s="27"/>
       <c r="E331" s="27"/>
       <c r="F331" s="27"/>
       <c r="G331" s="27"/>
       <c r="H331" s="27"/>
       <c r="I331" s="27"/>
       <c r="J331" s="27"/>
       <c r="K331" s="27"/>
       <c r="L331" s="36"/>
       <c r="M331" s="36"/>
       <c r="N331" s="36"/>
       <c r="O331" s="5"/>
       <c r="P331" s="20"/>
       <c r="Q331" s="27"/>
       <c r="R331" s="5"/>
       <c r="S331" s="5"/>
       <c r="T331" s="27"/>
       <c r="U331" s="5"/>
       <c r="V331" s="5"/>
       <c r="W331" s="27"/>
       <c r="X331" s="5"/>
       <c r="Y331" s="27"/>
       <c r="Z331" s="21"/>
     </row>
-    <row r="332" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="332" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A332" s="19"/>
       <c r="B332" s="5"/>
       <c r="C332" s="27"/>
       <c r="D332" s="27"/>
       <c r="E332" s="27"/>
       <c r="F332" s="27"/>
       <c r="G332" s="27"/>
       <c r="H332" s="27"/>
       <c r="I332" s="27"/>
       <c r="J332" s="27"/>
       <c r="K332" s="27"/>
       <c r="L332" s="36"/>
       <c r="M332" s="36"/>
       <c r="N332" s="36"/>
       <c r="O332" s="5"/>
       <c r="P332" s="20"/>
       <c r="Q332" s="27"/>
       <c r="R332" s="5"/>
       <c r="S332" s="5"/>
       <c r="T332" s="27"/>
       <c r="U332" s="5"/>
       <c r="V332" s="5"/>
       <c r="W332" s="27"/>
       <c r="X332" s="5"/>
       <c r="Y332" s="27"/>
       <c r="Z332" s="21"/>
     </row>
-    <row r="333" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="333" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A333" s="19"/>
       <c r="B333" s="5"/>
       <c r="C333" s="27"/>
       <c r="D333" s="27"/>
       <c r="E333" s="27"/>
       <c r="F333" s="27"/>
       <c r="G333" s="27"/>
       <c r="H333" s="27"/>
       <c r="I333" s="27"/>
       <c r="J333" s="27"/>
       <c r="K333" s="27"/>
       <c r="L333" s="36"/>
       <c r="M333" s="36"/>
       <c r="N333" s="36"/>
       <c r="O333" s="5"/>
       <c r="P333" s="20"/>
       <c r="Q333" s="27"/>
       <c r="R333" s="5"/>
       <c r="S333" s="5"/>
       <c r="T333" s="27"/>
       <c r="U333" s="5"/>
       <c r="V333" s="5"/>
       <c r="W333" s="27"/>
       <c r="X333" s="5"/>
       <c r="Y333" s="27"/>
       <c r="Z333" s="21"/>
     </row>
-    <row r="334" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="334" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A334" s="19"/>
       <c r="B334" s="5"/>
       <c r="C334" s="27"/>
       <c r="D334" s="27"/>
       <c r="E334" s="27"/>
       <c r="F334" s="27"/>
       <c r="G334" s="27"/>
       <c r="H334" s="27"/>
       <c r="I334" s="27"/>
       <c r="J334" s="27"/>
       <c r="K334" s="27"/>
       <c r="L334" s="36"/>
       <c r="M334" s="36"/>
       <c r="N334" s="36"/>
       <c r="O334" s="5"/>
       <c r="P334" s="20"/>
       <c r="Q334" s="27"/>
       <c r="R334" s="5"/>
       <c r="S334" s="5"/>
       <c r="T334" s="27"/>
       <c r="U334" s="5"/>
       <c r="V334" s="5"/>
       <c r="W334" s="27"/>
       <c r="X334" s="5"/>
       <c r="Y334" s="27"/>
       <c r="Z334" s="21"/>
     </row>
-    <row r="335" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="335" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A335" s="19"/>
       <c r="B335" s="5"/>
       <c r="C335" s="27"/>
       <c r="D335" s="27"/>
       <c r="E335" s="27"/>
       <c r="F335" s="27"/>
       <c r="G335" s="27"/>
       <c r="H335" s="27"/>
       <c r="I335" s="27"/>
       <c r="J335" s="27"/>
       <c r="K335" s="27"/>
       <c r="L335" s="36"/>
       <c r="M335" s="36"/>
       <c r="N335" s="36"/>
       <c r="O335" s="5"/>
       <c r="P335" s="20"/>
       <c r="Q335" s="27"/>
       <c r="R335" s="5"/>
       <c r="S335" s="5"/>
       <c r="T335" s="27"/>
       <c r="U335" s="5"/>
       <c r="V335" s="5"/>
       <c r="W335" s="27"/>
       <c r="X335" s="5"/>
       <c r="Y335" s="27"/>
       <c r="Z335" s="21"/>
     </row>
-    <row r="336" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="336" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A336" s="19"/>
       <c r="B336" s="5"/>
       <c r="C336" s="27"/>
       <c r="D336" s="27"/>
       <c r="E336" s="27"/>
       <c r="F336" s="27"/>
       <c r="G336" s="27"/>
       <c r="H336" s="27"/>
       <c r="I336" s="27"/>
       <c r="J336" s="27"/>
       <c r="K336" s="27"/>
       <c r="L336" s="36"/>
       <c r="M336" s="36"/>
       <c r="N336" s="36"/>
       <c r="O336" s="5"/>
       <c r="P336" s="20"/>
       <c r="Q336" s="27"/>
       <c r="R336" s="5"/>
       <c r="S336" s="5"/>
       <c r="T336" s="27"/>
       <c r="U336" s="5"/>
       <c r="V336" s="5"/>
       <c r="W336" s="27"/>
       <c r="X336" s="5"/>
       <c r="Y336" s="27"/>
       <c r="Z336" s="21"/>
     </row>
-    <row r="337" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="337" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A337" s="19"/>
       <c r="B337" s="5"/>
       <c r="C337" s="27"/>
       <c r="D337" s="27"/>
       <c r="E337" s="27"/>
       <c r="F337" s="27"/>
       <c r="G337" s="27"/>
       <c r="H337" s="27"/>
       <c r="I337" s="27"/>
       <c r="J337" s="27"/>
       <c r="K337" s="27"/>
       <c r="L337" s="36"/>
       <c r="M337" s="36"/>
       <c r="N337" s="36"/>
       <c r="O337" s="5"/>
       <c r="P337" s="20"/>
       <c r="Q337" s="27"/>
       <c r="R337" s="5"/>
       <c r="S337" s="5"/>
       <c r="T337" s="27"/>
       <c r="U337" s="5"/>
       <c r="V337" s="5"/>
       <c r="W337" s="27"/>
       <c r="X337" s="5"/>
       <c r="Y337" s="27"/>
       <c r="Z337" s="21"/>
     </row>
-    <row r="338" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="338" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A338" s="19"/>
       <c r="B338" s="5"/>
       <c r="C338" s="27"/>
       <c r="D338" s="27"/>
       <c r="E338" s="27"/>
       <c r="F338" s="27"/>
       <c r="G338" s="27"/>
       <c r="H338" s="27"/>
       <c r="I338" s="27"/>
       <c r="J338" s="27"/>
       <c r="K338" s="27"/>
       <c r="L338" s="36"/>
       <c r="M338" s="36"/>
       <c r="N338" s="36"/>
       <c r="O338" s="5"/>
       <c r="P338" s="20"/>
       <c r="Q338" s="27"/>
       <c r="R338" s="5"/>
       <c r="S338" s="5"/>
       <c r="T338" s="27"/>
       <c r="U338" s="5"/>
       <c r="V338" s="5"/>
       <c r="W338" s="27"/>
       <c r="X338" s="5"/>
       <c r="Y338" s="27"/>
       <c r="Z338" s="21"/>
     </row>
-    <row r="339" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="339" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A339" s="19"/>
       <c r="B339" s="5"/>
       <c r="C339" s="27"/>
       <c r="D339" s="27"/>
       <c r="E339" s="27"/>
       <c r="F339" s="27"/>
       <c r="G339" s="27"/>
       <c r="H339" s="27"/>
       <c r="I339" s="27"/>
       <c r="J339" s="27"/>
       <c r="K339" s="27"/>
       <c r="L339" s="36"/>
       <c r="M339" s="36"/>
       <c r="N339" s="36"/>
       <c r="O339" s="5"/>
       <c r="P339" s="20"/>
       <c r="Q339" s="27"/>
       <c r="R339" s="5"/>
       <c r="S339" s="5"/>
       <c r="T339" s="27"/>
       <c r="U339" s="5"/>
       <c r="V339" s="5"/>
       <c r="W339" s="27"/>
       <c r="X339" s="5"/>
       <c r="Y339" s="27"/>
       <c r="Z339" s="21"/>
     </row>
-    <row r="340" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="340" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A340" s="19"/>
       <c r="B340" s="5"/>
       <c r="C340" s="27"/>
       <c r="D340" s="27"/>
       <c r="E340" s="27"/>
       <c r="F340" s="27"/>
       <c r="G340" s="27"/>
       <c r="H340" s="27"/>
       <c r="I340" s="27"/>
       <c r="J340" s="27"/>
       <c r="K340" s="27"/>
       <c r="L340" s="36"/>
       <c r="M340" s="36"/>
       <c r="N340" s="36"/>
       <c r="O340" s="5"/>
       <c r="P340" s="20"/>
       <c r="Q340" s="27"/>
       <c r="R340" s="5"/>
       <c r="S340" s="5"/>
       <c r="T340" s="27"/>
       <c r="U340" s="5"/>
       <c r="V340" s="5"/>
       <c r="W340" s="27"/>
       <c r="X340" s="5"/>
       <c r="Y340" s="27"/>
       <c r="Z340" s="21"/>
     </row>
-    <row r="341" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="341" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A341" s="19"/>
       <c r="B341" s="5"/>
       <c r="C341" s="27"/>
       <c r="D341" s="27"/>
       <c r="E341" s="27"/>
       <c r="F341" s="27"/>
       <c r="G341" s="27"/>
       <c r="H341" s="27"/>
       <c r="I341" s="27"/>
       <c r="J341" s="27"/>
       <c r="K341" s="27"/>
       <c r="L341" s="36"/>
       <c r="M341" s="36"/>
       <c r="N341" s="36"/>
       <c r="O341" s="5"/>
       <c r="P341" s="20"/>
       <c r="Q341" s="27"/>
       <c r="R341" s="5"/>
       <c r="S341" s="5"/>
       <c r="T341" s="27"/>
       <c r="U341" s="5"/>
       <c r="V341" s="5"/>
       <c r="W341" s="27"/>
       <c r="X341" s="5"/>
       <c r="Y341" s="27"/>
       <c r="Z341" s="21"/>
     </row>
-    <row r="342" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="342" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A342" s="19"/>
       <c r="B342" s="5"/>
       <c r="C342" s="27"/>
       <c r="D342" s="27"/>
       <c r="E342" s="27"/>
       <c r="F342" s="27"/>
       <c r="G342" s="27"/>
       <c r="H342" s="27"/>
       <c r="I342" s="27"/>
       <c r="J342" s="27"/>
       <c r="K342" s="27"/>
       <c r="L342" s="36"/>
       <c r="M342" s="36"/>
       <c r="N342" s="36"/>
       <c r="O342" s="5"/>
       <c r="P342" s="20"/>
       <c r="Q342" s="27"/>
       <c r="R342" s="5"/>
       <c r="S342" s="5"/>
       <c r="T342" s="27"/>
       <c r="U342" s="5"/>
       <c r="V342" s="5"/>
       <c r="W342" s="27"/>
       <c r="X342" s="5"/>
       <c r="Y342" s="27"/>
       <c r="Z342" s="21"/>
     </row>
-    <row r="343" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="343" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A343" s="19"/>
       <c r="B343" s="5"/>
       <c r="C343" s="27"/>
       <c r="D343" s="27"/>
       <c r="E343" s="27"/>
       <c r="F343" s="27"/>
       <c r="G343" s="27"/>
       <c r="H343" s="27"/>
       <c r="I343" s="27"/>
       <c r="J343" s="27"/>
       <c r="K343" s="27"/>
       <c r="L343" s="36"/>
       <c r="M343" s="36"/>
       <c r="N343" s="36"/>
       <c r="O343" s="5"/>
       <c r="P343" s="20"/>
       <c r="Q343" s="27"/>
       <c r="R343" s="5"/>
       <c r="S343" s="5"/>
       <c r="T343" s="27"/>
       <c r="U343" s="5"/>
       <c r="V343" s="5"/>
       <c r="W343" s="27"/>
       <c r="X343" s="5"/>
       <c r="Y343" s="27"/>
       <c r="Z343" s="21"/>
     </row>
-    <row r="344" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="344" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A344" s="19"/>
       <c r="B344" s="5"/>
       <c r="C344" s="27"/>
       <c r="D344" s="27"/>
       <c r="E344" s="27"/>
       <c r="F344" s="27"/>
       <c r="G344" s="27"/>
       <c r="H344" s="27"/>
       <c r="I344" s="27"/>
       <c r="J344" s="27"/>
       <c r="K344" s="27"/>
       <c r="L344" s="36"/>
       <c r="M344" s="36"/>
       <c r="N344" s="36"/>
       <c r="O344" s="5"/>
       <c r="P344" s="20"/>
       <c r="Q344" s="27"/>
       <c r="R344" s="5"/>
       <c r="S344" s="5"/>
       <c r="T344" s="27"/>
       <c r="U344" s="5"/>
       <c r="V344" s="5"/>
       <c r="W344" s="27"/>
       <c r="X344" s="5"/>
       <c r="Y344" s="27"/>
       <c r="Z344" s="21"/>
     </row>
-    <row r="345" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="345" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A345" s="19"/>
       <c r="B345" s="5"/>
       <c r="C345" s="27"/>
       <c r="D345" s="27"/>
       <c r="E345" s="27"/>
       <c r="F345" s="27"/>
       <c r="G345" s="27"/>
       <c r="H345" s="27"/>
       <c r="I345" s="27"/>
       <c r="J345" s="27"/>
       <c r="K345" s="27"/>
       <c r="L345" s="36"/>
       <c r="M345" s="36"/>
       <c r="N345" s="36"/>
       <c r="O345" s="5"/>
       <c r="P345" s="20"/>
       <c r="Q345" s="27"/>
       <c r="R345" s="5"/>
       <c r="S345" s="5"/>
       <c r="T345" s="27"/>
       <c r="U345" s="5"/>
       <c r="V345" s="5"/>
       <c r="W345" s="27"/>
       <c r="X345" s="5"/>
       <c r="Y345" s="27"/>
       <c r="Z345" s="21"/>
     </row>
-    <row r="346" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="346" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A346" s="19"/>
       <c r="B346" s="5"/>
       <c r="C346" s="27"/>
       <c r="D346" s="27"/>
       <c r="E346" s="27"/>
       <c r="F346" s="27"/>
       <c r="G346" s="27"/>
       <c r="H346" s="27"/>
       <c r="I346" s="27"/>
       <c r="J346" s="27"/>
       <c r="K346" s="27"/>
       <c r="L346" s="36"/>
       <c r="M346" s="36"/>
       <c r="N346" s="36"/>
       <c r="O346" s="5"/>
       <c r="P346" s="20"/>
       <c r="Q346" s="27"/>
       <c r="R346" s="5"/>
       <c r="S346" s="5"/>
       <c r="T346" s="27"/>
       <c r="U346" s="5"/>
       <c r="V346" s="5"/>
       <c r="W346" s="27"/>
       <c r="X346" s="5"/>
       <c r="Y346" s="27"/>
       <c r="Z346" s="21"/>
     </row>
-    <row r="347" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="347" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A347" s="19"/>
       <c r="B347" s="5"/>
       <c r="C347" s="27"/>
       <c r="D347" s="27"/>
       <c r="E347" s="27"/>
       <c r="F347" s="27"/>
       <c r="G347" s="27"/>
       <c r="H347" s="27"/>
       <c r="I347" s="27"/>
       <c r="J347" s="27"/>
       <c r="K347" s="27"/>
       <c r="L347" s="36"/>
       <c r="M347" s="36"/>
       <c r="N347" s="36"/>
       <c r="O347" s="5"/>
       <c r="P347" s="20"/>
       <c r="Q347" s="27"/>
       <c r="R347" s="5"/>
       <c r="S347" s="5"/>
       <c r="T347" s="27"/>
       <c r="U347" s="5"/>
       <c r="V347" s="5"/>
       <c r="W347" s="27"/>
       <c r="X347" s="5"/>
       <c r="Y347" s="27"/>
       <c r="Z347" s="21"/>
     </row>
-    <row r="348" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="348" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A348" s="19"/>
       <c r="B348" s="5"/>
       <c r="C348" s="27"/>
       <c r="D348" s="27"/>
       <c r="E348" s="27"/>
       <c r="F348" s="27"/>
       <c r="G348" s="27"/>
       <c r="H348" s="27"/>
       <c r="I348" s="27"/>
       <c r="J348" s="27"/>
       <c r="K348" s="27"/>
       <c r="L348" s="36"/>
       <c r="M348" s="36"/>
       <c r="N348" s="36"/>
       <c r="O348" s="5"/>
       <c r="P348" s="20"/>
       <c r="Q348" s="27"/>
       <c r="R348" s="5"/>
       <c r="S348" s="5"/>
       <c r="T348" s="27"/>
       <c r="U348" s="5"/>
       <c r="V348" s="5"/>
       <c r="W348" s="27"/>
       <c r="X348" s="5"/>
       <c r="Y348" s="27"/>
       <c r="Z348" s="21"/>
     </row>
-    <row r="349" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="349" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A349" s="19"/>
       <c r="B349" s="5"/>
       <c r="C349" s="27"/>
       <c r="D349" s="27"/>
       <c r="E349" s="27"/>
       <c r="F349" s="27"/>
       <c r="G349" s="27"/>
       <c r="H349" s="27"/>
       <c r="I349" s="27"/>
       <c r="J349" s="27"/>
       <c r="K349" s="27"/>
       <c r="L349" s="36"/>
       <c r="M349" s="36"/>
       <c r="N349" s="36"/>
       <c r="O349" s="5"/>
       <c r="P349" s="20"/>
       <c r="Q349" s="27"/>
       <c r="R349" s="5"/>
       <c r="S349" s="5"/>
       <c r="T349" s="27"/>
       <c r="U349" s="5"/>
       <c r="V349" s="5"/>
       <c r="W349" s="27"/>
       <c r="X349" s="5"/>
       <c r="Y349" s="27"/>
       <c r="Z349" s="21"/>
     </row>
-    <row r="350" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="350" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A350" s="19"/>
       <c r="B350" s="5"/>
       <c r="C350" s="27"/>
       <c r="D350" s="27"/>
       <c r="E350" s="27"/>
       <c r="F350" s="27"/>
       <c r="G350" s="27"/>
       <c r="H350" s="27"/>
       <c r="I350" s="27"/>
       <c r="J350" s="27"/>
       <c r="K350" s="27"/>
       <c r="L350" s="36"/>
       <c r="M350" s="36"/>
       <c r="N350" s="36"/>
       <c r="O350" s="5"/>
       <c r="P350" s="20"/>
       <c r="Q350" s="27"/>
       <c r="R350" s="5"/>
       <c r="S350" s="5"/>
       <c r="T350" s="27"/>
       <c r="U350" s="5"/>
       <c r="V350" s="5"/>
       <c r="W350" s="27"/>
       <c r="X350" s="5"/>
       <c r="Y350" s="27"/>
       <c r="Z350" s="21"/>
     </row>
-    <row r="351" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="351" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A351" s="19"/>
       <c r="B351" s="5"/>
       <c r="C351" s="27"/>
       <c r="D351" s="27"/>
       <c r="E351" s="27"/>
       <c r="F351" s="27"/>
       <c r="G351" s="27"/>
       <c r="H351" s="27"/>
       <c r="I351" s="27"/>
       <c r="J351" s="27"/>
       <c r="K351" s="27"/>
       <c r="L351" s="36"/>
       <c r="M351" s="36"/>
       <c r="N351" s="36"/>
       <c r="O351" s="5"/>
       <c r="P351" s="20"/>
       <c r="Q351" s="27"/>
       <c r="R351" s="5"/>
       <c r="S351" s="5"/>
       <c r="T351" s="27"/>
       <c r="U351" s="5"/>
       <c r="V351" s="5"/>
       <c r="W351" s="27"/>
       <c r="X351" s="5"/>
       <c r="Y351" s="27"/>
       <c r="Z351" s="21"/>
     </row>
-    <row r="352" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="352" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A352" s="19"/>
       <c r="B352" s="5"/>
       <c r="C352" s="27"/>
       <c r="D352" s="27"/>
       <c r="E352" s="27"/>
       <c r="F352" s="27"/>
       <c r="G352" s="27"/>
       <c r="H352" s="27"/>
       <c r="I352" s="27"/>
       <c r="J352" s="27"/>
       <c r="K352" s="27"/>
       <c r="L352" s="36"/>
       <c r="M352" s="36"/>
       <c r="N352" s="36"/>
       <c r="O352" s="5"/>
       <c r="P352" s="20"/>
       <c r="Q352" s="27"/>
       <c r="R352" s="5"/>
       <c r="S352" s="5"/>
       <c r="T352" s="27"/>
       <c r="U352" s="5"/>
       <c r="V352" s="5"/>
       <c r="W352" s="27"/>
       <c r="X352" s="5"/>
       <c r="Y352" s="27"/>
       <c r="Z352" s="21"/>
     </row>
-    <row r="353" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="353" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A353" s="19"/>
       <c r="B353" s="5"/>
       <c r="C353" s="27"/>
       <c r="D353" s="27"/>
       <c r="E353" s="27"/>
       <c r="F353" s="27"/>
       <c r="G353" s="27"/>
       <c r="H353" s="27"/>
       <c r="I353" s="27"/>
       <c r="J353" s="27"/>
       <c r="K353" s="27"/>
       <c r="L353" s="36"/>
       <c r="M353" s="36"/>
       <c r="N353" s="36"/>
       <c r="O353" s="5"/>
       <c r="P353" s="20"/>
       <c r="Q353" s="27"/>
       <c r="R353" s="5"/>
       <c r="S353" s="5"/>
       <c r="T353" s="27"/>
       <c r="U353" s="5"/>
       <c r="V353" s="5"/>
       <c r="W353" s="27"/>
       <c r="X353" s="5"/>
       <c r="Y353" s="27"/>
       <c r="Z353" s="21"/>
     </row>
-    <row r="354" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="354" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A354" s="19"/>
       <c r="B354" s="5"/>
       <c r="C354" s="27"/>
       <c r="D354" s="27"/>
       <c r="E354" s="27"/>
       <c r="F354" s="27"/>
       <c r="G354" s="27"/>
       <c r="H354" s="27"/>
       <c r="I354" s="27"/>
       <c r="J354" s="27"/>
       <c r="K354" s="27"/>
       <c r="L354" s="36"/>
       <c r="M354" s="36"/>
       <c r="N354" s="36"/>
       <c r="O354" s="5"/>
       <c r="P354" s="20"/>
       <c r="Q354" s="27"/>
       <c r="R354" s="5"/>
       <c r="S354" s="5"/>
       <c r="T354" s="27"/>
       <c r="U354" s="5"/>
       <c r="V354" s="5"/>
       <c r="W354" s="27"/>
       <c r="X354" s="5"/>
       <c r="Y354" s="27"/>
       <c r="Z354" s="21"/>
     </row>
-    <row r="355" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="355" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A355" s="19"/>
       <c r="B355" s="5"/>
       <c r="C355" s="27"/>
       <c r="D355" s="27"/>
       <c r="E355" s="27"/>
       <c r="F355" s="27"/>
       <c r="G355" s="27"/>
       <c r="H355" s="27"/>
       <c r="I355" s="27"/>
       <c r="J355" s="27"/>
       <c r="K355" s="27"/>
       <c r="L355" s="36"/>
       <c r="M355" s="36"/>
       <c r="N355" s="36"/>
       <c r="O355" s="5"/>
       <c r="P355" s="20"/>
       <c r="Q355" s="27"/>
       <c r="R355" s="5"/>
       <c r="S355" s="5"/>
       <c r="T355" s="27"/>
       <c r="U355" s="5"/>
       <c r="V355" s="5"/>
       <c r="W355" s="27"/>
       <c r="X355" s="5"/>
       <c r="Y355" s="27"/>
       <c r="Z355" s="21"/>
     </row>
-    <row r="356" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="356" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A356" s="19"/>
       <c r="B356" s="5"/>
       <c r="C356" s="27"/>
       <c r="D356" s="27"/>
       <c r="E356" s="27"/>
       <c r="F356" s="27"/>
       <c r="G356" s="27"/>
       <c r="H356" s="27"/>
       <c r="I356" s="27"/>
       <c r="J356" s="27"/>
       <c r="K356" s="27"/>
       <c r="L356" s="36"/>
       <c r="M356" s="36"/>
       <c r="N356" s="36"/>
       <c r="O356" s="5"/>
       <c r="P356" s="20"/>
       <c r="Q356" s="27"/>
       <c r="R356" s="5"/>
       <c r="S356" s="5"/>
       <c r="T356" s="27"/>
       <c r="U356" s="5"/>
       <c r="V356" s="5"/>
       <c r="W356" s="27"/>
       <c r="X356" s="5"/>
       <c r="Y356" s="27"/>
       <c r="Z356" s="21"/>
     </row>
-    <row r="357" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="357" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A357" s="19"/>
       <c r="B357" s="5"/>
       <c r="C357" s="27"/>
       <c r="D357" s="27"/>
       <c r="E357" s="27"/>
       <c r="F357" s="27"/>
       <c r="G357" s="27"/>
       <c r="H357" s="27"/>
       <c r="I357" s="27"/>
       <c r="J357" s="27"/>
       <c r="K357" s="27"/>
       <c r="L357" s="36"/>
       <c r="M357" s="36"/>
       <c r="N357" s="36"/>
       <c r="O357" s="5"/>
       <c r="P357" s="20"/>
       <c r="Q357" s="27"/>
       <c r="R357" s="5"/>
       <c r="S357" s="5"/>
       <c r="T357" s="27"/>
       <c r="U357" s="5"/>
       <c r="V357" s="5"/>
       <c r="W357" s="27"/>
       <c r="X357" s="5"/>
       <c r="Y357" s="27"/>
       <c r="Z357" s="21"/>
     </row>
-    <row r="358" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="358" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A358" s="19"/>
       <c r="B358" s="5"/>
       <c r="C358" s="27"/>
       <c r="D358" s="27"/>
       <c r="E358" s="27"/>
       <c r="F358" s="27"/>
       <c r="G358" s="27"/>
       <c r="H358" s="27"/>
       <c r="I358" s="27"/>
       <c r="J358" s="27"/>
       <c r="K358" s="27"/>
       <c r="L358" s="36"/>
       <c r="M358" s="36"/>
       <c r="N358" s="36"/>
       <c r="O358" s="5"/>
       <c r="P358" s="20"/>
       <c r="Q358" s="27"/>
       <c r="R358" s="5"/>
       <c r="S358" s="5"/>
       <c r="T358" s="27"/>
       <c r="U358" s="5"/>
       <c r="V358" s="5"/>
       <c r="W358" s="27"/>
       <c r="X358" s="5"/>
       <c r="Y358" s="27"/>
       <c r="Z358" s="21"/>
     </row>
-    <row r="359" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="359" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A359" s="19"/>
       <c r="B359" s="5"/>
       <c r="C359" s="27"/>
       <c r="D359" s="27"/>
       <c r="E359" s="27"/>
       <c r="F359" s="27"/>
       <c r="G359" s="27"/>
       <c r="H359" s="27"/>
       <c r="I359" s="27"/>
       <c r="J359" s="27"/>
       <c r="K359" s="27"/>
       <c r="L359" s="36"/>
       <c r="M359" s="36"/>
       <c r="N359" s="36"/>
       <c r="O359" s="5"/>
       <c r="P359" s="20"/>
       <c r="Q359" s="27"/>
       <c r="R359" s="5"/>
       <c r="S359" s="5"/>
       <c r="T359" s="27"/>
       <c r="U359" s="5"/>
       <c r="V359" s="5"/>
       <c r="W359" s="27"/>
       <c r="X359" s="5"/>
       <c r="Y359" s="27"/>
       <c r="Z359" s="21"/>
     </row>
-    <row r="360" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="360" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A360" s="19"/>
       <c r="B360" s="5"/>
       <c r="C360" s="27"/>
       <c r="D360" s="27"/>
       <c r="E360" s="27"/>
       <c r="F360" s="27"/>
       <c r="G360" s="27"/>
       <c r="H360" s="27"/>
       <c r="I360" s="27"/>
       <c r="J360" s="27"/>
       <c r="K360" s="27"/>
       <c r="L360" s="36"/>
       <c r="M360" s="36"/>
       <c r="N360" s="36"/>
       <c r="O360" s="5"/>
       <c r="P360" s="20"/>
       <c r="Q360" s="27"/>
       <c r="R360" s="5"/>
       <c r="S360" s="5"/>
       <c r="T360" s="27"/>
       <c r="U360" s="5"/>
       <c r="V360" s="5"/>
       <c r="W360" s="27"/>
       <c r="X360" s="5"/>
       <c r="Y360" s="27"/>
       <c r="Z360" s="21"/>
     </row>
-    <row r="361" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="361" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A361" s="19"/>
       <c r="B361" s="5"/>
       <c r="C361" s="27"/>
       <c r="D361" s="27"/>
       <c r="E361" s="27"/>
       <c r="F361" s="27"/>
       <c r="G361" s="27"/>
       <c r="H361" s="27"/>
       <c r="I361" s="27"/>
       <c r="J361" s="27"/>
       <c r="K361" s="27"/>
       <c r="L361" s="36"/>
       <c r="M361" s="36"/>
       <c r="N361" s="36"/>
       <c r="O361" s="5"/>
       <c r="P361" s="20"/>
       <c r="Q361" s="27"/>
       <c r="R361" s="5"/>
       <c r="S361" s="5"/>
       <c r="T361" s="27"/>
       <c r="U361" s="5"/>
       <c r="V361" s="5"/>
       <c r="W361" s="27"/>
       <c r="X361" s="5"/>
       <c r="Y361" s="27"/>
       <c r="Z361" s="21"/>
     </row>
-    <row r="362" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="362" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A362" s="19"/>
       <c r="B362" s="5"/>
       <c r="C362" s="27"/>
       <c r="D362" s="27"/>
       <c r="E362" s="27"/>
       <c r="F362" s="27"/>
       <c r="G362" s="27"/>
       <c r="H362" s="27"/>
       <c r="I362" s="27"/>
       <c r="J362" s="27"/>
       <c r="K362" s="27"/>
       <c r="L362" s="36"/>
       <c r="M362" s="36"/>
       <c r="N362" s="36"/>
       <c r="O362" s="5"/>
       <c r="P362" s="20"/>
       <c r="Q362" s="27"/>
       <c r="R362" s="5"/>
       <c r="S362" s="5"/>
       <c r="T362" s="27"/>
       <c r="U362" s="5"/>
       <c r="V362" s="5"/>
       <c r="W362" s="27"/>
       <c r="X362" s="5"/>
       <c r="Y362" s="27"/>
       <c r="Z362" s="21"/>
     </row>
-    <row r="363" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="363" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A363" s="19"/>
       <c r="B363" s="5"/>
       <c r="C363" s="27"/>
       <c r="D363" s="27"/>
       <c r="E363" s="27"/>
       <c r="F363" s="27"/>
       <c r="G363" s="27"/>
       <c r="H363" s="27"/>
       <c r="I363" s="27"/>
       <c r="J363" s="27"/>
       <c r="K363" s="27"/>
       <c r="L363" s="36"/>
       <c r="M363" s="36"/>
       <c r="N363" s="36"/>
       <c r="O363" s="5"/>
       <c r="P363" s="20"/>
       <c r="Q363" s="27"/>
       <c r="R363" s="5"/>
       <c r="S363" s="5"/>
       <c r="T363" s="27"/>
       <c r="U363" s="5"/>
       <c r="V363" s="5"/>
       <c r="W363" s="27"/>
       <c r="X363" s="5"/>
       <c r="Y363" s="27"/>
       <c r="Z363" s="21"/>
     </row>
-    <row r="364" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="364" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A364" s="19"/>
       <c r="B364" s="5"/>
       <c r="C364" s="27"/>
       <c r="D364" s="27"/>
       <c r="E364" s="27"/>
       <c r="F364" s="27"/>
       <c r="G364" s="27"/>
       <c r="H364" s="27"/>
       <c r="I364" s="27"/>
       <c r="J364" s="27"/>
       <c r="K364" s="27"/>
       <c r="L364" s="36"/>
       <c r="M364" s="36"/>
       <c r="N364" s="36"/>
       <c r="O364" s="5"/>
       <c r="P364" s="20"/>
       <c r="Q364" s="27"/>
       <c r="R364" s="5"/>
       <c r="S364" s="5"/>
       <c r="T364" s="27"/>
       <c r="U364" s="5"/>
       <c r="V364" s="5"/>
       <c r="W364" s="27"/>
       <c r="X364" s="5"/>
       <c r="Y364" s="27"/>
       <c r="Z364" s="21"/>
     </row>
-    <row r="365" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="365" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A365" s="19"/>
       <c r="B365" s="5"/>
       <c r="C365" s="27"/>
       <c r="D365" s="27"/>
       <c r="E365" s="27"/>
       <c r="F365" s="27"/>
       <c r="G365" s="27"/>
       <c r="H365" s="27"/>
       <c r="I365" s="27"/>
       <c r="J365" s="27"/>
       <c r="K365" s="27"/>
       <c r="L365" s="36"/>
       <c r="M365" s="36"/>
       <c r="N365" s="36"/>
       <c r="O365" s="5"/>
       <c r="P365" s="20"/>
       <c r="Q365" s="27"/>
       <c r="R365" s="5"/>
       <c r="S365" s="5"/>
       <c r="T365" s="27"/>
       <c r="U365" s="5"/>
       <c r="V365" s="5"/>
       <c r="W365" s="27"/>
       <c r="X365" s="5"/>
       <c r="Y365" s="27"/>
       <c r="Z365" s="21"/>
     </row>
-    <row r="366" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="366" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A366" s="19"/>
       <c r="B366" s="5"/>
       <c r="C366" s="27"/>
       <c r="D366" s="27"/>
       <c r="E366" s="27"/>
       <c r="F366" s="27"/>
       <c r="G366" s="27"/>
       <c r="H366" s="27"/>
       <c r="I366" s="27"/>
       <c r="J366" s="27"/>
       <c r="K366" s="27"/>
       <c r="L366" s="36"/>
       <c r="M366" s="36"/>
       <c r="N366" s="36"/>
       <c r="O366" s="5"/>
       <c r="P366" s="20"/>
       <c r="Q366" s="27"/>
       <c r="R366" s="5"/>
       <c r="S366" s="5"/>
       <c r="T366" s="27"/>
       <c r="U366" s="5"/>
       <c r="V366" s="5"/>
       <c r="W366" s="27"/>
       <c r="X366" s="5"/>
       <c r="Y366" s="27"/>
       <c r="Z366" s="21"/>
     </row>
-    <row r="367" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="367" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A367" s="19"/>
       <c r="B367" s="5"/>
       <c r="C367" s="27"/>
       <c r="D367" s="27"/>
       <c r="E367" s="27"/>
       <c r="F367" s="27"/>
       <c r="G367" s="27"/>
       <c r="H367" s="27"/>
       <c r="I367" s="27"/>
       <c r="J367" s="27"/>
       <c r="K367" s="27"/>
       <c r="L367" s="36"/>
       <c r="M367" s="36"/>
       <c r="N367" s="36"/>
       <c r="O367" s="5"/>
       <c r="P367" s="20"/>
       <c r="Q367" s="27"/>
       <c r="R367" s="5"/>
       <c r="S367" s="5"/>
       <c r="T367" s="27"/>
       <c r="U367" s="5"/>
       <c r="V367" s="5"/>
       <c r="W367" s="27"/>
       <c r="X367" s="5"/>
       <c r="Y367" s="27"/>
       <c r="Z367" s="21"/>
     </row>
-    <row r="368" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="368" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A368" s="19"/>
       <c r="B368" s="5"/>
       <c r="C368" s="27"/>
       <c r="D368" s="27"/>
       <c r="E368" s="27"/>
       <c r="F368" s="27"/>
       <c r="G368" s="27"/>
       <c r="H368" s="27"/>
       <c r="I368" s="27"/>
       <c r="J368" s="27"/>
       <c r="K368" s="27"/>
       <c r="L368" s="36"/>
       <c r="M368" s="36"/>
       <c r="N368" s="36"/>
       <c r="O368" s="5"/>
       <c r="P368" s="20"/>
       <c r="Q368" s="27"/>
       <c r="R368" s="5"/>
       <c r="S368" s="5"/>
       <c r="T368" s="27"/>
       <c r="U368" s="5"/>
       <c r="V368" s="5"/>
       <c r="W368" s="27"/>
       <c r="X368" s="5"/>
       <c r="Y368" s="27"/>
       <c r="Z368" s="21"/>
     </row>
-    <row r="369" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="369" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A369" s="19"/>
       <c r="B369" s="5"/>
       <c r="C369" s="27"/>
       <c r="D369" s="27"/>
       <c r="E369" s="27"/>
       <c r="F369" s="27"/>
       <c r="G369" s="27"/>
       <c r="H369" s="27"/>
       <c r="I369" s="27"/>
       <c r="J369" s="27"/>
       <c r="K369" s="27"/>
       <c r="L369" s="36"/>
       <c r="M369" s="36"/>
       <c r="N369" s="36"/>
       <c r="O369" s="5"/>
       <c r="P369" s="20"/>
       <c r="Q369" s="27"/>
       <c r="R369" s="5"/>
       <c r="S369" s="5"/>
       <c r="T369" s="27"/>
       <c r="U369" s="5"/>
       <c r="V369" s="5"/>
       <c r="W369" s="27"/>
       <c r="X369" s="5"/>
       <c r="Y369" s="27"/>
       <c r="Z369" s="21"/>
     </row>
-    <row r="370" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="370" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A370" s="19"/>
       <c r="B370" s="5"/>
       <c r="C370" s="27"/>
       <c r="D370" s="27"/>
       <c r="E370" s="27"/>
       <c r="F370" s="27"/>
       <c r="G370" s="27"/>
       <c r="H370" s="27"/>
       <c r="I370" s="27"/>
       <c r="J370" s="27"/>
       <c r="K370" s="27"/>
       <c r="L370" s="36"/>
       <c r="M370" s="36"/>
       <c r="N370" s="36"/>
       <c r="O370" s="5"/>
       <c r="P370" s="20"/>
       <c r="Q370" s="27"/>
       <c r="R370" s="5"/>
       <c r="S370" s="5"/>
       <c r="T370" s="27"/>
       <c r="U370" s="5"/>
       <c r="V370" s="5"/>
       <c r="W370" s="27"/>
       <c r="X370" s="5"/>
       <c r="Y370" s="27"/>
       <c r="Z370" s="21"/>
     </row>
-    <row r="371" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="371" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A371" s="19"/>
       <c r="B371" s="5"/>
       <c r="C371" s="27"/>
       <c r="D371" s="27"/>
       <c r="E371" s="27"/>
       <c r="F371" s="27"/>
       <c r="G371" s="27"/>
       <c r="H371" s="27"/>
       <c r="I371" s="27"/>
       <c r="J371" s="27"/>
       <c r="K371" s="27"/>
       <c r="L371" s="36"/>
       <c r="M371" s="36"/>
       <c r="N371" s="36"/>
       <c r="O371" s="5"/>
       <c r="P371" s="20"/>
       <c r="Q371" s="27"/>
       <c r="R371" s="5"/>
       <c r="S371" s="5"/>
       <c r="T371" s="27"/>
       <c r="U371" s="5"/>
       <c r="V371" s="5"/>
       <c r="W371" s="27"/>
       <c r="X371" s="5"/>
       <c r="Y371" s="27"/>
       <c r="Z371" s="21"/>
     </row>
-    <row r="372" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="372" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A372" s="19"/>
       <c r="B372" s="5"/>
       <c r="C372" s="27"/>
       <c r="D372" s="27"/>
       <c r="E372" s="27"/>
       <c r="F372" s="27"/>
       <c r="G372" s="27"/>
       <c r="H372" s="27"/>
       <c r="I372" s="27"/>
       <c r="J372" s="27"/>
       <c r="K372" s="27"/>
       <c r="L372" s="36"/>
       <c r="M372" s="36"/>
       <c r="N372" s="36"/>
       <c r="O372" s="5"/>
       <c r="P372" s="20"/>
       <c r="Q372" s="27"/>
       <c r="R372" s="5"/>
       <c r="S372" s="5"/>
       <c r="T372" s="27"/>
       <c r="U372" s="5"/>
       <c r="V372" s="5"/>
       <c r="W372" s="27"/>
       <c r="X372" s="5"/>
       <c r="Y372" s="27"/>
       <c r="Z372" s="21"/>
     </row>
-    <row r="373" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="373" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A373" s="19"/>
       <c r="B373" s="5"/>
       <c r="C373" s="27"/>
       <c r="D373" s="27"/>
       <c r="E373" s="27"/>
       <c r="F373" s="27"/>
       <c r="G373" s="27"/>
       <c r="H373" s="27"/>
       <c r="I373" s="27"/>
       <c r="J373" s="27"/>
       <c r="K373" s="27"/>
       <c r="L373" s="36"/>
       <c r="M373" s="36"/>
       <c r="N373" s="36"/>
       <c r="O373" s="5"/>
       <c r="P373" s="20"/>
       <c r="Q373" s="27"/>
       <c r="R373" s="5"/>
       <c r="S373" s="5"/>
       <c r="T373" s="27"/>
       <c r="U373" s="5"/>
       <c r="V373" s="5"/>
       <c r="W373" s="27"/>
       <c r="X373" s="5"/>
       <c r="Y373" s="27"/>
       <c r="Z373" s="21"/>
     </row>
-    <row r="374" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="374" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A374" s="19"/>
       <c r="B374" s="5"/>
       <c r="C374" s="27"/>
       <c r="D374" s="27"/>
       <c r="E374" s="27"/>
       <c r="F374" s="27"/>
       <c r="G374" s="27"/>
       <c r="H374" s="27"/>
       <c r="I374" s="27"/>
       <c r="J374" s="27"/>
       <c r="K374" s="27"/>
       <c r="L374" s="36"/>
       <c r="M374" s="36"/>
       <c r="N374" s="36"/>
       <c r="O374" s="5"/>
       <c r="P374" s="20"/>
       <c r="Q374" s="27"/>
       <c r="R374" s="5"/>
       <c r="S374" s="5"/>
       <c r="T374" s="27"/>
       <c r="U374" s="5"/>
       <c r="V374" s="5"/>
       <c r="W374" s="27"/>
       <c r="X374" s="5"/>
       <c r="Y374" s="27"/>
       <c r="Z374" s="21"/>
     </row>
-    <row r="375" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="375" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A375" s="19"/>
       <c r="B375" s="5"/>
       <c r="C375" s="27"/>
       <c r="D375" s="27"/>
       <c r="E375" s="27"/>
       <c r="F375" s="27"/>
       <c r="G375" s="27"/>
       <c r="H375" s="27"/>
       <c r="I375" s="27"/>
       <c r="J375" s="27"/>
       <c r="K375" s="27"/>
       <c r="L375" s="36"/>
       <c r="M375" s="36"/>
       <c r="N375" s="36"/>
       <c r="O375" s="5"/>
       <c r="P375" s="20"/>
       <c r="Q375" s="27"/>
       <c r="R375" s="5"/>
       <c r="S375" s="5"/>
       <c r="T375" s="27"/>
       <c r="U375" s="5"/>
       <c r="V375" s="5"/>
       <c r="W375" s="27"/>
       <c r="X375" s="5"/>
       <c r="Y375" s="27"/>
       <c r="Z375" s="21"/>
     </row>
-    <row r="376" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="376" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A376" s="19"/>
       <c r="B376" s="5"/>
       <c r="C376" s="27"/>
       <c r="D376" s="27"/>
       <c r="E376" s="27"/>
       <c r="F376" s="27"/>
       <c r="G376" s="27"/>
       <c r="H376" s="27"/>
       <c r="I376" s="27"/>
       <c r="J376" s="27"/>
       <c r="K376" s="27"/>
       <c r="L376" s="36"/>
       <c r="M376" s="36"/>
       <c r="N376" s="36"/>
       <c r="O376" s="5"/>
       <c r="P376" s="20"/>
       <c r="Q376" s="27"/>
       <c r="R376" s="5"/>
       <c r="S376" s="5"/>
       <c r="T376" s="27"/>
       <c r="U376" s="5"/>
       <c r="V376" s="5"/>
       <c r="W376" s="27"/>
       <c r="X376" s="5"/>
       <c r="Y376" s="27"/>
       <c r="Z376" s="21"/>
     </row>
-    <row r="377" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="377" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A377" s="19"/>
       <c r="B377" s="5"/>
       <c r="C377" s="27"/>
       <c r="D377" s="27"/>
       <c r="E377" s="27"/>
       <c r="F377" s="27"/>
       <c r="G377" s="27"/>
       <c r="H377" s="27"/>
       <c r="I377" s="27"/>
       <c r="J377" s="27"/>
       <c r="K377" s="27"/>
       <c r="L377" s="36"/>
       <c r="M377" s="36"/>
       <c r="N377" s="36"/>
       <c r="O377" s="5"/>
       <c r="P377" s="20"/>
       <c r="Q377" s="27"/>
       <c r="R377" s="5"/>
       <c r="S377" s="5"/>
       <c r="T377" s="27"/>
       <c r="U377" s="5"/>
       <c r="V377" s="5"/>
       <c r="W377" s="27"/>
       <c r="X377" s="5"/>
       <c r="Y377" s="27"/>
       <c r="Z377" s="21"/>
     </row>
-    <row r="378" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="378" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A378" s="19"/>
       <c r="B378" s="5"/>
       <c r="C378" s="27"/>
       <c r="D378" s="27"/>
       <c r="E378" s="27"/>
       <c r="F378" s="27"/>
       <c r="G378" s="27"/>
       <c r="H378" s="27"/>
       <c r="I378" s="27"/>
       <c r="J378" s="27"/>
       <c r="K378" s="27"/>
       <c r="L378" s="36"/>
       <c r="M378" s="36"/>
       <c r="N378" s="36"/>
       <c r="O378" s="5"/>
       <c r="P378" s="20"/>
       <c r="Q378" s="27"/>
       <c r="R378" s="5"/>
       <c r="S378" s="5"/>
       <c r="T378" s="27"/>
       <c r="U378" s="5"/>
       <c r="V378" s="5"/>
       <c r="W378" s="27"/>
       <c r="X378" s="5"/>
       <c r="Y378" s="27"/>
       <c r="Z378" s="21"/>
     </row>
-    <row r="379" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="379" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A379" s="19"/>
       <c r="B379" s="5"/>
       <c r="C379" s="27"/>
       <c r="D379" s="27"/>
       <c r="E379" s="27"/>
       <c r="F379" s="27"/>
       <c r="G379" s="27"/>
       <c r="H379" s="27"/>
       <c r="I379" s="27"/>
       <c r="J379" s="27"/>
       <c r="K379" s="27"/>
       <c r="L379" s="36"/>
       <c r="M379" s="36"/>
       <c r="N379" s="36"/>
       <c r="O379" s="5"/>
       <c r="P379" s="20"/>
       <c r="Q379" s="27"/>
       <c r="R379" s="5"/>
       <c r="S379" s="5"/>
       <c r="T379" s="27"/>
       <c r="U379" s="5"/>
       <c r="V379" s="5"/>
       <c r="W379" s="27"/>
       <c r="X379" s="5"/>
       <c r="Y379" s="27"/>
       <c r="Z379" s="21"/>
     </row>
-    <row r="380" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="380" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A380" s="19"/>
       <c r="B380" s="5"/>
       <c r="C380" s="27"/>
       <c r="D380" s="27"/>
       <c r="E380" s="27"/>
       <c r="F380" s="27"/>
       <c r="G380" s="27"/>
       <c r="H380" s="27"/>
       <c r="I380" s="27"/>
       <c r="J380" s="27"/>
       <c r="K380" s="27"/>
       <c r="L380" s="36"/>
       <c r="M380" s="36"/>
       <c r="N380" s="36"/>
       <c r="O380" s="5"/>
       <c r="P380" s="20"/>
       <c r="Q380" s="27"/>
       <c r="R380" s="5"/>
       <c r="S380" s="5"/>
       <c r="T380" s="27"/>
       <c r="U380" s="5"/>
       <c r="V380" s="5"/>
       <c r="W380" s="27"/>
       <c r="X380" s="5"/>
       <c r="Y380" s="27"/>
       <c r="Z380" s="21"/>
     </row>
-    <row r="381" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="381" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A381" s="19"/>
       <c r="B381" s="5"/>
       <c r="C381" s="27"/>
       <c r="D381" s="27"/>
       <c r="E381" s="27"/>
       <c r="F381" s="27"/>
       <c r="G381" s="27"/>
       <c r="H381" s="27"/>
       <c r="I381" s="27"/>
       <c r="J381" s="27"/>
       <c r="K381" s="27"/>
       <c r="L381" s="36"/>
       <c r="M381" s="36"/>
       <c r="N381" s="36"/>
       <c r="O381" s="5"/>
       <c r="P381" s="20"/>
       <c r="Q381" s="27"/>
       <c r="R381" s="5"/>
       <c r="S381" s="5"/>
       <c r="T381" s="27"/>
       <c r="U381" s="5"/>
       <c r="V381" s="5"/>
       <c r="W381" s="27"/>
       <c r="X381" s="5"/>
       <c r="Y381" s="27"/>
       <c r="Z381" s="21"/>
     </row>
-    <row r="382" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="382" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A382" s="19"/>
       <c r="B382" s="5"/>
       <c r="C382" s="27"/>
       <c r="D382" s="27"/>
       <c r="E382" s="27"/>
       <c r="F382" s="27"/>
       <c r="G382" s="27"/>
       <c r="H382" s="27"/>
       <c r="I382" s="27"/>
       <c r="J382" s="27"/>
       <c r="K382" s="27"/>
       <c r="L382" s="36"/>
       <c r="M382" s="36"/>
       <c r="N382" s="36"/>
       <c r="O382" s="5"/>
       <c r="P382" s="20"/>
       <c r="Q382" s="27"/>
       <c r="R382" s="5"/>
       <c r="S382" s="5"/>
       <c r="T382" s="27"/>
       <c r="U382" s="5"/>
       <c r="V382" s="5"/>
       <c r="W382" s="27"/>
       <c r="X382" s="5"/>
       <c r="Y382" s="27"/>
       <c r="Z382" s="21"/>
     </row>
-    <row r="383" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="383" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A383" s="19"/>
       <c r="B383" s="5"/>
       <c r="C383" s="27"/>
       <c r="D383" s="27"/>
       <c r="E383" s="27"/>
       <c r="F383" s="27"/>
       <c r="G383" s="27"/>
       <c r="H383" s="27"/>
       <c r="I383" s="27"/>
       <c r="J383" s="27"/>
       <c r="K383" s="27"/>
       <c r="L383" s="36"/>
       <c r="M383" s="36"/>
       <c r="N383" s="36"/>
       <c r="O383" s="5"/>
       <c r="P383" s="20"/>
       <c r="Q383" s="27"/>
       <c r="R383" s="5"/>
       <c r="S383" s="5"/>
       <c r="T383" s="27"/>
       <c r="U383" s="5"/>
       <c r="V383" s="5"/>
       <c r="W383" s="27"/>
       <c r="X383" s="5"/>
       <c r="Y383" s="27"/>
       <c r="Z383" s="21"/>
     </row>
-    <row r="384" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="384" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A384" s="19"/>
       <c r="B384" s="5"/>
       <c r="C384" s="27"/>
       <c r="D384" s="27"/>
       <c r="E384" s="27"/>
       <c r="F384" s="27"/>
       <c r="G384" s="27"/>
       <c r="H384" s="27"/>
       <c r="I384" s="27"/>
       <c r="J384" s="27"/>
       <c r="K384" s="27"/>
       <c r="L384" s="36"/>
       <c r="M384" s="36"/>
       <c r="N384" s="36"/>
       <c r="O384" s="5"/>
       <c r="P384" s="20"/>
       <c r="Q384" s="27"/>
       <c r="R384" s="5"/>
       <c r="S384" s="5"/>
       <c r="T384" s="27"/>
       <c r="U384" s="5"/>
       <c r="V384" s="5"/>
       <c r="W384" s="27"/>
       <c r="X384" s="5"/>
       <c r="Y384" s="27"/>
       <c r="Z384" s="21"/>
     </row>
-    <row r="385" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="385" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A385" s="19"/>
       <c r="B385" s="5"/>
       <c r="C385" s="27"/>
       <c r="D385" s="27"/>
       <c r="E385" s="27"/>
       <c r="F385" s="27"/>
       <c r="G385" s="27"/>
       <c r="H385" s="27"/>
       <c r="I385" s="27"/>
       <c r="J385" s="27"/>
       <c r="K385" s="27"/>
       <c r="L385" s="36"/>
       <c r="M385" s="36"/>
       <c r="N385" s="36"/>
       <c r="O385" s="5"/>
       <c r="P385" s="20"/>
       <c r="Q385" s="27"/>
       <c r="R385" s="5"/>
       <c r="S385" s="5"/>
       <c r="T385" s="27"/>
       <c r="U385" s="5"/>
       <c r="V385" s="5"/>
       <c r="W385" s="27"/>
       <c r="X385" s="5"/>
       <c r="Y385" s="27"/>
       <c r="Z385" s="21"/>
     </row>
-    <row r="386" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="386" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A386" s="19"/>
       <c r="B386" s="5"/>
       <c r="C386" s="27"/>
       <c r="D386" s="27"/>
       <c r="E386" s="27"/>
       <c r="F386" s="27"/>
       <c r="G386" s="27"/>
       <c r="H386" s="27"/>
       <c r="I386" s="27"/>
       <c r="J386" s="27"/>
       <c r="K386" s="27"/>
       <c r="L386" s="36"/>
       <c r="M386" s="36"/>
       <c r="N386" s="36"/>
       <c r="O386" s="5"/>
       <c r="P386" s="20"/>
       <c r="Q386" s="27"/>
       <c r="R386" s="5"/>
       <c r="S386" s="5"/>
       <c r="T386" s="27"/>
       <c r="U386" s="5"/>
       <c r="V386" s="5"/>
       <c r="W386" s="27"/>
       <c r="X386" s="5"/>
       <c r="Y386" s="27"/>
       <c r="Z386" s="21"/>
     </row>
-    <row r="387" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="387" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A387" s="19"/>
       <c r="B387" s="5"/>
       <c r="C387" s="27"/>
       <c r="D387" s="27"/>
       <c r="E387" s="27"/>
       <c r="F387" s="27"/>
       <c r="G387" s="27"/>
       <c r="H387" s="27"/>
       <c r="I387" s="27"/>
       <c r="J387" s="27"/>
       <c r="K387" s="27"/>
       <c r="L387" s="36"/>
       <c r="M387" s="36"/>
       <c r="N387" s="36"/>
       <c r="O387" s="5"/>
       <c r="P387" s="20"/>
       <c r="Q387" s="27"/>
       <c r="R387" s="5"/>
       <c r="S387" s="5"/>
       <c r="T387" s="27"/>
       <c r="U387" s="5"/>
       <c r="V387" s="5"/>
       <c r="W387" s="27"/>
       <c r="X387" s="5"/>
       <c r="Y387" s="27"/>
       <c r="Z387" s="21"/>
     </row>
-    <row r="388" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="388" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A388" s="19"/>
       <c r="B388" s="5"/>
       <c r="C388" s="27"/>
       <c r="D388" s="27"/>
       <c r="E388" s="27"/>
       <c r="F388" s="27"/>
       <c r="G388" s="27"/>
       <c r="H388" s="27"/>
       <c r="I388" s="27"/>
       <c r="J388" s="27"/>
       <c r="K388" s="27"/>
       <c r="L388" s="36"/>
       <c r="M388" s="36"/>
       <c r="N388" s="36"/>
       <c r="O388" s="5"/>
       <c r="P388" s="20"/>
       <c r="Q388" s="27"/>
       <c r="R388" s="5"/>
       <c r="S388" s="5"/>
       <c r="T388" s="27"/>
       <c r="U388" s="5"/>
       <c r="V388" s="5"/>
       <c r="W388" s="27"/>
       <c r="X388" s="5"/>
       <c r="Y388" s="27"/>
       <c r="Z388" s="21"/>
     </row>
-    <row r="389" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="389" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A389" s="19"/>
       <c r="B389" s="5"/>
       <c r="C389" s="27"/>
       <c r="D389" s="27"/>
       <c r="E389" s="27"/>
       <c r="F389" s="27"/>
       <c r="G389" s="27"/>
       <c r="H389" s="27"/>
       <c r="I389" s="27"/>
       <c r="J389" s="27"/>
       <c r="K389" s="27"/>
       <c r="L389" s="36"/>
       <c r="M389" s="36"/>
       <c r="N389" s="36"/>
       <c r="O389" s="5"/>
       <c r="P389" s="20"/>
       <c r="Q389" s="27"/>
       <c r="R389" s="5"/>
       <c r="S389" s="5"/>
       <c r="T389" s="27"/>
       <c r="U389" s="5"/>
       <c r="V389" s="5"/>
       <c r="W389" s="27"/>
       <c r="X389" s="5"/>
       <c r="Y389" s="27"/>
       <c r="Z389" s="21"/>
     </row>
-    <row r="390" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="390" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A390" s="19"/>
       <c r="B390" s="5"/>
       <c r="C390" s="27"/>
       <c r="D390" s="27"/>
       <c r="E390" s="27"/>
       <c r="F390" s="27"/>
       <c r="G390" s="27"/>
       <c r="H390" s="27"/>
       <c r="I390" s="27"/>
       <c r="J390" s="27"/>
       <c r="K390" s="27"/>
       <c r="L390" s="36"/>
       <c r="M390" s="36"/>
       <c r="N390" s="36"/>
       <c r="O390" s="5"/>
       <c r="P390" s="20"/>
       <c r="Q390" s="27"/>
       <c r="R390" s="5"/>
       <c r="S390" s="5"/>
       <c r="T390" s="27"/>
       <c r="U390" s="5"/>
       <c r="V390" s="5"/>
       <c r="W390" s="27"/>
       <c r="X390" s="5"/>
       <c r="Y390" s="27"/>
       <c r="Z390" s="21"/>
     </row>
-    <row r="391" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="391" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A391" s="19"/>
       <c r="B391" s="5"/>
       <c r="C391" s="27"/>
       <c r="D391" s="27"/>
       <c r="E391" s="27"/>
       <c r="F391" s="27"/>
       <c r="G391" s="27"/>
       <c r="H391" s="27"/>
       <c r="I391" s="27"/>
       <c r="J391" s="27"/>
       <c r="K391" s="27"/>
       <c r="L391" s="36"/>
       <c r="M391" s="36"/>
       <c r="N391" s="36"/>
       <c r="O391" s="5"/>
       <c r="P391" s="20"/>
       <c r="Q391" s="27"/>
       <c r="R391" s="5"/>
       <c r="S391" s="5"/>
       <c r="T391" s="27"/>
       <c r="U391" s="5"/>
       <c r="V391" s="5"/>
       <c r="W391" s="27"/>
       <c r="X391" s="5"/>
       <c r="Y391" s="27"/>
       <c r="Z391" s="21"/>
     </row>
-    <row r="392" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="392" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A392" s="19"/>
       <c r="B392" s="5"/>
       <c r="C392" s="27"/>
       <c r="D392" s="27"/>
       <c r="E392" s="27"/>
       <c r="F392" s="27"/>
       <c r="G392" s="27"/>
       <c r="H392" s="27"/>
       <c r="I392" s="27"/>
       <c r="J392" s="27"/>
       <c r="K392" s="27"/>
       <c r="L392" s="36"/>
       <c r="M392" s="36"/>
       <c r="N392" s="36"/>
       <c r="O392" s="5"/>
       <c r="P392" s="20"/>
       <c r="Q392" s="27"/>
       <c r="R392" s="5"/>
       <c r="S392" s="5"/>
       <c r="T392" s="27"/>
       <c r="U392" s="5"/>
       <c r="V392" s="5"/>
       <c r="W392" s="27"/>
       <c r="X392" s="5"/>
       <c r="Y392" s="27"/>
       <c r="Z392" s="21"/>
     </row>
-    <row r="393" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="393" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A393" s="19"/>
       <c r="B393" s="5"/>
       <c r="C393" s="27"/>
       <c r="D393" s="27"/>
       <c r="E393" s="27"/>
       <c r="F393" s="27"/>
       <c r="G393" s="27"/>
       <c r="H393" s="27"/>
       <c r="I393" s="27"/>
       <c r="J393" s="27"/>
       <c r="K393" s="27"/>
       <c r="L393" s="36"/>
       <c r="M393" s="36"/>
       <c r="N393" s="36"/>
       <c r="O393" s="5"/>
       <c r="P393" s="20"/>
       <c r="Q393" s="27"/>
       <c r="R393" s="5"/>
       <c r="S393" s="5"/>
       <c r="T393" s="27"/>
       <c r="U393" s="5"/>
       <c r="V393" s="5"/>
       <c r="W393" s="27"/>
       <c r="X393" s="5"/>
       <c r="Y393" s="27"/>
       <c r="Z393" s="21"/>
     </row>
-    <row r="394" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="394" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A394" s="19"/>
       <c r="B394" s="5"/>
       <c r="C394" s="27"/>
       <c r="D394" s="27"/>
       <c r="E394" s="27"/>
       <c r="F394" s="27"/>
       <c r="G394" s="27"/>
       <c r="H394" s="27"/>
       <c r="I394" s="27"/>
       <c r="J394" s="27"/>
       <c r="K394" s="27"/>
       <c r="L394" s="36"/>
       <c r="M394" s="36"/>
       <c r="N394" s="36"/>
       <c r="O394" s="5"/>
       <c r="P394" s="20"/>
       <c r="Q394" s="27"/>
       <c r="R394" s="5"/>
       <c r="S394" s="5"/>
       <c r="T394" s="27"/>
       <c r="U394" s="5"/>
       <c r="V394" s="5"/>
       <c r="W394" s="27"/>
       <c r="X394" s="5"/>
       <c r="Y394" s="27"/>
       <c r="Z394" s="21"/>
     </row>
-    <row r="395" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="395" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A395" s="19"/>
       <c r="B395" s="5"/>
       <c r="C395" s="27"/>
       <c r="D395" s="27"/>
       <c r="E395" s="27"/>
       <c r="F395" s="27"/>
       <c r="G395" s="27"/>
       <c r="H395" s="27"/>
       <c r="I395" s="27"/>
       <c r="J395" s="27"/>
       <c r="K395" s="27"/>
       <c r="L395" s="36"/>
       <c r="M395" s="36"/>
       <c r="N395" s="36"/>
       <c r="O395" s="5"/>
       <c r="P395" s="20"/>
       <c r="Q395" s="27"/>
       <c r="R395" s="5"/>
       <c r="S395" s="5"/>
       <c r="T395" s="27"/>
       <c r="U395" s="5"/>
       <c r="V395" s="5"/>
       <c r="W395" s="27"/>
       <c r="X395" s="5"/>
       <c r="Y395" s="27"/>
       <c r="Z395" s="21"/>
     </row>
-    <row r="396" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="396" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A396" s="19"/>
       <c r="B396" s="5"/>
       <c r="C396" s="27"/>
       <c r="D396" s="27"/>
       <c r="E396" s="27"/>
       <c r="F396" s="27"/>
       <c r="G396" s="27"/>
       <c r="H396" s="27"/>
       <c r="I396" s="27"/>
       <c r="J396" s="27"/>
       <c r="K396" s="27"/>
       <c r="L396" s="36"/>
       <c r="M396" s="36"/>
       <c r="N396" s="36"/>
       <c r="O396" s="5"/>
       <c r="P396" s="20"/>
       <c r="Q396" s="27"/>
       <c r="R396" s="5"/>
       <c r="S396" s="5"/>
       <c r="T396" s="27"/>
       <c r="U396" s="5"/>
       <c r="V396" s="5"/>
       <c r="W396" s="27"/>
       <c r="X396" s="5"/>
       <c r="Y396" s="27"/>
       <c r="Z396" s="21"/>
     </row>
-    <row r="397" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="397" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A397" s="19"/>
       <c r="B397" s="5"/>
       <c r="C397" s="27"/>
       <c r="D397" s="27"/>
       <c r="E397" s="27"/>
       <c r="F397" s="27"/>
       <c r="G397" s="27"/>
       <c r="H397" s="27"/>
       <c r="I397" s="27"/>
       <c r="J397" s="27"/>
       <c r="K397" s="27"/>
       <c r="L397" s="36"/>
       <c r="M397" s="36"/>
       <c r="N397" s="36"/>
       <c r="O397" s="5"/>
       <c r="P397" s="20"/>
       <c r="Q397" s="27"/>
       <c r="R397" s="5"/>
       <c r="S397" s="5"/>
       <c r="T397" s="27"/>
       <c r="U397" s="5"/>
       <c r="V397" s="5"/>
       <c r="W397" s="27"/>
       <c r="X397" s="5"/>
       <c r="Y397" s="27"/>
       <c r="Z397" s="21"/>
     </row>
-    <row r="398" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="398" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A398" s="19"/>
       <c r="B398" s="5"/>
       <c r="C398" s="27"/>
       <c r="D398" s="27"/>
       <c r="E398" s="27"/>
       <c r="F398" s="27"/>
       <c r="G398" s="27"/>
       <c r="H398" s="27"/>
       <c r="I398" s="27"/>
       <c r="J398" s="27"/>
       <c r="K398" s="27"/>
       <c r="L398" s="36"/>
       <c r="M398" s="36"/>
       <c r="N398" s="36"/>
       <c r="O398" s="5"/>
       <c r="P398" s="20"/>
       <c r="Q398" s="27"/>
       <c r="R398" s="5"/>
       <c r="S398" s="5"/>
       <c r="T398" s="27"/>
       <c r="U398" s="5"/>
       <c r="V398" s="5"/>
       <c r="W398" s="27"/>
       <c r="X398" s="5"/>
       <c r="Y398" s="27"/>
       <c r="Z398" s="21"/>
     </row>
-    <row r="399" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="399" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A399" s="19"/>
       <c r="B399" s="5"/>
       <c r="C399" s="27"/>
       <c r="D399" s="27"/>
       <c r="E399" s="27"/>
       <c r="F399" s="27"/>
       <c r="G399" s="27"/>
       <c r="H399" s="27"/>
       <c r="I399" s="27"/>
       <c r="J399" s="27"/>
       <c r="K399" s="27"/>
       <c r="L399" s="36"/>
       <c r="M399" s="36"/>
       <c r="N399" s="36"/>
       <c r="O399" s="5"/>
       <c r="P399" s="20"/>
       <c r="Q399" s="27"/>
       <c r="R399" s="5"/>
       <c r="S399" s="5"/>
       <c r="T399" s="27"/>
       <c r="U399" s="5"/>
       <c r="V399" s="5"/>
       <c r="W399" s="27"/>
       <c r="X399" s="5"/>
       <c r="Y399" s="27"/>
       <c r="Z399" s="21"/>
     </row>
-    <row r="400" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="400" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A400" s="19"/>
       <c r="B400" s="5"/>
       <c r="C400" s="27"/>
       <c r="D400" s="27"/>
       <c r="E400" s="27"/>
       <c r="F400" s="27"/>
       <c r="G400" s="27"/>
       <c r="H400" s="27"/>
       <c r="I400" s="27"/>
       <c r="J400" s="27"/>
       <c r="K400" s="27"/>
       <c r="L400" s="36"/>
       <c r="M400" s="36"/>
       <c r="N400" s="36"/>
       <c r="O400" s="5"/>
       <c r="P400" s="20"/>
       <c r="Q400" s="27"/>
       <c r="R400" s="5"/>
       <c r="S400" s="5"/>
       <c r="T400" s="27"/>
       <c r="U400" s="5"/>
       <c r="V400" s="5"/>
       <c r="W400" s="27"/>
       <c r="X400" s="5"/>
       <c r="Y400" s="27"/>
       <c r="Z400" s="21"/>
     </row>
-    <row r="401" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="401" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A401" s="19"/>
       <c r="B401" s="5"/>
       <c r="C401" s="27"/>
       <c r="D401" s="27"/>
       <c r="E401" s="27"/>
       <c r="F401" s="27"/>
       <c r="G401" s="27"/>
       <c r="H401" s="27"/>
       <c r="I401" s="27"/>
       <c r="J401" s="27"/>
       <c r="K401" s="27"/>
       <c r="L401" s="36"/>
       <c r="M401" s="36"/>
       <c r="N401" s="36"/>
       <c r="O401" s="5"/>
       <c r="P401" s="20"/>
       <c r="Q401" s="27"/>
       <c r="R401" s="5"/>
       <c r="S401" s="5"/>
       <c r="T401" s="27"/>
       <c r="U401" s="5"/>
       <c r="V401" s="5"/>
       <c r="W401" s="27"/>
       <c r="X401" s="5"/>
       <c r="Y401" s="27"/>
       <c r="Z401" s="21"/>
     </row>
-    <row r="402" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="402" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A402" s="19"/>
       <c r="B402" s="5"/>
       <c r="C402" s="27"/>
       <c r="D402" s="27"/>
       <c r="E402" s="27"/>
       <c r="F402" s="27"/>
       <c r="G402" s="27"/>
       <c r="H402" s="27"/>
       <c r="I402" s="27"/>
       <c r="J402" s="27"/>
       <c r="K402" s="27"/>
       <c r="L402" s="36"/>
       <c r="M402" s="36"/>
       <c r="N402" s="36"/>
       <c r="O402" s="5"/>
       <c r="P402" s="20"/>
       <c r="Q402" s="27"/>
       <c r="R402" s="5"/>
       <c r="S402" s="5"/>
       <c r="T402" s="27"/>
       <c r="U402" s="5"/>
       <c r="V402" s="5"/>
       <c r="W402" s="27"/>
       <c r="X402" s="5"/>
       <c r="Y402" s="27"/>
       <c r="Z402" s="21"/>
     </row>
-    <row r="403" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="403" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A403" s="19"/>
       <c r="B403" s="5"/>
       <c r="C403" s="27"/>
       <c r="D403" s="27"/>
       <c r="E403" s="27"/>
       <c r="F403" s="27"/>
       <c r="G403" s="27"/>
       <c r="H403" s="27"/>
       <c r="I403" s="27"/>
       <c r="J403" s="27"/>
       <c r="K403" s="27"/>
       <c r="L403" s="36"/>
       <c r="M403" s="36"/>
       <c r="N403" s="36"/>
       <c r="O403" s="5"/>
       <c r="P403" s="20"/>
       <c r="Q403" s="27"/>
       <c r="R403" s="5"/>
       <c r="S403" s="5"/>
       <c r="T403" s="27"/>
       <c r="U403" s="5"/>
       <c r="V403" s="5"/>
       <c r="W403" s="27"/>
       <c r="X403" s="5"/>
       <c r="Y403" s="27"/>
       <c r="Z403" s="21"/>
     </row>
-    <row r="404" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="404" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A404" s="19"/>
       <c r="B404" s="5"/>
       <c r="C404" s="27"/>
       <c r="D404" s="27"/>
       <c r="E404" s="27"/>
       <c r="F404" s="27"/>
       <c r="G404" s="27"/>
       <c r="H404" s="27"/>
       <c r="I404" s="27"/>
       <c r="J404" s="27"/>
       <c r="K404" s="27"/>
       <c r="L404" s="36"/>
       <c r="M404" s="36"/>
       <c r="N404" s="36"/>
       <c r="O404" s="5"/>
       <c r="P404" s="20"/>
       <c r="Q404" s="27"/>
       <c r="R404" s="5"/>
       <c r="S404" s="5"/>
       <c r="T404" s="27"/>
       <c r="U404" s="5"/>
       <c r="V404" s="5"/>
       <c r="W404" s="27"/>
       <c r="X404" s="5"/>
       <c r="Y404" s="27"/>
       <c r="Z404" s="21"/>
     </row>
-    <row r="405" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="405" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A405" s="19"/>
       <c r="B405" s="5"/>
       <c r="C405" s="27"/>
       <c r="D405" s="27"/>
       <c r="E405" s="27"/>
       <c r="F405" s="27"/>
       <c r="G405" s="27"/>
       <c r="H405" s="27"/>
       <c r="I405" s="27"/>
       <c r="J405" s="27"/>
       <c r="K405" s="27"/>
       <c r="L405" s="36"/>
       <c r="M405" s="36"/>
       <c r="N405" s="36"/>
       <c r="O405" s="5"/>
       <c r="P405" s="20"/>
       <c r="Q405" s="27"/>
       <c r="R405" s="5"/>
       <c r="S405" s="5"/>
       <c r="T405" s="27"/>
       <c r="U405" s="5"/>
       <c r="V405" s="5"/>
       <c r="W405" s="27"/>
       <c r="X405" s="5"/>
       <c r="Y405" s="27"/>
       <c r="Z405" s="21"/>
     </row>
-    <row r="406" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="406" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A406" s="19"/>
       <c r="B406" s="5"/>
       <c r="C406" s="27"/>
       <c r="D406" s="27"/>
       <c r="E406" s="27"/>
       <c r="F406" s="27"/>
       <c r="G406" s="27"/>
       <c r="H406" s="27"/>
       <c r="I406" s="27"/>
       <c r="J406" s="27"/>
       <c r="K406" s="27"/>
       <c r="L406" s="36"/>
       <c r="M406" s="36"/>
       <c r="N406" s="36"/>
       <c r="O406" s="5"/>
       <c r="P406" s="20"/>
       <c r="Q406" s="27"/>
       <c r="R406" s="5"/>
       <c r="S406" s="5"/>
       <c r="T406" s="27"/>
       <c r="U406" s="5"/>
       <c r="V406" s="5"/>
       <c r="W406" s="27"/>
       <c r="X406" s="5"/>
       <c r="Y406" s="27"/>
       <c r="Z406" s="21"/>
     </row>
-    <row r="407" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="407" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A407" s="19"/>
       <c r="B407" s="5"/>
       <c r="C407" s="27"/>
       <c r="D407" s="27"/>
       <c r="E407" s="27"/>
       <c r="F407" s="27"/>
       <c r="G407" s="27"/>
       <c r="H407" s="27"/>
       <c r="I407" s="27"/>
       <c r="J407" s="27"/>
       <c r="K407" s="27"/>
       <c r="L407" s="36"/>
       <c r="M407" s="36"/>
       <c r="N407" s="36"/>
       <c r="O407" s="5"/>
       <c r="P407" s="20"/>
       <c r="Q407" s="27"/>
       <c r="R407" s="5"/>
       <c r="S407" s="5"/>
       <c r="T407" s="27"/>
       <c r="U407" s="5"/>
       <c r="V407" s="5"/>
       <c r="W407" s="27"/>
       <c r="X407" s="5"/>
       <c r="Y407" s="27"/>
       <c r="Z407" s="21"/>
     </row>
-    <row r="408" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="408" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A408" s="19"/>
       <c r="B408" s="5"/>
       <c r="C408" s="27"/>
       <c r="D408" s="27"/>
       <c r="E408" s="27"/>
       <c r="F408" s="27"/>
       <c r="G408" s="27"/>
       <c r="H408" s="27"/>
       <c r="I408" s="27"/>
       <c r="J408" s="27"/>
       <c r="K408" s="27"/>
       <c r="L408" s="36"/>
       <c r="M408" s="36"/>
       <c r="N408" s="36"/>
       <c r="O408" s="5"/>
       <c r="P408" s="20"/>
       <c r="Q408" s="27"/>
       <c r="R408" s="5"/>
       <c r="S408" s="5"/>
       <c r="T408" s="27"/>
       <c r="U408" s="5"/>
       <c r="V408" s="5"/>
       <c r="W408" s="27"/>
       <c r="X408" s="5"/>
       <c r="Y408" s="27"/>
       <c r="Z408" s="21"/>
     </row>
-    <row r="409" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="409" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A409" s="19"/>
       <c r="B409" s="5"/>
       <c r="C409" s="27"/>
       <c r="D409" s="27"/>
       <c r="E409" s="27"/>
       <c r="F409" s="27"/>
       <c r="G409" s="27"/>
       <c r="H409" s="27"/>
       <c r="I409" s="27"/>
       <c r="J409" s="27"/>
       <c r="K409" s="27"/>
       <c r="L409" s="36"/>
       <c r="M409" s="36"/>
       <c r="N409" s="36"/>
       <c r="O409" s="5"/>
       <c r="P409" s="20"/>
       <c r="Q409" s="27"/>
       <c r="R409" s="5"/>
       <c r="S409" s="5"/>
       <c r="T409" s="27"/>
       <c r="U409" s="5"/>
       <c r="V409" s="5"/>
       <c r="W409" s="27"/>
       <c r="X409" s="5"/>
       <c r="Y409" s="27"/>
       <c r="Z409" s="21"/>
     </row>
-    <row r="410" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="410" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A410" s="19"/>
       <c r="B410" s="5"/>
       <c r="C410" s="27"/>
       <c r="D410" s="27"/>
       <c r="E410" s="27"/>
       <c r="F410" s="27"/>
       <c r="G410" s="27"/>
       <c r="H410" s="27"/>
       <c r="I410" s="27"/>
       <c r="J410" s="27"/>
       <c r="K410" s="27"/>
       <c r="L410" s="36"/>
       <c r="M410" s="36"/>
       <c r="N410" s="36"/>
       <c r="O410" s="5"/>
       <c r="P410" s="20"/>
       <c r="Q410" s="27"/>
       <c r="R410" s="5"/>
       <c r="S410" s="5"/>
       <c r="T410" s="27"/>
       <c r="U410" s="5"/>
       <c r="V410" s="5"/>
       <c r="W410" s="27"/>
       <c r="X410" s="5"/>
       <c r="Y410" s="27"/>
       <c r="Z410" s="21"/>
     </row>
-    <row r="411" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="411" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A411" s="19"/>
       <c r="B411" s="5"/>
       <c r="C411" s="27"/>
       <c r="D411" s="27"/>
       <c r="E411" s="27"/>
       <c r="F411" s="27"/>
       <c r="G411" s="27"/>
       <c r="H411" s="27"/>
       <c r="I411" s="27"/>
       <c r="J411" s="27"/>
       <c r="K411" s="27"/>
       <c r="L411" s="36"/>
       <c r="M411" s="36"/>
       <c r="N411" s="36"/>
       <c r="O411" s="5"/>
       <c r="P411" s="20"/>
       <c r="Q411" s="27"/>
       <c r="R411" s="5"/>
       <c r="S411" s="5"/>
       <c r="T411" s="27"/>
       <c r="U411" s="5"/>
       <c r="V411" s="5"/>
       <c r="W411" s="27"/>
       <c r="X411" s="5"/>
       <c r="Y411" s="27"/>
       <c r="Z411" s="21"/>
     </row>
-    <row r="412" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="412" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A412" s="19"/>
       <c r="B412" s="5"/>
       <c r="C412" s="27"/>
       <c r="D412" s="27"/>
       <c r="E412" s="27"/>
       <c r="F412" s="27"/>
       <c r="G412" s="27"/>
       <c r="H412" s="27"/>
       <c r="I412" s="27"/>
       <c r="J412" s="27"/>
       <c r="K412" s="27"/>
       <c r="L412" s="36"/>
       <c r="M412" s="36"/>
       <c r="N412" s="36"/>
       <c r="O412" s="5"/>
       <c r="P412" s="20"/>
       <c r="Q412" s="27"/>
       <c r="R412" s="5"/>
       <c r="S412" s="5"/>
       <c r="T412" s="27"/>
       <c r="U412" s="5"/>
       <c r="V412" s="5"/>
       <c r="W412" s="27"/>
       <c r="X412" s="5"/>
       <c r="Y412" s="27"/>
       <c r="Z412" s="21"/>
     </row>
-    <row r="413" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="413" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A413" s="19"/>
       <c r="B413" s="5"/>
       <c r="C413" s="27"/>
       <c r="D413" s="27"/>
       <c r="E413" s="27"/>
       <c r="F413" s="27"/>
       <c r="G413" s="27"/>
       <c r="H413" s="27"/>
       <c r="I413" s="27"/>
       <c r="J413" s="27"/>
       <c r="K413" s="27"/>
       <c r="L413" s="36"/>
       <c r="M413" s="36"/>
       <c r="N413" s="36"/>
       <c r="O413" s="5"/>
       <c r="P413" s="20"/>
       <c r="Q413" s="27"/>
       <c r="R413" s="5"/>
       <c r="S413" s="5"/>
       <c r="T413" s="27"/>
       <c r="U413" s="5"/>
       <c r="V413" s="5"/>
       <c r="W413" s="27"/>
       <c r="X413" s="5"/>
       <c r="Y413" s="27"/>
       <c r="Z413" s="21"/>
     </row>
-    <row r="414" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="414" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A414" s="19"/>
       <c r="B414" s="5"/>
       <c r="C414" s="27"/>
       <c r="D414" s="27"/>
       <c r="E414" s="27"/>
       <c r="F414" s="27"/>
       <c r="G414" s="27"/>
       <c r="H414" s="27"/>
       <c r="I414" s="27"/>
       <c r="J414" s="27"/>
       <c r="K414" s="27"/>
       <c r="L414" s="36"/>
       <c r="M414" s="36"/>
       <c r="N414" s="36"/>
       <c r="O414" s="5"/>
       <c r="P414" s="20"/>
       <c r="Q414" s="27"/>
       <c r="R414" s="5"/>
       <c r="S414" s="5"/>
       <c r="T414" s="27"/>
       <c r="U414" s="5"/>
       <c r="V414" s="5"/>
       <c r="W414" s="27"/>
       <c r="X414" s="5"/>
       <c r="Y414" s="27"/>
       <c r="Z414" s="21"/>
     </row>
-    <row r="415" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="415" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A415" s="19"/>
       <c r="B415" s="5"/>
       <c r="C415" s="27"/>
       <c r="D415" s="27"/>
       <c r="E415" s="27"/>
       <c r="F415" s="27"/>
       <c r="G415" s="27"/>
       <c r="H415" s="27"/>
       <c r="I415" s="27"/>
       <c r="J415" s="27"/>
       <c r="K415" s="27"/>
       <c r="L415" s="36"/>
       <c r="M415" s="36"/>
       <c r="N415" s="36"/>
       <c r="O415" s="5"/>
       <c r="P415" s="20"/>
       <c r="Q415" s="27"/>
       <c r="R415" s="5"/>
       <c r="S415" s="5"/>
       <c r="T415" s="27"/>
       <c r="U415" s="5"/>
       <c r="V415" s="5"/>
       <c r="W415" s="27"/>
       <c r="X415" s="5"/>
       <c r="Y415" s="27"/>
       <c r="Z415" s="21"/>
     </row>
-    <row r="416" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="416" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A416" s="19"/>
       <c r="B416" s="5"/>
       <c r="C416" s="27"/>
       <c r="D416" s="27"/>
       <c r="E416" s="27"/>
       <c r="F416" s="27"/>
       <c r="G416" s="27"/>
       <c r="H416" s="27"/>
       <c r="I416" s="27"/>
       <c r="J416" s="27"/>
       <c r="K416" s="27"/>
       <c r="L416" s="36"/>
       <c r="M416" s="36"/>
       <c r="N416" s="36"/>
       <c r="O416" s="5"/>
       <c r="P416" s="20"/>
       <c r="Q416" s="27"/>
       <c r="R416" s="5"/>
       <c r="S416" s="5"/>
       <c r="T416" s="27"/>
       <c r="U416" s="5"/>
       <c r="V416" s="5"/>
       <c r="W416" s="27"/>
       <c r="X416" s="5"/>
       <c r="Y416" s="27"/>
       <c r="Z416" s="21"/>
     </row>
-    <row r="417" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="417" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A417" s="19"/>
       <c r="B417" s="5"/>
       <c r="C417" s="27"/>
       <c r="D417" s="27"/>
       <c r="E417" s="27"/>
       <c r="F417" s="27"/>
       <c r="G417" s="27"/>
       <c r="H417" s="27"/>
       <c r="I417" s="27"/>
       <c r="J417" s="27"/>
       <c r="K417" s="27"/>
       <c r="L417" s="36"/>
       <c r="M417" s="36"/>
       <c r="N417" s="36"/>
       <c r="O417" s="5"/>
       <c r="P417" s="20"/>
       <c r="Q417" s="27"/>
       <c r="R417" s="5"/>
       <c r="S417" s="5"/>
       <c r="T417" s="27"/>
       <c r="U417" s="5"/>
       <c r="V417" s="5"/>
       <c r="W417" s="27"/>
       <c r="X417" s="5"/>
       <c r="Y417" s="27"/>
       <c r="Z417" s="21"/>
     </row>
-    <row r="418" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="418" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A418" s="19"/>
       <c r="B418" s="5"/>
       <c r="C418" s="27"/>
       <c r="D418" s="27"/>
       <c r="E418" s="27"/>
       <c r="F418" s="27"/>
       <c r="G418" s="27"/>
       <c r="H418" s="27"/>
       <c r="I418" s="27"/>
       <c r="J418" s="27"/>
       <c r="K418" s="27"/>
       <c r="L418" s="36"/>
       <c r="M418" s="36"/>
       <c r="N418" s="36"/>
       <c r="O418" s="5"/>
       <c r="P418" s="20"/>
       <c r="Q418" s="27"/>
       <c r="R418" s="5"/>
       <c r="S418" s="5"/>
       <c r="T418" s="27"/>
       <c r="U418" s="5"/>
       <c r="V418" s="5"/>
       <c r="W418" s="27"/>
       <c r="X418" s="5"/>
       <c r="Y418" s="27"/>
       <c r="Z418" s="21"/>
     </row>
-    <row r="419" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="419" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A419" s="19"/>
       <c r="B419" s="5"/>
       <c r="C419" s="27"/>
       <c r="D419" s="27"/>
       <c r="E419" s="27"/>
       <c r="F419" s="27"/>
       <c r="G419" s="27"/>
       <c r="H419" s="27"/>
       <c r="I419" s="27"/>
       <c r="J419" s="27"/>
       <c r="K419" s="27"/>
       <c r="L419" s="36"/>
       <c r="M419" s="36"/>
       <c r="N419" s="36"/>
       <c r="O419" s="5"/>
       <c r="P419" s="20"/>
       <c r="Q419" s="27"/>
       <c r="R419" s="5"/>
       <c r="S419" s="5"/>
       <c r="T419" s="27"/>
       <c r="U419" s="5"/>
       <c r="V419" s="5"/>
       <c r="W419" s="27"/>
       <c r="X419" s="5"/>
       <c r="Y419" s="27"/>
       <c r="Z419" s="21"/>
     </row>
-    <row r="420" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="420" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A420" s="19"/>
       <c r="B420" s="5"/>
       <c r="C420" s="27"/>
       <c r="D420" s="27"/>
       <c r="E420" s="27"/>
       <c r="F420" s="27"/>
       <c r="G420" s="27"/>
       <c r="H420" s="27"/>
       <c r="I420" s="27"/>
       <c r="J420" s="27"/>
       <c r="K420" s="27"/>
       <c r="L420" s="36"/>
       <c r="M420" s="36"/>
       <c r="N420" s="36"/>
       <c r="O420" s="5"/>
       <c r="P420" s="20"/>
       <c r="Q420" s="27"/>
       <c r="R420" s="5"/>
       <c r="S420" s="5"/>
       <c r="T420" s="27"/>
       <c r="U420" s="5"/>
       <c r="V420" s="5"/>
       <c r="W420" s="27"/>
       <c r="X420" s="5"/>
       <c r="Y420" s="27"/>
       <c r="Z420" s="21"/>
     </row>
-    <row r="421" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="421" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A421" s="19"/>
       <c r="B421" s="5"/>
       <c r="C421" s="27"/>
       <c r="D421" s="27"/>
       <c r="E421" s="27"/>
       <c r="F421" s="27"/>
       <c r="G421" s="27"/>
       <c r="H421" s="27"/>
       <c r="I421" s="27"/>
       <c r="J421" s="27"/>
       <c r="K421" s="27"/>
       <c r="L421" s="36"/>
       <c r="M421" s="36"/>
       <c r="N421" s="36"/>
       <c r="O421" s="5"/>
       <c r="P421" s="20"/>
       <c r="Q421" s="27"/>
       <c r="R421" s="5"/>
       <c r="S421" s="5"/>
       <c r="T421" s="27"/>
       <c r="U421" s="5"/>
       <c r="V421" s="5"/>
       <c r="W421" s="27"/>
       <c r="X421" s="5"/>
       <c r="Y421" s="27"/>
       <c r="Z421" s="21"/>
     </row>
-    <row r="422" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="422" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A422" s="19"/>
       <c r="B422" s="5"/>
       <c r="C422" s="27"/>
       <c r="D422" s="27"/>
       <c r="E422" s="27"/>
       <c r="F422" s="27"/>
       <c r="G422" s="27"/>
       <c r="H422" s="27"/>
       <c r="I422" s="27"/>
       <c r="J422" s="27"/>
       <c r="K422" s="27"/>
       <c r="L422" s="36"/>
       <c r="M422" s="36"/>
       <c r="N422" s="36"/>
       <c r="O422" s="5"/>
       <c r="P422" s="20"/>
       <c r="Q422" s="27"/>
       <c r="R422" s="5"/>
       <c r="S422" s="5"/>
       <c r="T422" s="27"/>
       <c r="U422" s="5"/>
       <c r="V422" s="5"/>
       <c r="W422" s="27"/>
       <c r="X422" s="5"/>
       <c r="Y422" s="27"/>
       <c r="Z422" s="21"/>
     </row>
-    <row r="423" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="423" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A423" s="19"/>
       <c r="B423" s="5"/>
       <c r="C423" s="27"/>
       <c r="D423" s="27"/>
       <c r="E423" s="27"/>
       <c r="F423" s="27"/>
       <c r="G423" s="27"/>
       <c r="H423" s="27"/>
       <c r="I423" s="27"/>
       <c r="J423" s="27"/>
       <c r="K423" s="27"/>
       <c r="L423" s="36"/>
       <c r="M423" s="36"/>
       <c r="N423" s="36"/>
       <c r="O423" s="5"/>
       <c r="P423" s="20"/>
       <c r="Q423" s="27"/>
       <c r="R423" s="5"/>
       <c r="S423" s="5"/>
       <c r="T423" s="27"/>
       <c r="U423" s="5"/>
       <c r="V423" s="5"/>
       <c r="W423" s="27"/>
       <c r="X423" s="5"/>
       <c r="Y423" s="27"/>
       <c r="Z423" s="21"/>
     </row>
-    <row r="424" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="424" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A424" s="19"/>
       <c r="B424" s="5"/>
       <c r="C424" s="27"/>
       <c r="D424" s="27"/>
       <c r="E424" s="27"/>
       <c r="F424" s="27"/>
       <c r="G424" s="27"/>
       <c r="H424" s="27"/>
       <c r="I424" s="27"/>
       <c r="J424" s="27"/>
       <c r="K424" s="27"/>
       <c r="L424" s="36"/>
       <c r="M424" s="36"/>
       <c r="N424" s="36"/>
       <c r="O424" s="5"/>
       <c r="P424" s="20"/>
       <c r="Q424" s="27"/>
       <c r="R424" s="5"/>
       <c r="S424" s="5"/>
       <c r="T424" s="27"/>
       <c r="U424" s="5"/>
       <c r="V424" s="5"/>
       <c r="W424" s="27"/>
       <c r="X424" s="5"/>
       <c r="Y424" s="27"/>
       <c r="Z424" s="21"/>
     </row>
-    <row r="425" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="425" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A425" s="19"/>
       <c r="B425" s="5"/>
       <c r="C425" s="27"/>
       <c r="D425" s="27"/>
       <c r="E425" s="27"/>
       <c r="F425" s="27"/>
       <c r="G425" s="27"/>
       <c r="H425" s="27"/>
       <c r="I425" s="27"/>
       <c r="J425" s="27"/>
       <c r="K425" s="27"/>
       <c r="L425" s="36"/>
       <c r="M425" s="36"/>
       <c r="N425" s="36"/>
       <c r="O425" s="5"/>
       <c r="P425" s="20"/>
       <c r="Q425" s="27"/>
       <c r="R425" s="5"/>
       <c r="S425" s="5"/>
       <c r="T425" s="27"/>
       <c r="U425" s="5"/>
       <c r="V425" s="5"/>
       <c r="W425" s="27"/>
       <c r="X425" s="5"/>
       <c r="Y425" s="27"/>
       <c r="Z425" s="21"/>
     </row>
-    <row r="426" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="426" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A426" s="19"/>
       <c r="B426" s="5"/>
       <c r="C426" s="27"/>
       <c r="D426" s="27"/>
       <c r="E426" s="27"/>
       <c r="F426" s="27"/>
       <c r="G426" s="27"/>
       <c r="H426" s="27"/>
       <c r="I426" s="27"/>
       <c r="J426" s="27"/>
       <c r="K426" s="27"/>
       <c r="L426" s="36"/>
       <c r="M426" s="36"/>
       <c r="N426" s="36"/>
       <c r="O426" s="5"/>
       <c r="P426" s="20"/>
       <c r="Q426" s="27"/>
       <c r="R426" s="5"/>
       <c r="S426" s="5"/>
       <c r="T426" s="27"/>
       <c r="U426" s="5"/>
       <c r="V426" s="5"/>
       <c r="W426" s="27"/>
       <c r="X426" s="5"/>
       <c r="Y426" s="27"/>
       <c r="Z426" s="21"/>
     </row>
-    <row r="427" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="427" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A427" s="19"/>
       <c r="B427" s="5"/>
       <c r="C427" s="27"/>
       <c r="D427" s="27"/>
       <c r="E427" s="27"/>
       <c r="F427" s="27"/>
       <c r="G427" s="27"/>
       <c r="H427" s="27"/>
       <c r="I427" s="27"/>
       <c r="J427" s="27"/>
       <c r="K427" s="27"/>
       <c r="L427" s="36"/>
       <c r="M427" s="36"/>
       <c r="N427" s="36"/>
       <c r="O427" s="5"/>
       <c r="P427" s="20"/>
       <c r="Q427" s="27"/>
       <c r="R427" s="5"/>
       <c r="S427" s="5"/>
       <c r="T427" s="27"/>
       <c r="U427" s="5"/>
       <c r="V427" s="5"/>
       <c r="W427" s="27"/>
       <c r="X427" s="5"/>
       <c r="Y427" s="27"/>
       <c r="Z427" s="21"/>
     </row>
-    <row r="428" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="428" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A428" s="19"/>
       <c r="B428" s="5"/>
       <c r="C428" s="27"/>
       <c r="D428" s="27"/>
       <c r="E428" s="27"/>
       <c r="F428" s="27"/>
       <c r="G428" s="27"/>
       <c r="H428" s="27"/>
       <c r="I428" s="27"/>
       <c r="J428" s="27"/>
       <c r="K428" s="27"/>
       <c r="L428" s="36"/>
       <c r="M428" s="36"/>
       <c r="N428" s="36"/>
       <c r="O428" s="5"/>
       <c r="P428" s="20"/>
       <c r="Q428" s="27"/>
       <c r="R428" s="5"/>
       <c r="S428" s="5"/>
       <c r="T428" s="27"/>
       <c r="U428" s="5"/>
       <c r="V428" s="5"/>
       <c r="W428" s="27"/>
       <c r="X428" s="5"/>
       <c r="Y428" s="27"/>
       <c r="Z428" s="21"/>
     </row>
-    <row r="429" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="429" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A429" s="19"/>
       <c r="B429" s="5"/>
       <c r="C429" s="27"/>
       <c r="D429" s="27"/>
       <c r="E429" s="27"/>
       <c r="F429" s="27"/>
       <c r="G429" s="27"/>
       <c r="H429" s="27"/>
       <c r="I429" s="27"/>
       <c r="J429" s="27"/>
       <c r="K429" s="27"/>
       <c r="L429" s="36"/>
       <c r="M429" s="36"/>
       <c r="N429" s="36"/>
       <c r="O429" s="5"/>
       <c r="P429" s="20"/>
       <c r="Q429" s="27"/>
       <c r="R429" s="5"/>
       <c r="S429" s="5"/>
       <c r="T429" s="27"/>
       <c r="U429" s="5"/>
       <c r="V429" s="5"/>
       <c r="W429" s="27"/>
       <c r="X429" s="5"/>
       <c r="Y429" s="27"/>
       <c r="Z429" s="21"/>
     </row>
-    <row r="430" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="430" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A430" s="19"/>
       <c r="B430" s="5"/>
       <c r="C430" s="27"/>
       <c r="D430" s="27"/>
       <c r="E430" s="27"/>
       <c r="F430" s="27"/>
       <c r="G430" s="27"/>
       <c r="H430" s="27"/>
       <c r="I430" s="27"/>
       <c r="J430" s="27"/>
       <c r="K430" s="27"/>
       <c r="L430" s="36"/>
       <c r="M430" s="36"/>
       <c r="N430" s="36"/>
       <c r="O430" s="5"/>
       <c r="P430" s="20"/>
       <c r="Q430" s="27"/>
       <c r="R430" s="5"/>
       <c r="S430" s="5"/>
       <c r="T430" s="27"/>
       <c r="U430" s="5"/>
       <c r="V430" s="5"/>
       <c r="W430" s="27"/>
       <c r="X430" s="5"/>
       <c r="Y430" s="27"/>
       <c r="Z430" s="21"/>
     </row>
-    <row r="431" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="431" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A431" s="19"/>
       <c r="B431" s="5"/>
       <c r="C431" s="27"/>
       <c r="D431" s="27"/>
       <c r="E431" s="27"/>
       <c r="F431" s="27"/>
       <c r="G431" s="27"/>
       <c r="H431" s="27"/>
       <c r="I431" s="27"/>
       <c r="J431" s="27"/>
       <c r="K431" s="27"/>
       <c r="L431" s="36"/>
       <c r="M431" s="36"/>
       <c r="N431" s="36"/>
       <c r="O431" s="5"/>
       <c r="P431" s="20"/>
       <c r="Q431" s="27"/>
       <c r="R431" s="5"/>
       <c r="S431" s="5"/>
       <c r="T431" s="27"/>
       <c r="U431" s="5"/>
       <c r="V431" s="5"/>
       <c r="W431" s="27"/>
       <c r="X431" s="5"/>
       <c r="Y431" s="27"/>
       <c r="Z431" s="21"/>
     </row>
-    <row r="432" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="432" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A432" s="19"/>
       <c r="B432" s="5"/>
       <c r="C432" s="27"/>
       <c r="D432" s="27"/>
       <c r="E432" s="27"/>
       <c r="F432" s="27"/>
       <c r="G432" s="27"/>
       <c r="H432" s="27"/>
       <c r="I432" s="27"/>
       <c r="J432" s="27"/>
       <c r="K432" s="27"/>
       <c r="L432" s="36"/>
       <c r="M432" s="36"/>
       <c r="N432" s="36"/>
       <c r="O432" s="5"/>
       <c r="P432" s="20"/>
       <c r="Q432" s="27"/>
       <c r="R432" s="5"/>
       <c r="S432" s="5"/>
       <c r="T432" s="27"/>
       <c r="U432" s="5"/>
       <c r="V432" s="5"/>
       <c r="W432" s="27"/>
       <c r="X432" s="5"/>
       <c r="Y432" s="27"/>
       <c r="Z432" s="21"/>
     </row>
-    <row r="433" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="433" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A433" s="19"/>
       <c r="B433" s="5"/>
       <c r="C433" s="27"/>
       <c r="D433" s="27"/>
       <c r="E433" s="27"/>
       <c r="F433" s="27"/>
       <c r="G433" s="27"/>
       <c r="H433" s="27"/>
       <c r="I433" s="27"/>
       <c r="J433" s="27"/>
       <c r="K433" s="27"/>
       <c r="L433" s="36"/>
       <c r="M433" s="36"/>
       <c r="N433" s="36"/>
       <c r="O433" s="5"/>
       <c r="P433" s="20"/>
       <c r="Q433" s="27"/>
       <c r="R433" s="5"/>
       <c r="S433" s="5"/>
       <c r="T433" s="27"/>
       <c r="U433" s="5"/>
       <c r="V433" s="5"/>
       <c r="W433" s="27"/>
       <c r="X433" s="5"/>
       <c r="Y433" s="27"/>
       <c r="Z433" s="21"/>
     </row>
-    <row r="434" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="434" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A434" s="19"/>
       <c r="B434" s="5"/>
       <c r="C434" s="27"/>
       <c r="D434" s="27"/>
       <c r="E434" s="27"/>
       <c r="F434" s="27"/>
       <c r="G434" s="27"/>
       <c r="H434" s="27"/>
       <c r="I434" s="27"/>
       <c r="J434" s="27"/>
       <c r="K434" s="27"/>
       <c r="L434" s="36"/>
       <c r="M434" s="36"/>
       <c r="N434" s="36"/>
       <c r="O434" s="5"/>
       <c r="P434" s="20"/>
       <c r="Q434" s="27"/>
       <c r="R434" s="5"/>
       <c r="S434" s="5"/>
       <c r="T434" s="27"/>
       <c r="U434" s="5"/>
       <c r="V434" s="5"/>
       <c r="W434" s="27"/>
       <c r="X434" s="5"/>
       <c r="Y434" s="27"/>
       <c r="Z434" s="21"/>
     </row>
-    <row r="435" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="435" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A435" s="19"/>
       <c r="B435" s="5"/>
       <c r="C435" s="27"/>
       <c r="D435" s="27"/>
       <c r="E435" s="27"/>
       <c r="F435" s="27"/>
       <c r="G435" s="27"/>
       <c r="H435" s="27"/>
       <c r="I435" s="27"/>
       <c r="J435" s="27"/>
       <c r="K435" s="27"/>
       <c r="L435" s="36"/>
       <c r="M435" s="36"/>
       <c r="N435" s="36"/>
       <c r="O435" s="5"/>
       <c r="P435" s="20"/>
       <c r="Q435" s="27"/>
       <c r="R435" s="5"/>
       <c r="S435" s="5"/>
       <c r="T435" s="27"/>
       <c r="U435" s="5"/>
       <c r="V435" s="5"/>
       <c r="W435" s="27"/>
       <c r="X435" s="5"/>
       <c r="Y435" s="27"/>
       <c r="Z435" s="21"/>
     </row>
-    <row r="436" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="436" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A436" s="19"/>
       <c r="B436" s="5"/>
       <c r="C436" s="27"/>
       <c r="D436" s="27"/>
       <c r="E436" s="27"/>
       <c r="F436" s="27"/>
       <c r="G436" s="27"/>
       <c r="H436" s="27"/>
       <c r="I436" s="27"/>
       <c r="J436" s="27"/>
       <c r="K436" s="27"/>
       <c r="L436" s="36"/>
       <c r="M436" s="36"/>
       <c r="N436" s="36"/>
       <c r="O436" s="5"/>
       <c r="P436" s="20"/>
       <c r="Q436" s="27"/>
       <c r="R436" s="5"/>
       <c r="S436" s="5"/>
       <c r="T436" s="27"/>
       <c r="U436" s="5"/>
       <c r="V436" s="5"/>
       <c r="W436" s="27"/>
       <c r="X436" s="5"/>
       <c r="Y436" s="27"/>
       <c r="Z436" s="21"/>
     </row>
-    <row r="437" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="437" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A437" s="19"/>
       <c r="B437" s="5"/>
       <c r="C437" s="27"/>
       <c r="D437" s="27"/>
       <c r="E437" s="27"/>
       <c r="F437" s="27"/>
       <c r="G437" s="27"/>
       <c r="H437" s="27"/>
       <c r="I437" s="27"/>
       <c r="J437" s="27"/>
       <c r="K437" s="27"/>
       <c r="L437" s="36"/>
       <c r="M437" s="36"/>
       <c r="N437" s="36"/>
       <c r="O437" s="5"/>
       <c r="P437" s="20"/>
       <c r="Q437" s="27"/>
       <c r="R437" s="5"/>
       <c r="S437" s="5"/>
       <c r="T437" s="27"/>
       <c r="U437" s="5"/>
       <c r="V437" s="5"/>
       <c r="W437" s="27"/>
       <c r="X437" s="5"/>
       <c r="Y437" s="27"/>
       <c r="Z437" s="21"/>
     </row>
-    <row r="438" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="438" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A438" s="19"/>
       <c r="B438" s="5"/>
       <c r="C438" s="27"/>
       <c r="D438" s="27"/>
       <c r="E438" s="27"/>
       <c r="F438" s="27"/>
       <c r="G438" s="27"/>
       <c r="H438" s="27"/>
       <c r="I438" s="27"/>
       <c r="J438" s="27"/>
       <c r="K438" s="27"/>
       <c r="L438" s="36"/>
       <c r="M438" s="36"/>
       <c r="N438" s="36"/>
       <c r="O438" s="5"/>
       <c r="P438" s="20"/>
       <c r="Q438" s="27"/>
       <c r="R438" s="5"/>
       <c r="S438" s="5"/>
       <c r="T438" s="27"/>
       <c r="U438" s="5"/>
       <c r="V438" s="5"/>
       <c r="W438" s="27"/>
       <c r="X438" s="5"/>
       <c r="Y438" s="27"/>
       <c r="Z438" s="21"/>
     </row>
-    <row r="439" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="439" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A439" s="19"/>
       <c r="B439" s="5"/>
       <c r="C439" s="27"/>
       <c r="D439" s="27"/>
       <c r="E439" s="27"/>
       <c r="F439" s="27"/>
       <c r="G439" s="27"/>
       <c r="H439" s="27"/>
       <c r="I439" s="27"/>
       <c r="J439" s="27"/>
       <c r="K439" s="27"/>
       <c r="L439" s="36"/>
       <c r="M439" s="36"/>
       <c r="N439" s="36"/>
       <c r="O439" s="5"/>
       <c r="P439" s="20"/>
       <c r="Q439" s="27"/>
       <c r="R439" s="5"/>
       <c r="S439" s="5"/>
       <c r="T439" s="27"/>
       <c r="U439" s="5"/>
       <c r="V439" s="5"/>
       <c r="W439" s="27"/>
       <c r="X439" s="5"/>
       <c r="Y439" s="27"/>
       <c r="Z439" s="21"/>
     </row>
-    <row r="440" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="440" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A440" s="19"/>
       <c r="B440" s="5"/>
       <c r="C440" s="27"/>
       <c r="D440" s="27"/>
       <c r="E440" s="27"/>
       <c r="F440" s="27"/>
       <c r="G440" s="27"/>
       <c r="H440" s="27"/>
       <c r="I440" s="27"/>
       <c r="J440" s="27"/>
       <c r="K440" s="27"/>
       <c r="L440" s="36"/>
       <c r="M440" s="36"/>
       <c r="N440" s="36"/>
       <c r="O440" s="5"/>
       <c r="P440" s="20"/>
       <c r="Q440" s="27"/>
       <c r="R440" s="5"/>
       <c r="S440" s="5"/>
       <c r="T440" s="27"/>
       <c r="U440" s="5"/>
       <c r="V440" s="5"/>
       <c r="W440" s="27"/>
       <c r="X440" s="5"/>
       <c r="Y440" s="27"/>
       <c r="Z440" s="21"/>
     </row>
-    <row r="441" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="441" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A441" s="19"/>
       <c r="B441" s="5"/>
       <c r="C441" s="27"/>
       <c r="D441" s="27"/>
       <c r="E441" s="27"/>
       <c r="F441" s="27"/>
       <c r="G441" s="27"/>
       <c r="H441" s="27"/>
       <c r="I441" s="27"/>
       <c r="J441" s="27"/>
       <c r="K441" s="27"/>
       <c r="L441" s="36"/>
       <c r="M441" s="36"/>
       <c r="N441" s="36"/>
       <c r="O441" s="5"/>
       <c r="P441" s="20"/>
       <c r="Q441" s="27"/>
       <c r="R441" s="5"/>
       <c r="S441" s="5"/>
       <c r="T441" s="27"/>
       <c r="U441" s="5"/>
       <c r="V441" s="5"/>
       <c r="W441" s="27"/>
       <c r="X441" s="5"/>
       <c r="Y441" s="27"/>
       <c r="Z441" s="21"/>
     </row>
-    <row r="442" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="442" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A442" s="19"/>
       <c r="B442" s="5"/>
       <c r="C442" s="27"/>
       <c r="D442" s="27"/>
       <c r="E442" s="27"/>
       <c r="F442" s="27"/>
       <c r="G442" s="27"/>
       <c r="H442" s="27"/>
       <c r="I442" s="27"/>
       <c r="J442" s="27"/>
       <c r="K442" s="27"/>
       <c r="L442" s="36"/>
       <c r="M442" s="36"/>
       <c r="N442" s="36"/>
       <c r="O442" s="5"/>
       <c r="P442" s="20"/>
       <c r="Q442" s="27"/>
       <c r="R442" s="5"/>
       <c r="S442" s="5"/>
       <c r="T442" s="27"/>
       <c r="U442" s="5"/>
       <c r="V442" s="5"/>
       <c r="W442" s="27"/>
       <c r="X442" s="5"/>
       <c r="Y442" s="27"/>
       <c r="Z442" s="21"/>
     </row>
-    <row r="443" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="443" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A443" s="19"/>
       <c r="B443" s="5"/>
       <c r="C443" s="27"/>
       <c r="D443" s="27"/>
       <c r="E443" s="27"/>
       <c r="F443" s="27"/>
       <c r="G443" s="27"/>
       <c r="H443" s="27"/>
       <c r="I443" s="27"/>
       <c r="J443" s="27"/>
       <c r="K443" s="27"/>
       <c r="L443" s="36"/>
       <c r="M443" s="36"/>
       <c r="N443" s="36"/>
       <c r="O443" s="5"/>
       <c r="P443" s="20"/>
       <c r="Q443" s="27"/>
       <c r="R443" s="5"/>
       <c r="S443" s="5"/>
       <c r="T443" s="27"/>
       <c r="U443" s="5"/>
       <c r="V443" s="5"/>
       <c r="W443" s="27"/>
       <c r="X443" s="5"/>
       <c r="Y443" s="27"/>
       <c r="Z443" s="21"/>
     </row>
-    <row r="444" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="444" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A444" s="19"/>
       <c r="B444" s="5"/>
       <c r="C444" s="27"/>
       <c r="D444" s="27"/>
       <c r="E444" s="27"/>
       <c r="F444" s="27"/>
       <c r="G444" s="27"/>
       <c r="H444" s="27"/>
       <c r="I444" s="27"/>
       <c r="J444" s="27"/>
       <c r="K444" s="27"/>
       <c r="L444" s="36"/>
       <c r="M444" s="36"/>
       <c r="N444" s="36"/>
       <c r="O444" s="5"/>
       <c r="P444" s="20"/>
       <c r="Q444" s="27"/>
       <c r="R444" s="5"/>
       <c r="S444" s="5"/>
       <c r="T444" s="27"/>
       <c r="U444" s="5"/>
       <c r="V444" s="5"/>
       <c r="W444" s="27"/>
       <c r="X444" s="5"/>
       <c r="Y444" s="27"/>
       <c r="Z444" s="21"/>
     </row>
-    <row r="445" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="445" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A445" s="19"/>
       <c r="B445" s="5"/>
       <c r="C445" s="27"/>
       <c r="D445" s="27"/>
       <c r="E445" s="27"/>
       <c r="F445" s="27"/>
       <c r="G445" s="27"/>
       <c r="H445" s="27"/>
       <c r="I445" s="27"/>
       <c r="J445" s="27"/>
       <c r="K445" s="27"/>
       <c r="L445" s="36"/>
       <c r="M445" s="36"/>
       <c r="N445" s="36"/>
       <c r="O445" s="5"/>
       <c r="P445" s="20"/>
       <c r="Q445" s="27"/>
       <c r="R445" s="5"/>
       <c r="S445" s="5"/>
       <c r="T445" s="27"/>
       <c r="U445" s="5"/>
       <c r="V445" s="5"/>
       <c r="W445" s="27"/>
       <c r="X445" s="5"/>
       <c r="Y445" s="27"/>
       <c r="Z445" s="21"/>
     </row>
-    <row r="446" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="446" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A446" s="19"/>
       <c r="B446" s="5"/>
       <c r="C446" s="27"/>
       <c r="D446" s="27"/>
       <c r="E446" s="27"/>
       <c r="F446" s="27"/>
       <c r="G446" s="27"/>
       <c r="H446" s="27"/>
       <c r="I446" s="27"/>
       <c r="J446" s="27"/>
       <c r="K446" s="27"/>
       <c r="L446" s="36"/>
       <c r="M446" s="36"/>
       <c r="N446" s="36"/>
       <c r="O446" s="5"/>
       <c r="P446" s="20"/>
       <c r="Q446" s="27"/>
       <c r="R446" s="5"/>
       <c r="S446" s="5"/>
       <c r="T446" s="27"/>
       <c r="U446" s="5"/>
       <c r="V446" s="5"/>
       <c r="W446" s="27"/>
       <c r="X446" s="5"/>
       <c r="Y446" s="27"/>
       <c r="Z446" s="21"/>
     </row>
-    <row r="447" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="447" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A447" s="19"/>
       <c r="B447" s="5"/>
       <c r="C447" s="27"/>
       <c r="D447" s="27"/>
       <c r="E447" s="27"/>
       <c r="F447" s="27"/>
       <c r="G447" s="27"/>
       <c r="H447" s="27"/>
       <c r="I447" s="27"/>
       <c r="J447" s="27"/>
       <c r="K447" s="27"/>
       <c r="L447" s="36"/>
       <c r="M447" s="36"/>
       <c r="N447" s="36"/>
       <c r="O447" s="5"/>
       <c r="P447" s="20"/>
       <c r="Q447" s="27"/>
       <c r="R447" s="5"/>
       <c r="S447" s="5"/>
       <c r="T447" s="27"/>
       <c r="U447" s="5"/>
       <c r="V447" s="5"/>
       <c r="W447" s="27"/>
       <c r="X447" s="5"/>
       <c r="Y447" s="27"/>
       <c r="Z447" s="21"/>
     </row>
-    <row r="448" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="448" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A448" s="19"/>
       <c r="B448" s="5"/>
       <c r="C448" s="27"/>
       <c r="D448" s="27"/>
       <c r="E448" s="27"/>
       <c r="F448" s="27"/>
       <c r="G448" s="27"/>
       <c r="H448" s="27"/>
       <c r="I448" s="27"/>
       <c r="J448" s="27"/>
       <c r="K448" s="27"/>
       <c r="L448" s="36"/>
       <c r="M448" s="36"/>
       <c r="N448" s="36"/>
       <c r="O448" s="5"/>
       <c r="P448" s="20"/>
       <c r="Q448" s="27"/>
       <c r="R448" s="5"/>
       <c r="S448" s="5"/>
       <c r="T448" s="27"/>
       <c r="U448" s="5"/>
       <c r="V448" s="5"/>
       <c r="W448" s="27"/>
       <c r="X448" s="5"/>
       <c r="Y448" s="27"/>
       <c r="Z448" s="21"/>
     </row>
-    <row r="449" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="449" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A449" s="19"/>
       <c r="B449" s="5"/>
       <c r="C449" s="27"/>
       <c r="D449" s="27"/>
       <c r="E449" s="27"/>
       <c r="F449" s="27"/>
       <c r="G449" s="27"/>
       <c r="H449" s="27"/>
       <c r="I449" s="27"/>
       <c r="J449" s="27"/>
       <c r="K449" s="27"/>
       <c r="L449" s="36"/>
       <c r="M449" s="36"/>
       <c r="N449" s="36"/>
       <c r="O449" s="5"/>
       <c r="P449" s="20"/>
       <c r="Q449" s="27"/>
       <c r="R449" s="5"/>
       <c r="S449" s="5"/>
       <c r="T449" s="27"/>
       <c r="U449" s="5"/>
       <c r="V449" s="5"/>
       <c r="W449" s="27"/>
       <c r="X449" s="5"/>
       <c r="Y449" s="27"/>
       <c r="Z449" s="21"/>
     </row>
-    <row r="450" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="450" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A450" s="19"/>
       <c r="B450" s="5"/>
       <c r="C450" s="27"/>
       <c r="D450" s="27"/>
       <c r="E450" s="27"/>
       <c r="F450" s="27"/>
       <c r="G450" s="27"/>
       <c r="H450" s="27"/>
       <c r="I450" s="27"/>
       <c r="J450" s="27"/>
       <c r="K450" s="27"/>
       <c r="L450" s="36"/>
       <c r="M450" s="36"/>
       <c r="N450" s="36"/>
       <c r="O450" s="5"/>
       <c r="P450" s="20"/>
       <c r="Q450" s="27"/>
       <c r="R450" s="5"/>
       <c r="S450" s="5"/>
       <c r="T450" s="27"/>
       <c r="U450" s="5"/>
       <c r="V450" s="5"/>
       <c r="W450" s="27"/>
       <c r="X450" s="5"/>
       <c r="Y450" s="27"/>
       <c r="Z450" s="21"/>
     </row>
-    <row r="451" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="451" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A451" s="19"/>
       <c r="B451" s="5"/>
       <c r="C451" s="27"/>
       <c r="D451" s="27"/>
       <c r="E451" s="27"/>
       <c r="F451" s="27"/>
       <c r="G451" s="27"/>
       <c r="H451" s="27"/>
       <c r="I451" s="27"/>
       <c r="J451" s="27"/>
       <c r="K451" s="27"/>
       <c r="L451" s="36"/>
       <c r="M451" s="36"/>
       <c r="N451" s="36"/>
       <c r="O451" s="5"/>
       <c r="P451" s="20"/>
       <c r="Q451" s="27"/>
       <c r="R451" s="5"/>
       <c r="S451" s="5"/>
       <c r="T451" s="27"/>
       <c r="U451" s="5"/>
       <c r="V451" s="5"/>
       <c r="W451" s="27"/>
       <c r="X451" s="5"/>
       <c r="Y451" s="27"/>
       <c r="Z451" s="21"/>
     </row>
-    <row r="452" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="452" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A452" s="19"/>
       <c r="B452" s="5"/>
       <c r="C452" s="27"/>
       <c r="D452" s="27"/>
       <c r="E452" s="27"/>
       <c r="F452" s="27"/>
       <c r="G452" s="27"/>
       <c r="H452" s="27"/>
       <c r="I452" s="27"/>
       <c r="J452" s="27"/>
       <c r="K452" s="27"/>
       <c r="L452" s="36"/>
       <c r="M452" s="36"/>
       <c r="N452" s="36"/>
       <c r="O452" s="5"/>
       <c r="P452" s="20"/>
       <c r="Q452" s="27"/>
       <c r="R452" s="5"/>
       <c r="S452" s="5"/>
       <c r="T452" s="27"/>
       <c r="U452" s="5"/>
       <c r="V452" s="5"/>
       <c r="W452" s="27"/>
       <c r="X452" s="5"/>
       <c r="Y452" s="27"/>
       <c r="Z452" s="21"/>
     </row>
-    <row r="453" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="453" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A453" s="19"/>
       <c r="B453" s="5"/>
       <c r="C453" s="27"/>
       <c r="D453" s="27"/>
       <c r="E453" s="27"/>
       <c r="F453" s="27"/>
       <c r="G453" s="27"/>
       <c r="H453" s="27"/>
       <c r="I453" s="27"/>
       <c r="J453" s="27"/>
       <c r="K453" s="27"/>
       <c r="L453" s="36"/>
       <c r="M453" s="36"/>
       <c r="N453" s="36"/>
       <c r="O453" s="5"/>
       <c r="P453" s="20"/>
       <c r="Q453" s="27"/>
       <c r="R453" s="5"/>
       <c r="S453" s="5"/>
       <c r="T453" s="27"/>
       <c r="U453" s="5"/>
       <c r="V453" s="5"/>
       <c r="W453" s="27"/>
       <c r="X453" s="5"/>
       <c r="Y453" s="27"/>
       <c r="Z453" s="21"/>
     </row>
-    <row r="454" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="454" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A454" s="19"/>
       <c r="B454" s="5"/>
       <c r="C454" s="27"/>
       <c r="D454" s="27"/>
       <c r="E454" s="27"/>
       <c r="F454" s="27"/>
       <c r="G454" s="27"/>
       <c r="H454" s="27"/>
       <c r="I454" s="27"/>
       <c r="J454" s="27"/>
       <c r="K454" s="27"/>
       <c r="L454" s="36"/>
       <c r="M454" s="36"/>
       <c r="N454" s="36"/>
       <c r="O454" s="5"/>
       <c r="P454" s="20"/>
       <c r="Q454" s="27"/>
       <c r="R454" s="5"/>
       <c r="S454" s="5"/>
       <c r="T454" s="27"/>
       <c r="U454" s="5"/>
       <c r="V454" s="5"/>
       <c r="W454" s="27"/>
       <c r="X454" s="5"/>
       <c r="Y454" s="27"/>
       <c r="Z454" s="21"/>
     </row>
-    <row r="455" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="455" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A455" s="19"/>
       <c r="B455" s="5"/>
       <c r="C455" s="27"/>
       <c r="D455" s="27"/>
       <c r="E455" s="27"/>
       <c r="F455" s="27"/>
       <c r="G455" s="27"/>
       <c r="H455" s="27"/>
       <c r="I455" s="27"/>
       <c r="J455" s="27"/>
       <c r="K455" s="27"/>
       <c r="L455" s="36"/>
       <c r="M455" s="36"/>
       <c r="N455" s="36"/>
       <c r="O455" s="5"/>
       <c r="P455" s="20"/>
       <c r="Q455" s="27"/>
       <c r="R455" s="5"/>
       <c r="S455" s="5"/>
       <c r="T455" s="27"/>
       <c r="U455" s="5"/>
       <c r="V455" s="5"/>
       <c r="W455" s="27"/>
       <c r="X455" s="5"/>
       <c r="Y455" s="27"/>
       <c r="Z455" s="21"/>
     </row>
-    <row r="456" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="456" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A456" s="19"/>
       <c r="B456" s="5"/>
       <c r="C456" s="27"/>
       <c r="D456" s="27"/>
       <c r="E456" s="27"/>
       <c r="F456" s="27"/>
       <c r="G456" s="27"/>
       <c r="H456" s="27"/>
       <c r="I456" s="27"/>
       <c r="J456" s="27"/>
       <c r="K456" s="27"/>
       <c r="L456" s="36"/>
       <c r="M456" s="36"/>
       <c r="N456" s="36"/>
       <c r="O456" s="5"/>
       <c r="P456" s="20"/>
       <c r="Q456" s="27"/>
       <c r="R456" s="5"/>
       <c r="S456" s="5"/>
       <c r="T456" s="27"/>
       <c r="U456" s="5"/>
       <c r="V456" s="5"/>
       <c r="W456" s="27"/>
       <c r="X456" s="5"/>
       <c r="Y456" s="27"/>
       <c r="Z456" s="21"/>
     </row>
-    <row r="457" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="457" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A457" s="19"/>
       <c r="B457" s="5"/>
       <c r="C457" s="27"/>
       <c r="D457" s="27"/>
       <c r="E457" s="27"/>
       <c r="F457" s="27"/>
       <c r="G457" s="27"/>
       <c r="H457" s="27"/>
       <c r="I457" s="27"/>
       <c r="J457" s="27"/>
       <c r="K457" s="27"/>
       <c r="L457" s="36"/>
       <c r="M457" s="36"/>
       <c r="N457" s="36"/>
       <c r="O457" s="5"/>
       <c r="P457" s="20"/>
       <c r="Q457" s="27"/>
       <c r="R457" s="5"/>
       <c r="S457" s="5"/>
       <c r="T457" s="27"/>
       <c r="U457" s="5"/>
       <c r="V457" s="5"/>
       <c r="W457" s="27"/>
       <c r="X457" s="5"/>
       <c r="Y457" s="27"/>
       <c r="Z457" s="21"/>
     </row>
-    <row r="458" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="458" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A458" s="19"/>
       <c r="B458" s="5"/>
       <c r="C458" s="27"/>
       <c r="D458" s="27"/>
       <c r="E458" s="27"/>
       <c r="F458" s="27"/>
       <c r="G458" s="27"/>
       <c r="H458" s="27"/>
       <c r="I458" s="27"/>
       <c r="J458" s="27"/>
       <c r="K458" s="27"/>
       <c r="L458" s="36"/>
       <c r="M458" s="36"/>
       <c r="N458" s="36"/>
       <c r="O458" s="5"/>
       <c r="P458" s="20"/>
       <c r="Q458" s="27"/>
       <c r="R458" s="5"/>
       <c r="S458" s="5"/>
       <c r="T458" s="27"/>
       <c r="U458" s="5"/>
       <c r="V458" s="5"/>
       <c r="W458" s="27"/>
       <c r="X458" s="5"/>
       <c r="Y458" s="27"/>
       <c r="Z458" s="21"/>
     </row>
-    <row r="459" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="459" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A459" s="19"/>
       <c r="B459" s="5"/>
       <c r="C459" s="27"/>
       <c r="D459" s="27"/>
       <c r="E459" s="27"/>
       <c r="F459" s="27"/>
       <c r="G459" s="27"/>
       <c r="H459" s="27"/>
       <c r="I459" s="27"/>
       <c r="J459" s="27"/>
       <c r="K459" s="27"/>
       <c r="L459" s="36"/>
       <c r="M459" s="36"/>
       <c r="N459" s="36"/>
       <c r="O459" s="5"/>
       <c r="P459" s="20"/>
       <c r="Q459" s="27"/>
       <c r="R459" s="5"/>
       <c r="S459" s="5"/>
       <c r="T459" s="27"/>
       <c r="U459" s="5"/>
       <c r="V459" s="5"/>
       <c r="W459" s="27"/>
       <c r="X459" s="5"/>
       <c r="Y459" s="27"/>
       <c r="Z459" s="21"/>
     </row>
-    <row r="460" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="460" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A460" s="19"/>
       <c r="B460" s="5"/>
       <c r="C460" s="27"/>
       <c r="D460" s="27"/>
       <c r="E460" s="27"/>
       <c r="F460" s="27"/>
       <c r="G460" s="27"/>
       <c r="H460" s="27"/>
       <c r="I460" s="27"/>
       <c r="J460" s="27"/>
       <c r="K460" s="27"/>
       <c r="L460" s="36"/>
       <c r="M460" s="36"/>
       <c r="N460" s="36"/>
       <c r="O460" s="5"/>
       <c r="P460" s="20"/>
       <c r="Q460" s="27"/>
       <c r="R460" s="5"/>
       <c r="S460" s="5"/>
       <c r="T460" s="27"/>
       <c r="U460" s="5"/>
       <c r="V460" s="5"/>
       <c r="W460" s="27"/>
       <c r="X460" s="5"/>
       <c r="Y460" s="27"/>
       <c r="Z460" s="21"/>
     </row>
-    <row r="461" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="461" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A461" s="19"/>
       <c r="B461" s="5"/>
       <c r="C461" s="27"/>
       <c r="D461" s="27"/>
       <c r="E461" s="27"/>
       <c r="F461" s="27"/>
       <c r="G461" s="27"/>
       <c r="H461" s="27"/>
       <c r="I461" s="27"/>
       <c r="J461" s="27"/>
       <c r="K461" s="27"/>
       <c r="L461" s="36"/>
       <c r="M461" s="36"/>
       <c r="N461" s="36"/>
       <c r="O461" s="5"/>
       <c r="P461" s="20"/>
       <c r="Q461" s="27"/>
       <c r="R461" s="5"/>
       <c r="S461" s="5"/>
       <c r="T461" s="27"/>
       <c r="U461" s="5"/>
       <c r="V461" s="5"/>
       <c r="W461" s="27"/>
       <c r="X461" s="5"/>
       <c r="Y461" s="27"/>
       <c r="Z461" s="21"/>
     </row>
-    <row r="462" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="462" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A462" s="19"/>
       <c r="B462" s="5"/>
       <c r="C462" s="27"/>
       <c r="D462" s="27"/>
       <c r="E462" s="27"/>
       <c r="F462" s="27"/>
       <c r="G462" s="27"/>
       <c r="H462" s="27"/>
       <c r="I462" s="27"/>
       <c r="J462" s="27"/>
       <c r="K462" s="27"/>
       <c r="L462" s="36"/>
       <c r="M462" s="36"/>
       <c r="N462" s="36"/>
       <c r="O462" s="5"/>
       <c r="P462" s="20"/>
       <c r="Q462" s="27"/>
       <c r="R462" s="5"/>
       <c r="S462" s="5"/>
       <c r="T462" s="27"/>
       <c r="U462" s="5"/>
       <c r="V462" s="5"/>
       <c r="W462" s="27"/>
       <c r="X462" s="5"/>
       <c r="Y462" s="27"/>
       <c r="Z462" s="21"/>
     </row>
-    <row r="463" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="463" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A463" s="19"/>
       <c r="B463" s="5"/>
       <c r="C463" s="27"/>
       <c r="D463" s="27"/>
       <c r="E463" s="27"/>
       <c r="F463" s="27"/>
       <c r="G463" s="27"/>
       <c r="H463" s="27"/>
       <c r="I463" s="27"/>
       <c r="J463" s="27"/>
       <c r="K463" s="27"/>
       <c r="L463" s="36"/>
       <c r="M463" s="36"/>
       <c r="N463" s="36"/>
       <c r="O463" s="5"/>
       <c r="P463" s="20"/>
       <c r="Q463" s="27"/>
       <c r="R463" s="5"/>
       <c r="S463" s="5"/>
       <c r="T463" s="27"/>
       <c r="U463" s="5"/>
       <c r="V463" s="5"/>
       <c r="W463" s="27"/>
       <c r="X463" s="5"/>
       <c r="Y463" s="27"/>
       <c r="Z463" s="21"/>
     </row>
-    <row r="464" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="464" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A464" s="19"/>
       <c r="B464" s="5"/>
       <c r="C464" s="27"/>
       <c r="D464" s="27"/>
       <c r="E464" s="27"/>
       <c r="F464" s="27"/>
       <c r="G464" s="27"/>
       <c r="H464" s="27"/>
       <c r="I464" s="27"/>
       <c r="J464" s="27"/>
       <c r="K464" s="27"/>
       <c r="L464" s="36"/>
       <c r="M464" s="36"/>
       <c r="N464" s="36"/>
       <c r="O464" s="5"/>
       <c r="P464" s="20"/>
       <c r="Q464" s="27"/>
       <c r="R464" s="5"/>
       <c r="S464" s="5"/>
       <c r="T464" s="27"/>
       <c r="U464" s="5"/>
       <c r="V464" s="5"/>
       <c r="W464" s="27"/>
       <c r="X464" s="5"/>
       <c r="Y464" s="27"/>
       <c r="Z464" s="21"/>
     </row>
-    <row r="465" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="465" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A465" s="19"/>
       <c r="B465" s="5"/>
       <c r="C465" s="27"/>
       <c r="D465" s="27"/>
       <c r="E465" s="27"/>
       <c r="F465" s="27"/>
       <c r="G465" s="27"/>
       <c r="H465" s="27"/>
       <c r="I465" s="27"/>
       <c r="J465" s="27"/>
       <c r="K465" s="27"/>
       <c r="L465" s="36"/>
       <c r="M465" s="36"/>
       <c r="N465" s="36"/>
       <c r="O465" s="5"/>
       <c r="P465" s="20"/>
       <c r="Q465" s="27"/>
       <c r="R465" s="5"/>
       <c r="S465" s="5"/>
       <c r="T465" s="27"/>
       <c r="U465" s="5"/>
       <c r="V465" s="5"/>
       <c r="W465" s="27"/>
       <c r="X465" s="5"/>
       <c r="Y465" s="27"/>
       <c r="Z465" s="21"/>
     </row>
-    <row r="466" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="466" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A466" s="19"/>
       <c r="B466" s="5"/>
       <c r="C466" s="27"/>
       <c r="D466" s="27"/>
       <c r="E466" s="27"/>
       <c r="F466" s="27"/>
       <c r="G466" s="27"/>
       <c r="H466" s="27"/>
       <c r="I466" s="27"/>
       <c r="J466" s="27"/>
       <c r="K466" s="27"/>
       <c r="L466" s="36"/>
       <c r="M466" s="36"/>
       <c r="N466" s="36"/>
       <c r="O466" s="5"/>
       <c r="P466" s="20"/>
       <c r="Q466" s="27"/>
       <c r="R466" s="5"/>
       <c r="S466" s="5"/>
       <c r="T466" s="27"/>
       <c r="U466" s="5"/>
       <c r="V466" s="5"/>
       <c r="W466" s="27"/>
       <c r="X466" s="5"/>
       <c r="Y466" s="27"/>
       <c r="Z466" s="21"/>
     </row>
-    <row r="467" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="467" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A467" s="19"/>
       <c r="B467" s="5"/>
       <c r="C467" s="27"/>
       <c r="D467" s="27"/>
       <c r="E467" s="27"/>
       <c r="F467" s="27"/>
       <c r="G467" s="27"/>
       <c r="H467" s="27"/>
       <c r="I467" s="27"/>
       <c r="J467" s="27"/>
       <c r="K467" s="27"/>
       <c r="L467" s="36"/>
       <c r="M467" s="36"/>
       <c r="N467" s="36"/>
       <c r="O467" s="5"/>
       <c r="P467" s="20"/>
       <c r="Q467" s="27"/>
       <c r="R467" s="5"/>
       <c r="S467" s="5"/>
       <c r="T467" s="27"/>
       <c r="U467" s="5"/>
       <c r="V467" s="5"/>
       <c r="W467" s="27"/>
       <c r="X467" s="5"/>
       <c r="Y467" s="27"/>
       <c r="Z467" s="21"/>
     </row>
-    <row r="468" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="468" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A468" s="19"/>
       <c r="B468" s="5"/>
       <c r="C468" s="27"/>
       <c r="D468" s="27"/>
       <c r="E468" s="27"/>
       <c r="F468" s="27"/>
       <c r="G468" s="27"/>
       <c r="H468" s="27"/>
       <c r="I468" s="27"/>
       <c r="J468" s="27"/>
       <c r="K468" s="27"/>
       <c r="L468" s="36"/>
       <c r="M468" s="36"/>
       <c r="N468" s="36"/>
       <c r="O468" s="5"/>
       <c r="P468" s="20"/>
       <c r="Q468" s="27"/>
       <c r="R468" s="5"/>
       <c r="S468" s="5"/>
       <c r="T468" s="27"/>
       <c r="U468" s="5"/>
       <c r="V468" s="5"/>
       <c r="W468" s="27"/>
       <c r="X468" s="5"/>
       <c r="Y468" s="27"/>
       <c r="Z468" s="21"/>
     </row>
-    <row r="469" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="469" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A469" s="19"/>
       <c r="B469" s="5"/>
       <c r="C469" s="27"/>
       <c r="D469" s="27"/>
       <c r="E469" s="27"/>
       <c r="F469" s="27"/>
       <c r="G469" s="27"/>
       <c r="H469" s="27"/>
       <c r="I469" s="27"/>
       <c r="J469" s="27"/>
       <c r="K469" s="27"/>
       <c r="L469" s="36"/>
       <c r="M469" s="36"/>
       <c r="N469" s="36"/>
       <c r="O469" s="5"/>
       <c r="P469" s="20"/>
       <c r="Q469" s="27"/>
       <c r="R469" s="5"/>
       <c r="S469" s="5"/>
       <c r="T469" s="27"/>
       <c r="U469" s="5"/>
       <c r="V469" s="5"/>
       <c r="W469" s="27"/>
       <c r="X469" s="5"/>
       <c r="Y469" s="27"/>
       <c r="Z469" s="21"/>
     </row>
-    <row r="470" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="470" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A470" s="19"/>
       <c r="B470" s="5"/>
       <c r="C470" s="27"/>
       <c r="D470" s="27"/>
       <c r="E470" s="27"/>
       <c r="F470" s="27"/>
       <c r="G470" s="27"/>
       <c r="H470" s="27"/>
       <c r="I470" s="27"/>
       <c r="J470" s="27"/>
       <c r="K470" s="27"/>
       <c r="L470" s="36"/>
       <c r="M470" s="36"/>
       <c r="N470" s="36"/>
       <c r="O470" s="5"/>
       <c r="P470" s="20"/>
       <c r="Q470" s="27"/>
       <c r="R470" s="5"/>
       <c r="S470" s="5"/>
       <c r="T470" s="27"/>
       <c r="U470" s="5"/>
       <c r="V470" s="5"/>
       <c r="W470" s="27"/>
       <c r="X470" s="5"/>
       <c r="Y470" s="27"/>
       <c r="Z470" s="21"/>
     </row>
-    <row r="471" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="471" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A471" s="19"/>
       <c r="B471" s="5"/>
       <c r="C471" s="27"/>
       <c r="D471" s="27"/>
       <c r="E471" s="27"/>
       <c r="F471" s="27"/>
       <c r="G471" s="27"/>
       <c r="H471" s="27"/>
       <c r="I471" s="27"/>
       <c r="J471" s="27"/>
       <c r="K471" s="27"/>
       <c r="L471" s="36"/>
       <c r="M471" s="36"/>
       <c r="N471" s="36"/>
       <c r="O471" s="5"/>
       <c r="P471" s="20"/>
       <c r="Q471" s="27"/>
       <c r="R471" s="5"/>
       <c r="S471" s="5"/>
       <c r="T471" s="27"/>
       <c r="U471" s="5"/>
       <c r="V471" s="5"/>
       <c r="W471" s="27"/>
       <c r="X471" s="5"/>
       <c r="Y471" s="27"/>
       <c r="Z471" s="21"/>
     </row>
-    <row r="472" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="472" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A472" s="19"/>
       <c r="B472" s="5"/>
       <c r="C472" s="27"/>
       <c r="D472" s="27"/>
       <c r="E472" s="27"/>
       <c r="F472" s="27"/>
       <c r="G472" s="27"/>
       <c r="H472" s="27"/>
       <c r="I472" s="27"/>
       <c r="J472" s="27"/>
       <c r="K472" s="27"/>
       <c r="L472" s="36"/>
       <c r="M472" s="36"/>
       <c r="N472" s="36"/>
       <c r="O472" s="5"/>
       <c r="P472" s="20"/>
       <c r="Q472" s="27"/>
       <c r="R472" s="5"/>
       <c r="S472" s="5"/>
       <c r="T472" s="27"/>
       <c r="U472" s="5"/>
       <c r="V472" s="5"/>
       <c r="W472" s="27"/>
       <c r="X472" s="5"/>
       <c r="Y472" s="27"/>
       <c r="Z472" s="21"/>
     </row>
-    <row r="473" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="473" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A473" s="19"/>
       <c r="B473" s="5"/>
       <c r="C473" s="27"/>
       <c r="D473" s="27"/>
       <c r="E473" s="27"/>
       <c r="F473" s="27"/>
       <c r="G473" s="27"/>
       <c r="H473" s="27"/>
       <c r="I473" s="27"/>
       <c r="J473" s="27"/>
       <c r="K473" s="27"/>
       <c r="L473" s="36"/>
       <c r="M473" s="36"/>
       <c r="N473" s="36"/>
       <c r="O473" s="5"/>
       <c r="P473" s="20"/>
       <c r="Q473" s="27"/>
       <c r="R473" s="5"/>
       <c r="S473" s="5"/>
       <c r="T473" s="27"/>
       <c r="U473" s="5"/>
       <c r="V473" s="5"/>
       <c r="W473" s="27"/>
       <c r="X473" s="5"/>
       <c r="Y473" s="27"/>
       <c r="Z473" s="21"/>
     </row>
-    <row r="474" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="474" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A474" s="19"/>
       <c r="B474" s="5"/>
       <c r="C474" s="27"/>
       <c r="D474" s="27"/>
       <c r="E474" s="27"/>
       <c r="F474" s="27"/>
       <c r="G474" s="27"/>
       <c r="H474" s="27"/>
       <c r="I474" s="27"/>
       <c r="J474" s="27"/>
       <c r="K474" s="27"/>
       <c r="L474" s="36"/>
       <c r="M474" s="36"/>
       <c r="N474" s="36"/>
       <c r="O474" s="5"/>
       <c r="P474" s="20"/>
       <c r="Q474" s="27"/>
       <c r="R474" s="5"/>
       <c r="S474" s="5"/>
       <c r="T474" s="27"/>
       <c r="U474" s="5"/>
       <c r="V474" s="5"/>
       <c r="W474" s="27"/>
       <c r="X474" s="5"/>
       <c r="Y474" s="27"/>
       <c r="Z474" s="21"/>
     </row>
-    <row r="475" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="475" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A475" s="19"/>
       <c r="B475" s="5"/>
       <c r="C475" s="27"/>
       <c r="D475" s="27"/>
       <c r="E475" s="27"/>
       <c r="F475" s="27"/>
       <c r="G475" s="27"/>
       <c r="H475" s="27"/>
       <c r="I475" s="27"/>
       <c r="J475" s="27"/>
       <c r="K475" s="27"/>
       <c r="L475" s="36"/>
       <c r="M475" s="36"/>
       <c r="N475" s="36"/>
       <c r="O475" s="5"/>
       <c r="P475" s="20"/>
       <c r="Q475" s="27"/>
       <c r="R475" s="5"/>
       <c r="S475" s="5"/>
       <c r="T475" s="27"/>
       <c r="U475" s="5"/>
       <c r="V475" s="5"/>
       <c r="W475" s="27"/>
       <c r="X475" s="5"/>
       <c r="Y475" s="27"/>
       <c r="Z475" s="21"/>
     </row>
-    <row r="476" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="476" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A476" s="19"/>
       <c r="B476" s="5"/>
       <c r="C476" s="27"/>
       <c r="D476" s="27"/>
       <c r="E476" s="27"/>
       <c r="F476" s="27"/>
       <c r="G476" s="27"/>
       <c r="H476" s="27"/>
       <c r="I476" s="27"/>
       <c r="J476" s="27"/>
       <c r="K476" s="27"/>
       <c r="L476" s="36"/>
       <c r="M476" s="36"/>
       <c r="N476" s="36"/>
       <c r="O476" s="5"/>
       <c r="P476" s="20"/>
       <c r="Q476" s="27"/>
       <c r="R476" s="5"/>
       <c r="S476" s="5"/>
       <c r="T476" s="27"/>
       <c r="U476" s="5"/>
       <c r="V476" s="5"/>
       <c r="W476" s="27"/>
       <c r="X476" s="5"/>
       <c r="Y476" s="27"/>
       <c r="Z476" s="21"/>
     </row>
-    <row r="477" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="477" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A477" s="19"/>
       <c r="B477" s="5"/>
       <c r="C477" s="27"/>
       <c r="D477" s="27"/>
       <c r="E477" s="27"/>
       <c r="F477" s="27"/>
       <c r="G477" s="27"/>
       <c r="H477" s="27"/>
       <c r="I477" s="27"/>
       <c r="J477" s="27"/>
       <c r="K477" s="27"/>
       <c r="L477" s="36"/>
       <c r="M477" s="36"/>
       <c r="N477" s="36"/>
       <c r="O477" s="5"/>
       <c r="P477" s="20"/>
       <c r="Q477" s="27"/>
       <c r="R477" s="5"/>
       <c r="S477" s="5"/>
       <c r="T477" s="27"/>
       <c r="U477" s="5"/>
       <c r="V477" s="5"/>
       <c r="W477" s="27"/>
       <c r="X477" s="5"/>
       <c r="Y477" s="27"/>
       <c r="Z477" s="21"/>
     </row>
-    <row r="478" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="478" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A478" s="19"/>
       <c r="B478" s="5"/>
       <c r="C478" s="27"/>
       <c r="D478" s="27"/>
       <c r="E478" s="27"/>
       <c r="F478" s="27"/>
       <c r="G478" s="27"/>
       <c r="H478" s="27"/>
       <c r="I478" s="27"/>
       <c r="J478" s="27"/>
       <c r="K478" s="27"/>
       <c r="L478" s="36"/>
       <c r="M478" s="36"/>
       <c r="N478" s="36"/>
       <c r="O478" s="5"/>
       <c r="P478" s="20"/>
       <c r="Q478" s="27"/>
       <c r="R478" s="5"/>
       <c r="S478" s="5"/>
       <c r="T478" s="27"/>
       <c r="U478" s="5"/>
       <c r="V478" s="5"/>
       <c r="W478" s="27"/>
       <c r="X478" s="5"/>
       <c r="Y478" s="27"/>
       <c r="Z478" s="21"/>
     </row>
-    <row r="479" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="479" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A479" s="19"/>
       <c r="B479" s="5"/>
       <c r="C479" s="27"/>
       <c r="D479" s="27"/>
       <c r="E479" s="27"/>
       <c r="F479" s="27"/>
       <c r="G479" s="27"/>
       <c r="H479" s="27"/>
       <c r="I479" s="27"/>
       <c r="J479" s="27"/>
       <c r="K479" s="27"/>
       <c r="L479" s="36"/>
       <c r="M479" s="36"/>
       <c r="N479" s="36"/>
       <c r="O479" s="5"/>
       <c r="P479" s="20"/>
       <c r="Q479" s="27"/>
       <c r="R479" s="5"/>
       <c r="S479" s="5"/>
       <c r="T479" s="27"/>
       <c r="U479" s="5"/>
       <c r="V479" s="5"/>
       <c r="W479" s="27"/>
       <c r="X479" s="5"/>
       <c r="Y479" s="27"/>
       <c r="Z479" s="21"/>
     </row>
-    <row r="480" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="480" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A480" s="19"/>
       <c r="B480" s="5"/>
       <c r="C480" s="27"/>
       <c r="D480" s="27"/>
       <c r="E480" s="27"/>
       <c r="F480" s="27"/>
       <c r="G480" s="27"/>
       <c r="H480" s="27"/>
       <c r="I480" s="27"/>
       <c r="J480" s="27"/>
       <c r="K480" s="27"/>
       <c r="L480" s="36"/>
       <c r="M480" s="36"/>
       <c r="N480" s="36"/>
       <c r="O480" s="5"/>
       <c r="P480" s="20"/>
       <c r="Q480" s="27"/>
       <c r="R480" s="5"/>
       <c r="S480" s="5"/>
       <c r="T480" s="27"/>
       <c r="U480" s="5"/>
       <c r="V480" s="5"/>
       <c r="W480" s="27"/>
       <c r="X480" s="5"/>
       <c r="Y480" s="27"/>
       <c r="Z480" s="21"/>
     </row>
-    <row r="481" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="481" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A481" s="19"/>
       <c r="B481" s="5"/>
       <c r="C481" s="27"/>
       <c r="D481" s="27"/>
       <c r="E481" s="27"/>
       <c r="F481" s="27"/>
       <c r="G481" s="27"/>
       <c r="H481" s="27"/>
       <c r="I481" s="27"/>
       <c r="J481" s="27"/>
       <c r="K481" s="27"/>
       <c r="L481" s="36"/>
       <c r="M481" s="36"/>
       <c r="N481" s="36"/>
       <c r="O481" s="5"/>
       <c r="P481" s="20"/>
       <c r="Q481" s="27"/>
       <c r="R481" s="5"/>
       <c r="S481" s="5"/>
       <c r="T481" s="27"/>
       <c r="U481" s="5"/>
       <c r="V481" s="5"/>
       <c r="W481" s="27"/>
       <c r="X481" s="5"/>
       <c r="Y481" s="27"/>
       <c r="Z481" s="21"/>
     </row>
-    <row r="482" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="482" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A482" s="19"/>
       <c r="B482" s="5"/>
       <c r="C482" s="27"/>
       <c r="D482" s="27"/>
       <c r="E482" s="27"/>
       <c r="F482" s="27"/>
       <c r="G482" s="27"/>
       <c r="H482" s="27"/>
       <c r="I482" s="27"/>
       <c r="J482" s="27"/>
       <c r="K482" s="27"/>
       <c r="L482" s="36"/>
       <c r="M482" s="36"/>
       <c r="N482" s="36"/>
       <c r="O482" s="5"/>
       <c r="P482" s="20"/>
       <c r="Q482" s="27"/>
       <c r="R482" s="5"/>
       <c r="S482" s="5"/>
       <c r="T482" s="27"/>
       <c r="U482" s="5"/>
       <c r="V482" s="5"/>
       <c r="W482" s="27"/>
       <c r="X482" s="5"/>
       <c r="Y482" s="27"/>
       <c r="Z482" s="21"/>
     </row>
-    <row r="483" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="483" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A483" s="19"/>
       <c r="B483" s="5"/>
       <c r="C483" s="27"/>
       <c r="D483" s="27"/>
       <c r="E483" s="27"/>
       <c r="F483" s="27"/>
       <c r="G483" s="27"/>
       <c r="H483" s="27"/>
       <c r="I483" s="27"/>
       <c r="J483" s="27"/>
       <c r="K483" s="27"/>
       <c r="L483" s="36"/>
       <c r="M483" s="36"/>
       <c r="N483" s="36"/>
       <c r="O483" s="5"/>
       <c r="P483" s="20"/>
       <c r="Q483" s="27"/>
       <c r="R483" s="5"/>
       <c r="S483" s="5"/>
       <c r="T483" s="27"/>
       <c r="U483" s="5"/>
       <c r="V483" s="5"/>
       <c r="W483" s="27"/>
       <c r="X483" s="5"/>
       <c r="Y483" s="27"/>
       <c r="Z483" s="21"/>
     </row>
-    <row r="484" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="484" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A484" s="19"/>
       <c r="B484" s="5"/>
       <c r="C484" s="27"/>
       <c r="D484" s="27"/>
       <c r="E484" s="27"/>
       <c r="F484" s="27"/>
       <c r="G484" s="27"/>
       <c r="H484" s="27"/>
       <c r="I484" s="27"/>
       <c r="J484" s="27"/>
       <c r="K484" s="27"/>
       <c r="L484" s="36"/>
       <c r="M484" s="36"/>
       <c r="N484" s="36"/>
       <c r="O484" s="5"/>
       <c r="P484" s="20"/>
       <c r="Q484" s="27"/>
       <c r="R484" s="5"/>
       <c r="S484" s="5"/>
       <c r="T484" s="27"/>
       <c r="U484" s="5"/>
       <c r="V484" s="5"/>
       <c r="W484" s="27"/>
       <c r="X484" s="5"/>
       <c r="Y484" s="27"/>
       <c r="Z484" s="21"/>
     </row>
-    <row r="485" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="485" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A485" s="19"/>
       <c r="B485" s="5"/>
       <c r="C485" s="27"/>
       <c r="D485" s="27"/>
       <c r="E485" s="27"/>
       <c r="F485" s="27"/>
       <c r="G485" s="27"/>
       <c r="H485" s="27"/>
       <c r="I485" s="27"/>
       <c r="J485" s="27"/>
       <c r="K485" s="27"/>
       <c r="L485" s="36"/>
       <c r="M485" s="36"/>
       <c r="N485" s="36"/>
       <c r="O485" s="5"/>
       <c r="P485" s="20"/>
       <c r="Q485" s="27"/>
       <c r="R485" s="5"/>
       <c r="S485" s="5"/>
       <c r="T485" s="27"/>
       <c r="U485" s="5"/>
       <c r="V485" s="5"/>
       <c r="W485" s="27"/>
       <c r="X485" s="5"/>
       <c r="Y485" s="27"/>
       <c r="Z485" s="21"/>
     </row>
-    <row r="486" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="486" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A486" s="19"/>
       <c r="B486" s="5"/>
       <c r="C486" s="27"/>
       <c r="D486" s="27"/>
       <c r="E486" s="27"/>
       <c r="F486" s="27"/>
       <c r="G486" s="27"/>
       <c r="H486" s="27"/>
       <c r="I486" s="27"/>
       <c r="J486" s="27"/>
       <c r="K486" s="27"/>
       <c r="L486" s="36"/>
       <c r="M486" s="36"/>
       <c r="N486" s="36"/>
       <c r="O486" s="5"/>
       <c r="P486" s="20"/>
       <c r="Q486" s="27"/>
       <c r="R486" s="5"/>
       <c r="S486" s="5"/>
       <c r="T486" s="27"/>
       <c r="U486" s="5"/>
       <c r="V486" s="5"/>
       <c r="W486" s="27"/>
       <c r="X486" s="5"/>
       <c r="Y486" s="27"/>
       <c r="Z486" s="21"/>
     </row>
-    <row r="487" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="487" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A487" s="19"/>
       <c r="B487" s="5"/>
       <c r="C487" s="27"/>
       <c r="D487" s="27"/>
       <c r="E487" s="27"/>
       <c r="F487" s="27"/>
       <c r="G487" s="27"/>
       <c r="H487" s="27"/>
       <c r="I487" s="27"/>
       <c r="J487" s="27"/>
       <c r="K487" s="27"/>
       <c r="L487" s="36"/>
       <c r="M487" s="36"/>
       <c r="N487" s="36"/>
       <c r="O487" s="5"/>
       <c r="P487" s="20"/>
       <c r="Q487" s="27"/>
       <c r="R487" s="5"/>
       <c r="S487" s="5"/>
       <c r="T487" s="27"/>
       <c r="U487" s="5"/>
       <c r="V487" s="5"/>
       <c r="W487" s="27"/>
       <c r="X487" s="5"/>
       <c r="Y487" s="27"/>
       <c r="Z487" s="21"/>
     </row>
-    <row r="488" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="488" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A488" s="19"/>
       <c r="B488" s="5"/>
       <c r="C488" s="27"/>
       <c r="D488" s="27"/>
       <c r="E488" s="27"/>
       <c r="F488" s="27"/>
       <c r="G488" s="27"/>
       <c r="H488" s="27"/>
       <c r="I488" s="27"/>
       <c r="J488" s="27"/>
       <c r="K488" s="27"/>
       <c r="L488" s="36"/>
       <c r="M488" s="36"/>
       <c r="N488" s="36"/>
       <c r="O488" s="5"/>
       <c r="P488" s="20"/>
       <c r="Q488" s="27"/>
       <c r="R488" s="5"/>
       <c r="S488" s="5"/>
       <c r="T488" s="27"/>
       <c r="U488" s="5"/>
       <c r="V488" s="5"/>
       <c r="W488" s="27"/>
       <c r="X488" s="5"/>
       <c r="Y488" s="27"/>
       <c r="Z488" s="21"/>
     </row>
-    <row r="489" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="489" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A489" s="19"/>
       <c r="B489" s="5"/>
       <c r="C489" s="27"/>
       <c r="D489" s="27"/>
       <c r="E489" s="27"/>
       <c r="F489" s="27"/>
       <c r="G489" s="27"/>
       <c r="H489" s="27"/>
       <c r="I489" s="27"/>
       <c r="J489" s="27"/>
       <c r="K489" s="27"/>
       <c r="L489" s="36"/>
       <c r="M489" s="36"/>
       <c r="N489" s="36"/>
       <c r="O489" s="5"/>
       <c r="P489" s="20"/>
       <c r="Q489" s="27"/>
       <c r="R489" s="5"/>
       <c r="S489" s="5"/>
       <c r="T489" s="27"/>
       <c r="U489" s="5"/>
       <c r="V489" s="5"/>
       <c r="W489" s="27"/>
       <c r="X489" s="5"/>
       <c r="Y489" s="27"/>
       <c r="Z489" s="21"/>
     </row>
-    <row r="490" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="490" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A490" s="19"/>
       <c r="B490" s="5"/>
       <c r="C490" s="27"/>
       <c r="D490" s="27"/>
       <c r="E490" s="27"/>
       <c r="F490" s="27"/>
       <c r="G490" s="27"/>
       <c r="H490" s="27"/>
       <c r="I490" s="27"/>
       <c r="J490" s="27"/>
       <c r="K490" s="27"/>
       <c r="L490" s="36"/>
       <c r="M490" s="36"/>
       <c r="N490" s="36"/>
       <c r="O490" s="5"/>
       <c r="P490" s="20"/>
       <c r="Q490" s="27"/>
       <c r="R490" s="5"/>
       <c r="S490" s="5"/>
       <c r="T490" s="27"/>
       <c r="U490" s="5"/>
       <c r="V490" s="5"/>
       <c r="W490" s="27"/>
       <c r="X490" s="5"/>
       <c r="Y490" s="27"/>
       <c r="Z490" s="21"/>
     </row>
-    <row r="491" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="491" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A491" s="19"/>
       <c r="B491" s="5"/>
       <c r="C491" s="27"/>
       <c r="D491" s="27"/>
       <c r="E491" s="27"/>
       <c r="F491" s="27"/>
       <c r="G491" s="27"/>
       <c r="H491" s="27"/>
       <c r="I491" s="27"/>
       <c r="J491" s="27"/>
       <c r="K491" s="27"/>
       <c r="L491" s="36"/>
       <c r="M491" s="36"/>
       <c r="N491" s="36"/>
       <c r="O491" s="5"/>
       <c r="P491" s="20"/>
       <c r="Q491" s="27"/>
       <c r="R491" s="5"/>
       <c r="S491" s="5"/>
       <c r="T491" s="27"/>
       <c r="U491" s="5"/>
       <c r="V491" s="5"/>
       <c r="W491" s="27"/>
       <c r="X491" s="5"/>
       <c r="Y491" s="27"/>
       <c r="Z491" s="21"/>
     </row>
-    <row r="492" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="492" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A492" s="19"/>
       <c r="B492" s="5"/>
       <c r="C492" s="27"/>
       <c r="D492" s="27"/>
       <c r="E492" s="27"/>
       <c r="F492" s="27"/>
       <c r="G492" s="27"/>
       <c r="H492" s="27"/>
       <c r="I492" s="27"/>
       <c r="J492" s="27"/>
       <c r="K492" s="27"/>
       <c r="L492" s="36"/>
       <c r="M492" s="36"/>
       <c r="N492" s="36"/>
       <c r="O492" s="5"/>
       <c r="P492" s="20"/>
       <c r="Q492" s="27"/>
       <c r="R492" s="5"/>
       <c r="S492" s="5"/>
       <c r="T492" s="27"/>
       <c r="U492" s="5"/>
       <c r="V492" s="5"/>
       <c r="W492" s="27"/>
       <c r="X492" s="5"/>
       <c r="Y492" s="27"/>
       <c r="Z492" s="21"/>
     </row>
-    <row r="493" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="493" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A493" s="19"/>
       <c r="B493" s="5"/>
       <c r="C493" s="27"/>
       <c r="D493" s="27"/>
       <c r="E493" s="27"/>
       <c r="F493" s="27"/>
       <c r="G493" s="27"/>
       <c r="H493" s="27"/>
       <c r="I493" s="27"/>
       <c r="J493" s="27"/>
       <c r="K493" s="27"/>
       <c r="L493" s="36"/>
       <c r="M493" s="36"/>
       <c r="N493" s="36"/>
       <c r="O493" s="5"/>
       <c r="P493" s="20"/>
       <c r="Q493" s="27"/>
       <c r="R493" s="5"/>
       <c r="S493" s="5"/>
       <c r="T493" s="27"/>
       <c r="U493" s="5"/>
       <c r="V493" s="5"/>
       <c r="W493" s="27"/>
       <c r="X493" s="5"/>
       <c r="Y493" s="27"/>
       <c r="Z493" s="21"/>
     </row>
-    <row r="494" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="494" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A494" s="19"/>
       <c r="B494" s="5"/>
       <c r="C494" s="27"/>
       <c r="D494" s="27"/>
       <c r="E494" s="27"/>
       <c r="F494" s="27"/>
       <c r="G494" s="27"/>
       <c r="H494" s="27"/>
       <c r="I494" s="27"/>
       <c r="J494" s="27"/>
       <c r="K494" s="27"/>
       <c r="L494" s="36"/>
       <c r="M494" s="36"/>
       <c r="N494" s="36"/>
       <c r="O494" s="5"/>
       <c r="P494" s="20"/>
       <c r="Q494" s="27"/>
       <c r="R494" s="5"/>
       <c r="S494" s="5"/>
       <c r="T494" s="27"/>
       <c r="U494" s="5"/>
       <c r="V494" s="5"/>
       <c r="W494" s="27"/>
       <c r="X494" s="5"/>
       <c r="Y494" s="27"/>
       <c r="Z494" s="21"/>
     </row>
-    <row r="495" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="495" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A495" s="19"/>
       <c r="B495" s="5"/>
       <c r="C495" s="27"/>
       <c r="D495" s="27"/>
       <c r="E495" s="27"/>
       <c r="F495" s="27"/>
       <c r="G495" s="27"/>
       <c r="H495" s="27"/>
       <c r="I495" s="27"/>
       <c r="J495" s="27"/>
       <c r="K495" s="27"/>
       <c r="L495" s="36"/>
       <c r="M495" s="36"/>
       <c r="N495" s="36"/>
       <c r="O495" s="5"/>
       <c r="P495" s="20"/>
       <c r="Q495" s="27"/>
       <c r="R495" s="5"/>
       <c r="S495" s="5"/>
       <c r="T495" s="27"/>
       <c r="U495" s="5"/>
       <c r="V495" s="5"/>
       <c r="W495" s="27"/>
       <c r="X495" s="5"/>
       <c r="Y495" s="27"/>
       <c r="Z495" s="21"/>
     </row>
-    <row r="496" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="496" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A496" s="19"/>
       <c r="B496" s="5"/>
       <c r="C496" s="27"/>
       <c r="D496" s="27"/>
       <c r="E496" s="27"/>
       <c r="F496" s="27"/>
       <c r="G496" s="27"/>
       <c r="H496" s="27"/>
       <c r="I496" s="27"/>
       <c r="J496" s="27"/>
       <c r="K496" s="27"/>
       <c r="L496" s="36"/>
       <c r="M496" s="36"/>
       <c r="N496" s="36"/>
       <c r="O496" s="5"/>
       <c r="P496" s="20"/>
       <c r="Q496" s="27"/>
       <c r="R496" s="5"/>
       <c r="S496" s="5"/>
       <c r="T496" s="27"/>
       <c r="U496" s="5"/>
       <c r="V496" s="5"/>
       <c r="W496" s="27"/>
       <c r="X496" s="5"/>
       <c r="Y496" s="27"/>
       <c r="Z496" s="21"/>
     </row>
-    <row r="497" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="497" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A497" s="19"/>
       <c r="B497" s="5"/>
       <c r="C497" s="27"/>
       <c r="D497" s="27"/>
       <c r="E497" s="27"/>
       <c r="F497" s="27"/>
       <c r="G497" s="27"/>
       <c r="H497" s="27"/>
       <c r="I497" s="27"/>
       <c r="J497" s="27"/>
       <c r="K497" s="27"/>
       <c r="L497" s="36"/>
       <c r="M497" s="36"/>
       <c r="N497" s="36"/>
       <c r="O497" s="5"/>
       <c r="P497" s="20"/>
       <c r="Q497" s="27"/>
       <c r="R497" s="5"/>
       <c r="S497" s="5"/>
       <c r="T497" s="27"/>
       <c r="U497" s="5"/>
       <c r="V497" s="5"/>
       <c r="W497" s="27"/>
       <c r="X497" s="5"/>
       <c r="Y497" s="27"/>
       <c r="Z497" s="21"/>
     </row>
-    <row r="498" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="498" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A498" s="19"/>
       <c r="B498" s="5"/>
       <c r="C498" s="27"/>
       <c r="D498" s="27"/>
       <c r="E498" s="27"/>
       <c r="F498" s="27"/>
       <c r="G498" s="27"/>
       <c r="H498" s="27"/>
       <c r="I498" s="27"/>
       <c r="J498" s="27"/>
       <c r="K498" s="27"/>
       <c r="L498" s="36"/>
       <c r="M498" s="36"/>
       <c r="N498" s="36"/>
       <c r="O498" s="5"/>
       <c r="P498" s="20"/>
       <c r="Q498" s="27"/>
       <c r="R498" s="5"/>
       <c r="S498" s="5"/>
       <c r="T498" s="27"/>
       <c r="U498" s="5"/>
       <c r="V498" s="5"/>
       <c r="W498" s="27"/>
       <c r="X498" s="5"/>
       <c r="Y498" s="27"/>
       <c r="Z498" s="21"/>
     </row>
-    <row r="499" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="499" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A499" s="19"/>
       <c r="B499" s="5"/>
       <c r="C499" s="27"/>
       <c r="D499" s="27"/>
       <c r="E499" s="27"/>
       <c r="F499" s="27"/>
       <c r="G499" s="27"/>
       <c r="H499" s="27"/>
       <c r="I499" s="27"/>
       <c r="J499" s="27"/>
       <c r="K499" s="27"/>
       <c r="L499" s="36"/>
       <c r="M499" s="36"/>
       <c r="N499" s="36"/>
       <c r="O499" s="5"/>
       <c r="P499" s="20"/>
       <c r="Q499" s="27"/>
       <c r="R499" s="5"/>
       <c r="S499" s="5"/>
       <c r="T499" s="27"/>
       <c r="U499" s="5"/>
       <c r="V499" s="5"/>
       <c r="W499" s="27"/>
       <c r="X499" s="5"/>
       <c r="Y499" s="27"/>
       <c r="Z499" s="21"/>
     </row>
-    <row r="500" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="500" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A500" s="19"/>
       <c r="B500" s="5"/>
       <c r="C500" s="27"/>
       <c r="D500" s="27"/>
       <c r="E500" s="27"/>
       <c r="F500" s="27"/>
       <c r="G500" s="27"/>
       <c r="H500" s="27"/>
       <c r="I500" s="27"/>
       <c r="J500" s="27"/>
       <c r="K500" s="27"/>
       <c r="L500" s="36"/>
       <c r="M500" s="36"/>
       <c r="N500" s="36"/>
       <c r="O500" s="5"/>
       <c r="P500" s="20"/>
       <c r="Q500" s="27"/>
       <c r="R500" s="5"/>
       <c r="S500" s="5"/>
       <c r="T500" s="27"/>
       <c r="U500" s="5"/>
       <c r="V500" s="5"/>
       <c r="W500" s="27"/>
       <c r="X500" s="5"/>
       <c r="Y500" s="27"/>
       <c r="Z500" s="21"/>
     </row>
-    <row r="501" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="501" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A501" s="19"/>
       <c r="B501" s="5"/>
       <c r="C501" s="27"/>
       <c r="D501" s="27"/>
       <c r="E501" s="27"/>
       <c r="F501" s="27"/>
       <c r="G501" s="27"/>
       <c r="H501" s="27"/>
       <c r="I501" s="27"/>
       <c r="J501" s="27"/>
       <c r="K501" s="27"/>
       <c r="L501" s="36"/>
       <c r="M501" s="36"/>
       <c r="N501" s="36"/>
       <c r="O501" s="5"/>
       <c r="P501" s="20"/>
       <c r="Q501" s="27"/>
       <c r="R501" s="5"/>
       <c r="S501" s="5"/>
       <c r="T501" s="27"/>
       <c r="U501" s="5"/>
       <c r="V501" s="5"/>
       <c r="W501" s="27"/>
       <c r="X501" s="5"/>
       <c r="Y501" s="27"/>
       <c r="Z501" s="21"/>
     </row>
-    <row r="502" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="502" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A502" s="19"/>
       <c r="B502" s="5"/>
       <c r="C502" s="27"/>
       <c r="D502" s="27"/>
       <c r="E502" s="27"/>
       <c r="F502" s="27"/>
       <c r="G502" s="27"/>
       <c r="H502" s="27"/>
       <c r="I502" s="27"/>
       <c r="J502" s="27"/>
       <c r="K502" s="27"/>
       <c r="L502" s="36"/>
       <c r="M502" s="36"/>
       <c r="N502" s="36"/>
       <c r="O502" s="5"/>
       <c r="P502" s="20"/>
       <c r="Q502" s="27"/>
       <c r="R502" s="5"/>
       <c r="S502" s="5"/>
       <c r="T502" s="27"/>
       <c r="U502" s="5"/>
       <c r="V502" s="5"/>
       <c r="W502" s="27"/>
       <c r="X502" s="5"/>
       <c r="Y502" s="27"/>
       <c r="Z502" s="21"/>
     </row>
-    <row r="503" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="503" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A503" s="19"/>
       <c r="B503" s="5"/>
       <c r="C503" s="27"/>
       <c r="D503" s="27"/>
       <c r="E503" s="27"/>
       <c r="F503" s="27"/>
       <c r="G503" s="27"/>
       <c r="H503" s="27"/>
       <c r="I503" s="27"/>
       <c r="J503" s="27"/>
       <c r="K503" s="27"/>
       <c r="L503" s="36"/>
       <c r="M503" s="36"/>
       <c r="N503" s="36"/>
       <c r="O503" s="5"/>
       <c r="P503" s="20"/>
       <c r="Q503" s="27"/>
       <c r="R503" s="5"/>
       <c r="S503" s="5"/>
       <c r="T503" s="27"/>
       <c r="U503" s="5"/>
       <c r="V503" s="5"/>
       <c r="W503" s="27"/>
       <c r="X503" s="5"/>
       <c r="Y503" s="27"/>
       <c r="Z503" s="21"/>
     </row>
-    <row r="504" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="504" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A504" s="19"/>
       <c r="B504" s="5"/>
       <c r="C504" s="27"/>
       <c r="D504" s="27"/>
       <c r="E504" s="27"/>
       <c r="F504" s="27"/>
       <c r="G504" s="27"/>
       <c r="H504" s="27"/>
       <c r="I504" s="27"/>
       <c r="J504" s="27"/>
       <c r="K504" s="27"/>
       <c r="L504" s="36"/>
       <c r="M504" s="36"/>
       <c r="N504" s="36"/>
       <c r="O504" s="5"/>
       <c r="P504" s="20"/>
       <c r="Q504" s="27"/>
       <c r="R504" s="5"/>
       <c r="S504" s="5"/>
       <c r="T504" s="27"/>
       <c r="U504" s="5"/>
       <c r="V504" s="5"/>
       <c r="W504" s="27"/>
       <c r="X504" s="5"/>
       <c r="Y504" s="27"/>
       <c r="Z504" s="21"/>
     </row>
-    <row r="505" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="505" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A505" s="19"/>
       <c r="B505" s="5"/>
       <c r="C505" s="27"/>
       <c r="D505" s="27"/>
       <c r="E505" s="27"/>
       <c r="F505" s="27"/>
       <c r="G505" s="27"/>
       <c r="H505" s="27"/>
       <c r="I505" s="27"/>
       <c r="J505" s="27"/>
       <c r="K505" s="27"/>
       <c r="L505" s="36"/>
       <c r="M505" s="36"/>
       <c r="N505" s="36"/>
       <c r="O505" s="5"/>
       <c r="P505" s="20"/>
       <c r="Q505" s="27"/>
       <c r="R505" s="5"/>
       <c r="S505" s="5"/>
       <c r="T505" s="27"/>
       <c r="U505" s="5"/>
       <c r="V505" s="5"/>
       <c r="W505" s="27"/>
       <c r="X505" s="5"/>
       <c r="Y505" s="27"/>
       <c r="Z505" s="21"/>
     </row>
-    <row r="506" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="506" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A506" s="19"/>
       <c r="B506" s="5"/>
       <c r="C506" s="27"/>
       <c r="D506" s="27"/>
       <c r="E506" s="27"/>
       <c r="F506" s="27"/>
       <c r="G506" s="27"/>
       <c r="H506" s="27"/>
       <c r="I506" s="27"/>
       <c r="J506" s="27"/>
       <c r="K506" s="27"/>
       <c r="L506" s="36"/>
       <c r="M506" s="36"/>
       <c r="N506" s="36"/>
       <c r="O506" s="5"/>
       <c r="P506" s="20"/>
       <c r="Q506" s="27"/>
       <c r="R506" s="5"/>
       <c r="S506" s="5"/>
       <c r="T506" s="27"/>
       <c r="U506" s="5"/>
       <c r="V506" s="5"/>
       <c r="W506" s="27"/>
       <c r="X506" s="5"/>
       <c r="Y506" s="27"/>
       <c r="Z506" s="21"/>
     </row>
-    <row r="507" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="507" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A507" s="19"/>
       <c r="B507" s="5"/>
       <c r="C507" s="27"/>
       <c r="D507" s="27"/>
       <c r="E507" s="27"/>
       <c r="F507" s="27"/>
       <c r="G507" s="27"/>
       <c r="H507" s="27"/>
       <c r="I507" s="27"/>
       <c r="J507" s="27"/>
       <c r="K507" s="27"/>
       <c r="L507" s="36"/>
       <c r="M507" s="36"/>
       <c r="N507" s="36"/>
       <c r="O507" s="5"/>
       <c r="P507" s="20"/>
       <c r="Q507" s="27"/>
       <c r="R507" s="5"/>
       <c r="S507" s="5"/>
       <c r="T507" s="27"/>
       <c r="U507" s="5"/>
       <c r="V507" s="5"/>
       <c r="W507" s="27"/>
       <c r="X507" s="5"/>
       <c r="Y507" s="27"/>
       <c r="Z507" s="21"/>
     </row>
-    <row r="508" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="508" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A508" s="19"/>
       <c r="B508" s="5"/>
       <c r="C508" s="27"/>
       <c r="D508" s="27"/>
       <c r="E508" s="27"/>
       <c r="F508" s="27"/>
       <c r="G508" s="27"/>
       <c r="H508" s="27"/>
       <c r="I508" s="27"/>
       <c r="J508" s="27"/>
       <c r="K508" s="27"/>
       <c r="L508" s="36"/>
       <c r="M508" s="36"/>
       <c r="N508" s="36"/>
       <c r="O508" s="5"/>
       <c r="P508" s="20"/>
       <c r="Q508" s="27"/>
       <c r="R508" s="5"/>
       <c r="S508" s="5"/>
       <c r="T508" s="27"/>
       <c r="U508" s="5"/>
       <c r="V508" s="5"/>
       <c r="W508" s="27"/>
       <c r="X508" s="5"/>
       <c r="Y508" s="27"/>
       <c r="Z508" s="21"/>
     </row>
-    <row r="509" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="509" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A509" s="19"/>
       <c r="B509" s="5"/>
       <c r="C509" s="27"/>
       <c r="D509" s="27"/>
       <c r="E509" s="27"/>
       <c r="F509" s="27"/>
       <c r="G509" s="27"/>
       <c r="H509" s="27"/>
       <c r="I509" s="27"/>
       <c r="J509" s="27"/>
       <c r="K509" s="27"/>
       <c r="L509" s="36"/>
       <c r="M509" s="36"/>
       <c r="N509" s="36"/>
       <c r="O509" s="5"/>
       <c r="P509" s="20"/>
       <c r="Q509" s="27"/>
       <c r="R509" s="5"/>
       <c r="S509" s="5"/>
       <c r="T509" s="27"/>
       <c r="U509" s="5"/>
       <c r="V509" s="5"/>
       <c r="W509" s="27"/>
       <c r="X509" s="5"/>
       <c r="Y509" s="27"/>
       <c r="Z509" s="21"/>
     </row>
-    <row r="510" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="510" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A510" s="19"/>
       <c r="B510" s="5"/>
       <c r="C510" s="27"/>
       <c r="D510" s="27"/>
       <c r="E510" s="27"/>
       <c r="F510" s="27"/>
       <c r="G510" s="27"/>
       <c r="H510" s="27"/>
       <c r="I510" s="27"/>
       <c r="J510" s="27"/>
       <c r="K510" s="27"/>
       <c r="L510" s="36"/>
       <c r="M510" s="36"/>
       <c r="N510" s="36"/>
       <c r="O510" s="5"/>
       <c r="P510" s="20"/>
       <c r="Q510" s="27"/>
       <c r="R510" s="5"/>
       <c r="S510" s="5"/>
       <c r="T510" s="27"/>
       <c r="U510" s="5"/>
       <c r="V510" s="5"/>
       <c r="W510" s="27"/>
       <c r="X510" s="5"/>
       <c r="Y510" s="27"/>
       <c r="Z510" s="21"/>
     </row>
-    <row r="511" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="511" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A511" s="19"/>
       <c r="B511" s="5"/>
       <c r="C511" s="27"/>
       <c r="D511" s="27"/>
       <c r="E511" s="27"/>
       <c r="F511" s="27"/>
       <c r="G511" s="27"/>
       <c r="H511" s="27"/>
       <c r="I511" s="27"/>
       <c r="J511" s="27"/>
       <c r="K511" s="27"/>
       <c r="L511" s="36"/>
       <c r="M511" s="36"/>
       <c r="N511" s="36"/>
       <c r="O511" s="5"/>
       <c r="P511" s="20"/>
       <c r="Q511" s="27"/>
       <c r="R511" s="5"/>
       <c r="S511" s="5"/>
       <c r="T511" s="27"/>
       <c r="U511" s="5"/>
       <c r="V511" s="5"/>
       <c r="W511" s="27"/>
       <c r="X511" s="5"/>
       <c r="Y511" s="27"/>
       <c r="Z511" s="21"/>
     </row>
-    <row r="512" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="512" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A512" s="19"/>
       <c r="B512" s="5"/>
       <c r="C512" s="27"/>
       <c r="D512" s="27"/>
       <c r="E512" s="27"/>
       <c r="F512" s="27"/>
       <c r="G512" s="27"/>
       <c r="H512" s="27"/>
       <c r="I512" s="27"/>
       <c r="J512" s="27"/>
       <c r="K512" s="27"/>
       <c r="L512" s="36"/>
       <c r="M512" s="36"/>
       <c r="N512" s="36"/>
       <c r="O512" s="5"/>
       <c r="P512" s="20"/>
       <c r="Q512" s="27"/>
       <c r="R512" s="5"/>
       <c r="S512" s="5"/>
       <c r="T512" s="27"/>
       <c r="U512" s="5"/>
       <c r="V512" s="5"/>
       <c r="W512" s="27"/>
       <c r="X512" s="5"/>
       <c r="Y512" s="27"/>
       <c r="Z512" s="21"/>
     </row>
-    <row r="513" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="513" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A513" s="19"/>
       <c r="B513" s="5"/>
       <c r="C513" s="27"/>
       <c r="D513" s="27"/>
       <c r="E513" s="27"/>
       <c r="F513" s="27"/>
       <c r="G513" s="27"/>
       <c r="H513" s="27"/>
       <c r="I513" s="27"/>
       <c r="J513" s="27"/>
       <c r="K513" s="27"/>
       <c r="L513" s="36"/>
       <c r="M513" s="36"/>
       <c r="N513" s="36"/>
       <c r="O513" s="5"/>
       <c r="P513" s="20"/>
       <c r="Q513" s="27"/>
       <c r="R513" s="5"/>
       <c r="S513" s="5"/>
       <c r="T513" s="27"/>
       <c r="U513" s="5"/>
       <c r="V513" s="5"/>
       <c r="W513" s="27"/>
       <c r="X513" s="5"/>
       <c r="Y513" s="27"/>
       <c r="Z513" s="21"/>
     </row>
-    <row r="514" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="514" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A514" s="19"/>
       <c r="B514" s="5"/>
       <c r="C514" s="27"/>
       <c r="D514" s="27"/>
       <c r="E514" s="27"/>
       <c r="F514" s="27"/>
       <c r="G514" s="27"/>
       <c r="H514" s="27"/>
       <c r="I514" s="27"/>
       <c r="J514" s="27"/>
       <c r="K514" s="27"/>
       <c r="L514" s="36"/>
       <c r="M514" s="36"/>
       <c r="N514" s="36"/>
       <c r="O514" s="5"/>
       <c r="P514" s="20"/>
       <c r="Q514" s="27"/>
       <c r="R514" s="5"/>
       <c r="S514" s="5"/>
       <c r="T514" s="27"/>
       <c r="U514" s="5"/>
       <c r="V514" s="5"/>
       <c r="W514" s="27"/>
       <c r="X514" s="5"/>
       <c r="Y514" s="27"/>
       <c r="Z514" s="21"/>
     </row>
-    <row r="515" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="515" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A515" s="19"/>
       <c r="B515" s="5"/>
       <c r="C515" s="27"/>
       <c r="D515" s="27"/>
       <c r="E515" s="27"/>
       <c r="F515" s="27"/>
       <c r="G515" s="27"/>
       <c r="H515" s="27"/>
       <c r="I515" s="27"/>
       <c r="J515" s="27"/>
       <c r="K515" s="27"/>
       <c r="L515" s="36"/>
       <c r="M515" s="36"/>
       <c r="N515" s="36"/>
       <c r="O515" s="5"/>
       <c r="P515" s="20"/>
       <c r="Q515" s="27"/>
       <c r="R515" s="5"/>
       <c r="S515" s="5"/>
       <c r="T515" s="27"/>
       <c r="U515" s="5"/>
       <c r="V515" s="5"/>
       <c r="W515" s="27"/>
       <c r="X515" s="5"/>
       <c r="Y515" s="27"/>
       <c r="Z515" s="21"/>
     </row>
-    <row r="516" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="516" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A516" s="19"/>
       <c r="B516" s="5"/>
       <c r="C516" s="27"/>
       <c r="D516" s="27"/>
       <c r="E516" s="27"/>
       <c r="F516" s="27"/>
       <c r="G516" s="27"/>
       <c r="H516" s="27"/>
       <c r="I516" s="27"/>
       <c r="J516" s="27"/>
       <c r="K516" s="27"/>
       <c r="L516" s="36"/>
       <c r="M516" s="36"/>
       <c r="N516" s="36"/>
       <c r="O516" s="5"/>
       <c r="P516" s="20"/>
       <c r="Q516" s="27"/>
       <c r="R516" s="5"/>
       <c r="S516" s="5"/>
       <c r="T516" s="27"/>
       <c r="U516" s="5"/>
       <c r="V516" s="5"/>
       <c r="W516" s="27"/>
       <c r="X516" s="5"/>
       <c r="Y516" s="27"/>
       <c r="Z516" s="21"/>
     </row>
-    <row r="517" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="517" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A517" s="19"/>
       <c r="B517" s="5"/>
       <c r="C517" s="27"/>
       <c r="D517" s="27"/>
       <c r="E517" s="27"/>
       <c r="F517" s="27"/>
       <c r="G517" s="27"/>
       <c r="H517" s="27"/>
       <c r="I517" s="27"/>
       <c r="J517" s="27"/>
       <c r="K517" s="27"/>
       <c r="L517" s="36"/>
       <c r="M517" s="36"/>
       <c r="N517" s="36"/>
       <c r="O517" s="5"/>
       <c r="P517" s="20"/>
       <c r="Q517" s="27"/>
       <c r="R517" s="5"/>
       <c r="S517" s="5"/>
       <c r="T517" s="27"/>
       <c r="U517" s="5"/>
       <c r="V517" s="5"/>
       <c r="W517" s="27"/>
       <c r="X517" s="5"/>
       <c r="Y517" s="27"/>
       <c r="Z517" s="21"/>
     </row>
-    <row r="518" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="518" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A518" s="19"/>
       <c r="B518" s="5"/>
       <c r="C518" s="27"/>
       <c r="D518" s="27"/>
       <c r="E518" s="27"/>
       <c r="F518" s="27"/>
       <c r="G518" s="27"/>
       <c r="H518" s="27"/>
       <c r="I518" s="27"/>
       <c r="J518" s="27"/>
       <c r="K518" s="27"/>
       <c r="L518" s="36"/>
       <c r="M518" s="36"/>
       <c r="N518" s="36"/>
       <c r="O518" s="5"/>
       <c r="P518" s="20"/>
       <c r="Q518" s="27"/>
       <c r="R518" s="5"/>
       <c r="S518" s="5"/>
       <c r="T518" s="27"/>
       <c r="U518" s="5"/>
       <c r="V518" s="5"/>
       <c r="W518" s="27"/>
       <c r="X518" s="5"/>
       <c r="Y518" s="27"/>
       <c r="Z518" s="21"/>
     </row>
-    <row r="519" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="519" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A519" s="19"/>
       <c r="B519" s="5"/>
       <c r="C519" s="27"/>
       <c r="D519" s="27"/>
       <c r="E519" s="27"/>
       <c r="F519" s="27"/>
       <c r="G519" s="27"/>
       <c r="H519" s="27"/>
       <c r="I519" s="27"/>
       <c r="J519" s="27"/>
       <c r="K519" s="27"/>
       <c r="L519" s="36"/>
       <c r="M519" s="36"/>
       <c r="N519" s="36"/>
       <c r="O519" s="5"/>
       <c r="P519" s="20"/>
       <c r="Q519" s="27"/>
       <c r="R519" s="5"/>
       <c r="S519" s="5"/>
       <c r="T519" s="27"/>
       <c r="U519" s="5"/>
       <c r="V519" s="5"/>
       <c r="W519" s="27"/>
       <c r="X519" s="5"/>
       <c r="Y519" s="27"/>
       <c r="Z519" s="21"/>
     </row>
-    <row r="520" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="520" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A520" s="19"/>
       <c r="B520" s="5"/>
       <c r="C520" s="27"/>
       <c r="D520" s="27"/>
       <c r="E520" s="27"/>
       <c r="F520" s="27"/>
       <c r="G520" s="27"/>
       <c r="H520" s="27"/>
       <c r="I520" s="27"/>
       <c r="J520" s="27"/>
       <c r="K520" s="27"/>
       <c r="L520" s="36"/>
       <c r="M520" s="36"/>
       <c r="N520" s="36"/>
       <c r="O520" s="5"/>
       <c r="P520" s="20"/>
       <c r="Q520" s="27"/>
       <c r="R520" s="5"/>
       <c r="S520" s="5"/>
       <c r="T520" s="27"/>
       <c r="U520" s="5"/>
       <c r="V520" s="5"/>
       <c r="W520" s="27"/>
       <c r="X520" s="5"/>
       <c r="Y520" s="27"/>
       <c r="Z520" s="21"/>
     </row>
-    <row r="521" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="521" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A521" s="19"/>
       <c r="B521" s="5"/>
       <c r="C521" s="27"/>
       <c r="D521" s="27"/>
       <c r="E521" s="27"/>
       <c r="F521" s="27"/>
       <c r="G521" s="27"/>
       <c r="H521" s="27"/>
       <c r="I521" s="27"/>
       <c r="J521" s="27"/>
       <c r="K521" s="27"/>
       <c r="L521" s="36"/>
       <c r="M521" s="36"/>
       <c r="N521" s="36"/>
       <c r="O521" s="5"/>
       <c r="P521" s="20"/>
       <c r="Q521" s="27"/>
       <c r="R521" s="5"/>
       <c r="S521" s="5"/>
       <c r="T521" s="27"/>
       <c r="U521" s="5"/>
       <c r="V521" s="5"/>
       <c r="W521" s="27"/>
       <c r="X521" s="5"/>
       <c r="Y521" s="27"/>
       <c r="Z521" s="21"/>
     </row>
-    <row r="522" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="522" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A522" s="19"/>
       <c r="B522" s="5"/>
       <c r="C522" s="27"/>
       <c r="D522" s="27"/>
       <c r="E522" s="27"/>
       <c r="F522" s="27"/>
       <c r="G522" s="27"/>
       <c r="H522" s="27"/>
       <c r="I522" s="27"/>
       <c r="J522" s="27"/>
       <c r="K522" s="27"/>
       <c r="L522" s="36"/>
       <c r="M522" s="36"/>
       <c r="N522" s="36"/>
       <c r="O522" s="5"/>
       <c r="P522" s="20"/>
       <c r="Q522" s="27"/>
       <c r="R522" s="5"/>
       <c r="S522" s="5"/>
       <c r="T522" s="27"/>
       <c r="U522" s="5"/>
       <c r="V522" s="5"/>
       <c r="W522" s="27"/>
       <c r="X522" s="5"/>
       <c r="Y522" s="27"/>
       <c r="Z522" s="21"/>
     </row>
-    <row r="523" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="523" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A523" s="19"/>
       <c r="B523" s="5"/>
       <c r="C523" s="27"/>
       <c r="D523" s="27"/>
       <c r="E523" s="27"/>
       <c r="F523" s="27"/>
       <c r="G523" s="27"/>
       <c r="H523" s="27"/>
       <c r="I523" s="27"/>
       <c r="J523" s="27"/>
       <c r="K523" s="27"/>
       <c r="L523" s="36"/>
       <c r="M523" s="36"/>
       <c r="N523" s="36"/>
       <c r="O523" s="5"/>
       <c r="P523" s="20"/>
       <c r="Q523" s="27"/>
       <c r="R523" s="5"/>
       <c r="S523" s="5"/>
       <c r="T523" s="27"/>
       <c r="U523" s="5"/>
       <c r="V523" s="5"/>
       <c r="W523" s="27"/>
       <c r="X523" s="5"/>
       <c r="Y523" s="27"/>
       <c r="Z523" s="21"/>
     </row>
-    <row r="524" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="524" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A524" s="19"/>
       <c r="B524" s="5"/>
       <c r="C524" s="27"/>
       <c r="D524" s="27"/>
       <c r="E524" s="27"/>
       <c r="F524" s="27"/>
       <c r="G524" s="27"/>
       <c r="H524" s="27"/>
       <c r="I524" s="27"/>
       <c r="J524" s="27"/>
       <c r="K524" s="27"/>
       <c r="L524" s="36"/>
       <c r="M524" s="36"/>
       <c r="N524" s="36"/>
       <c r="O524" s="5"/>
       <c r="P524" s="20"/>
       <c r="Q524" s="27"/>
       <c r="R524" s="5"/>
       <c r="S524" s="5"/>
       <c r="T524" s="27"/>
       <c r="U524" s="5"/>
       <c r="V524" s="5"/>
       <c r="W524" s="27"/>
       <c r="X524" s="5"/>
       <c r="Y524" s="27"/>
       <c r="Z524" s="21"/>
     </row>
-    <row r="525" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="525" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A525" s="19"/>
       <c r="B525" s="5"/>
       <c r="C525" s="27"/>
       <c r="D525" s="27"/>
       <c r="E525" s="27"/>
       <c r="F525" s="27"/>
       <c r="G525" s="27"/>
       <c r="H525" s="27"/>
       <c r="I525" s="27"/>
       <c r="J525" s="27"/>
       <c r="K525" s="27"/>
       <c r="L525" s="36"/>
       <c r="M525" s="36"/>
       <c r="N525" s="36"/>
       <c r="O525" s="5"/>
       <c r="P525" s="20"/>
       <c r="Q525" s="27"/>
       <c r="R525" s="5"/>
       <c r="S525" s="5"/>
       <c r="T525" s="27"/>
       <c r="U525" s="5"/>
       <c r="V525" s="5"/>
       <c r="W525" s="27"/>
       <c r="X525" s="5"/>
       <c r="Y525" s="27"/>
       <c r="Z525" s="21"/>
     </row>
-    <row r="526" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="526" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A526" s="19"/>
       <c r="B526" s="5"/>
       <c r="C526" s="27"/>
       <c r="D526" s="27"/>
       <c r="E526" s="27"/>
       <c r="F526" s="27"/>
       <c r="G526" s="27"/>
       <c r="H526" s="27"/>
       <c r="I526" s="27"/>
       <c r="J526" s="27"/>
       <c r="K526" s="27"/>
       <c r="L526" s="36"/>
       <c r="M526" s="36"/>
       <c r="N526" s="36"/>
       <c r="O526" s="5"/>
       <c r="P526" s="20"/>
       <c r="Q526" s="27"/>
       <c r="R526" s="5"/>
       <c r="S526" s="5"/>
       <c r="T526" s="27"/>
       <c r="U526" s="5"/>
       <c r="V526" s="5"/>
       <c r="W526" s="27"/>
       <c r="X526" s="5"/>
       <c r="Y526" s="27"/>
       <c r="Z526" s="21"/>
     </row>
-    <row r="527" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="527" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A527" s="19"/>
       <c r="B527" s="5"/>
       <c r="C527" s="27"/>
       <c r="D527" s="27"/>
       <c r="E527" s="27"/>
       <c r="F527" s="27"/>
       <c r="G527" s="27"/>
       <c r="H527" s="27"/>
       <c r="I527" s="27"/>
       <c r="J527" s="27"/>
       <c r="K527" s="27"/>
       <c r="L527" s="36"/>
       <c r="M527" s="36"/>
       <c r="N527" s="36"/>
       <c r="O527" s="5"/>
       <c r="P527" s="20"/>
       <c r="Q527" s="27"/>
       <c r="R527" s="5"/>
       <c r="S527" s="5"/>
       <c r="T527" s="27"/>
       <c r="U527" s="5"/>
       <c r="V527" s="5"/>
       <c r="W527" s="27"/>
       <c r="X527" s="5"/>
       <c r="Y527" s="27"/>
       <c r="Z527" s="21"/>
     </row>
-    <row r="528" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="528" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A528" s="19"/>
       <c r="B528" s="5"/>
       <c r="C528" s="27"/>
       <c r="D528" s="27"/>
       <c r="E528" s="27"/>
       <c r="F528" s="27"/>
       <c r="G528" s="27"/>
       <c r="H528" s="27"/>
       <c r="I528" s="27"/>
       <c r="J528" s="27"/>
       <c r="K528" s="27"/>
       <c r="L528" s="36"/>
       <c r="M528" s="36"/>
       <c r="N528" s="36"/>
       <c r="O528" s="5"/>
       <c r="P528" s="20"/>
       <c r="Q528" s="27"/>
       <c r="R528" s="5"/>
       <c r="S528" s="5"/>
       <c r="T528" s="27"/>
       <c r="U528" s="5"/>
       <c r="V528" s="5"/>
       <c r="W528" s="27"/>
       <c r="X528" s="5"/>
       <c r="Y528" s="27"/>
       <c r="Z528" s="21"/>
     </row>
-    <row r="529" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="529" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A529" s="19"/>
       <c r="B529" s="5"/>
       <c r="C529" s="27"/>
       <c r="D529" s="27"/>
       <c r="E529" s="27"/>
       <c r="F529" s="27"/>
       <c r="G529" s="27"/>
       <c r="H529" s="27"/>
       <c r="I529" s="27"/>
       <c r="J529" s="27"/>
       <c r="K529" s="27"/>
       <c r="L529" s="36"/>
       <c r="M529" s="36"/>
       <c r="N529" s="36"/>
       <c r="O529" s="5"/>
       <c r="P529" s="20"/>
       <c r="Q529" s="27"/>
       <c r="R529" s="5"/>
       <c r="S529" s="5"/>
       <c r="T529" s="27"/>
       <c r="U529" s="5"/>
       <c r="V529" s="5"/>
       <c r="W529" s="27"/>
       <c r="X529" s="5"/>
       <c r="Y529" s="27"/>
       <c r="Z529" s="21"/>
     </row>
-    <row r="530" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="530" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A530" s="19"/>
       <c r="B530" s="5"/>
       <c r="C530" s="27"/>
       <c r="D530" s="27"/>
       <c r="E530" s="27"/>
       <c r="F530" s="27"/>
       <c r="G530" s="27"/>
       <c r="H530" s="27"/>
       <c r="I530" s="27"/>
       <c r="J530" s="27"/>
       <c r="K530" s="27"/>
       <c r="L530" s="36"/>
       <c r="M530" s="36"/>
       <c r="N530" s="36"/>
       <c r="O530" s="5"/>
       <c r="P530" s="20"/>
       <c r="Q530" s="27"/>
       <c r="R530" s="5"/>
       <c r="S530" s="5"/>
       <c r="T530" s="27"/>
       <c r="U530" s="5"/>
       <c r="V530" s="5"/>
       <c r="W530" s="27"/>
       <c r="X530" s="5"/>
       <c r="Y530" s="27"/>
       <c r="Z530" s="21"/>
     </row>
-    <row r="531" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="531" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A531" s="19"/>
       <c r="B531" s="5"/>
       <c r="C531" s="27"/>
       <c r="D531" s="27"/>
       <c r="E531" s="27"/>
       <c r="F531" s="27"/>
       <c r="G531" s="27"/>
       <c r="H531" s="27"/>
       <c r="I531" s="27"/>
       <c r="J531" s="27"/>
       <c r="K531" s="27"/>
       <c r="L531" s="36"/>
       <c r="M531" s="36"/>
       <c r="N531" s="36"/>
       <c r="O531" s="5"/>
       <c r="P531" s="20"/>
       <c r="Q531" s="27"/>
       <c r="R531" s="5"/>
       <c r="S531" s="5"/>
       <c r="T531" s="27"/>
       <c r="U531" s="5"/>
       <c r="V531" s="5"/>
       <c r="W531" s="27"/>
       <c r="X531" s="5"/>
       <c r="Y531" s="27"/>
       <c r="Z531" s="21"/>
     </row>
-    <row r="532" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="532" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A532" s="19"/>
       <c r="B532" s="5"/>
       <c r="C532" s="27"/>
       <c r="D532" s="27"/>
       <c r="E532" s="27"/>
       <c r="F532" s="27"/>
       <c r="G532" s="27"/>
       <c r="H532" s="27"/>
       <c r="I532" s="27"/>
       <c r="J532" s="27"/>
       <c r="K532" s="27"/>
       <c r="L532" s="36"/>
       <c r="M532" s="36"/>
       <c r="N532" s="36"/>
       <c r="O532" s="5"/>
       <c r="P532" s="20"/>
       <c r="Q532" s="27"/>
       <c r="R532" s="5"/>
       <c r="S532" s="5"/>
       <c r="T532" s="27"/>
       <c r="U532" s="5"/>
       <c r="V532" s="5"/>
       <c r="W532" s="27"/>
       <c r="X532" s="5"/>
       <c r="Y532" s="27"/>
       <c r="Z532" s="21"/>
     </row>
-    <row r="533" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="533" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A533" s="19"/>
       <c r="B533" s="5"/>
       <c r="C533" s="27"/>
       <c r="D533" s="27"/>
       <c r="E533" s="27"/>
       <c r="F533" s="27"/>
       <c r="G533" s="27"/>
       <c r="H533" s="27"/>
       <c r="I533" s="27"/>
       <c r="J533" s="27"/>
       <c r="K533" s="27"/>
       <c r="L533" s="36"/>
       <c r="M533" s="36"/>
       <c r="N533" s="36"/>
       <c r="O533" s="5"/>
       <c r="P533" s="20"/>
       <c r="Q533" s="27"/>
       <c r="R533" s="5"/>
       <c r="S533" s="5"/>
       <c r="T533" s="27"/>
       <c r="U533" s="5"/>
       <c r="V533" s="5"/>
       <c r="W533" s="27"/>
       <c r="X533" s="5"/>
       <c r="Y533" s="27"/>
       <c r="Z533" s="21"/>
     </row>
-    <row r="534" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="534" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A534" s="19"/>
       <c r="B534" s="5"/>
       <c r="C534" s="27"/>
       <c r="D534" s="27"/>
       <c r="E534" s="27"/>
       <c r="F534" s="27"/>
       <c r="G534" s="27"/>
       <c r="H534" s="27"/>
       <c r="I534" s="27"/>
       <c r="J534" s="27"/>
       <c r="K534" s="27"/>
       <c r="L534" s="36"/>
       <c r="M534" s="36"/>
       <c r="N534" s="36"/>
       <c r="O534" s="5"/>
       <c r="P534" s="20"/>
       <c r="Q534" s="27"/>
       <c r="R534" s="5"/>
       <c r="S534" s="5"/>
       <c r="T534" s="27"/>
       <c r="U534" s="5"/>
       <c r="V534" s="5"/>
       <c r="W534" s="27"/>
       <c r="X534" s="5"/>
       <c r="Y534" s="27"/>
       <c r="Z534" s="21"/>
     </row>
-    <row r="535" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="535" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A535" s="19"/>
       <c r="B535" s="5"/>
       <c r="C535" s="27"/>
       <c r="D535" s="27"/>
       <c r="E535" s="27"/>
       <c r="F535" s="27"/>
       <c r="G535" s="27"/>
       <c r="H535" s="27"/>
       <c r="I535" s="27"/>
       <c r="J535" s="27"/>
       <c r="K535" s="27"/>
       <c r="L535" s="36"/>
       <c r="M535" s="36"/>
       <c r="N535" s="36"/>
       <c r="O535" s="5"/>
       <c r="P535" s="20"/>
       <c r="Q535" s="27"/>
       <c r="R535" s="5"/>
       <c r="S535" s="5"/>
       <c r="T535" s="27"/>
       <c r="U535" s="5"/>
       <c r="V535" s="5"/>
       <c r="W535" s="27"/>
       <c r="X535" s="5"/>
       <c r="Y535" s="27"/>
       <c r="Z535" s="21"/>
     </row>
-    <row r="536" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="536" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A536" s="19"/>
       <c r="B536" s="5"/>
       <c r="C536" s="27"/>
       <c r="D536" s="27"/>
       <c r="E536" s="27"/>
       <c r="F536" s="27"/>
       <c r="G536" s="27"/>
       <c r="H536" s="27"/>
       <c r="I536" s="27"/>
       <c r="J536" s="27"/>
       <c r="K536" s="27"/>
       <c r="L536" s="36"/>
       <c r="M536" s="36"/>
       <c r="N536" s="36"/>
       <c r="O536" s="5"/>
       <c r="P536" s="20"/>
       <c r="Q536" s="27"/>
       <c r="R536" s="5"/>
       <c r="S536" s="5"/>
       <c r="T536" s="27"/>
       <c r="U536" s="5"/>
       <c r="V536" s="5"/>
       <c r="W536" s="27"/>
       <c r="X536" s="5"/>
       <c r="Y536" s="27"/>
       <c r="Z536" s="21"/>
     </row>
-    <row r="537" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="537" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A537" s="19"/>
       <c r="B537" s="5"/>
       <c r="C537" s="27"/>
       <c r="D537" s="27"/>
       <c r="E537" s="27"/>
       <c r="F537" s="27"/>
       <c r="G537" s="27"/>
       <c r="H537" s="27"/>
       <c r="I537" s="27"/>
       <c r="J537" s="27"/>
       <c r="K537" s="27"/>
       <c r="L537" s="36"/>
       <c r="M537" s="36"/>
       <c r="N537" s="36"/>
       <c r="O537" s="5"/>
       <c r="P537" s="20"/>
       <c r="Q537" s="27"/>
       <c r="R537" s="5"/>
       <c r="S537" s="5"/>
       <c r="T537" s="27"/>
       <c r="U537" s="5"/>
       <c r="V537" s="5"/>
       <c r="W537" s="27"/>
       <c r="X537" s="5"/>
       <c r="Y537" s="27"/>
       <c r="Z537" s="21"/>
     </row>
-    <row r="538" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="538" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A538" s="19"/>
       <c r="B538" s="5"/>
       <c r="C538" s="27"/>
       <c r="D538" s="27"/>
       <c r="E538" s="27"/>
       <c r="F538" s="27"/>
       <c r="G538" s="27"/>
       <c r="H538" s="27"/>
       <c r="I538" s="27"/>
       <c r="J538" s="27"/>
       <c r="K538" s="27"/>
       <c r="L538" s="36"/>
       <c r="M538" s="36"/>
       <c r="N538" s="36"/>
       <c r="O538" s="5"/>
       <c r="P538" s="20"/>
       <c r="Q538" s="27"/>
       <c r="R538" s="5"/>
       <c r="S538" s="5"/>
       <c r="T538" s="27"/>
       <c r="U538" s="5"/>
       <c r="V538" s="5"/>
       <c r="W538" s="27"/>
       <c r="X538" s="5"/>
       <c r="Y538" s="27"/>
       <c r="Z538" s="21"/>
     </row>
-    <row r="539" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="539" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A539" s="19"/>
       <c r="B539" s="5"/>
       <c r="C539" s="27"/>
       <c r="D539" s="27"/>
       <c r="E539" s="27"/>
       <c r="F539" s="27"/>
       <c r="G539" s="27"/>
       <c r="H539" s="27"/>
       <c r="I539" s="27"/>
       <c r="J539" s="27"/>
       <c r="K539" s="27"/>
       <c r="L539" s="36"/>
       <c r="M539" s="36"/>
       <c r="N539" s="36"/>
       <c r="O539" s="5"/>
       <c r="P539" s="20"/>
       <c r="Q539" s="27"/>
       <c r="R539" s="5"/>
       <c r="S539" s="5"/>
       <c r="T539" s="27"/>
       <c r="U539" s="5"/>
       <c r="V539" s="5"/>
       <c r="W539" s="27"/>
       <c r="X539" s="5"/>
       <c r="Y539" s="27"/>
       <c r="Z539" s="21"/>
     </row>
-    <row r="540" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="540" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A540" s="19"/>
       <c r="B540" s="5"/>
       <c r="C540" s="27"/>
       <c r="D540" s="27"/>
       <c r="E540" s="27"/>
       <c r="F540" s="27"/>
       <c r="G540" s="27"/>
       <c r="H540" s="27"/>
       <c r="I540" s="27"/>
       <c r="J540" s="27"/>
       <c r="K540" s="27"/>
       <c r="L540" s="36"/>
       <c r="M540" s="36"/>
       <c r="N540" s="36"/>
       <c r="O540" s="5"/>
       <c r="P540" s="20"/>
       <c r="Q540" s="27"/>
       <c r="R540" s="5"/>
       <c r="S540" s="5"/>
       <c r="T540" s="27"/>
       <c r="U540" s="5"/>
       <c r="V540" s="5"/>
       <c r="W540" s="27"/>
       <c r="X540" s="5"/>
       <c r="Y540" s="27"/>
       <c r="Z540" s="21"/>
     </row>
-    <row r="541" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="541" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A541" s="19"/>
       <c r="B541" s="5"/>
       <c r="C541" s="27"/>
       <c r="D541" s="27"/>
       <c r="E541" s="27"/>
       <c r="F541" s="27"/>
       <c r="G541" s="27"/>
       <c r="H541" s="27"/>
       <c r="I541" s="27"/>
       <c r="J541" s="27"/>
       <c r="K541" s="27"/>
       <c r="L541" s="36"/>
       <c r="M541" s="36"/>
       <c r="N541" s="36"/>
       <c r="O541" s="5"/>
       <c r="P541" s="20"/>
       <c r="Q541" s="27"/>
       <c r="R541" s="5"/>
       <c r="S541" s="5"/>
       <c r="T541" s="27"/>
       <c r="U541" s="5"/>
       <c r="V541" s="5"/>
       <c r="W541" s="27"/>
       <c r="X541" s="5"/>
       <c r="Y541" s="27"/>
       <c r="Z541" s="21"/>
     </row>
-    <row r="542" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="542" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A542" s="19"/>
       <c r="B542" s="5"/>
       <c r="C542" s="27"/>
       <c r="D542" s="27"/>
       <c r="E542" s="27"/>
       <c r="F542" s="27"/>
       <c r="G542" s="27"/>
       <c r="H542" s="27"/>
       <c r="I542" s="27"/>
       <c r="J542" s="27"/>
       <c r="K542" s="27"/>
       <c r="L542" s="36"/>
       <c r="M542" s="36"/>
       <c r="N542" s="36"/>
       <c r="O542" s="5"/>
       <c r="P542" s="20"/>
       <c r="Q542" s="27"/>
       <c r="R542" s="5"/>
       <c r="S542" s="5"/>
       <c r="T542" s="27"/>
       <c r="U542" s="5"/>
       <c r="V542" s="5"/>
       <c r="W542" s="27"/>
       <c r="X542" s="5"/>
       <c r="Y542" s="27"/>
       <c r="Z542" s="21"/>
     </row>
-    <row r="543" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="543" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A543" s="19"/>
       <c r="B543" s="5"/>
       <c r="C543" s="27"/>
       <c r="D543" s="27"/>
       <c r="E543" s="27"/>
       <c r="F543" s="27"/>
       <c r="G543" s="27"/>
       <c r="H543" s="27"/>
       <c r="I543" s="27"/>
       <c r="J543" s="27"/>
       <c r="K543" s="27"/>
       <c r="L543" s="36"/>
       <c r="M543" s="36"/>
       <c r="N543" s="36"/>
       <c r="O543" s="5"/>
       <c r="P543" s="20"/>
       <c r="Q543" s="27"/>
       <c r="R543" s="5"/>
       <c r="S543" s="5"/>
       <c r="T543" s="27"/>
       <c r="U543" s="5"/>
       <c r="V543" s="5"/>
       <c r="W543" s="27"/>
       <c r="X543" s="5"/>
       <c r="Y543" s="27"/>
       <c r="Z543" s="21"/>
     </row>
-    <row r="544" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="544" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A544" s="19"/>
       <c r="B544" s="5"/>
       <c r="C544" s="27"/>
       <c r="D544" s="27"/>
       <c r="E544" s="27"/>
       <c r="F544" s="27"/>
       <c r="G544" s="27"/>
       <c r="H544" s="27"/>
       <c r="I544" s="27"/>
       <c r="J544" s="27"/>
       <c r="K544" s="27"/>
       <c r="L544" s="36"/>
       <c r="M544" s="36"/>
       <c r="N544" s="36"/>
       <c r="O544" s="5"/>
       <c r="P544" s="20"/>
       <c r="Q544" s="27"/>
       <c r="R544" s="5"/>
       <c r="S544" s="5"/>
       <c r="T544" s="27"/>
       <c r="U544" s="5"/>
       <c r="V544" s="5"/>
       <c r="W544" s="27"/>
       <c r="X544" s="5"/>
       <c r="Y544" s="27"/>
       <c r="Z544" s="21"/>
     </row>
-    <row r="545" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="545" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A545" s="19"/>
       <c r="B545" s="5"/>
       <c r="C545" s="27"/>
       <c r="D545" s="27"/>
       <c r="E545" s="27"/>
       <c r="F545" s="27"/>
       <c r="G545" s="27"/>
       <c r="H545" s="27"/>
       <c r="I545" s="27"/>
       <c r="J545" s="27"/>
       <c r="K545" s="27"/>
       <c r="L545" s="36"/>
       <c r="M545" s="36"/>
       <c r="N545" s="36"/>
       <c r="O545" s="5"/>
       <c r="P545" s="20"/>
       <c r="Q545" s="27"/>
       <c r="R545" s="5"/>
       <c r="S545" s="5"/>
       <c r="T545" s="27"/>
       <c r="U545" s="5"/>
       <c r="V545" s="5"/>
       <c r="W545" s="27"/>
       <c r="X545" s="5"/>
       <c r="Y545" s="27"/>
       <c r="Z545" s="21"/>
     </row>
-    <row r="546" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="546" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A546" s="19"/>
       <c r="B546" s="5"/>
       <c r="C546" s="27"/>
       <c r="D546" s="27"/>
       <c r="E546" s="27"/>
       <c r="F546" s="27"/>
       <c r="G546" s="27"/>
       <c r="H546" s="27"/>
       <c r="I546" s="27"/>
       <c r="J546" s="27"/>
       <c r="K546" s="27"/>
       <c r="L546" s="36"/>
       <c r="M546" s="36"/>
       <c r="N546" s="36"/>
       <c r="O546" s="5"/>
       <c r="P546" s="20"/>
       <c r="Q546" s="27"/>
       <c r="R546" s="5"/>
       <c r="S546" s="5"/>
       <c r="T546" s="27"/>
       <c r="U546" s="5"/>
       <c r="V546" s="5"/>
       <c r="W546" s="27"/>
       <c r="X546" s="5"/>
       <c r="Y546" s="27"/>
       <c r="Z546" s="21"/>
     </row>
-    <row r="547" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="547" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A547" s="19"/>
       <c r="B547" s="5"/>
       <c r="C547" s="27"/>
       <c r="D547" s="27"/>
       <c r="E547" s="27"/>
       <c r="F547" s="27"/>
       <c r="G547" s="27"/>
       <c r="H547" s="27"/>
       <c r="I547" s="27"/>
       <c r="J547" s="27"/>
       <c r="K547" s="27"/>
       <c r="L547" s="36"/>
       <c r="M547" s="36"/>
       <c r="N547" s="36"/>
       <c r="O547" s="5"/>
       <c r="P547" s="20"/>
       <c r="Q547" s="27"/>
       <c r="R547" s="5"/>
       <c r="S547" s="5"/>
       <c r="T547" s="27"/>
       <c r="U547" s="5"/>
       <c r="V547" s="5"/>
       <c r="W547" s="27"/>
       <c r="X547" s="5"/>
       <c r="Y547" s="27"/>
       <c r="Z547" s="21"/>
     </row>
-    <row r="548" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="548" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A548" s="19"/>
       <c r="B548" s="5"/>
       <c r="C548" s="27"/>
       <c r="D548" s="27"/>
       <c r="E548" s="27"/>
       <c r="F548" s="27"/>
       <c r="G548" s="27"/>
       <c r="H548" s="27"/>
       <c r="I548" s="27"/>
       <c r="J548" s="27"/>
       <c r="K548" s="27"/>
       <c r="L548" s="36"/>
       <c r="M548" s="36"/>
       <c r="N548" s="36"/>
       <c r="O548" s="5"/>
       <c r="P548" s="20"/>
       <c r="Q548" s="27"/>
       <c r="R548" s="5"/>
       <c r="S548" s="5"/>
       <c r="T548" s="27"/>
       <c r="U548" s="5"/>
       <c r="V548" s="5"/>
       <c r="W548" s="27"/>
       <c r="X548" s="5"/>
       <c r="Y548" s="27"/>
       <c r="Z548" s="21"/>
     </row>
-    <row r="549" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="549" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A549" s="19"/>
       <c r="B549" s="5"/>
       <c r="C549" s="27"/>
       <c r="D549" s="27"/>
       <c r="E549" s="27"/>
       <c r="F549" s="27"/>
       <c r="G549" s="27"/>
       <c r="H549" s="27"/>
       <c r="I549" s="27"/>
       <c r="J549" s="27"/>
       <c r="K549" s="27"/>
       <c r="L549" s="36"/>
       <c r="M549" s="36"/>
       <c r="N549" s="36"/>
       <c r="O549" s="5"/>
       <c r="P549" s="20"/>
       <c r="Q549" s="27"/>
       <c r="R549" s="5"/>
       <c r="S549" s="5"/>
       <c r="T549" s="27"/>
       <c r="U549" s="5"/>
       <c r="V549" s="5"/>
       <c r="W549" s="27"/>
       <c r="X549" s="5"/>
       <c r="Y549" s="27"/>
       <c r="Z549" s="21"/>
     </row>
-    <row r="550" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="550" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A550" s="19"/>
       <c r="B550" s="5"/>
       <c r="C550" s="27"/>
       <c r="D550" s="27"/>
       <c r="E550" s="27"/>
       <c r="F550" s="27"/>
       <c r="G550" s="27"/>
       <c r="H550" s="27"/>
       <c r="I550" s="27"/>
       <c r="J550" s="27"/>
       <c r="K550" s="27"/>
       <c r="L550" s="36"/>
       <c r="M550" s="36"/>
       <c r="N550" s="36"/>
       <c r="O550" s="5"/>
       <c r="P550" s="20"/>
       <c r="Q550" s="27"/>
       <c r="R550" s="5"/>
       <c r="S550" s="5"/>
       <c r="T550" s="27"/>
       <c r="U550" s="5"/>
       <c r="V550" s="5"/>
       <c r="W550" s="27"/>
       <c r="X550" s="5"/>
       <c r="Y550" s="27"/>
       <c r="Z550" s="21"/>
     </row>
-    <row r="551" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="551" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A551" s="19"/>
       <c r="B551" s="5"/>
       <c r="C551" s="27"/>
       <c r="D551" s="27"/>
       <c r="E551" s="27"/>
       <c r="F551" s="27"/>
       <c r="G551" s="27"/>
       <c r="H551" s="27"/>
       <c r="I551" s="27"/>
       <c r="J551" s="27"/>
       <c r="K551" s="27"/>
       <c r="L551" s="36"/>
       <c r="M551" s="36"/>
       <c r="N551" s="36"/>
       <c r="O551" s="5"/>
       <c r="P551" s="20"/>
       <c r="Q551" s="27"/>
       <c r="R551" s="5"/>
       <c r="S551" s="5"/>
       <c r="T551" s="27"/>
       <c r="U551" s="5"/>
       <c r="V551" s="5"/>
       <c r="W551" s="27"/>
       <c r="X551" s="5"/>
       <c r="Y551" s="27"/>
       <c r="Z551" s="21"/>
     </row>
-    <row r="552" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="552" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A552" s="19"/>
       <c r="B552" s="5"/>
       <c r="C552" s="27"/>
       <c r="D552" s="27"/>
       <c r="E552" s="27"/>
       <c r="F552" s="27"/>
       <c r="G552" s="27"/>
       <c r="H552" s="27"/>
       <c r="I552" s="27"/>
       <c r="J552" s="27"/>
       <c r="K552" s="27"/>
       <c r="L552" s="36"/>
       <c r="M552" s="36"/>
       <c r="N552" s="36"/>
       <c r="O552" s="5"/>
       <c r="P552" s="20"/>
       <c r="Q552" s="27"/>
       <c r="R552" s="5"/>
       <c r="S552" s="5"/>
       <c r="T552" s="27"/>
       <c r="U552" s="5"/>
       <c r="V552" s="5"/>
       <c r="W552" s="27"/>
       <c r="X552" s="5"/>
       <c r="Y552" s="27"/>
       <c r="Z552" s="21"/>
     </row>
-    <row r="553" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="553" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A553" s="19"/>
       <c r="B553" s="5"/>
       <c r="C553" s="27"/>
       <c r="D553" s="27"/>
       <c r="E553" s="27"/>
       <c r="F553" s="27"/>
       <c r="G553" s="27"/>
       <c r="H553" s="27"/>
       <c r="I553" s="27"/>
       <c r="J553" s="27"/>
       <c r="K553" s="27"/>
       <c r="L553" s="36"/>
       <c r="M553" s="36"/>
       <c r="N553" s="36"/>
       <c r="O553" s="5"/>
       <c r="P553" s="20"/>
       <c r="Q553" s="27"/>
       <c r="R553" s="5"/>
       <c r="S553" s="5"/>
       <c r="T553" s="27"/>
       <c r="U553" s="5"/>
       <c r="V553" s="5"/>
       <c r="W553" s="27"/>
       <c r="X553" s="5"/>
       <c r="Y553" s="27"/>
       <c r="Z553" s="21"/>
     </row>
-    <row r="554" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="554" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A554" s="19"/>
       <c r="B554" s="5"/>
       <c r="C554" s="27"/>
       <c r="D554" s="27"/>
       <c r="E554" s="27"/>
       <c r="F554" s="27"/>
       <c r="G554" s="27"/>
       <c r="H554" s="27"/>
       <c r="I554" s="27"/>
       <c r="J554" s="27"/>
       <c r="K554" s="27"/>
       <c r="L554" s="36"/>
       <c r="M554" s="36"/>
       <c r="N554" s="36"/>
       <c r="O554" s="5"/>
       <c r="P554" s="20"/>
       <c r="Q554" s="27"/>
       <c r="R554" s="5"/>
       <c r="S554" s="5"/>
       <c r="T554" s="27"/>
       <c r="U554" s="5"/>
       <c r="V554" s="5"/>
       <c r="W554" s="27"/>
       <c r="X554" s="5"/>
       <c r="Y554" s="27"/>
       <c r="Z554" s="21"/>
     </row>
-    <row r="555" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="555" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A555" s="19"/>
       <c r="B555" s="5"/>
       <c r="C555" s="27"/>
       <c r="D555" s="27"/>
       <c r="E555" s="27"/>
       <c r="F555" s="27"/>
       <c r="G555" s="27"/>
       <c r="H555" s="27"/>
       <c r="I555" s="27"/>
       <c r="J555" s="27"/>
       <c r="K555" s="27"/>
       <c r="L555" s="36"/>
       <c r="M555" s="36"/>
       <c r="N555" s="36"/>
       <c r="O555" s="5"/>
       <c r="P555" s="20"/>
       <c r="Q555" s="27"/>
       <c r="R555" s="5"/>
       <c r="S555" s="5"/>
       <c r="T555" s="27"/>
       <c r="U555" s="5"/>
       <c r="V555" s="5"/>
       <c r="W555" s="27"/>
       <c r="X555" s="5"/>
       <c r="Y555" s="27"/>
       <c r="Z555" s="21"/>
     </row>
-    <row r="556" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="556" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A556" s="19"/>
       <c r="B556" s="5"/>
       <c r="C556" s="27"/>
       <c r="D556" s="27"/>
       <c r="E556" s="27"/>
       <c r="F556" s="27"/>
       <c r="G556" s="27"/>
       <c r="H556" s="27"/>
       <c r="I556" s="27"/>
       <c r="J556" s="27"/>
       <c r="K556" s="27"/>
       <c r="L556" s="36"/>
       <c r="M556" s="36"/>
       <c r="N556" s="36"/>
       <c r="O556" s="5"/>
       <c r="P556" s="20"/>
       <c r="Q556" s="27"/>
       <c r="R556" s="5"/>
       <c r="S556" s="5"/>
       <c r="T556" s="27"/>
       <c r="U556" s="5"/>
       <c r="V556" s="5"/>
       <c r="W556" s="27"/>
       <c r="X556" s="5"/>
       <c r="Y556" s="27"/>
       <c r="Z556" s="21"/>
     </row>
-    <row r="557" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="557" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A557" s="19"/>
       <c r="B557" s="5"/>
       <c r="C557" s="27"/>
       <c r="D557" s="27"/>
       <c r="E557" s="27"/>
       <c r="F557" s="27"/>
       <c r="G557" s="27"/>
       <c r="H557" s="27"/>
       <c r="I557" s="27"/>
       <c r="J557" s="27"/>
       <c r="K557" s="27"/>
       <c r="L557" s="36"/>
       <c r="M557" s="36"/>
       <c r="N557" s="36"/>
       <c r="O557" s="5"/>
       <c r="P557" s="20"/>
       <c r="Q557" s="27"/>
       <c r="R557" s="5"/>
       <c r="S557" s="5"/>
       <c r="T557" s="27"/>
       <c r="U557" s="5"/>
       <c r="V557" s="5"/>
       <c r="W557" s="27"/>
       <c r="X557" s="5"/>
       <c r="Y557" s="27"/>
       <c r="Z557" s="21"/>
     </row>
-    <row r="558" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="558" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A558" s="19"/>
       <c r="B558" s="5"/>
       <c r="C558" s="27"/>
       <c r="D558" s="27"/>
       <c r="E558" s="27"/>
       <c r="F558" s="27"/>
       <c r="G558" s="27"/>
       <c r="H558" s="27"/>
       <c r="I558" s="27"/>
       <c r="J558" s="27"/>
       <c r="K558" s="27"/>
       <c r="L558" s="36"/>
       <c r="M558" s="36"/>
       <c r="N558" s="36"/>
       <c r="O558" s="5"/>
       <c r="P558" s="20"/>
       <c r="Q558" s="27"/>
       <c r="R558" s="5"/>
       <c r="S558" s="5"/>
       <c r="T558" s="27"/>
       <c r="U558" s="5"/>
       <c r="V558" s="5"/>
       <c r="W558" s="27"/>
       <c r="X558" s="5"/>
       <c r="Y558" s="27"/>
       <c r="Z558" s="21"/>
     </row>
-    <row r="559" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="559" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A559" s="19"/>
       <c r="B559" s="5"/>
       <c r="C559" s="27"/>
       <c r="D559" s="27"/>
       <c r="E559" s="27"/>
       <c r="F559" s="27"/>
       <c r="G559" s="27"/>
       <c r="H559" s="27"/>
       <c r="I559" s="27"/>
       <c r="J559" s="27"/>
       <c r="K559" s="27"/>
       <c r="L559" s="36"/>
       <c r="M559" s="36"/>
       <c r="N559" s="36"/>
       <c r="O559" s="5"/>
       <c r="P559" s="20"/>
       <c r="Q559" s="27"/>
       <c r="R559" s="5"/>
       <c r="S559" s="5"/>
       <c r="T559" s="27"/>
       <c r="U559" s="5"/>
       <c r="V559" s="5"/>
       <c r="W559" s="27"/>
       <c r="X559" s="5"/>
       <c r="Y559" s="27"/>
       <c r="Z559" s="21"/>
     </row>
-    <row r="560" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="560" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A560" s="19"/>
       <c r="B560" s="5"/>
       <c r="C560" s="27"/>
       <c r="D560" s="27"/>
       <c r="E560" s="27"/>
       <c r="F560" s="27"/>
       <c r="G560" s="27"/>
       <c r="H560" s="27"/>
       <c r="I560" s="27"/>
       <c r="J560" s="27"/>
       <c r="K560" s="27"/>
       <c r="L560" s="36"/>
       <c r="M560" s="36"/>
       <c r="N560" s="36"/>
       <c r="O560" s="5"/>
       <c r="P560" s="20"/>
       <c r="Q560" s="27"/>
       <c r="R560" s="5"/>
       <c r="S560" s="5"/>
       <c r="T560" s="27"/>
       <c r="U560" s="5"/>
       <c r="V560" s="5"/>
       <c r="W560" s="27"/>
       <c r="X560" s="5"/>
       <c r="Y560" s="27"/>
       <c r="Z560" s="21"/>
     </row>
-    <row r="561" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="561" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A561" s="19"/>
       <c r="B561" s="5"/>
       <c r="C561" s="27"/>
       <c r="D561" s="27"/>
       <c r="E561" s="27"/>
       <c r="F561" s="27"/>
       <c r="G561" s="27"/>
       <c r="H561" s="27"/>
       <c r="I561" s="27"/>
       <c r="J561" s="27"/>
       <c r="K561" s="27"/>
       <c r="L561" s="36"/>
       <c r="M561" s="36"/>
       <c r="N561" s="36"/>
       <c r="O561" s="5"/>
       <c r="P561" s="20"/>
       <c r="Q561" s="27"/>
       <c r="R561" s="5"/>
       <c r="S561" s="5"/>
       <c r="T561" s="27"/>
       <c r="U561" s="5"/>
       <c r="V561" s="5"/>
       <c r="W561" s="27"/>
       <c r="X561" s="5"/>
       <c r="Y561" s="27"/>
       <c r="Z561" s="21"/>
     </row>
-    <row r="562" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="562" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A562" s="19"/>
       <c r="B562" s="5"/>
       <c r="C562" s="27"/>
       <c r="D562" s="27"/>
       <c r="E562" s="27"/>
       <c r="F562" s="27"/>
       <c r="G562" s="27"/>
       <c r="H562" s="27"/>
       <c r="I562" s="27"/>
       <c r="J562" s="27"/>
       <c r="K562" s="27"/>
       <c r="L562" s="36"/>
       <c r="M562" s="36"/>
       <c r="N562" s="36"/>
       <c r="O562" s="5"/>
       <c r="P562" s="20"/>
       <c r="Q562" s="27"/>
       <c r="R562" s="5"/>
       <c r="S562" s="5"/>
       <c r="T562" s="27"/>
       <c r="U562" s="5"/>
       <c r="V562" s="5"/>
       <c r="W562" s="27"/>
       <c r="X562" s="5"/>
       <c r="Y562" s="27"/>
       <c r="Z562" s="21"/>
     </row>
-    <row r="563" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="563" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A563" s="19"/>
       <c r="B563" s="5"/>
       <c r="C563" s="27"/>
       <c r="D563" s="27"/>
       <c r="E563" s="27"/>
       <c r="F563" s="27"/>
       <c r="G563" s="27"/>
       <c r="H563" s="27"/>
       <c r="I563" s="27"/>
       <c r="J563" s="27"/>
       <c r="K563" s="27"/>
       <c r="L563" s="36"/>
       <c r="M563" s="36"/>
       <c r="N563" s="36"/>
       <c r="O563" s="5"/>
       <c r="P563" s="20"/>
       <c r="Q563" s="27"/>
       <c r="R563" s="5"/>
       <c r="S563" s="5"/>
       <c r="T563" s="27"/>
       <c r="U563" s="5"/>
       <c r="V563" s="5"/>
       <c r="W563" s="27"/>
       <c r="X563" s="5"/>
       <c r="Y563" s="27"/>
       <c r="Z563" s="21"/>
     </row>
-    <row r="564" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="564" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A564" s="19"/>
       <c r="B564" s="5"/>
       <c r="C564" s="27"/>
       <c r="D564" s="27"/>
       <c r="E564" s="27"/>
       <c r="F564" s="27"/>
       <c r="G564" s="27"/>
       <c r="H564" s="27"/>
       <c r="I564" s="27"/>
       <c r="J564" s="27"/>
       <c r="K564" s="27"/>
       <c r="L564" s="36"/>
       <c r="M564" s="36"/>
       <c r="N564" s="36"/>
       <c r="O564" s="5"/>
       <c r="P564" s="20"/>
       <c r="Q564" s="27"/>
       <c r="R564" s="5"/>
       <c r="S564" s="5"/>
       <c r="T564" s="27"/>
       <c r="U564" s="5"/>
       <c r="V564" s="5"/>
       <c r="W564" s="27"/>
       <c r="X564" s="5"/>
       <c r="Y564" s="27"/>
       <c r="Z564" s="21"/>
     </row>
-    <row r="565" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="565" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A565" s="19"/>
       <c r="B565" s="5"/>
       <c r="C565" s="27"/>
       <c r="D565" s="27"/>
       <c r="E565" s="27"/>
       <c r="F565" s="27"/>
       <c r="G565" s="27"/>
       <c r="H565" s="27"/>
       <c r="I565" s="27"/>
       <c r="J565" s="27"/>
       <c r="K565" s="27"/>
       <c r="L565" s="36"/>
       <c r="M565" s="36"/>
       <c r="N565" s="36"/>
       <c r="O565" s="5"/>
       <c r="P565" s="20"/>
       <c r="Q565" s="27"/>
       <c r="R565" s="5"/>
       <c r="S565" s="5"/>
       <c r="T565" s="27"/>
       <c r="U565" s="5"/>
       <c r="V565" s="5"/>
       <c r="W565" s="27"/>
       <c r="X565" s="5"/>
       <c r="Y565" s="27"/>
       <c r="Z565" s="21"/>
     </row>
-    <row r="566" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="566" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A566" s="19"/>
       <c r="B566" s="5"/>
       <c r="C566" s="27"/>
       <c r="D566" s="27"/>
       <c r="E566" s="27"/>
       <c r="F566" s="27"/>
       <c r="G566" s="27"/>
       <c r="H566" s="27"/>
       <c r="I566" s="27"/>
       <c r="J566" s="27"/>
       <c r="K566" s="27"/>
       <c r="L566" s="36"/>
       <c r="M566" s="36"/>
       <c r="N566" s="36"/>
       <c r="O566" s="5"/>
       <c r="P566" s="20"/>
       <c r="Q566" s="27"/>
       <c r="R566" s="5"/>
       <c r="S566" s="5"/>
       <c r="T566" s="27"/>
       <c r="U566" s="5"/>
       <c r="V566" s="5"/>
       <c r="W566" s="27"/>
       <c r="X566" s="5"/>
       <c r="Y566" s="27"/>
       <c r="Z566" s="21"/>
     </row>
-    <row r="567" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="567" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A567" s="19"/>
       <c r="B567" s="5"/>
       <c r="C567" s="27"/>
       <c r="D567" s="27"/>
       <c r="E567" s="27"/>
       <c r="F567" s="27"/>
       <c r="G567" s="27"/>
       <c r="H567" s="27"/>
       <c r="I567" s="27"/>
       <c r="J567" s="27"/>
       <c r="K567" s="27"/>
       <c r="L567" s="36"/>
       <c r="M567" s="36"/>
       <c r="N567" s="36"/>
       <c r="O567" s="5"/>
       <c r="P567" s="20"/>
       <c r="Q567" s="27"/>
       <c r="R567" s="5"/>
       <c r="S567" s="5"/>
       <c r="T567" s="27"/>
       <c r="U567" s="5"/>
       <c r="V567" s="5"/>
       <c r="W567" s="27"/>
       <c r="X567" s="5"/>
       <c r="Y567" s="27"/>
       <c r="Z567" s="21"/>
     </row>
-    <row r="568" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="568" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A568" s="19"/>
       <c r="B568" s="5"/>
       <c r="C568" s="27"/>
       <c r="D568" s="27"/>
       <c r="E568" s="27"/>
       <c r="F568" s="27"/>
       <c r="G568" s="27"/>
       <c r="H568" s="27"/>
       <c r="I568" s="27"/>
       <c r="J568" s="27"/>
       <c r="K568" s="27"/>
       <c r="L568" s="36"/>
       <c r="M568" s="36"/>
       <c r="N568" s="36"/>
       <c r="O568" s="5"/>
       <c r="P568" s="20"/>
       <c r="Q568" s="27"/>
       <c r="R568" s="5"/>
       <c r="S568" s="5"/>
       <c r="T568" s="27"/>
       <c r="U568" s="5"/>
       <c r="V568" s="5"/>
       <c r="W568" s="27"/>
       <c r="X568" s="5"/>
       <c r="Y568" s="27"/>
       <c r="Z568" s="21"/>
     </row>
-    <row r="569" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="569" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A569" s="19"/>
       <c r="B569" s="5"/>
       <c r="C569" s="27"/>
       <c r="D569" s="27"/>
       <c r="E569" s="27"/>
       <c r="F569" s="27"/>
       <c r="G569" s="27"/>
       <c r="H569" s="27"/>
       <c r="I569" s="27"/>
       <c r="J569" s="27"/>
       <c r="K569" s="27"/>
       <c r="L569" s="36"/>
       <c r="M569" s="36"/>
       <c r="N569" s="36"/>
       <c r="O569" s="5"/>
       <c r="P569" s="20"/>
       <c r="Q569" s="27"/>
       <c r="R569" s="5"/>
       <c r="S569" s="5"/>
       <c r="T569" s="27"/>
       <c r="U569" s="5"/>
       <c r="V569" s="5"/>
       <c r="W569" s="27"/>
       <c r="X569" s="5"/>
       <c r="Y569" s="27"/>
       <c r="Z569" s="21"/>
     </row>
-    <row r="570" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="570" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A570" s="19"/>
       <c r="B570" s="5"/>
       <c r="C570" s="27"/>
       <c r="D570" s="27"/>
       <c r="E570" s="27"/>
       <c r="F570" s="27"/>
       <c r="G570" s="27"/>
       <c r="H570" s="27"/>
       <c r="I570" s="27"/>
       <c r="J570" s="27"/>
       <c r="K570" s="27"/>
       <c r="L570" s="36"/>
       <c r="M570" s="36"/>
       <c r="N570" s="36"/>
       <c r="O570" s="5"/>
       <c r="P570" s="20"/>
       <c r="Q570" s="27"/>
       <c r="R570" s="5"/>
       <c r="S570" s="5"/>
       <c r="T570" s="27"/>
       <c r="U570" s="5"/>
       <c r="V570" s="5"/>
       <c r="W570" s="27"/>
       <c r="X570" s="5"/>
       <c r="Y570" s="27"/>
       <c r="Z570" s="21"/>
     </row>
-    <row r="571" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="571" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A571" s="19"/>
       <c r="B571" s="5"/>
       <c r="C571" s="27"/>
       <c r="D571" s="27"/>
       <c r="E571" s="27"/>
       <c r="F571" s="27"/>
       <c r="G571" s="27"/>
       <c r="H571" s="27"/>
       <c r="I571" s="27"/>
       <c r="J571" s="27"/>
       <c r="K571" s="27"/>
       <c r="L571" s="36"/>
       <c r="M571" s="36"/>
       <c r="N571" s="36"/>
       <c r="O571" s="5"/>
       <c r="P571" s="20"/>
       <c r="Q571" s="27"/>
       <c r="R571" s="5"/>
       <c r="S571" s="5"/>
       <c r="T571" s="27"/>
       <c r="U571" s="5"/>
       <c r="V571" s="5"/>
       <c r="W571" s="27"/>
       <c r="X571" s="5"/>
       <c r="Y571" s="27"/>
       <c r="Z571" s="21"/>
     </row>
-    <row r="572" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="572" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A572" s="19"/>
       <c r="B572" s="5"/>
       <c r="C572" s="27"/>
       <c r="D572" s="27"/>
       <c r="E572" s="27"/>
       <c r="F572" s="27"/>
       <c r="G572" s="27"/>
       <c r="H572" s="27"/>
       <c r="I572" s="27"/>
       <c r="J572" s="27"/>
       <c r="K572" s="27"/>
       <c r="L572" s="36"/>
       <c r="M572" s="36"/>
       <c r="N572" s="36"/>
       <c r="O572" s="5"/>
       <c r="P572" s="20"/>
       <c r="Q572" s="27"/>
       <c r="R572" s="5"/>
       <c r="S572" s="5"/>
       <c r="T572" s="27"/>
       <c r="U572" s="5"/>
       <c r="V572" s="5"/>
       <c r="W572" s="27"/>
       <c r="X572" s="5"/>
       <c r="Y572" s="27"/>
       <c r="Z572" s="21"/>
     </row>
-    <row r="573" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="573" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A573" s="19"/>
       <c r="B573" s="5"/>
       <c r="C573" s="27"/>
       <c r="D573" s="27"/>
       <c r="E573" s="27"/>
       <c r="F573" s="27"/>
       <c r="G573" s="27"/>
       <c r="H573" s="27"/>
       <c r="I573" s="27"/>
       <c r="J573" s="27"/>
       <c r="K573" s="27"/>
       <c r="L573" s="36"/>
       <c r="M573" s="36"/>
       <c r="N573" s="36"/>
       <c r="O573" s="5"/>
       <c r="P573" s="20"/>
       <c r="Q573" s="27"/>
       <c r="R573" s="5"/>
       <c r="S573" s="5"/>
       <c r="T573" s="27"/>
       <c r="U573" s="5"/>
       <c r="V573" s="5"/>
       <c r="W573" s="27"/>
       <c r="X573" s="5"/>
       <c r="Y573" s="27"/>
       <c r="Z573" s="21"/>
     </row>
-    <row r="574" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="574" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A574" s="19"/>
       <c r="B574" s="5"/>
       <c r="C574" s="27"/>
       <c r="D574" s="27"/>
       <c r="E574" s="27"/>
       <c r="F574" s="27"/>
       <c r="G574" s="27"/>
       <c r="H574" s="27"/>
       <c r="I574" s="27"/>
       <c r="J574" s="27"/>
       <c r="K574" s="27"/>
       <c r="L574" s="36"/>
       <c r="M574" s="36"/>
       <c r="N574" s="36"/>
       <c r="O574" s="5"/>
       <c r="P574" s="20"/>
       <c r="Q574" s="27"/>
       <c r="R574" s="5"/>
       <c r="S574" s="5"/>
       <c r="T574" s="27"/>
       <c r="U574" s="5"/>
       <c r="V574" s="5"/>
       <c r="W574" s="27"/>
       <c r="X574" s="5"/>
       <c r="Y574" s="27"/>
       <c r="Z574" s="21"/>
     </row>
-    <row r="575" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="575" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A575" s="19"/>
       <c r="B575" s="5"/>
       <c r="C575" s="27"/>
       <c r="D575" s="27"/>
       <c r="E575" s="27"/>
       <c r="F575" s="27"/>
       <c r="G575" s="27"/>
       <c r="H575" s="27"/>
       <c r="I575" s="27"/>
       <c r="J575" s="27"/>
       <c r="K575" s="27"/>
       <c r="L575" s="36"/>
       <c r="M575" s="36"/>
       <c r="N575" s="36"/>
       <c r="O575" s="5"/>
       <c r="P575" s="20"/>
       <c r="Q575" s="27"/>
       <c r="R575" s="5"/>
       <c r="S575" s="5"/>
       <c r="T575" s="27"/>
       <c r="U575" s="5"/>
       <c r="V575" s="5"/>
       <c r="W575" s="27"/>
       <c r="X575" s="5"/>
       <c r="Y575" s="27"/>
       <c r="Z575" s="21"/>
     </row>
-    <row r="576" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="576" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A576" s="19"/>
       <c r="B576" s="5"/>
       <c r="C576" s="27"/>
       <c r="D576" s="27"/>
       <c r="E576" s="27"/>
       <c r="F576" s="27"/>
       <c r="G576" s="27"/>
       <c r="H576" s="27"/>
       <c r="I576" s="27"/>
       <c r="J576" s="27"/>
       <c r="K576" s="27"/>
       <c r="L576" s="36"/>
       <c r="M576" s="36"/>
       <c r="N576" s="36"/>
       <c r="O576" s="5"/>
       <c r="P576" s="20"/>
       <c r="Q576" s="27"/>
       <c r="R576" s="5"/>
       <c r="S576" s="5"/>
       <c r="T576" s="27"/>
       <c r="U576" s="5"/>
       <c r="V576" s="5"/>
       <c r="W576" s="27"/>
       <c r="X576" s="5"/>
       <c r="Y576" s="27"/>
       <c r="Z576" s="21"/>
     </row>
-    <row r="577" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="577" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A577" s="19"/>
       <c r="B577" s="5"/>
       <c r="C577" s="27"/>
       <c r="D577" s="27"/>
       <c r="E577" s="27"/>
       <c r="F577" s="27"/>
       <c r="G577" s="27"/>
       <c r="H577" s="27"/>
       <c r="I577" s="27"/>
       <c r="J577" s="27"/>
       <c r="K577" s="27"/>
       <c r="L577" s="36"/>
       <c r="M577" s="36"/>
       <c r="N577" s="36"/>
       <c r="O577" s="5"/>
       <c r="P577" s="20"/>
       <c r="Q577" s="27"/>
       <c r="R577" s="5"/>
       <c r="S577" s="5"/>
       <c r="T577" s="27"/>
       <c r="U577" s="5"/>
       <c r="V577" s="5"/>
       <c r="W577" s="27"/>
       <c r="X577" s="5"/>
       <c r="Y577" s="27"/>
       <c r="Z577" s="21"/>
     </row>
-    <row r="578" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="578" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A578" s="19"/>
       <c r="B578" s="5"/>
       <c r="C578" s="27"/>
       <c r="D578" s="27"/>
       <c r="E578" s="27"/>
       <c r="F578" s="27"/>
       <c r="G578" s="27"/>
       <c r="H578" s="27"/>
       <c r="I578" s="27"/>
       <c r="J578" s="27"/>
       <c r="K578" s="27"/>
       <c r="L578" s="36"/>
       <c r="M578" s="36"/>
       <c r="N578" s="36"/>
       <c r="O578" s="5"/>
       <c r="P578" s="20"/>
       <c r="Q578" s="27"/>
       <c r="R578" s="5"/>
       <c r="S578" s="5"/>
       <c r="T578" s="27"/>
       <c r="U578" s="5"/>
       <c r="V578" s="5"/>
       <c r="W578" s="27"/>
       <c r="X578" s="5"/>
       <c r="Y578" s="27"/>
       <c r="Z578" s="21"/>
     </row>
-    <row r="579" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="579" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A579" s="19"/>
       <c r="B579" s="5"/>
       <c r="C579" s="27"/>
       <c r="D579" s="27"/>
       <c r="E579" s="27"/>
       <c r="F579" s="27"/>
       <c r="G579" s="27"/>
       <c r="H579" s="27"/>
       <c r="I579" s="27"/>
       <c r="J579" s="27"/>
       <c r="K579" s="27"/>
       <c r="L579" s="36"/>
       <c r="M579" s="36"/>
       <c r="N579" s="36"/>
       <c r="O579" s="5"/>
       <c r="P579" s="20"/>
       <c r="Q579" s="27"/>
       <c r="R579" s="5"/>
       <c r="S579" s="5"/>
       <c r="T579" s="27"/>
       <c r="U579" s="5"/>
       <c r="V579" s="5"/>
       <c r="W579" s="27"/>
       <c r="X579" s="5"/>
       <c r="Y579" s="27"/>
       <c r="Z579" s="21"/>
     </row>
-    <row r="580" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="580" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A580" s="19"/>
       <c r="B580" s="5"/>
       <c r="C580" s="27"/>
       <c r="D580" s="27"/>
       <c r="E580" s="27"/>
       <c r="F580" s="27"/>
       <c r="G580" s="27"/>
       <c r="H580" s="27"/>
       <c r="I580" s="27"/>
       <c r="J580" s="27"/>
       <c r="K580" s="27"/>
       <c r="L580" s="36"/>
       <c r="M580" s="36"/>
       <c r="N580" s="36"/>
       <c r="O580" s="5"/>
       <c r="P580" s="20"/>
       <c r="Q580" s="27"/>
       <c r="R580" s="5"/>
       <c r="S580" s="5"/>
       <c r="T580" s="27"/>
       <c r="U580" s="5"/>
       <c r="V580" s="5"/>
       <c r="W580" s="27"/>
       <c r="X580" s="5"/>
       <c r="Y580" s="27"/>
       <c r="Z580" s="21"/>
     </row>
-    <row r="581" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="581" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A581" s="19"/>
       <c r="B581" s="5"/>
       <c r="C581" s="27"/>
       <c r="D581" s="27"/>
       <c r="E581" s="27"/>
       <c r="F581" s="27"/>
       <c r="G581" s="27"/>
       <c r="H581" s="27"/>
       <c r="I581" s="27"/>
       <c r="J581" s="27"/>
       <c r="K581" s="27"/>
       <c r="L581" s="36"/>
       <c r="M581" s="36"/>
       <c r="N581" s="36"/>
       <c r="O581" s="5"/>
       <c r="P581" s="20"/>
       <c r="Q581" s="27"/>
       <c r="R581" s="5"/>
       <c r="S581" s="5"/>
       <c r="T581" s="27"/>
       <c r="U581" s="5"/>
       <c r="V581" s="5"/>
       <c r="W581" s="27"/>
       <c r="X581" s="5"/>
       <c r="Y581" s="27"/>
       <c r="Z581" s="21"/>
     </row>
-    <row r="582" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="582" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A582" s="19"/>
       <c r="B582" s="5"/>
       <c r="C582" s="27"/>
       <c r="D582" s="27"/>
       <c r="E582" s="27"/>
       <c r="F582" s="27"/>
       <c r="G582" s="27"/>
       <c r="H582" s="27"/>
       <c r="I582" s="27"/>
       <c r="J582" s="27"/>
       <c r="K582" s="27"/>
       <c r="L582" s="36"/>
       <c r="M582" s="36"/>
       <c r="N582" s="36"/>
       <c r="O582" s="5"/>
       <c r="P582" s="20"/>
       <c r="Q582" s="27"/>
       <c r="R582" s="5"/>
       <c r="S582" s="5"/>
       <c r="T582" s="27"/>
       <c r="U582" s="5"/>
       <c r="V582" s="5"/>
       <c r="W582" s="27"/>
       <c r="X582" s="5"/>
       <c r="Y582" s="27"/>
       <c r="Z582" s="21"/>
     </row>
-    <row r="583" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="583" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A583" s="19"/>
       <c r="B583" s="5"/>
       <c r="C583" s="27"/>
       <c r="D583" s="27"/>
       <c r="E583" s="27"/>
       <c r="F583" s="27"/>
       <c r="G583" s="27"/>
       <c r="H583" s="27"/>
       <c r="I583" s="27"/>
       <c r="J583" s="27"/>
       <c r="K583" s="27"/>
       <c r="L583" s="36"/>
       <c r="M583" s="36"/>
       <c r="N583" s="36"/>
       <c r="O583" s="5"/>
       <c r="P583" s="20"/>
       <c r="Q583" s="27"/>
       <c r="R583" s="5"/>
       <c r="S583" s="5"/>
       <c r="T583" s="27"/>
       <c r="U583" s="5"/>
       <c r="V583" s="5"/>
       <c r="W583" s="27"/>
       <c r="X583" s="5"/>
       <c r="Y583" s="27"/>
       <c r="Z583" s="21"/>
     </row>
-    <row r="584" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="584" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A584" s="19"/>
       <c r="B584" s="5"/>
       <c r="C584" s="27"/>
       <c r="D584" s="27"/>
       <c r="E584" s="27"/>
       <c r="F584" s="27"/>
       <c r="G584" s="27"/>
       <c r="H584" s="27"/>
       <c r="I584" s="27"/>
       <c r="J584" s="27"/>
       <c r="K584" s="27"/>
       <c r="L584" s="36"/>
       <c r="M584" s="36"/>
       <c r="N584" s="36"/>
       <c r="O584" s="5"/>
       <c r="P584" s="20"/>
       <c r="Q584" s="27"/>
       <c r="R584" s="5"/>
       <c r="S584" s="5"/>
       <c r="T584" s="27"/>
       <c r="U584" s="5"/>
       <c r="V584" s="5"/>
       <c r="W584" s="27"/>
       <c r="X584" s="5"/>
       <c r="Y584" s="27"/>
       <c r="Z584" s="21"/>
     </row>
-    <row r="585" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="585" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A585" s="19"/>
       <c r="B585" s="5"/>
       <c r="C585" s="27"/>
       <c r="D585" s="27"/>
       <c r="E585" s="27"/>
       <c r="F585" s="27"/>
       <c r="G585" s="27"/>
       <c r="H585" s="27"/>
       <c r="I585" s="27"/>
       <c r="J585" s="27"/>
       <c r="K585" s="27"/>
       <c r="L585" s="36"/>
       <c r="M585" s="36"/>
       <c r="N585" s="36"/>
       <c r="O585" s="5"/>
       <c r="P585" s="20"/>
       <c r="Q585" s="27"/>
       <c r="R585" s="5"/>
       <c r="S585" s="5"/>
       <c r="T585" s="27"/>
       <c r="U585" s="5"/>
       <c r="V585" s="5"/>
       <c r="W585" s="27"/>
       <c r="X585" s="5"/>
       <c r="Y585" s="27"/>
       <c r="Z585" s="21"/>
     </row>
-    <row r="586" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="586" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A586" s="19"/>
       <c r="B586" s="5"/>
       <c r="C586" s="27"/>
       <c r="D586" s="27"/>
       <c r="E586" s="27"/>
       <c r="F586" s="27"/>
       <c r="G586" s="27"/>
       <c r="H586" s="27"/>
       <c r="I586" s="27"/>
       <c r="J586" s="27"/>
       <c r="K586" s="27"/>
       <c r="L586" s="36"/>
       <c r="M586" s="36"/>
       <c r="N586" s="36"/>
       <c r="O586" s="5"/>
       <c r="P586" s="20"/>
       <c r="Q586" s="27"/>
       <c r="R586" s="5"/>
       <c r="S586" s="5"/>
       <c r="T586" s="27"/>
       <c r="U586" s="5"/>
       <c r="V586" s="5"/>
       <c r="W586" s="27"/>
       <c r="X586" s="5"/>
       <c r="Y586" s="27"/>
       <c r="Z586" s="21"/>
     </row>
-    <row r="587" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="587" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A587" s="19"/>
       <c r="B587" s="5"/>
       <c r="C587" s="27"/>
       <c r="D587" s="27"/>
       <c r="E587" s="27"/>
       <c r="F587" s="27"/>
       <c r="G587" s="27"/>
       <c r="H587" s="27"/>
       <c r="I587" s="27"/>
       <c r="J587" s="27"/>
       <c r="K587" s="27"/>
       <c r="L587" s="36"/>
       <c r="M587" s="36"/>
       <c r="N587" s="36"/>
       <c r="O587" s="5"/>
       <c r="P587" s="20"/>
       <c r="Q587" s="27"/>
       <c r="R587" s="5"/>
       <c r="S587" s="5"/>
       <c r="T587" s="27"/>
       <c r="U587" s="5"/>
       <c r="V587" s="5"/>
       <c r="W587" s="27"/>
       <c r="X587" s="5"/>
       <c r="Y587" s="27"/>
       <c r="Z587" s="21"/>
     </row>
-    <row r="588" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="588" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A588" s="19"/>
       <c r="B588" s="5"/>
       <c r="C588" s="27"/>
       <c r="D588" s="27"/>
       <c r="E588" s="27"/>
       <c r="F588" s="27"/>
       <c r="G588" s="27"/>
       <c r="H588" s="27"/>
       <c r="I588" s="27"/>
       <c r="J588" s="27"/>
       <c r="K588" s="27"/>
       <c r="L588" s="36"/>
       <c r="M588" s="36"/>
       <c r="N588" s="36"/>
       <c r="O588" s="5"/>
       <c r="P588" s="20"/>
       <c r="Q588" s="27"/>
       <c r="R588" s="5"/>
       <c r="S588" s="5"/>
       <c r="T588" s="27"/>
       <c r="U588" s="5"/>
       <c r="V588" s="5"/>
       <c r="W588" s="27"/>
       <c r="X588" s="5"/>
       <c r="Y588" s="27"/>
       <c r="Z588" s="21"/>
     </row>
-    <row r="589" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="589" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A589" s="19"/>
       <c r="B589" s="5"/>
       <c r="C589" s="27"/>
       <c r="D589" s="27"/>
       <c r="E589" s="27"/>
       <c r="F589" s="27"/>
       <c r="G589" s="27"/>
       <c r="H589" s="27"/>
       <c r="I589" s="27"/>
       <c r="J589" s="27"/>
       <c r="K589" s="27"/>
       <c r="L589" s="36"/>
       <c r="M589" s="36"/>
       <c r="N589" s="36"/>
       <c r="O589" s="5"/>
       <c r="P589" s="20"/>
       <c r="Q589" s="27"/>
       <c r="R589" s="5"/>
       <c r="S589" s="5"/>
       <c r="T589" s="27"/>
       <c r="U589" s="5"/>
       <c r="V589" s="5"/>
       <c r="W589" s="27"/>
       <c r="X589" s="5"/>
       <c r="Y589" s="27"/>
       <c r="Z589" s="21"/>
     </row>
-    <row r="590" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="590" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A590" s="19"/>
       <c r="B590" s="5"/>
       <c r="C590" s="27"/>
       <c r="D590" s="27"/>
       <c r="E590" s="27"/>
       <c r="F590" s="27"/>
       <c r="G590" s="27"/>
       <c r="H590" s="27"/>
       <c r="I590" s="27"/>
       <c r="J590" s="27"/>
       <c r="K590" s="27"/>
       <c r="L590" s="36"/>
       <c r="M590" s="36"/>
       <c r="N590" s="36"/>
       <c r="O590" s="5"/>
       <c r="P590" s="20"/>
       <c r="Q590" s="27"/>
       <c r="R590" s="5"/>
       <c r="S590" s="5"/>
       <c r="T590" s="27"/>
       <c r="U590" s="5"/>
       <c r="V590" s="5"/>
       <c r="W590" s="27"/>
       <c r="X590" s="5"/>
       <c r="Y590" s="27"/>
       <c r="Z590" s="21"/>
     </row>
-    <row r="591" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="591" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A591" s="19"/>
       <c r="B591" s="5"/>
       <c r="C591" s="27"/>
       <c r="D591" s="27"/>
       <c r="E591" s="27"/>
       <c r="F591" s="27"/>
       <c r="G591" s="27"/>
       <c r="H591" s="27"/>
       <c r="I591" s="27"/>
       <c r="J591" s="27"/>
       <c r="K591" s="27"/>
       <c r="L591" s="36"/>
       <c r="M591" s="36"/>
       <c r="N591" s="36"/>
       <c r="O591" s="5"/>
       <c r="P591" s="20"/>
       <c r="Q591" s="27"/>
       <c r="R591" s="5"/>
       <c r="S591" s="5"/>
       <c r="T591" s="27"/>
       <c r="U591" s="5"/>
       <c r="V591" s="5"/>
       <c r="W591" s="27"/>
       <c r="X591" s="5"/>
       <c r="Y591" s="27"/>
       <c r="Z591" s="21"/>
     </row>
-    <row r="592" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="592" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A592" s="19"/>
       <c r="B592" s="5"/>
       <c r="C592" s="27"/>
       <c r="D592" s="27"/>
       <c r="E592" s="27"/>
       <c r="F592" s="27"/>
       <c r="G592" s="27"/>
       <c r="H592" s="27"/>
       <c r="I592" s="27"/>
       <c r="J592" s="27"/>
       <c r="K592" s="27"/>
       <c r="L592" s="36"/>
       <c r="M592" s="36"/>
       <c r="N592" s="36"/>
       <c r="O592" s="5"/>
       <c r="P592" s="20"/>
       <c r="Q592" s="27"/>
       <c r="R592" s="5"/>
       <c r="S592" s="5"/>
       <c r="T592" s="27"/>
       <c r="U592" s="5"/>
       <c r="V592" s="5"/>
       <c r="W592" s="27"/>
       <c r="X592" s="5"/>
       <c r="Y592" s="27"/>
       <c r="Z592" s="21"/>
     </row>
-    <row r="593" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="593" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A593" s="19"/>
       <c r="B593" s="5"/>
       <c r="C593" s="27"/>
       <c r="D593" s="27"/>
       <c r="E593" s="27"/>
       <c r="F593" s="27"/>
       <c r="G593" s="27"/>
       <c r="H593" s="27"/>
       <c r="I593" s="27"/>
       <c r="J593" s="27"/>
       <c r="K593" s="27"/>
       <c r="L593" s="36"/>
       <c r="M593" s="36"/>
       <c r="N593" s="36"/>
       <c r="O593" s="5"/>
       <c r="P593" s="20"/>
       <c r="Q593" s="27"/>
       <c r="R593" s="5"/>
       <c r="S593" s="5"/>
       <c r="T593" s="27"/>
       <c r="U593" s="5"/>
       <c r="V593" s="5"/>
       <c r="W593" s="27"/>
       <c r="X593" s="5"/>
       <c r="Y593" s="27"/>
       <c r="Z593" s="21"/>
     </row>
-    <row r="594" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="594" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A594" s="19"/>
       <c r="B594" s="5"/>
       <c r="C594" s="27"/>
       <c r="D594" s="27"/>
       <c r="E594" s="27"/>
       <c r="F594" s="27"/>
       <c r="G594" s="27"/>
       <c r="H594" s="27"/>
       <c r="I594" s="27"/>
       <c r="J594" s="27"/>
       <c r="K594" s="27"/>
       <c r="L594" s="36"/>
       <c r="M594" s="36"/>
       <c r="N594" s="36"/>
       <c r="O594" s="5"/>
       <c r="P594" s="20"/>
       <c r="Q594" s="27"/>
       <c r="R594" s="5"/>
       <c r="S594" s="5"/>
       <c r="T594" s="27"/>
       <c r="U594" s="5"/>
       <c r="V594" s="5"/>
       <c r="W594" s="27"/>
       <c r="X594" s="5"/>
       <c r="Y594" s="27"/>
       <c r="Z594" s="21"/>
     </row>
-    <row r="595" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="595" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A595" s="19"/>
       <c r="B595" s="5"/>
       <c r="C595" s="27"/>
       <c r="D595" s="27"/>
       <c r="E595" s="27"/>
       <c r="F595" s="27"/>
       <c r="G595" s="27"/>
       <c r="H595" s="27"/>
       <c r="I595" s="27"/>
       <c r="J595" s="27"/>
       <c r="K595" s="27"/>
       <c r="L595" s="36"/>
       <c r="M595" s="36"/>
       <c r="N595" s="36"/>
       <c r="O595" s="5"/>
       <c r="P595" s="20"/>
       <c r="Q595" s="27"/>
       <c r="R595" s="5"/>
       <c r="S595" s="5"/>
       <c r="T595" s="27"/>
       <c r="U595" s="5"/>
       <c r="V595" s="5"/>
       <c r="W595" s="27"/>
       <c r="X595" s="5"/>
       <c r="Y595" s="27"/>
       <c r="Z595" s="21"/>
     </row>
-    <row r="596" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="596" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A596" s="19"/>
       <c r="B596" s="5"/>
       <c r="C596" s="27"/>
       <c r="D596" s="27"/>
       <c r="E596" s="27"/>
       <c r="F596" s="27"/>
       <c r="G596" s="27"/>
       <c r="H596" s="27"/>
       <c r="I596" s="27"/>
       <c r="J596" s="27"/>
       <c r="K596" s="27"/>
       <c r="L596" s="36"/>
       <c r="M596" s="36"/>
       <c r="N596" s="36"/>
       <c r="O596" s="5"/>
       <c r="P596" s="20"/>
       <c r="Q596" s="27"/>
       <c r="R596" s="5"/>
       <c r="S596" s="5"/>
       <c r="T596" s="27"/>
       <c r="U596" s="5"/>
       <c r="V596" s="5"/>
       <c r="W596" s="27"/>
       <c r="X596" s="5"/>
       <c r="Y596" s="27"/>
       <c r="Z596" s="21"/>
     </row>
-    <row r="597" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="597" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A597" s="19"/>
       <c r="B597" s="5"/>
       <c r="C597" s="27"/>
       <c r="D597" s="27"/>
       <c r="E597" s="27"/>
       <c r="F597" s="27"/>
       <c r="G597" s="27"/>
       <c r="H597" s="27"/>
       <c r="I597" s="27"/>
       <c r="J597" s="27"/>
       <c r="K597" s="27"/>
       <c r="L597" s="36"/>
       <c r="M597" s="36"/>
       <c r="N597" s="36"/>
       <c r="O597" s="5"/>
       <c r="P597" s="20"/>
       <c r="Q597" s="27"/>
       <c r="R597" s="5"/>
       <c r="S597" s="5"/>
       <c r="T597" s="27"/>
       <c r="U597" s="5"/>
       <c r="V597" s="5"/>
       <c r="W597" s="27"/>
       <c r="X597" s="5"/>
       <c r="Y597" s="27"/>
       <c r="Z597" s="21"/>
     </row>
-    <row r="598" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="598" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A598" s="19"/>
       <c r="B598" s="5"/>
       <c r="C598" s="27"/>
       <c r="D598" s="27"/>
       <c r="E598" s="27"/>
       <c r="F598" s="27"/>
       <c r="G598" s="27"/>
       <c r="H598" s="27"/>
       <c r="I598" s="27"/>
       <c r="J598" s="27"/>
       <c r="K598" s="27"/>
       <c r="L598" s="36"/>
       <c r="M598" s="36"/>
       <c r="N598" s="36"/>
       <c r="O598" s="5"/>
       <c r="P598" s="20"/>
       <c r="Q598" s="27"/>
       <c r="R598" s="5"/>
       <c r="S598" s="5"/>
       <c r="T598" s="27"/>
       <c r="U598" s="5"/>
       <c r="V598" s="5"/>
       <c r="W598" s="27"/>
       <c r="X598" s="5"/>
       <c r="Y598" s="27"/>
       <c r="Z598" s="21"/>
     </row>
-    <row r="599" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="599" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A599" s="19"/>
       <c r="B599" s="5"/>
       <c r="C599" s="27"/>
       <c r="D599" s="27"/>
       <c r="E599" s="27"/>
       <c r="F599" s="27"/>
       <c r="G599" s="27"/>
       <c r="H599" s="27"/>
       <c r="I599" s="27"/>
       <c r="J599" s="27"/>
       <c r="K599" s="27"/>
       <c r="L599" s="36"/>
       <c r="M599" s="36"/>
       <c r="N599" s="36"/>
       <c r="O599" s="5"/>
       <c r="P599" s="20"/>
       <c r="Q599" s="27"/>
       <c r="R599" s="5"/>
       <c r="S599" s="5"/>
       <c r="T599" s="27"/>
       <c r="U599" s="5"/>
       <c r="V599" s="5"/>
       <c r="W599" s="27"/>
       <c r="X599" s="5"/>
       <c r="Y599" s="27"/>
       <c r="Z599" s="21"/>
     </row>
-    <row r="600" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="600" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A600" s="19"/>
       <c r="B600" s="5"/>
       <c r="C600" s="27"/>
       <c r="D600" s="27"/>
       <c r="E600" s="27"/>
       <c r="F600" s="27"/>
       <c r="G600" s="27"/>
       <c r="H600" s="27"/>
       <c r="I600" s="27"/>
       <c r="J600" s="27"/>
       <c r="K600" s="27"/>
       <c r="L600" s="36"/>
       <c r="M600" s="36"/>
       <c r="N600" s="36"/>
       <c r="O600" s="5"/>
       <c r="P600" s="20"/>
       <c r="Q600" s="27"/>
       <c r="R600" s="5"/>
       <c r="S600" s="5"/>
       <c r="T600" s="27"/>
       <c r="U600" s="5"/>
       <c r="V600" s="5"/>
       <c r="W600" s="27"/>
       <c r="X600" s="5"/>
       <c r="Y600" s="27"/>
       <c r="Z600" s="21"/>
     </row>
-    <row r="601" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="601" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A601" s="19"/>
       <c r="B601" s="5"/>
       <c r="C601" s="27"/>
       <c r="D601" s="27"/>
       <c r="E601" s="27"/>
       <c r="F601" s="27"/>
       <c r="G601" s="27"/>
       <c r="H601" s="27"/>
       <c r="I601" s="27"/>
       <c r="J601" s="27"/>
       <c r="K601" s="27"/>
       <c r="L601" s="36"/>
       <c r="M601" s="36"/>
       <c r="N601" s="36"/>
       <c r="O601" s="5"/>
       <c r="P601" s="20"/>
       <c r="Q601" s="27"/>
       <c r="R601" s="5"/>
       <c r="S601" s="5"/>
       <c r="T601" s="27"/>
       <c r="U601" s="5"/>
       <c r="V601" s="5"/>
       <c r="W601" s="27"/>
       <c r="X601" s="5"/>
       <c r="Y601" s="27"/>
       <c r="Z601" s="21"/>
     </row>
-    <row r="602" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="602" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A602" s="19"/>
       <c r="B602" s="5"/>
       <c r="C602" s="27"/>
       <c r="D602" s="27"/>
       <c r="E602" s="27"/>
       <c r="F602" s="27"/>
       <c r="G602" s="27"/>
       <c r="H602" s="27"/>
       <c r="I602" s="27"/>
       <c r="J602" s="27"/>
       <c r="K602" s="27"/>
       <c r="L602" s="36"/>
       <c r="M602" s="36"/>
       <c r="N602" s="36"/>
       <c r="O602" s="5"/>
       <c r="P602" s="20"/>
       <c r="Q602" s="27"/>
       <c r="R602" s="5"/>
       <c r="S602" s="5"/>
       <c r="T602" s="27"/>
       <c r="U602" s="5"/>
       <c r="V602" s="5"/>
       <c r="W602" s="27"/>
       <c r="X602" s="5"/>
       <c r="Y602" s="27"/>
       <c r="Z602" s="21"/>
     </row>
-    <row r="603" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="603" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A603" s="19"/>
       <c r="B603" s="5"/>
       <c r="C603" s="27"/>
       <c r="D603" s="27"/>
       <c r="E603" s="27"/>
       <c r="F603" s="27"/>
       <c r="G603" s="27"/>
       <c r="H603" s="27"/>
       <c r="I603" s="27"/>
       <c r="J603" s="27"/>
       <c r="K603" s="27"/>
       <c r="L603" s="36"/>
       <c r="M603" s="36"/>
       <c r="N603" s="36"/>
       <c r="O603" s="5"/>
       <c r="P603" s="20"/>
       <c r="Q603" s="27"/>
       <c r="R603" s="5"/>
       <c r="S603" s="5"/>
       <c r="T603" s="27"/>
       <c r="U603" s="5"/>
       <c r="V603" s="5"/>
       <c r="W603" s="27"/>
       <c r="X603" s="5"/>
       <c r="Y603" s="27"/>
       <c r="Z603" s="21"/>
     </row>
-    <row r="604" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="604" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A604" s="19"/>
       <c r="B604" s="5"/>
       <c r="C604" s="27"/>
       <c r="D604" s="27"/>
       <c r="E604" s="27"/>
       <c r="F604" s="27"/>
       <c r="G604" s="27"/>
       <c r="H604" s="27"/>
       <c r="I604" s="27"/>
       <c r="J604" s="27"/>
       <c r="K604" s="27"/>
       <c r="L604" s="36"/>
       <c r="M604" s="36"/>
       <c r="N604" s="36"/>
       <c r="O604" s="5"/>
       <c r="P604" s="20"/>
       <c r="Q604" s="27"/>
       <c r="R604" s="5"/>
       <c r="S604" s="5"/>
       <c r="T604" s="27"/>
       <c r="U604" s="5"/>
       <c r="V604" s="5"/>
       <c r="W604" s="27"/>
       <c r="X604" s="5"/>
       <c r="Y604" s="27"/>
       <c r="Z604" s="21"/>
     </row>
-    <row r="605" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="605" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A605" s="19"/>
       <c r="B605" s="5"/>
       <c r="C605" s="27"/>
       <c r="D605" s="27"/>
       <c r="E605" s="27"/>
       <c r="F605" s="27"/>
       <c r="G605" s="27"/>
       <c r="H605" s="27"/>
       <c r="I605" s="27"/>
       <c r="J605" s="27"/>
       <c r="K605" s="27"/>
       <c r="L605" s="36"/>
       <c r="M605" s="36"/>
       <c r="N605" s="36"/>
       <c r="O605" s="5"/>
       <c r="P605" s="20"/>
       <c r="Q605" s="27"/>
       <c r="R605" s="5"/>
       <c r="S605" s="5"/>
       <c r="T605" s="27"/>
       <c r="U605" s="5"/>
       <c r="V605" s="5"/>
       <c r="W605" s="27"/>
       <c r="X605" s="5"/>
       <c r="Y605" s="27"/>
       <c r="Z605" s="21"/>
     </row>
-    <row r="606" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="606" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A606" s="19"/>
       <c r="B606" s="5"/>
       <c r="C606" s="27"/>
       <c r="D606" s="27"/>
       <c r="E606" s="27"/>
       <c r="F606" s="27"/>
       <c r="G606" s="27"/>
       <c r="H606" s="27"/>
       <c r="I606" s="27"/>
       <c r="J606" s="27"/>
       <c r="K606" s="27"/>
       <c r="L606" s="36"/>
       <c r="M606" s="36"/>
       <c r="N606" s="36"/>
       <c r="O606" s="5"/>
       <c r="P606" s="20"/>
       <c r="Q606" s="27"/>
       <c r="R606" s="5"/>
       <c r="S606" s="5"/>
       <c r="T606" s="27"/>
       <c r="U606" s="5"/>
       <c r="V606" s="5"/>
       <c r="W606" s="27"/>
       <c r="X606" s="5"/>
       <c r="Y606" s="27"/>
       <c r="Z606" s="21"/>
     </row>
-    <row r="607" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="607" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A607" s="19"/>
       <c r="B607" s="5"/>
       <c r="C607" s="27"/>
       <c r="D607" s="27"/>
       <c r="E607" s="27"/>
       <c r="F607" s="27"/>
       <c r="G607" s="27"/>
       <c r="H607" s="27"/>
       <c r="I607" s="27"/>
       <c r="J607" s="27"/>
       <c r="K607" s="27"/>
       <c r="L607" s="36"/>
       <c r="M607" s="36"/>
       <c r="N607" s="36"/>
       <c r="O607" s="5"/>
       <c r="P607" s="20"/>
       <c r="Q607" s="27"/>
       <c r="R607" s="5"/>
       <c r="S607" s="5"/>
       <c r="T607" s="27"/>
       <c r="U607" s="5"/>
       <c r="V607" s="5"/>
       <c r="W607" s="27"/>
       <c r="X607" s="5"/>
       <c r="Y607" s="27"/>
       <c r="Z607" s="21"/>
     </row>
-    <row r="608" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="608" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A608" s="19"/>
       <c r="B608" s="5"/>
       <c r="C608" s="27"/>
       <c r="D608" s="27"/>
       <c r="E608" s="27"/>
       <c r="F608" s="27"/>
       <c r="G608" s="27"/>
       <c r="H608" s="27"/>
       <c r="I608" s="27"/>
       <c r="J608" s="27"/>
       <c r="K608" s="27"/>
       <c r="L608" s="36"/>
       <c r="M608" s="36"/>
       <c r="N608" s="36"/>
       <c r="O608" s="5"/>
       <c r="P608" s="20"/>
       <c r="Q608" s="27"/>
       <c r="R608" s="5"/>
       <c r="S608" s="5"/>
       <c r="T608" s="27"/>
       <c r="U608" s="5"/>
       <c r="V608" s="5"/>
       <c r="W608" s="27"/>
       <c r="X608" s="5"/>
       <c r="Y608" s="27"/>
       <c r="Z608" s="21"/>
     </row>
-    <row r="609" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="609" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A609" s="19"/>
       <c r="B609" s="5"/>
       <c r="C609" s="27"/>
       <c r="D609" s="27"/>
       <c r="E609" s="27"/>
       <c r="F609" s="27"/>
       <c r="G609" s="27"/>
       <c r="H609" s="27"/>
       <c r="I609" s="27"/>
       <c r="J609" s="27"/>
       <c r="K609" s="27"/>
       <c r="L609" s="36"/>
       <c r="M609" s="36"/>
       <c r="N609" s="36"/>
       <c r="O609" s="5"/>
       <c r="P609" s="20"/>
       <c r="Q609" s="27"/>
       <c r="R609" s="5"/>
       <c r="S609" s="5"/>
       <c r="T609" s="27"/>
       <c r="U609" s="5"/>
       <c r="V609" s="5"/>
       <c r="W609" s="27"/>
       <c r="X609" s="5"/>
       <c r="Y609" s="27"/>
       <c r="Z609" s="21"/>
     </row>
-    <row r="610" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="610" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A610" s="19"/>
       <c r="B610" s="5"/>
       <c r="C610" s="27"/>
       <c r="D610" s="27"/>
       <c r="E610" s="27"/>
       <c r="F610" s="27"/>
       <c r="G610" s="27"/>
       <c r="H610" s="27"/>
       <c r="I610" s="27"/>
       <c r="J610" s="27"/>
       <c r="K610" s="27"/>
       <c r="L610" s="36"/>
       <c r="M610" s="36"/>
       <c r="N610" s="36"/>
       <c r="O610" s="5"/>
       <c r="P610" s="20"/>
       <c r="Q610" s="27"/>
       <c r="R610" s="5"/>
       <c r="S610" s="5"/>
       <c r="T610" s="27"/>
       <c r="U610" s="5"/>
       <c r="V610" s="5"/>
       <c r="W610" s="27"/>
       <c r="X610" s="5"/>
       <c r="Y610" s="27"/>
       <c r="Z610" s="21"/>
     </row>
-    <row r="611" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="611" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A611" s="19"/>
       <c r="B611" s="5"/>
       <c r="C611" s="27"/>
       <c r="D611" s="27"/>
       <c r="E611" s="27"/>
       <c r="F611" s="27"/>
       <c r="G611" s="27"/>
       <c r="H611" s="27"/>
       <c r="I611" s="27"/>
       <c r="J611" s="27"/>
       <c r="K611" s="27"/>
       <c r="L611" s="36"/>
       <c r="M611" s="36"/>
       <c r="N611" s="36"/>
       <c r="O611" s="5"/>
       <c r="P611" s="20"/>
       <c r="Q611" s="27"/>
       <c r="R611" s="5"/>
       <c r="S611" s="5"/>
       <c r="T611" s="27"/>
       <c r="U611" s="5"/>
       <c r="V611" s="5"/>
       <c r="W611" s="27"/>
       <c r="X611" s="5"/>
       <c r="Y611" s="27"/>
       <c r="Z611" s="21"/>
     </row>
-    <row r="612" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="612" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A612" s="19"/>
       <c r="B612" s="5"/>
       <c r="C612" s="27"/>
       <c r="D612" s="27"/>
       <c r="E612" s="27"/>
       <c r="F612" s="27"/>
       <c r="G612" s="27"/>
       <c r="H612" s="27"/>
       <c r="I612" s="27"/>
       <c r="J612" s="27"/>
       <c r="K612" s="27"/>
       <c r="L612" s="36"/>
       <c r="M612" s="36"/>
       <c r="N612" s="36"/>
       <c r="O612" s="5"/>
       <c r="P612" s="20"/>
       <c r="Q612" s="27"/>
       <c r="R612" s="5"/>
       <c r="S612" s="5"/>
       <c r="T612" s="27"/>
       <c r="U612" s="5"/>
       <c r="V612" s="5"/>
       <c r="W612" s="27"/>
       <c r="X612" s="5"/>
       <c r="Y612" s="27"/>
       <c r="Z612" s="21"/>
     </row>
-    <row r="613" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="613" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A613" s="19"/>
       <c r="B613" s="5"/>
       <c r="C613" s="27"/>
       <c r="D613" s="27"/>
       <c r="E613" s="27"/>
       <c r="F613" s="27"/>
       <c r="G613" s="27"/>
       <c r="H613" s="27"/>
       <c r="I613" s="27"/>
       <c r="J613" s="27"/>
       <c r="K613" s="27"/>
       <c r="L613" s="36"/>
       <c r="M613" s="36"/>
       <c r="N613" s="36"/>
       <c r="O613" s="5"/>
       <c r="P613" s="20"/>
       <c r="Q613" s="27"/>
       <c r="R613" s="5"/>
       <c r="S613" s="5"/>
       <c r="T613" s="27"/>
       <c r="U613" s="5"/>
       <c r="V613" s="5"/>
       <c r="W613" s="27"/>
       <c r="X613" s="5"/>
       <c r="Y613" s="27"/>
       <c r="Z613" s="21"/>
     </row>
-    <row r="614" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="614" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A614" s="19"/>
       <c r="B614" s="5"/>
       <c r="C614" s="27"/>
       <c r="D614" s="27"/>
       <c r="E614" s="27"/>
       <c r="F614" s="27"/>
       <c r="G614" s="27"/>
       <c r="H614" s="27"/>
       <c r="I614" s="27"/>
       <c r="J614" s="27"/>
       <c r="K614" s="27"/>
       <c r="L614" s="36"/>
       <c r="M614" s="36"/>
       <c r="N614" s="36"/>
       <c r="O614" s="5"/>
       <c r="P614" s="20"/>
       <c r="Q614" s="27"/>
       <c r="R614" s="5"/>
       <c r="S614" s="5"/>
       <c r="T614" s="27"/>
       <c r="U614" s="5"/>
       <c r="V614" s="5"/>
       <c r="W614" s="27"/>
       <c r="X614" s="5"/>
       <c r="Y614" s="27"/>
       <c r="Z614" s="21"/>
     </row>
-    <row r="615" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="615" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A615" s="19"/>
       <c r="B615" s="5"/>
       <c r="C615" s="27"/>
       <c r="D615" s="27"/>
       <c r="E615" s="27"/>
       <c r="F615" s="27"/>
       <c r="G615" s="27"/>
       <c r="H615" s="27"/>
       <c r="I615" s="27"/>
       <c r="J615" s="27"/>
       <c r="K615" s="27"/>
       <c r="L615" s="36"/>
       <c r="M615" s="36"/>
       <c r="N615" s="36"/>
       <c r="O615" s="5"/>
       <c r="P615" s="20"/>
       <c r="Q615" s="27"/>
       <c r="R615" s="5"/>
       <c r="S615" s="5"/>
       <c r="T615" s="27"/>
       <c r="U615" s="5"/>
       <c r="V615" s="5"/>
       <c r="W615" s="27"/>
       <c r="X615" s="5"/>
       <c r="Y615" s="27"/>
       <c r="Z615" s="21"/>
     </row>
-    <row r="616" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="616" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A616" s="19"/>
       <c r="B616" s="5"/>
       <c r="C616" s="27"/>
       <c r="D616" s="27"/>
       <c r="E616" s="27"/>
       <c r="F616" s="27"/>
       <c r="G616" s="27"/>
       <c r="H616" s="27"/>
       <c r="I616" s="27"/>
       <c r="J616" s="27"/>
       <c r="K616" s="27"/>
       <c r="L616" s="36"/>
       <c r="M616" s="36"/>
       <c r="N616" s="36"/>
       <c r="O616" s="5"/>
       <c r="P616" s="20"/>
       <c r="Q616" s="27"/>
       <c r="R616" s="5"/>
       <c r="S616" s="5"/>
       <c r="T616" s="27"/>
       <c r="U616" s="5"/>
       <c r="V616" s="5"/>
       <c r="W616" s="27"/>
       <c r="X616" s="5"/>
       <c r="Y616" s="27"/>
       <c r="Z616" s="21"/>
     </row>
-    <row r="617" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="617" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A617" s="19"/>
       <c r="B617" s="5"/>
       <c r="C617" s="27"/>
       <c r="D617" s="27"/>
       <c r="E617" s="27"/>
       <c r="F617" s="27"/>
       <c r="G617" s="27"/>
       <c r="H617" s="27"/>
       <c r="I617" s="27"/>
       <c r="J617" s="27"/>
       <c r="K617" s="27"/>
       <c r="L617" s="36"/>
       <c r="M617" s="36"/>
       <c r="N617" s="36"/>
       <c r="O617" s="5"/>
       <c r="P617" s="20"/>
       <c r="Q617" s="27"/>
       <c r="R617" s="5"/>
       <c r="S617" s="5"/>
       <c r="T617" s="27"/>
       <c r="U617" s="5"/>
       <c r="V617" s="5"/>
       <c r="W617" s="27"/>
       <c r="X617" s="5"/>
       <c r="Y617" s="27"/>
       <c r="Z617" s="21"/>
     </row>
-    <row r="618" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="618" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A618" s="19"/>
       <c r="B618" s="5"/>
       <c r="C618" s="27"/>
       <c r="D618" s="27"/>
       <c r="E618" s="27"/>
       <c r="F618" s="27"/>
       <c r="G618" s="27"/>
       <c r="H618" s="27"/>
       <c r="I618" s="27"/>
       <c r="J618" s="27"/>
       <c r="K618" s="27"/>
       <c r="L618" s="36"/>
       <c r="M618" s="36"/>
       <c r="N618" s="36"/>
       <c r="O618" s="5"/>
       <c r="P618" s="20"/>
       <c r="Q618" s="27"/>
       <c r="R618" s="5"/>
       <c r="S618" s="5"/>
       <c r="T618" s="27"/>
       <c r="U618" s="5"/>
       <c r="V618" s="5"/>
       <c r="W618" s="27"/>
       <c r="X618" s="5"/>
       <c r="Y618" s="27"/>
       <c r="Z618" s="21"/>
     </row>
-    <row r="619" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="619" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A619" s="19"/>
       <c r="B619" s="5"/>
       <c r="C619" s="27"/>
       <c r="D619" s="27"/>
       <c r="E619" s="27"/>
       <c r="F619" s="27"/>
       <c r="G619" s="27"/>
       <c r="H619" s="27"/>
       <c r="I619" s="27"/>
       <c r="J619" s="27"/>
       <c r="K619" s="27"/>
       <c r="L619" s="36"/>
       <c r="M619" s="36"/>
       <c r="N619" s="36"/>
       <c r="O619" s="5"/>
       <c r="P619" s="20"/>
       <c r="Q619" s="27"/>
       <c r="R619" s="5"/>
       <c r="S619" s="5"/>
       <c r="T619" s="27"/>
       <c r="U619" s="5"/>
       <c r="V619" s="5"/>
       <c r="W619" s="27"/>
       <c r="X619" s="5"/>
       <c r="Y619" s="27"/>
       <c r="Z619" s="21"/>
     </row>
-    <row r="620" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="620" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A620" s="19"/>
       <c r="B620" s="5"/>
       <c r="C620" s="27"/>
       <c r="D620" s="27"/>
       <c r="E620" s="27"/>
       <c r="F620" s="27"/>
       <c r="G620" s="27"/>
       <c r="H620" s="27"/>
       <c r="I620" s="27"/>
       <c r="J620" s="27"/>
       <c r="K620" s="27"/>
       <c r="L620" s="36"/>
       <c r="M620" s="36"/>
       <c r="N620" s="36"/>
       <c r="O620" s="5"/>
       <c r="P620" s="20"/>
       <c r="Q620" s="27"/>
       <c r="R620" s="5"/>
       <c r="S620" s="5"/>
       <c r="T620" s="27"/>
       <c r="U620" s="5"/>
       <c r="V620" s="5"/>
       <c r="W620" s="27"/>
       <c r="X620" s="5"/>
       <c r="Y620" s="27"/>
       <c r="Z620" s="21"/>
     </row>
-    <row r="621" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="621" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A621" s="19"/>
       <c r="B621" s="5"/>
       <c r="C621" s="27"/>
       <c r="D621" s="27"/>
       <c r="E621" s="27"/>
       <c r="F621" s="27"/>
       <c r="G621" s="27"/>
       <c r="H621" s="27"/>
       <c r="I621" s="27"/>
       <c r="J621" s="27"/>
       <c r="K621" s="27"/>
       <c r="L621" s="36"/>
       <c r="M621" s="36"/>
       <c r="N621" s="36"/>
       <c r="O621" s="5"/>
       <c r="P621" s="20"/>
       <c r="Q621" s="27"/>
       <c r="R621" s="5"/>
       <c r="S621" s="5"/>
       <c r="T621" s="27"/>
       <c r="U621" s="5"/>
       <c r="V621" s="5"/>
       <c r="W621" s="27"/>
       <c r="X621" s="5"/>
       <c r="Y621" s="27"/>
       <c r="Z621" s="21"/>
     </row>
-    <row r="622" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="622" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A622" s="19"/>
       <c r="B622" s="5"/>
       <c r="C622" s="27"/>
       <c r="D622" s="27"/>
       <c r="E622" s="27"/>
       <c r="F622" s="27"/>
       <c r="G622" s="27"/>
       <c r="H622" s="27"/>
       <c r="I622" s="27"/>
       <c r="J622" s="27"/>
       <c r="K622" s="27"/>
       <c r="L622" s="36"/>
       <c r="M622" s="36"/>
       <c r="N622" s="36"/>
       <c r="O622" s="5"/>
       <c r="P622" s="20"/>
       <c r="Q622" s="27"/>
       <c r="R622" s="5"/>
       <c r="S622" s="5"/>
       <c r="T622" s="27"/>
       <c r="U622" s="5"/>
       <c r="V622" s="5"/>
       <c r="W622" s="27"/>
       <c r="X622" s="5"/>
       <c r="Y622" s="27"/>
       <c r="Z622" s="21"/>
     </row>
-    <row r="623" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="623" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A623" s="19"/>
       <c r="B623" s="5"/>
       <c r="C623" s="27"/>
       <c r="D623" s="27"/>
       <c r="E623" s="27"/>
       <c r="F623" s="27"/>
       <c r="G623" s="27"/>
       <c r="H623" s="27"/>
       <c r="I623" s="27"/>
       <c r="J623" s="27"/>
       <c r="K623" s="27"/>
       <c r="L623" s="36"/>
       <c r="M623" s="36"/>
       <c r="N623" s="36"/>
       <c r="O623" s="5"/>
       <c r="P623" s="20"/>
       <c r="Q623" s="27"/>
       <c r="R623" s="5"/>
       <c r="S623" s="5"/>
       <c r="T623" s="27"/>
       <c r="U623" s="5"/>
       <c r="V623" s="5"/>
       <c r="W623" s="27"/>
       <c r="X623" s="5"/>
       <c r="Y623" s="27"/>
       <c r="Z623" s="21"/>
     </row>
-    <row r="624" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="624" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A624" s="19"/>
       <c r="B624" s="5"/>
       <c r="C624" s="27"/>
       <c r="D624" s="27"/>
       <c r="E624" s="27"/>
       <c r="F624" s="27"/>
       <c r="G624" s="27"/>
       <c r="H624" s="27"/>
       <c r="I624" s="27"/>
       <c r="J624" s="27"/>
       <c r="K624" s="27"/>
       <c r="L624" s="36"/>
       <c r="M624" s="36"/>
       <c r="N624" s="36"/>
       <c r="O624" s="5"/>
       <c r="P624" s="20"/>
       <c r="Q624" s="27"/>
       <c r="R624" s="5"/>
       <c r="S624" s="5"/>
       <c r="T624" s="27"/>
       <c r="U624" s="5"/>
       <c r="V624" s="5"/>
       <c r="W624" s="27"/>
       <c r="X624" s="5"/>
       <c r="Y624" s="27"/>
       <c r="Z624" s="21"/>
     </row>
-    <row r="625" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="625" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A625" s="19"/>
       <c r="B625" s="5"/>
       <c r="C625" s="27"/>
       <c r="D625" s="27"/>
       <c r="E625" s="27"/>
       <c r="F625" s="27"/>
       <c r="G625" s="27"/>
       <c r="H625" s="27"/>
       <c r="I625" s="27"/>
       <c r="J625" s="27"/>
       <c r="K625" s="27"/>
       <c r="L625" s="36"/>
       <c r="M625" s="36"/>
       <c r="N625" s="36"/>
       <c r="O625" s="5"/>
       <c r="P625" s="20"/>
       <c r="Q625" s="27"/>
       <c r="R625" s="5"/>
       <c r="S625" s="5"/>
       <c r="T625" s="27"/>
       <c r="U625" s="5"/>
       <c r="V625" s="5"/>
       <c r="W625" s="27"/>
       <c r="X625" s="5"/>
       <c r="Y625" s="27"/>
       <c r="Z625" s="21"/>
     </row>
-    <row r="626" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="626" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A626" s="19"/>
       <c r="B626" s="5"/>
       <c r="C626" s="27"/>
       <c r="D626" s="27"/>
       <c r="E626" s="27"/>
       <c r="F626" s="27"/>
       <c r="G626" s="27"/>
       <c r="H626" s="27"/>
       <c r="I626" s="27"/>
       <c r="J626" s="27"/>
       <c r="K626" s="27"/>
       <c r="L626" s="36"/>
       <c r="M626" s="36"/>
       <c r="N626" s="36"/>
       <c r="O626" s="5"/>
       <c r="P626" s="20"/>
       <c r="Q626" s="27"/>
       <c r="R626" s="5"/>
       <c r="S626" s="5"/>
       <c r="T626" s="27"/>
       <c r="U626" s="5"/>
       <c r="V626" s="5"/>
       <c r="W626" s="27"/>
       <c r="X626" s="5"/>
       <c r="Y626" s="27"/>
       <c r="Z626" s="21"/>
     </row>
-    <row r="627" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="627" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A627" s="19"/>
       <c r="B627" s="5"/>
       <c r="C627" s="27"/>
       <c r="D627" s="27"/>
       <c r="E627" s="27"/>
       <c r="F627" s="27"/>
       <c r="G627" s="27"/>
       <c r="H627" s="27"/>
       <c r="I627" s="27"/>
       <c r="J627" s="27"/>
       <c r="K627" s="27"/>
       <c r="L627" s="36"/>
       <c r="M627" s="36"/>
       <c r="N627" s="36"/>
       <c r="O627" s="5"/>
       <c r="P627" s="20"/>
       <c r="Q627" s="27"/>
       <c r="R627" s="5"/>
       <c r="S627" s="5"/>
       <c r="T627" s="27"/>
       <c r="U627" s="5"/>
       <c r="V627" s="5"/>
       <c r="W627" s="27"/>
       <c r="X627" s="5"/>
       <c r="Y627" s="27"/>
       <c r="Z627" s="21"/>
     </row>
-    <row r="628" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="628" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A628" s="19"/>
       <c r="B628" s="5"/>
       <c r="C628" s="27"/>
       <c r="D628" s="27"/>
       <c r="E628" s="27"/>
       <c r="F628" s="27"/>
       <c r="G628" s="27"/>
       <c r="H628" s="27"/>
       <c r="I628" s="27"/>
       <c r="J628" s="27"/>
       <c r="K628" s="27"/>
       <c r="L628" s="36"/>
       <c r="M628" s="36"/>
       <c r="N628" s="36"/>
       <c r="O628" s="5"/>
       <c r="P628" s="20"/>
       <c r="Q628" s="27"/>
       <c r="R628" s="5"/>
       <c r="S628" s="5"/>
       <c r="T628" s="27"/>
       <c r="U628" s="5"/>
       <c r="V628" s="5"/>
       <c r="W628" s="27"/>
       <c r="X628" s="5"/>
       <c r="Y628" s="27"/>
       <c r="Z628" s="21"/>
     </row>
-    <row r="629" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="629" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A629" s="19"/>
       <c r="B629" s="5"/>
       <c r="C629" s="27"/>
       <c r="D629" s="27"/>
       <c r="E629" s="27"/>
       <c r="F629" s="27"/>
       <c r="G629" s="27"/>
       <c r="H629" s="27"/>
       <c r="I629" s="27"/>
       <c r="J629" s="27"/>
       <c r="K629" s="27"/>
       <c r="L629" s="36"/>
       <c r="M629" s="36"/>
       <c r="N629" s="36"/>
       <c r="O629" s="5"/>
       <c r="P629" s="20"/>
       <c r="Q629" s="27"/>
       <c r="R629" s="5"/>
       <c r="S629" s="5"/>
       <c r="T629" s="27"/>
       <c r="U629" s="5"/>
       <c r="V629" s="5"/>
       <c r="W629" s="27"/>
       <c r="X629" s="5"/>
       <c r="Y629" s="27"/>
       <c r="Z629" s="21"/>
     </row>
-    <row r="630" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="630" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A630" s="19"/>
       <c r="B630" s="5"/>
       <c r="C630" s="27"/>
       <c r="D630" s="27"/>
       <c r="E630" s="27"/>
       <c r="F630" s="27"/>
       <c r="G630" s="27"/>
       <c r="H630" s="27"/>
       <c r="I630" s="27"/>
       <c r="J630" s="27"/>
       <c r="K630" s="27"/>
       <c r="L630" s="36"/>
       <c r="M630" s="36"/>
       <c r="N630" s="36"/>
       <c r="O630" s="5"/>
       <c r="P630" s="20"/>
       <c r="Q630" s="27"/>
       <c r="R630" s="5"/>
       <c r="S630" s="5"/>
       <c r="T630" s="27"/>
       <c r="U630" s="5"/>
       <c r="V630" s="5"/>
       <c r="W630" s="27"/>
       <c r="X630" s="5"/>
       <c r="Y630" s="27"/>
       <c r="Z630" s="21"/>
     </row>
-    <row r="631" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="631" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A631" s="19"/>
       <c r="B631" s="5"/>
       <c r="C631" s="27"/>
       <c r="D631" s="27"/>
       <c r="E631" s="27"/>
       <c r="F631" s="27"/>
       <c r="G631" s="27"/>
       <c r="H631" s="27"/>
       <c r="I631" s="27"/>
       <c r="J631" s="27"/>
       <c r="K631" s="27"/>
       <c r="L631" s="36"/>
       <c r="M631" s="36"/>
       <c r="N631" s="36"/>
       <c r="O631" s="5"/>
       <c r="P631" s="20"/>
       <c r="Q631" s="27"/>
       <c r="R631" s="5"/>
       <c r="S631" s="5"/>
       <c r="T631" s="27"/>
       <c r="U631" s="5"/>
       <c r="V631" s="5"/>
       <c r="W631" s="27"/>
       <c r="X631" s="5"/>
       <c r="Y631" s="27"/>
       <c r="Z631" s="21"/>
     </row>
-    <row r="632" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="632" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A632" s="19"/>
       <c r="B632" s="5"/>
       <c r="C632" s="27"/>
       <c r="D632" s="27"/>
       <c r="E632" s="27"/>
       <c r="F632" s="27"/>
       <c r="G632" s="27"/>
       <c r="H632" s="27"/>
       <c r="I632" s="27"/>
       <c r="J632" s="27"/>
       <c r="K632" s="27"/>
       <c r="L632" s="36"/>
       <c r="M632" s="36"/>
       <c r="N632" s="36"/>
       <c r="O632" s="5"/>
       <c r="P632" s="20"/>
       <c r="Q632" s="27"/>
       <c r="R632" s="5"/>
       <c r="S632" s="5"/>
       <c r="T632" s="27"/>
       <c r="U632" s="5"/>
       <c r="V632" s="5"/>
       <c r="W632" s="27"/>
       <c r="X632" s="5"/>
       <c r="Y632" s="27"/>
       <c r="Z632" s="21"/>
     </row>
-    <row r="633" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="633" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A633" s="19"/>
       <c r="B633" s="5"/>
       <c r="C633" s="27"/>
       <c r="D633" s="27"/>
       <c r="E633" s="27"/>
       <c r="F633" s="27"/>
       <c r="G633" s="27"/>
       <c r="H633" s="27"/>
       <c r="I633" s="27"/>
       <c r="J633" s="27"/>
       <c r="K633" s="27"/>
       <c r="L633" s="36"/>
       <c r="M633" s="36"/>
       <c r="N633" s="36"/>
       <c r="O633" s="5"/>
       <c r="P633" s="20"/>
       <c r="Q633" s="27"/>
       <c r="R633" s="5"/>
       <c r="S633" s="5"/>
       <c r="T633" s="27"/>
       <c r="U633" s="5"/>
       <c r="V633" s="5"/>
       <c r="W633" s="27"/>
       <c r="X633" s="5"/>
       <c r="Y633" s="27"/>
       <c r="Z633" s="21"/>
     </row>
-    <row r="634" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="634" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A634" s="19"/>
       <c r="B634" s="5"/>
       <c r="C634" s="27"/>
       <c r="D634" s="27"/>
       <c r="E634" s="27"/>
       <c r="F634" s="27"/>
       <c r="G634" s="27"/>
       <c r="H634" s="27"/>
       <c r="I634" s="27"/>
       <c r="J634" s="27"/>
       <c r="K634" s="27"/>
       <c r="L634" s="36"/>
       <c r="M634" s="36"/>
       <c r="N634" s="36"/>
       <c r="O634" s="5"/>
       <c r="P634" s="20"/>
       <c r="Q634" s="27"/>
       <c r="R634" s="5"/>
       <c r="S634" s="5"/>
       <c r="T634" s="27"/>
       <c r="U634" s="5"/>
       <c r="V634" s="5"/>
       <c r="W634" s="27"/>
       <c r="X634" s="5"/>
       <c r="Y634" s="27"/>
       <c r="Z634" s="21"/>
     </row>
-    <row r="635" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="635" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A635" s="19"/>
       <c r="B635" s="5"/>
       <c r="C635" s="27"/>
       <c r="D635" s="27"/>
       <c r="E635" s="27"/>
       <c r="F635" s="27"/>
       <c r="G635" s="27"/>
       <c r="H635" s="27"/>
       <c r="I635" s="27"/>
       <c r="J635" s="27"/>
       <c r="K635" s="27"/>
       <c r="L635" s="36"/>
       <c r="M635" s="36"/>
       <c r="N635" s="36"/>
       <c r="O635" s="5"/>
       <c r="P635" s="20"/>
       <c r="Q635" s="27"/>
       <c r="R635" s="5"/>
       <c r="S635" s="5"/>
       <c r="T635" s="27"/>
       <c r="U635" s="5"/>
       <c r="V635" s="5"/>
       <c r="W635" s="27"/>
       <c r="X635" s="5"/>
       <c r="Y635" s="27"/>
       <c r="Z635" s="21"/>
     </row>
-    <row r="636" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="636" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A636" s="19"/>
       <c r="B636" s="5"/>
       <c r="C636" s="27"/>
       <c r="D636" s="27"/>
       <c r="E636" s="27"/>
       <c r="F636" s="27"/>
       <c r="G636" s="27"/>
       <c r="H636" s="27"/>
       <c r="I636" s="27"/>
       <c r="J636" s="27"/>
       <c r="K636" s="27"/>
       <c r="L636" s="36"/>
       <c r="M636" s="36"/>
       <c r="N636" s="36"/>
       <c r="O636" s="5"/>
       <c r="P636" s="20"/>
       <c r="Q636" s="27"/>
       <c r="R636" s="5"/>
       <c r="S636" s="5"/>
       <c r="T636" s="27"/>
       <c r="U636" s="5"/>
       <c r="V636" s="5"/>
       <c r="W636" s="27"/>
       <c r="X636" s="5"/>
       <c r="Y636" s="27"/>
       <c r="Z636" s="21"/>
     </row>
-    <row r="637" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="637" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A637" s="19"/>
       <c r="B637" s="5"/>
       <c r="C637" s="27"/>
       <c r="D637" s="27"/>
       <c r="E637" s="27"/>
       <c r="F637" s="27"/>
       <c r="G637" s="27"/>
       <c r="H637" s="27"/>
       <c r="I637" s="27"/>
       <c r="J637" s="27"/>
       <c r="K637" s="27"/>
       <c r="L637" s="36"/>
       <c r="M637" s="36"/>
       <c r="N637" s="36"/>
       <c r="O637" s="5"/>
       <c r="P637" s="20"/>
       <c r="Q637" s="27"/>
       <c r="R637" s="5"/>
       <c r="S637" s="5"/>
       <c r="T637" s="27"/>
       <c r="U637" s="5"/>
       <c r="V637" s="5"/>
       <c r="W637" s="27"/>
       <c r="X637" s="5"/>
       <c r="Y637" s="27"/>
       <c r="Z637" s="21"/>
     </row>
-    <row r="638" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="638" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A638" s="19"/>
       <c r="B638" s="5"/>
       <c r="C638" s="27"/>
       <c r="D638" s="27"/>
       <c r="E638" s="27"/>
       <c r="F638" s="27"/>
       <c r="G638" s="27"/>
       <c r="H638" s="27"/>
       <c r="I638" s="27"/>
       <c r="J638" s="27"/>
       <c r="K638" s="27"/>
       <c r="L638" s="36"/>
       <c r="M638" s="36"/>
       <c r="N638" s="36"/>
       <c r="O638" s="5"/>
       <c r="P638" s="20"/>
       <c r="Q638" s="27"/>
       <c r="R638" s="5"/>
       <c r="S638" s="5"/>
       <c r="T638" s="27"/>
       <c r="U638" s="5"/>
       <c r="V638" s="5"/>
       <c r="W638" s="27"/>
       <c r="X638" s="5"/>
       <c r="Y638" s="27"/>
       <c r="Z638" s="21"/>
     </row>
-    <row r="639" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="639" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A639" s="19"/>
       <c r="B639" s="5"/>
       <c r="C639" s="27"/>
       <c r="D639" s="27"/>
       <c r="E639" s="27"/>
       <c r="F639" s="27"/>
       <c r="G639" s="27"/>
       <c r="H639" s="27"/>
       <c r="I639" s="27"/>
       <c r="J639" s="27"/>
       <c r="K639" s="27"/>
       <c r="L639" s="36"/>
       <c r="M639" s="36"/>
       <c r="N639" s="36"/>
       <c r="O639" s="5"/>
       <c r="P639" s="20"/>
       <c r="Q639" s="27"/>
       <c r="R639" s="5"/>
       <c r="S639" s="5"/>
       <c r="T639" s="27"/>
       <c r="U639" s="5"/>
       <c r="V639" s="5"/>
       <c r="W639" s="27"/>
       <c r="X639" s="5"/>
       <c r="Y639" s="27"/>
       <c r="Z639" s="21"/>
     </row>
-    <row r="640" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="640" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A640" s="19"/>
       <c r="B640" s="5"/>
       <c r="C640" s="27"/>
       <c r="D640" s="27"/>
       <c r="E640" s="27"/>
       <c r="F640" s="27"/>
       <c r="G640" s="27"/>
       <c r="H640" s="27"/>
       <c r="I640" s="27"/>
       <c r="J640" s="27"/>
       <c r="K640" s="27"/>
       <c r="L640" s="36"/>
       <c r="M640" s="36"/>
       <c r="N640" s="36"/>
       <c r="O640" s="5"/>
       <c r="P640" s="20"/>
       <c r="Q640" s="27"/>
       <c r="R640" s="5"/>
       <c r="S640" s="5"/>
       <c r="T640" s="27"/>
       <c r="U640" s="5"/>
       <c r="V640" s="5"/>
       <c r="W640" s="27"/>
       <c r="X640" s="5"/>
       <c r="Y640" s="27"/>
       <c r="Z640" s="21"/>
     </row>
-    <row r="641" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="641" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A641" s="19"/>
       <c r="B641" s="5"/>
       <c r="C641" s="27"/>
       <c r="D641" s="27"/>
       <c r="E641" s="27"/>
       <c r="F641" s="27"/>
       <c r="G641" s="27"/>
       <c r="H641" s="27"/>
       <c r="I641" s="27"/>
       <c r="J641" s="27"/>
       <c r="K641" s="27"/>
       <c r="L641" s="36"/>
       <c r="M641" s="36"/>
       <c r="N641" s="36"/>
       <c r="O641" s="5"/>
       <c r="P641" s="20"/>
       <c r="Q641" s="27"/>
       <c r="R641" s="5"/>
       <c r="S641" s="5"/>
       <c r="T641" s="27"/>
       <c r="U641" s="5"/>
       <c r="V641" s="5"/>
       <c r="W641" s="27"/>
       <c r="X641" s="5"/>
       <c r="Y641" s="27"/>
       <c r="Z641" s="21"/>
     </row>
-    <row r="642" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="642" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A642" s="19"/>
       <c r="B642" s="5"/>
       <c r="C642" s="27"/>
       <c r="D642" s="27"/>
       <c r="E642" s="27"/>
       <c r="F642" s="27"/>
       <c r="G642" s="27"/>
       <c r="H642" s="27"/>
       <c r="I642" s="27"/>
       <c r="J642" s="27"/>
       <c r="K642" s="27"/>
       <c r="L642" s="36"/>
       <c r="M642" s="36"/>
       <c r="N642" s="36"/>
       <c r="O642" s="5"/>
       <c r="P642" s="20"/>
       <c r="Q642" s="27"/>
       <c r="R642" s="5"/>
       <c r="S642" s="5"/>
       <c r="T642" s="27"/>
       <c r="U642" s="5"/>
       <c r="V642" s="5"/>
       <c r="W642" s="27"/>
       <c r="X642" s="5"/>
       <c r="Y642" s="27"/>
       <c r="Z642" s="21"/>
     </row>
-    <row r="643" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="643" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A643" s="19"/>
       <c r="B643" s="5"/>
       <c r="C643" s="27"/>
       <c r="D643" s="27"/>
       <c r="E643" s="27"/>
       <c r="F643" s="27"/>
       <c r="G643" s="27"/>
       <c r="H643" s="27"/>
       <c r="I643" s="27"/>
       <c r="J643" s="27"/>
       <c r="K643" s="27"/>
       <c r="L643" s="36"/>
       <c r="M643" s="36"/>
       <c r="N643" s="36"/>
       <c r="O643" s="5"/>
       <c r="P643" s="20"/>
       <c r="Q643" s="27"/>
       <c r="R643" s="5"/>
       <c r="S643" s="5"/>
       <c r="T643" s="27"/>
       <c r="U643" s="5"/>
       <c r="V643" s="5"/>
       <c r="W643" s="27"/>
       <c r="X643" s="5"/>
       <c r="Y643" s="27"/>
       <c r="Z643" s="21"/>
     </row>
-    <row r="644" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="644" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A644" s="19"/>
       <c r="B644" s="5"/>
       <c r="C644" s="27"/>
       <c r="D644" s="27"/>
       <c r="E644" s="27"/>
       <c r="F644" s="27"/>
       <c r="G644" s="27"/>
       <c r="H644" s="27"/>
       <c r="I644" s="27"/>
       <c r="J644" s="27"/>
       <c r="K644" s="27"/>
       <c r="L644" s="36"/>
       <c r="M644" s="36"/>
       <c r="N644" s="36"/>
       <c r="O644" s="5"/>
       <c r="P644" s="20"/>
       <c r="Q644" s="27"/>
       <c r="R644" s="5"/>
       <c r="S644" s="5"/>
       <c r="T644" s="27"/>
       <c r="U644" s="5"/>
       <c r="V644" s="5"/>
       <c r="W644" s="27"/>
       <c r="X644" s="5"/>
       <c r="Y644" s="27"/>
       <c r="Z644" s="21"/>
     </row>
-    <row r="645" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="645" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A645" s="19"/>
       <c r="B645" s="5"/>
       <c r="C645" s="27"/>
       <c r="D645" s="27"/>
       <c r="E645" s="27"/>
       <c r="F645" s="27"/>
       <c r="G645" s="27"/>
       <c r="H645" s="27"/>
       <c r="I645" s="27"/>
       <c r="J645" s="27"/>
       <c r="K645" s="27"/>
       <c r="L645" s="36"/>
       <c r="M645" s="36"/>
       <c r="N645" s="36"/>
       <c r="O645" s="5"/>
       <c r="P645" s="20"/>
       <c r="Q645" s="27"/>
       <c r="R645" s="5"/>
       <c r="S645" s="5"/>
       <c r="T645" s="27"/>
       <c r="U645" s="5"/>
       <c r="V645" s="5"/>
       <c r="W645" s="27"/>
       <c r="X645" s="5"/>
       <c r="Y645" s="27"/>
       <c r="Z645" s="21"/>
     </row>
-    <row r="646" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="646" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A646" s="19"/>
       <c r="B646" s="5"/>
       <c r="C646" s="27"/>
       <c r="D646" s="27"/>
       <c r="E646" s="27"/>
       <c r="F646" s="27"/>
       <c r="G646" s="27"/>
       <c r="H646" s="27"/>
       <c r="I646" s="27"/>
       <c r="J646" s="27"/>
       <c r="K646" s="27"/>
       <c r="L646" s="36"/>
       <c r="M646" s="36"/>
       <c r="N646" s="36"/>
       <c r="O646" s="5"/>
       <c r="P646" s="20"/>
       <c r="Q646" s="27"/>
       <c r="R646" s="5"/>
       <c r="S646" s="5"/>
       <c r="T646" s="27"/>
       <c r="U646" s="5"/>
       <c r="V646" s="5"/>
       <c r="W646" s="27"/>
       <c r="X646" s="5"/>
       <c r="Y646" s="27"/>
       <c r="Z646" s="21"/>
     </row>
-    <row r="647" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="647" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A647" s="19"/>
       <c r="B647" s="5"/>
       <c r="C647" s="27"/>
       <c r="D647" s="27"/>
       <c r="E647" s="27"/>
       <c r="F647" s="27"/>
       <c r="G647" s="27"/>
       <c r="H647" s="27"/>
       <c r="I647" s="27"/>
       <c r="J647" s="27"/>
       <c r="K647" s="27"/>
       <c r="L647" s="36"/>
       <c r="M647" s="36"/>
       <c r="N647" s="36"/>
       <c r="O647" s="5"/>
       <c r="P647" s="20"/>
       <c r="Q647" s="27"/>
       <c r="R647" s="5"/>
       <c r="S647" s="5"/>
       <c r="T647" s="27"/>
       <c r="U647" s="5"/>
       <c r="V647" s="5"/>
       <c r="W647" s="27"/>
       <c r="X647" s="5"/>
       <c r="Y647" s="27"/>
       <c r="Z647" s="21"/>
     </row>
-    <row r="648" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="648" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A648" s="19"/>
       <c r="B648" s="5"/>
       <c r="C648" s="27"/>
       <c r="D648" s="27"/>
       <c r="E648" s="27"/>
       <c r="F648" s="27"/>
       <c r="G648" s="27"/>
       <c r="H648" s="27"/>
       <c r="I648" s="27"/>
       <c r="J648" s="27"/>
       <c r="K648" s="27"/>
       <c r="L648" s="36"/>
       <c r="M648" s="36"/>
       <c r="N648" s="36"/>
       <c r="O648" s="5"/>
       <c r="P648" s="20"/>
       <c r="Q648" s="27"/>
       <c r="R648" s="5"/>
       <c r="S648" s="5"/>
       <c r="T648" s="27"/>
       <c r="U648" s="5"/>
       <c r="V648" s="5"/>
       <c r="W648" s="27"/>
       <c r="X648" s="5"/>
       <c r="Y648" s="27"/>
       <c r="Z648" s="21"/>
     </row>
-    <row r="649" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="649" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A649" s="19"/>
       <c r="B649" s="5"/>
       <c r="C649" s="27"/>
       <c r="D649" s="27"/>
       <c r="E649" s="27"/>
       <c r="F649" s="27"/>
       <c r="G649" s="27"/>
       <c r="H649" s="27"/>
       <c r="I649" s="27"/>
       <c r="J649" s="27"/>
       <c r="K649" s="27"/>
       <c r="L649" s="36"/>
       <c r="M649" s="36"/>
       <c r="N649" s="36"/>
       <c r="O649" s="5"/>
       <c r="P649" s="20"/>
       <c r="Q649" s="27"/>
       <c r="R649" s="5"/>
       <c r="S649" s="5"/>
       <c r="T649" s="27"/>
       <c r="U649" s="5"/>
       <c r="V649" s="5"/>
       <c r="W649" s="27"/>
       <c r="X649" s="5"/>
       <c r="Y649" s="27"/>
       <c r="Z649" s="21"/>
     </row>
-    <row r="650" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="650" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A650" s="19"/>
       <c r="B650" s="5"/>
       <c r="C650" s="27"/>
       <c r="D650" s="27"/>
       <c r="E650" s="27"/>
       <c r="F650" s="27"/>
       <c r="G650" s="27"/>
       <c r="H650" s="27"/>
       <c r="I650" s="27"/>
       <c r="J650" s="27"/>
       <c r="K650" s="27"/>
       <c r="L650" s="36"/>
       <c r="M650" s="36"/>
       <c r="N650" s="36"/>
       <c r="O650" s="5"/>
       <c r="P650" s="20"/>
       <c r="Q650" s="27"/>
       <c r="R650" s="5"/>
       <c r="S650" s="5"/>
       <c r="T650" s="27"/>
       <c r="U650" s="5"/>
       <c r="V650" s="5"/>
       <c r="W650" s="27"/>
       <c r="X650" s="5"/>
       <c r="Y650" s="27"/>
       <c r="Z650" s="21"/>
     </row>
-    <row r="651" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="651" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A651" s="19"/>
       <c r="B651" s="5"/>
       <c r="C651" s="27"/>
       <c r="D651" s="27"/>
       <c r="E651" s="27"/>
       <c r="F651" s="27"/>
       <c r="G651" s="27"/>
       <c r="H651" s="27"/>
       <c r="I651" s="27"/>
       <c r="J651" s="27"/>
       <c r="K651" s="27"/>
       <c r="L651" s="36"/>
       <c r="M651" s="36"/>
       <c r="N651" s="36"/>
       <c r="O651" s="5"/>
       <c r="P651" s="20"/>
       <c r="Q651" s="27"/>
       <c r="R651" s="5"/>
       <c r="S651" s="5"/>
       <c r="T651" s="27"/>
       <c r="U651" s="5"/>
       <c r="V651" s="5"/>
       <c r="W651" s="27"/>
       <c r="X651" s="5"/>
       <c r="Y651" s="27"/>
       <c r="Z651" s="21"/>
     </row>
-    <row r="652" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="652" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A652" s="19"/>
       <c r="B652" s="5"/>
       <c r="C652" s="27"/>
       <c r="D652" s="27"/>
       <c r="E652" s="27"/>
       <c r="F652" s="27"/>
       <c r="G652" s="27"/>
       <c r="H652" s="27"/>
       <c r="I652" s="27"/>
       <c r="J652" s="27"/>
       <c r="K652" s="27"/>
       <c r="L652" s="36"/>
       <c r="M652" s="36"/>
       <c r="N652" s="36"/>
       <c r="O652" s="5"/>
       <c r="P652" s="20"/>
       <c r="Q652" s="27"/>
       <c r="R652" s="5"/>
       <c r="S652" s="5"/>
       <c r="T652" s="27"/>
       <c r="U652" s="5"/>
       <c r="V652" s="5"/>
       <c r="W652" s="27"/>
       <c r="X652" s="5"/>
       <c r="Y652" s="27"/>
       <c r="Z652" s="21"/>
     </row>
-    <row r="653" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="653" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A653" s="19"/>
       <c r="B653" s="5"/>
       <c r="C653" s="27"/>
       <c r="D653" s="27"/>
       <c r="E653" s="27"/>
       <c r="F653" s="27"/>
       <c r="G653" s="27"/>
       <c r="H653" s="27"/>
       <c r="I653" s="27"/>
       <c r="J653" s="27"/>
       <c r="K653" s="27"/>
       <c r="L653" s="36"/>
       <c r="M653" s="36"/>
       <c r="N653" s="36"/>
       <c r="O653" s="5"/>
       <c r="P653" s="20"/>
       <c r="Q653" s="27"/>
       <c r="R653" s="5"/>
       <c r="S653" s="5"/>
       <c r="T653" s="27"/>
       <c r="U653" s="5"/>
       <c r="V653" s="5"/>
       <c r="W653" s="27"/>
       <c r="X653" s="5"/>
       <c r="Y653" s="27"/>
       <c r="Z653" s="21"/>
     </row>
-    <row r="654" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="654" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A654" s="19"/>
       <c r="B654" s="5"/>
       <c r="C654" s="27"/>
       <c r="D654" s="27"/>
       <c r="E654" s="27"/>
       <c r="F654" s="27"/>
       <c r="G654" s="27"/>
       <c r="H654" s="27"/>
       <c r="I654" s="27"/>
       <c r="J654" s="27"/>
       <c r="K654" s="27"/>
       <c r="L654" s="36"/>
       <c r="M654" s="36"/>
       <c r="N654" s="36"/>
       <c r="O654" s="5"/>
       <c r="P654" s="20"/>
       <c r="Q654" s="27"/>
       <c r="R654" s="5"/>
       <c r="S654" s="5"/>
       <c r="T654" s="27"/>
       <c r="U654" s="5"/>
       <c r="V654" s="5"/>
       <c r="W654" s="27"/>
       <c r="X654" s="5"/>
       <c r="Y654" s="27"/>
       <c r="Z654" s="21"/>
     </row>
-    <row r="655" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="655" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A655" s="19"/>
       <c r="B655" s="5"/>
       <c r="C655" s="27"/>
       <c r="D655" s="27"/>
       <c r="E655" s="27"/>
       <c r="F655" s="27"/>
       <c r="G655" s="27"/>
       <c r="H655" s="27"/>
       <c r="I655" s="27"/>
       <c r="J655" s="27"/>
       <c r="K655" s="27"/>
       <c r="L655" s="36"/>
       <c r="M655" s="36"/>
       <c r="N655" s="36"/>
       <c r="O655" s="5"/>
       <c r="P655" s="20"/>
       <c r="Q655" s="27"/>
       <c r="R655" s="5"/>
       <c r="S655" s="5"/>
       <c r="T655" s="27"/>
       <c r="U655" s="5"/>
       <c r="V655" s="5"/>
       <c r="W655" s="27"/>
       <c r="X655" s="5"/>
       <c r="Y655" s="27"/>
       <c r="Z655" s="21"/>
     </row>
-    <row r="656" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="656" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A656" s="19"/>
       <c r="B656" s="5"/>
       <c r="C656" s="27"/>
       <c r="D656" s="27"/>
       <c r="E656" s="27"/>
       <c r="F656" s="27"/>
       <c r="G656" s="27"/>
       <c r="H656" s="27"/>
       <c r="I656" s="27"/>
       <c r="J656" s="27"/>
       <c r="K656" s="27"/>
       <c r="L656" s="36"/>
       <c r="M656" s="36"/>
       <c r="N656" s="36"/>
       <c r="O656" s="5"/>
       <c r="P656" s="20"/>
       <c r="Q656" s="27"/>
       <c r="R656" s="5"/>
       <c r="S656" s="5"/>
       <c r="T656" s="27"/>
       <c r="U656" s="5"/>
       <c r="V656" s="5"/>
       <c r="W656" s="27"/>
       <c r="X656" s="5"/>
       <c r="Y656" s="27"/>
       <c r="Z656" s="21"/>
     </row>
-    <row r="657" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="657" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A657" s="19"/>
       <c r="B657" s="5"/>
       <c r="C657" s="27"/>
       <c r="D657" s="27"/>
       <c r="E657" s="27"/>
       <c r="F657" s="27"/>
       <c r="G657" s="27"/>
       <c r="H657" s="27"/>
       <c r="I657" s="27"/>
       <c r="J657" s="27"/>
       <c r="K657" s="27"/>
       <c r="L657" s="36"/>
       <c r="M657" s="36"/>
       <c r="N657" s="36"/>
       <c r="O657" s="5"/>
       <c r="P657" s="20"/>
       <c r="Q657" s="27"/>
       <c r="R657" s="5"/>
       <c r="S657" s="5"/>
       <c r="T657" s="27"/>
       <c r="U657" s="5"/>
       <c r="V657" s="5"/>
       <c r="W657" s="27"/>
       <c r="X657" s="5"/>
       <c r="Y657" s="27"/>
       <c r="Z657" s="21"/>
     </row>
-    <row r="658" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="658" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A658" s="19"/>
       <c r="B658" s="5"/>
       <c r="C658" s="27"/>
       <c r="D658" s="27"/>
       <c r="E658" s="27"/>
       <c r="F658" s="27"/>
       <c r="G658" s="27"/>
       <c r="H658" s="27"/>
       <c r="I658" s="27"/>
       <c r="J658" s="27"/>
       <c r="K658" s="27"/>
       <c r="L658" s="36"/>
       <c r="M658" s="36"/>
       <c r="N658" s="36"/>
       <c r="O658" s="5"/>
       <c r="P658" s="20"/>
       <c r="Q658" s="27"/>
       <c r="R658" s="5"/>
       <c r="S658" s="5"/>
       <c r="T658" s="27"/>
       <c r="U658" s="5"/>
       <c r="V658" s="5"/>
       <c r="W658" s="27"/>
       <c r="X658" s="5"/>
       <c r="Y658" s="27"/>
       <c r="Z658" s="21"/>
     </row>
-    <row r="659" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="659" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A659" s="19"/>
       <c r="B659" s="5"/>
       <c r="C659" s="27"/>
       <c r="D659" s="27"/>
       <c r="E659" s="27"/>
       <c r="F659" s="27"/>
       <c r="G659" s="27"/>
       <c r="H659" s="27"/>
       <c r="I659" s="27"/>
       <c r="J659" s="27"/>
       <c r="K659" s="27"/>
       <c r="L659" s="36"/>
       <c r="M659" s="36"/>
       <c r="N659" s="36"/>
       <c r="O659" s="5"/>
       <c r="P659" s="20"/>
       <c r="Q659" s="27"/>
       <c r="R659" s="5"/>
       <c r="S659" s="5"/>
       <c r="T659" s="27"/>
       <c r="U659" s="5"/>
       <c r="V659" s="5"/>
       <c r="W659" s="27"/>
       <c r="X659" s="5"/>
       <c r="Y659" s="27"/>
       <c r="Z659" s="21"/>
     </row>
-    <row r="660" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="660" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A660" s="19"/>
       <c r="B660" s="5"/>
       <c r="C660" s="27"/>
       <c r="D660" s="27"/>
       <c r="E660" s="27"/>
       <c r="F660" s="27"/>
       <c r="G660" s="27"/>
       <c r="H660" s="27"/>
       <c r="I660" s="27"/>
       <c r="J660" s="27"/>
       <c r="K660" s="27"/>
       <c r="L660" s="36"/>
       <c r="M660" s="36"/>
       <c r="N660" s="36"/>
       <c r="O660" s="5"/>
       <c r="P660" s="20"/>
       <c r="Q660" s="27"/>
       <c r="R660" s="5"/>
       <c r="S660" s="5"/>
       <c r="T660" s="27"/>
       <c r="U660" s="5"/>
       <c r="V660" s="5"/>
       <c r="W660" s="27"/>
       <c r="X660" s="5"/>
       <c r="Y660" s="27"/>
       <c r="Z660" s="21"/>
     </row>
-    <row r="661" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="661" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A661" s="19"/>
       <c r="B661" s="5"/>
       <c r="C661" s="27"/>
       <c r="D661" s="27"/>
       <c r="E661" s="27"/>
       <c r="F661" s="27"/>
       <c r="G661" s="27"/>
       <c r="H661" s="27"/>
       <c r="I661" s="27"/>
       <c r="J661" s="27"/>
       <c r="K661" s="27"/>
       <c r="L661" s="36"/>
       <c r="M661" s="36"/>
       <c r="N661" s="36"/>
       <c r="O661" s="5"/>
       <c r="P661" s="20"/>
       <c r="Q661" s="27"/>
       <c r="R661" s="5"/>
       <c r="S661" s="5"/>
       <c r="T661" s="27"/>
       <c r="U661" s="5"/>
       <c r="V661" s="5"/>
       <c r="W661" s="27"/>
       <c r="X661" s="5"/>
       <c r="Y661" s="27"/>
       <c r="Z661" s="21"/>
     </row>
-    <row r="662" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="662" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A662" s="19"/>
       <c r="B662" s="5"/>
       <c r="C662" s="27"/>
       <c r="D662" s="27"/>
       <c r="E662" s="27"/>
       <c r="F662" s="27"/>
       <c r="G662" s="27"/>
       <c r="H662" s="27"/>
       <c r="I662" s="27"/>
       <c r="J662" s="27"/>
       <c r="K662" s="27"/>
       <c r="L662" s="36"/>
       <c r="M662" s="36"/>
       <c r="N662" s="36"/>
       <c r="O662" s="5"/>
       <c r="P662" s="20"/>
       <c r="Q662" s="27"/>
       <c r="R662" s="5"/>
       <c r="S662" s="5"/>
       <c r="T662" s="27"/>
       <c r="U662" s="5"/>
       <c r="V662" s="5"/>
       <c r="W662" s="27"/>
       <c r="X662" s="5"/>
       <c r="Y662" s="27"/>
       <c r="Z662" s="21"/>
     </row>
-    <row r="663" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="663" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A663" s="19"/>
       <c r="B663" s="5"/>
       <c r="C663" s="27"/>
       <c r="D663" s="27"/>
       <c r="E663" s="27"/>
       <c r="F663" s="27"/>
       <c r="G663" s="27"/>
       <c r="H663" s="27"/>
       <c r="I663" s="27"/>
       <c r="J663" s="27"/>
       <c r="K663" s="27"/>
       <c r="L663" s="36"/>
       <c r="M663" s="36"/>
       <c r="N663" s="36"/>
       <c r="O663" s="5"/>
       <c r="P663" s="20"/>
       <c r="Q663" s="27"/>
       <c r="R663" s="5"/>
       <c r="S663" s="5"/>
       <c r="T663" s="27"/>
       <c r="U663" s="5"/>
       <c r="V663" s="5"/>
       <c r="W663" s="27"/>
       <c r="X663" s="5"/>
       <c r="Y663" s="27"/>
       <c r="Z663" s="21"/>
     </row>
-    <row r="664" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="664" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A664" s="19"/>
       <c r="B664" s="5"/>
       <c r="C664" s="27"/>
       <c r="D664" s="27"/>
       <c r="E664" s="27"/>
       <c r="F664" s="27"/>
       <c r="G664" s="27"/>
       <c r="H664" s="27"/>
       <c r="I664" s="27"/>
       <c r="J664" s="27"/>
       <c r="K664" s="27"/>
       <c r="L664" s="36"/>
       <c r="M664" s="36"/>
       <c r="N664" s="36"/>
       <c r="O664" s="5"/>
       <c r="P664" s="20"/>
       <c r="Q664" s="27"/>
       <c r="R664" s="5"/>
       <c r="S664" s="5"/>
       <c r="T664" s="27"/>
       <c r="U664" s="5"/>
       <c r="V664" s="5"/>
       <c r="W664" s="27"/>
       <c r="X664" s="5"/>
       <c r="Y664" s="27"/>
       <c r="Z664" s="21"/>
     </row>
-    <row r="665" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="665" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A665" s="19"/>
       <c r="B665" s="5"/>
       <c r="C665" s="27"/>
       <c r="D665" s="27"/>
       <c r="E665" s="27"/>
       <c r="F665" s="27"/>
       <c r="G665" s="27"/>
       <c r="H665" s="27"/>
       <c r="I665" s="27"/>
       <c r="J665" s="27"/>
       <c r="K665" s="27"/>
       <c r="L665" s="36"/>
       <c r="M665" s="36"/>
       <c r="N665" s="36"/>
       <c r="O665" s="5"/>
       <c r="P665" s="20"/>
       <c r="Q665" s="27"/>
       <c r="R665" s="5"/>
       <c r="S665" s="5"/>
       <c r="T665" s="27"/>
       <c r="U665" s="5"/>
       <c r="V665" s="5"/>
       <c r="W665" s="27"/>
       <c r="X665" s="5"/>
       <c r="Y665" s="27"/>
       <c r="Z665" s="21"/>
     </row>
-    <row r="666" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="666" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A666" s="19"/>
       <c r="B666" s="5"/>
       <c r="C666" s="27"/>
       <c r="D666" s="27"/>
       <c r="E666" s="27"/>
       <c r="F666" s="27"/>
       <c r="G666" s="27"/>
       <c r="H666" s="27"/>
       <c r="I666" s="27"/>
       <c r="J666" s="27"/>
       <c r="K666" s="27"/>
       <c r="L666" s="36"/>
       <c r="M666" s="36"/>
       <c r="N666" s="36"/>
       <c r="O666" s="5"/>
       <c r="P666" s="20"/>
       <c r="Q666" s="27"/>
       <c r="R666" s="5"/>
       <c r="S666" s="5"/>
       <c r="T666" s="27"/>
       <c r="U666" s="5"/>
       <c r="V666" s="5"/>
       <c r="W666" s="27"/>
       <c r="X666" s="5"/>
       <c r="Y666" s="27"/>
       <c r="Z666" s="21"/>
     </row>
-    <row r="667" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="667" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A667" s="19"/>
       <c r="B667" s="5"/>
       <c r="C667" s="27"/>
       <c r="D667" s="27"/>
       <c r="E667" s="27"/>
       <c r="F667" s="27"/>
       <c r="G667" s="27"/>
       <c r="H667" s="27"/>
       <c r="I667" s="27"/>
       <c r="J667" s="27"/>
       <c r="K667" s="27"/>
       <c r="L667" s="36"/>
       <c r="M667" s="36"/>
       <c r="N667" s="36"/>
       <c r="O667" s="5"/>
       <c r="P667" s="20"/>
       <c r="Q667" s="27"/>
       <c r="R667" s="5"/>
       <c r="S667" s="5"/>
       <c r="T667" s="27"/>
       <c r="U667" s="5"/>
       <c r="V667" s="5"/>
       <c r="W667" s="27"/>
       <c r="X667" s="5"/>
       <c r="Y667" s="27"/>
       <c r="Z667" s="21"/>
     </row>
-    <row r="668" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="668" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A668" s="19"/>
       <c r="B668" s="5"/>
       <c r="C668" s="27"/>
       <c r="D668" s="27"/>
       <c r="E668" s="27"/>
       <c r="F668" s="27"/>
       <c r="G668" s="27"/>
       <c r="H668" s="27"/>
       <c r="I668" s="27"/>
       <c r="J668" s="27"/>
       <c r="K668" s="27"/>
       <c r="L668" s="36"/>
       <c r="M668" s="36"/>
       <c r="N668" s="36"/>
       <c r="O668" s="5"/>
       <c r="P668" s="20"/>
       <c r="Q668" s="27"/>
       <c r="R668" s="5"/>
       <c r="S668" s="5"/>
       <c r="T668" s="27"/>
       <c r="U668" s="5"/>
       <c r="V668" s="5"/>
       <c r="W668" s="27"/>
       <c r="X668" s="5"/>
       <c r="Y668" s="27"/>
       <c r="Z668" s="21"/>
     </row>
-    <row r="669" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="669" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A669" s="19"/>
       <c r="B669" s="5"/>
       <c r="C669" s="27"/>
       <c r="D669" s="27"/>
       <c r="E669" s="27"/>
       <c r="F669" s="27"/>
       <c r="G669" s="27"/>
       <c r="H669" s="27"/>
       <c r="I669" s="27"/>
       <c r="J669" s="27"/>
       <c r="K669" s="27"/>
       <c r="L669" s="36"/>
       <c r="M669" s="36"/>
       <c r="N669" s="36"/>
       <c r="O669" s="5"/>
       <c r="P669" s="20"/>
       <c r="Q669" s="27"/>
       <c r="R669" s="5"/>
       <c r="S669" s="5"/>
       <c r="T669" s="27"/>
       <c r="U669" s="5"/>
       <c r="V669" s="5"/>
       <c r="W669" s="27"/>
       <c r="X669" s="5"/>
       <c r="Y669" s="27"/>
       <c r="Z669" s="21"/>
     </row>
-    <row r="670" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="670" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A670" s="19"/>
       <c r="B670" s="5"/>
       <c r="C670" s="27"/>
       <c r="D670" s="27"/>
       <c r="E670" s="27"/>
       <c r="F670" s="27"/>
       <c r="G670" s="27"/>
       <c r="H670" s="27"/>
       <c r="I670" s="27"/>
       <c r="J670" s="27"/>
       <c r="K670" s="27"/>
       <c r="L670" s="36"/>
       <c r="M670" s="36"/>
       <c r="N670" s="36"/>
       <c r="O670" s="5"/>
       <c r="P670" s="20"/>
       <c r="Q670" s="27"/>
       <c r="R670" s="5"/>
       <c r="S670" s="5"/>
       <c r="T670" s="27"/>
       <c r="U670" s="5"/>
       <c r="V670" s="5"/>
       <c r="W670" s="27"/>
       <c r="X670" s="5"/>
       <c r="Y670" s="27"/>
       <c r="Z670" s="21"/>
     </row>
-    <row r="671" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="671" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A671" s="19"/>
       <c r="B671" s="5"/>
       <c r="C671" s="27"/>
       <c r="D671" s="27"/>
       <c r="E671" s="27"/>
       <c r="F671" s="27"/>
       <c r="G671" s="27"/>
       <c r="H671" s="27"/>
       <c r="I671" s="27"/>
       <c r="J671" s="27"/>
       <c r="K671" s="27"/>
       <c r="L671" s="36"/>
       <c r="M671" s="36"/>
       <c r="N671" s="36"/>
       <c r="O671" s="5"/>
       <c r="P671" s="20"/>
       <c r="Q671" s="27"/>
       <c r="R671" s="5"/>
       <c r="S671" s="5"/>
       <c r="T671" s="27"/>
       <c r="U671" s="5"/>
       <c r="V671" s="5"/>
       <c r="W671" s="27"/>
       <c r="X671" s="5"/>
       <c r="Y671" s="27"/>
       <c r="Z671" s="21"/>
     </row>
-    <row r="672" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="672" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A672" s="19"/>
       <c r="B672" s="5"/>
       <c r="C672" s="27"/>
       <c r="D672" s="27"/>
       <c r="E672" s="27"/>
       <c r="F672" s="27"/>
       <c r="G672" s="27"/>
       <c r="H672" s="27"/>
       <c r="I672" s="27"/>
       <c r="J672" s="27"/>
       <c r="K672" s="27"/>
       <c r="L672" s="36"/>
       <c r="M672" s="36"/>
       <c r="N672" s="36"/>
       <c r="O672" s="5"/>
       <c r="P672" s="20"/>
       <c r="Q672" s="27"/>
       <c r="R672" s="5"/>
       <c r="S672" s="5"/>
       <c r="T672" s="27"/>
       <c r="U672" s="5"/>
       <c r="V672" s="5"/>
       <c r="W672" s="27"/>
       <c r="X672" s="5"/>
       <c r="Y672" s="27"/>
       <c r="Z672" s="21"/>
     </row>
-    <row r="673" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="673" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A673" s="19"/>
       <c r="B673" s="5"/>
       <c r="C673" s="27"/>
       <c r="D673" s="27"/>
       <c r="E673" s="27"/>
       <c r="F673" s="27"/>
       <c r="G673" s="27"/>
       <c r="H673" s="27"/>
       <c r="I673" s="27"/>
       <c r="J673" s="27"/>
       <c r="K673" s="27"/>
       <c r="L673" s="36"/>
       <c r="M673" s="36"/>
       <c r="N673" s="36"/>
       <c r="O673" s="5"/>
       <c r="P673" s="20"/>
       <c r="Q673" s="27"/>
       <c r="R673" s="5"/>
       <c r="S673" s="5"/>
       <c r="T673" s="27"/>
       <c r="U673" s="5"/>
       <c r="V673" s="5"/>
       <c r="W673" s="27"/>
       <c r="X673" s="5"/>
       <c r="Y673" s="27"/>
       <c r="Z673" s="21"/>
     </row>
-    <row r="674" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="674" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A674" s="19"/>
       <c r="B674" s="5"/>
       <c r="C674" s="27"/>
       <c r="D674" s="27"/>
       <c r="E674" s="27"/>
       <c r="F674" s="27"/>
       <c r="G674" s="27"/>
       <c r="H674" s="27"/>
       <c r="I674" s="27"/>
       <c r="J674" s="27"/>
       <c r="K674" s="27"/>
       <c r="L674" s="36"/>
       <c r="M674" s="36"/>
       <c r="N674" s="36"/>
       <c r="O674" s="5"/>
       <c r="P674" s="20"/>
       <c r="Q674" s="27"/>
       <c r="R674" s="5"/>
       <c r="S674" s="5"/>
       <c r="T674" s="27"/>
       <c r="U674" s="5"/>
       <c r="V674" s="5"/>
       <c r="W674" s="27"/>
       <c r="X674" s="5"/>
       <c r="Y674" s="27"/>
       <c r="Z674" s="21"/>
     </row>
-    <row r="675" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="675" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A675" s="19"/>
       <c r="B675" s="5"/>
       <c r="C675" s="27"/>
       <c r="D675" s="27"/>
       <c r="E675" s="27"/>
       <c r="F675" s="27"/>
       <c r="G675" s="27"/>
       <c r="H675" s="27"/>
       <c r="I675" s="27"/>
       <c r="J675" s="27"/>
       <c r="K675" s="27"/>
       <c r="L675" s="36"/>
       <c r="M675" s="36"/>
       <c r="N675" s="36"/>
       <c r="O675" s="5"/>
       <c r="P675" s="20"/>
       <c r="Q675" s="27"/>
       <c r="R675" s="5"/>
       <c r="S675" s="5"/>
       <c r="T675" s="27"/>
       <c r="U675" s="5"/>
       <c r="V675" s="5"/>
       <c r="W675" s="27"/>
       <c r="X675" s="5"/>
       <c r="Y675" s="27"/>
       <c r="Z675" s="21"/>
     </row>
-    <row r="676" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="676" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A676" s="19"/>
       <c r="B676" s="5"/>
       <c r="C676" s="27"/>
       <c r="D676" s="27"/>
       <c r="E676" s="27"/>
       <c r="F676" s="27"/>
       <c r="G676" s="27"/>
       <c r="H676" s="27"/>
       <c r="I676" s="27"/>
       <c r="J676" s="27"/>
       <c r="K676" s="27"/>
       <c r="L676" s="36"/>
       <c r="M676" s="36"/>
       <c r="N676" s="36"/>
       <c r="O676" s="5"/>
       <c r="P676" s="20"/>
       <c r="Q676" s="27"/>
       <c r="R676" s="5"/>
       <c r="S676" s="5"/>
       <c r="T676" s="27"/>
       <c r="U676" s="5"/>
       <c r="V676" s="5"/>
       <c r="W676" s="27"/>
       <c r="X676" s="5"/>
       <c r="Y676" s="27"/>
       <c r="Z676" s="21"/>
     </row>
-    <row r="677" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="677" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A677" s="19"/>
       <c r="B677" s="5"/>
       <c r="C677" s="27"/>
       <c r="D677" s="27"/>
       <c r="E677" s="27"/>
       <c r="F677" s="27"/>
       <c r="G677" s="27"/>
       <c r="H677" s="27"/>
       <c r="I677" s="27"/>
       <c r="J677" s="27"/>
       <c r="K677" s="27"/>
       <c r="L677" s="36"/>
       <c r="M677" s="36"/>
       <c r="N677" s="36"/>
       <c r="O677" s="5"/>
       <c r="P677" s="20"/>
       <c r="Q677" s="27"/>
       <c r="R677" s="5"/>
       <c r="S677" s="5"/>
       <c r="T677" s="27"/>
       <c r="U677" s="5"/>
       <c r="V677" s="5"/>
       <c r="W677" s="27"/>
       <c r="X677" s="5"/>
       <c r="Y677" s="27"/>
       <c r="Z677" s="21"/>
     </row>
-    <row r="678" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="678" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A678" s="19"/>
       <c r="B678" s="5"/>
       <c r="C678" s="27"/>
       <c r="D678" s="27"/>
       <c r="E678" s="27"/>
       <c r="F678" s="27"/>
       <c r="G678" s="27"/>
       <c r="H678" s="27"/>
       <c r="I678" s="27"/>
       <c r="J678" s="27"/>
       <c r="K678" s="27"/>
       <c r="L678" s="36"/>
       <c r="M678" s="36"/>
       <c r="N678" s="36"/>
       <c r="O678" s="5"/>
       <c r="P678" s="20"/>
       <c r="Q678" s="27"/>
       <c r="R678" s="5"/>
       <c r="S678" s="5"/>
       <c r="T678" s="27"/>
       <c r="U678" s="5"/>
       <c r="V678" s="5"/>
       <c r="W678" s="27"/>
       <c r="X678" s="5"/>
       <c r="Y678" s="27"/>
       <c r="Z678" s="21"/>
     </row>
-    <row r="679" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="679" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A679" s="19"/>
       <c r="B679" s="5"/>
       <c r="C679" s="27"/>
       <c r="D679" s="27"/>
       <c r="E679" s="27"/>
       <c r="F679" s="27"/>
       <c r="G679" s="27"/>
       <c r="H679" s="27"/>
       <c r="I679" s="27"/>
       <c r="J679" s="27"/>
       <c r="K679" s="27"/>
       <c r="L679" s="36"/>
       <c r="M679" s="36"/>
       <c r="N679" s="36"/>
       <c r="O679" s="5"/>
       <c r="P679" s="20"/>
       <c r="Q679" s="27"/>
       <c r="R679" s="5"/>
       <c r="S679" s="5"/>
       <c r="T679" s="27"/>
       <c r="U679" s="5"/>
       <c r="V679" s="5"/>
       <c r="W679" s="27"/>
       <c r="X679" s="5"/>
       <c r="Y679" s="27"/>
       <c r="Z679" s="21"/>
     </row>
-    <row r="680" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="680" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A680" s="19"/>
       <c r="B680" s="5"/>
       <c r="C680" s="27"/>
       <c r="D680" s="27"/>
       <c r="E680" s="27"/>
       <c r="F680" s="27"/>
       <c r="G680" s="27"/>
       <c r="H680" s="27"/>
       <c r="I680" s="27"/>
       <c r="J680" s="27"/>
       <c r="K680" s="27"/>
       <c r="L680" s="36"/>
       <c r="M680" s="36"/>
       <c r="N680" s="36"/>
       <c r="O680" s="5"/>
       <c r="P680" s="20"/>
       <c r="Q680" s="27"/>
       <c r="R680" s="5"/>
       <c r="S680" s="5"/>
       <c r="T680" s="27"/>
       <c r="U680" s="5"/>
       <c r="V680" s="5"/>
       <c r="W680" s="27"/>
       <c r="X680" s="5"/>
       <c r="Y680" s="27"/>
       <c r="Z680" s="21"/>
     </row>
-    <row r="681" spans="1:26" x14ac:dyDescent="0.2">
+    <row r="681" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A681" s="22"/>
       <c r="B681" s="23"/>
       <c r="C681" s="27"/>
       <c r="D681" s="27"/>
       <c r="E681" s="27"/>
       <c r="F681" s="27"/>
       <c r="G681" s="27"/>
       <c r="H681" s="27"/>
       <c r="I681" s="27"/>
       <c r="J681" s="27"/>
       <c r="K681" s="27"/>
       <c r="L681" s="37"/>
       <c r="M681" s="37"/>
       <c r="N681" s="37"/>
       <c r="O681" s="23"/>
       <c r="P681" s="24"/>
       <c r="Q681" s="27"/>
       <c r="R681" s="23"/>
       <c r="S681" s="23"/>
       <c r="T681" s="27"/>
       <c r="U681" s="23"/>
       <c r="V681" s="23"/>
       <c r="W681" s="27"/>
       <c r="X681" s="23"/>
       <c r="Y681" s="27"/>
@@ -23315,729 +23395,1035 @@
             <xm:f>'Drop Down Lists'!$L$2:$L$8</xm:f>
           </x14:formula1>
           <xm:sqref>W2:W681</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{902B0132-C015-443E-926F-33B979CB0EFA}">
           <x14:formula1>
             <xm:f>'Drop Down Lists'!$M$2:$M$6</xm:f>
           </x14:formula1>
           <xm:sqref>Y2:Y681</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E63B91D-1C48-4E81-A8F7-1B6A9412357B}">
   <sheetPr codeName="Sheet4"/>
   <dimension ref="A1:M68"/>
   <sheetViews>
     <sheetView topLeftCell="H1" workbookViewId="0">
       <selection activeCell="G13" sqref="G13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14.140625" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="13" max="13" width="44.140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="14.1796875" customWidth="1"/>
+    <col min="2" max="2" width="11.81640625" customWidth="1"/>
+    <col min="3" max="3" width="34.453125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="34.7265625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="13.1796875" customWidth="1"/>
+    <col min="6" max="6" width="14.7265625" customWidth="1"/>
+    <col min="7" max="7" width="13.453125" customWidth="1"/>
+    <col min="8" max="9" width="13.7265625" customWidth="1"/>
+    <col min="10" max="10" width="63.81640625" customWidth="1"/>
+    <col min="11" max="11" width="36.7265625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="32.54296875" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="44.1796875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:13" s="6" customFormat="1" ht="43.5" x14ac:dyDescent="0.25">
       <c r="A1" s="17" t="s">
         <v>52</v>
       </c>
       <c r="B1" s="17" t="s">
         <v>51</v>
       </c>
       <c r="C1" s="17" t="s">
         <v>50</v>
       </c>
       <c r="D1" s="17" t="s">
         <v>49</v>
       </c>
       <c r="E1" s="17" t="s">
         <v>125</v>
       </c>
       <c r="F1" s="17" t="s">
         <v>139</v>
       </c>
       <c r="G1" s="17" t="s">
         <v>53</v>
       </c>
       <c r="H1" s="17" t="s">
         <v>48</v>
       </c>
       <c r="I1" s="17" t="s">
         <v>54</v>
       </c>
       <c r="J1" s="17" t="s">
         <v>142</v>
       </c>
       <c r="K1" s="17" t="s">
         <v>150</v>
       </c>
       <c r="L1" s="17" t="s">
         <v>143</v>
       </c>
       <c r="M1" s="18" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="9">
         <v>1</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="7" t="s">
         <v>55</v>
       </c>
       <c r="J2" s="10" t="s">
         <v>129</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A3" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="F3" s="9">
         <v>2</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>56</v>
       </c>
       <c r="J3" s="10" t="s">
         <v>130</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="M3" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="4" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F4" s="9">
         <v>3</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="I4" s="7" t="s">
         <v>57</v>
       </c>
       <c r="J4" s="10" t="s">
         <v>131</v>
       </c>
       <c r="K4" s="11" t="s">
         <v>140</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="M4" s="1" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="5" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="9">
         <v>4</v>
       </c>
       <c r="I5" s="7" t="s">
         <v>58</v>
       </c>
       <c r="J5" s="10" t="s">
         <v>132</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>28</v>
       </c>
       <c r="M5" s="1" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="6" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="9">
         <v>5</v>
       </c>
       <c r="I6" s="7" t="s">
         <v>59</v>
       </c>
       <c r="J6" s="10" t="s">
         <v>133</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="L6" s="8" t="s">
         <v>11</v>
       </c>
       <c r="M6" s="13" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="7" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="9">
         <v>6</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>60</v>
       </c>
       <c r="J7" s="10" t="s">
         <v>134</v>
       </c>
       <c r="K7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L7" s="14" t="s">
         <v>34</v>
       </c>
       <c r="M7" s="15"/>
     </row>
-    <row r="8" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="9">
         <v>7</v>
       </c>
       <c r="I8" s="7" t="s">
         <v>61</v>
       </c>
       <c r="J8" s="10" t="s">
         <v>135</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>37</v>
       </c>
       <c r="L8" s="16" t="s">
         <v>123</v>
       </c>
       <c r="M8" s="15"/>
     </row>
-    <row r="9" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>25</v>
       </c>
       <c r="F9" s="9">
         <v>8</v>
       </c>
       <c r="I9" s="7" t="s">
         <v>62</v>
       </c>
       <c r="J9" s="10" t="s">
         <v>136</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="10" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
       <c r="F10" s="9">
         <v>9</v>
       </c>
       <c r="I10" s="7" t="s">
         <v>63</v>
       </c>
       <c r="J10" s="10" t="s">
         <v>137</v>
       </c>
       <c r="K10" s="1" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="11" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="F11" s="9" t="s">
         <v>127</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>64</v>
       </c>
       <c r="J11" s="10" t="s">
         <v>138</v>
       </c>
       <c r="K11" s="1" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="12" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:13" x14ac:dyDescent="0.25">
       <c r="I12" s="7" t="s">
         <v>65</v>
       </c>
       <c r="J12" s="10" t="s">
         <v>128</v>
       </c>
       <c r="K12" s="11" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="13" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
       <c r="I13" s="7" t="s">
         <v>66</v>
       </c>
       <c r="K13" s="1" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="14" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="I14" s="7" t="s">
         <v>67</v>
       </c>
       <c r="K14" s="3" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="15" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="I15" s="7" t="s">
         <v>68</v>
       </c>
       <c r="K15" s="3" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="16" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="I16" s="7" t="s">
         <v>69</v>
       </c>
       <c r="K16" s="3" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="17" spans="9:11" ht="15" x14ac:dyDescent="0.25">
+    <row r="17" spans="9:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="I17" s="7" t="s">
         <v>70</v>
       </c>
       <c r="K17" s="3" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="18" spans="9:11" ht="15" x14ac:dyDescent="0.25">
+    <row r="18" spans="9:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="I18" s="7" t="s">
         <v>71</v>
       </c>
       <c r="K18" s="3" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="19" spans="9:11" ht="15" x14ac:dyDescent="0.25">
+    <row r="19" spans="9:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="I19" s="7" t="s">
         <v>72</v>
       </c>
       <c r="K19" s="3" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="20" spans="9:11" x14ac:dyDescent="0.2">
+    <row r="20" spans="9:11" x14ac:dyDescent="0.25">
       <c r="I20" s="7" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="21" spans="9:11" x14ac:dyDescent="0.2">
+    <row r="21" spans="9:11" x14ac:dyDescent="0.25">
       <c r="I21" s="7" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="22" spans="9:11" x14ac:dyDescent="0.2">
+    <row r="22" spans="9:11" x14ac:dyDescent="0.25">
       <c r="I22" s="7" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="23" spans="9:11" x14ac:dyDescent="0.2">
+    <row r="23" spans="9:11" x14ac:dyDescent="0.25">
       <c r="I23" s="7" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="24" spans="9:11" x14ac:dyDescent="0.2">
+    <row r="24" spans="9:11" x14ac:dyDescent="0.25">
       <c r="I24" s="7" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="25" spans="9:11" x14ac:dyDescent="0.2">
+    <row r="25" spans="9:11" x14ac:dyDescent="0.25">
       <c r="I25" s="7" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="26" spans="9:11" x14ac:dyDescent="0.2">
+    <row r="26" spans="9:11" x14ac:dyDescent="0.25">
       <c r="I26" s="7" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="27" spans="9:11" x14ac:dyDescent="0.2">
+    <row r="27" spans="9:11" x14ac:dyDescent="0.25">
       <c r="I27" s="7" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="28" spans="9:11" x14ac:dyDescent="0.2">
+    <row r="28" spans="9:11" x14ac:dyDescent="0.25">
       <c r="I28" s="7" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="29" spans="9:11" x14ac:dyDescent="0.2">
+    <row r="29" spans="9:11" x14ac:dyDescent="0.25">
       <c r="I29" s="7" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="30" spans="9:11" x14ac:dyDescent="0.2">
+    <row r="30" spans="9:11" x14ac:dyDescent="0.25">
       <c r="I30" s="7" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="31" spans="9:11" x14ac:dyDescent="0.2">
+    <row r="31" spans="9:11" x14ac:dyDescent="0.25">
       <c r="I31" s="7" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="32" spans="9:11" x14ac:dyDescent="0.2">
+    <row r="32" spans="9:11" x14ac:dyDescent="0.25">
       <c r="I32" s="7" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="33" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="33" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I33" s="7" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="34" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="34" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I34" s="7" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="35" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="35" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I35" s="7" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="36" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="36" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I36" s="7" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="37" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="37" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I37" s="7" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="38" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="38" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I38" s="7" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="39" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="39" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I39" s="7" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="40" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="40" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I40" s="7" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="41" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="41" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I41" s="7" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="42" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="42" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I42" s="7" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="43" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="43" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I43" s="7" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="44" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="44" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I44" s="7" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="45" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="45" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I45" s="7" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="46" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="46" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I46" s="7" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="47" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="47" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I47" s="7" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="48" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="48" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I48" s="7" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="49" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="49" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I49" s="7" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="50" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="50" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I50" s="7" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="51" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="51" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I51" s="7" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="52" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="52" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I52" s="7" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="53" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="53" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I53" s="7" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="54" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="54" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I54" s="7" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="55" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="55" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I55" s="7" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="56" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="56" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I56" s="7" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="57" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="57" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I57" s="7" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="58" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="58" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I58" s="7" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="59" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="59" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I59" s="7" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="60" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="60" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I60" s="7" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="61" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="61" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I61" s="7" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="62" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="62" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I62" s="7" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="63" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="63" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I63" s="7" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="64" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="64" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I64" s="7" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="65" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="65" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I65" s="7" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="66" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="66" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I66" s="7" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="67" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="67" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I67" s="7" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="68" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="68" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I68" s="7" t="s">
         <v>121</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010026CE1937BA3BAE4D9AB8DC09E347450F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1cbcbedcf48c316bc93b330bfaef3477">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88" xmlns:ns3="df85a238-598f-4719-aedf-ff7537720749" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bd08c376cac793f1f0bfd4f01c888b67" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88"/>
+    <xsd:import namespace="df85a238-598f-4719-aedf-ff7537720749"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="8" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="9" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="485cb411-4442-4ffa-af81-3ff6857008b2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="24" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="df85a238-598f-4719-aedf-ff7537720749" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f1be2d47-962c-4576-94de-36b1a4380640}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="df85a238-598f-4719-aedf-ff7537720749">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="df85a238-598f-4719-aedf-ff7537720749" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6C7FEFC-C85B-47E3-AA10-58452954AED5}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{378ADAE9-DF8A-4E20-8D76-D283B86D374B}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFA7731C-15EF-4126-90F1-8478BB854C27}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Template 11 Monthly Summary</vt:lpstr>
       <vt:lpstr>Data Sheet</vt:lpstr>
       <vt:lpstr>Drop Down Lists</vt:lpstr>
       <vt:lpstr>'Drop Down Lists'!_Hlk168504313</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Template 11 - Supportive Housing Services Report Form</dc:title>
   <dc:creator>Rodriguez, Jennifer Y</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010026CE1937BA3BAE4D9AB8DC09E347450F</vt:lpwstr>
+  </property>
+</Properties>
+</file>