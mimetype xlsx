--- v1 (2025-11-27)
+++ v2 (2025-12-23)
@@ -1,110 +1,112 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fldcf.sharepoint.com/teams/HQWDVPAllTeam/Shared Documents/Programs/Child Welfare Initiative/.FY 25-26/Contract Docs/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Office of Domestic Violence Contracts\TEMPLATES\FY 25-26\FY 25-26 Template Updates\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{E04BB14A-3415-4D0A-B62C-1414CA9D5B01}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{15E3AB23-CF6C-425B-A2B6-8CF0F943D6A1}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{279215DA-5DB6-40A7-9110-DCF7E4FA4EB3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Template 11 Monthly Summary" sheetId="6" r:id="rId1"/>
     <sheet name="Data Sheet" sheetId="5" r:id="rId2"/>
     <sheet name="Drop Down Lists" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_Hlk168504313" localSheetId="2">'Drop Down Lists'!$J$2</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Data Sheet'!$A$1:$Z$37</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="Filter 1" guid="{0FC1FC88-B83F-454D-ADA7-6546FF77E549}" maximized="1" windowWidth="0" windowHeight="0" activeSheetId="0"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="S23" i="6" l="1"/>
   <c r="S17" i="6"/>
   <c r="S18" i="6"/>
   <c r="S19" i="6"/>
   <c r="S20" i="6"/>
   <c r="S21" i="6"/>
   <c r="S16" i="6"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="199">
   <si>
     <t>Survivor ID (please use unique ID for each client)</t>
   </si>
   <si>
     <t>Amount Requested</t>
   </si>
   <si>
     <t>If funding was denied, please describe the reasons here.</t>
   </si>
   <si>
     <t>What other financial support or community resources did client receive? Please describe.</t>
   </si>
   <si>
     <t xml:space="preserve">If person is currently not housed, what is their situation?
 </t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>Black/African-American/African Descent</t>
   </si>
@@ -471,53 +473,50 @@
   <si>
     <t>Other, specify</t>
   </si>
   <si>
     <t>Rental Payments (current &amp; arrears)</t>
   </si>
   <si>
     <t>Mortgage Payments (current &amp; arrears)</t>
   </si>
   <si>
     <t>Rental Deposits</t>
   </si>
   <si>
     <t>Security Deposits</t>
   </si>
   <si>
     <t>Application Fees</t>
   </si>
   <si>
     <t>Utilities Deposits: water, gas, waste/trash, and electricity (current &amp; arrears)</t>
   </si>
   <si>
     <t>Utilities Assistance: water, gas, waste/trash, and electricity (current &amp; arrears)</t>
   </si>
   <si>
-    <t>Up to $300 per survivor for move-in items</t>
-[...1 lines deleted...]
-  <si>
     <t>Moving Trucks to relocate already packed households</t>
   </si>
   <si>
     <t>Transitional housing supports</t>
   </si>
   <si>
     <t>If the survivor has children how many?</t>
   </si>
   <si>
     <t>Move-In Costs (deposits, first month's rent)</t>
   </si>
   <si>
     <t>Legal Assistance</t>
   </si>
   <si>
     <t>What were the Supportive Housing Funds used for? (drop down)</t>
   </si>
   <si>
     <t xml:space="preserve">Housing impact </t>
   </si>
   <si>
     <t>Please use this space to describe what the funds were used for</t>
   </si>
   <si>
     <t>Amount provided by other Non-Supportive Housing Funds</t>
@@ -718,62 +717,65 @@
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Do not include Individuals counted in the question above.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t>Name of Individual Completing Report:</t>
   </si>
   <si>
     <t>Email of Individual Completing Report:</t>
   </si>
   <si>
+    <t>Up to $500 per survivor for move-in items</t>
+  </si>
+  <si>
     <t>Supportive Housing Services Report Form
-(Revised 11/06/2025)</t>
+(Revised 12/02/2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -840,50 +842,62 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC9DAF8"/>
         <bgColor rgb="FFC9DAF8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
@@ -1366,118 +1380,78 @@
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="124">
+  <cellXfs count="121">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...34 lines deleted...]
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="12" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="12" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="1" fontId="12" fillId="9" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
@@ -1486,50 +1460,88 @@
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="17" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="12" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="18" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="18" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="18" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="10" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="10" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="10" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1559,74 +1571,50 @@
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1640,756 +1628,850 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="33">
+  <dxfs count="34">
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="12"/>
         <color rgb="FF000000"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
       <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
       <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
       <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
-      <border diagonalUp="0" diagonalDown="0">
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
       <border>
         <top style="thin">
           <color indexed="64"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <family val="2"/>
+      </font>
+    </dxf>
+    <dxf>
       <border>
         <bottom style="medium">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="11"/>
+        <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFC9DAF8"/>
           <bgColor rgb="FFC9DAF8"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
-        <vertical style="thin">
-[...2 lines deleted...]
-        <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFDDF2F0"/>
           <bgColor rgb="FFDDF2F0"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FF26A69A"/>
           <bgColor rgb="FF26A69A"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="1">
     <tableStyle name="Evaluation Data-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
-      <tableStyleElement type="headerRow" dxfId="32"/>
-[...1 lines deleted...]
-      <tableStyleElement type="secondRowStripe" dxfId="30"/>
+      <tableStyleElement type="headerRow" dxfId="33"/>
+      <tableStyleElement type="firstRowStripe" dxfId="32"/>
+      <tableStyleElement type="secondRowStripe" dxfId="31"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
@@ -2447,51 +2529,51 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{7DE20AA5-5AC3-4E86-9D3C-E22111F8FF35}" name="Table3" displayName="Table3" ref="A1:Z681" totalsRowShown="0" headerRowDxfId="29" headerRowBorderDxfId="28" tableBorderDxfId="27" totalsRowBorderDxfId="26">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{7DE20AA5-5AC3-4E86-9D3C-E22111F8FF35}" name="Table3" displayName="Table3" ref="A1:Z681" totalsRowShown="0" headerRowDxfId="30" dataDxfId="28" headerRowBorderDxfId="29" tableBorderDxfId="27" totalsRowBorderDxfId="26">
   <autoFilter ref="A1:Z681" xr:uid="{7DE20AA5-5AC3-4E86-9D3C-E22111F8FF35}"/>
   <tableColumns count="26">
     <tableColumn id="1" xr3:uid="{08C3B200-FDDF-4E54-A622-8F609E02DB12}" name="Date Funding Provided " dataDxfId="25"/>
     <tableColumn id="2" xr3:uid="{C95FD9A2-A5F8-4DC3-8E7F-A7D3119E9FAD}" name="Survivor ID (please use unique ID for each client)" dataDxfId="24"/>
     <tableColumn id="3" xr3:uid="{74E09F39-CB4C-43AD-8B26-F9E10D7D8490}" name="Survivor Age (drop down) " dataDxfId="23"/>
     <tableColumn id="4" xr3:uid="{8C6B6C92-A9B9-4AC5-BAEC-38693DBCC71A}" name="Gender_x000a_(drop down) " dataDxfId="22"/>
     <tableColumn id="5" xr3:uid="{45937F1E-3767-46E8-92A6-A0406A647A1A}" name="Race/Ethnicity _x000a_(drop down) " dataDxfId="21"/>
     <tableColumn id="6" xr3:uid="{A9A6A3E5-843A-4A4C-940E-E9BE7C72870C}" name="If multiracial, and need a second race/ethnicity_x000a_(drop down) " dataDxfId="20"/>
     <tableColumn id="7" xr3:uid="{5E5485ED-0202-4774-8D82-E0285E4133E5}" name="Does the survivor have children?_x000a_(drop down) " dataDxfId="19"/>
     <tableColumn id="8" xr3:uid="{0336C80F-CC5E-4D5D-8F1D-49285BE80FBF}" name="If the survivor has children how many?_x000a_(drop down) " dataDxfId="18"/>
     <tableColumn id="9" xr3:uid="{65271AC8-9897-4052-8B46-76196CE8B9C7}" name="Is there Child Welfare Involvement?_x000a_(drop down) " dataDxfId="17"/>
     <tableColumn id="10" xr3:uid="{5635EA46-F2FB-4DD5-9CD4-1D043DFA5388}" name="Do children live with survivor?_x000a_(drop down) " dataDxfId="16"/>
     <tableColumn id="11" xr3:uid="{637EE8B6-8F36-4A3F-A723-F82DE2B3DEE0}" name="Current County of Residence_x000a_(drop down) " dataDxfId="15"/>
     <tableColumn id="12" xr3:uid="{BC6BCB2F-0797-4235-9221-22D0891B1F2A}" name="Amount Requested" dataDxfId="14"/>
     <tableColumn id="13" xr3:uid="{26C8DAF2-D36C-434D-9A71-5ED7D9B21EFD}" name="Amount Provided - Supportive Housing Funds" dataDxfId="13"/>
     <tableColumn id="14" xr3:uid="{C752CDA3-D042-46AF-94CA-B1995C7D641C}" name="Amount provided by other Non-Supportive Housing Funds" dataDxfId="12"/>
     <tableColumn id="15" xr3:uid="{0E1C144F-DD09-4024-9696-6EF613A2B69E}" name="Name of other funding source" dataDxfId="11"/>
     <tableColumn id="16" xr3:uid="{2594A0E7-C138-41DB-B6A3-8381E1AC68B2}" name="If funding was denied, please describe the reasons here." dataDxfId="10"/>
     <tableColumn id="17" xr3:uid="{D948D320-07F2-491E-8722-D5F2E9574F87}" name="What were the Supportive Housing Funds used for? _x000a_(drop down)" dataDxfId="9"/>
     <tableColumn id="18" xr3:uid="{B4CC2FA9-9292-43A8-B87A-1CC1680E05C0}" name="If other was selected specify what the Supportive Housing Funds were used for" dataDxfId="8"/>
     <tableColumn id="19" xr3:uid="{48697A19-BA87-43FB-A0AE-30F96FB03EFE}" name="Please use this space to describe what the funds were used for" dataDxfId="7"/>
     <tableColumn id="20" xr3:uid="{6CE4AD60-9706-4CD2-BD8D-8FCE84F650D6}" name="What were the Non-Supportive Housing Funds used for?_x000a_(drop down)" dataDxfId="6"/>
     <tableColumn id="21" xr3:uid="{98FFED9C-8DE8-40E6-ADB0-C6C4BCA0FE54}" name="If other was selected specify what the Non-Supportive Housing Funds were used for." dataDxfId="5"/>
     <tableColumn id="22" xr3:uid="{4F624B2A-4157-491A-BEF2-94CDB9AB2C15}" name="What other financial support or community resources did client receive? Please describe." dataDxfId="4"/>
     <tableColumn id="23" xr3:uid="{3356AFB8-B8CC-4AF7-990E-B71B2A257CEC}" name="Housing impact _x000a_(drop down)" dataDxfId="3"/>
@@ -2781,20567 +2863,20604 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A38557AF-9BC4-4FFD-BE25-301E44FC3796}">
   <dimension ref="A1:XFC101"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="G11" sqref="G11:S11"/>
+      <selection activeCell="K16" sqref="K16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="13.453125" style="7" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="16384" max="16384" width="2.1796875" style="7" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="13.42578125" style="6" customWidth="1"/>
+    <col min="2" max="2" width="8.85546875" style="6" customWidth="1"/>
+    <col min="3" max="3" width="16" style="6" customWidth="1"/>
+    <col min="4" max="4" width="9.140625" style="6" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" style="6" customWidth="1"/>
+    <col min="6" max="6" width="12.28515625" style="6" customWidth="1"/>
+    <col min="7" max="7" width="11.28515625" style="6" customWidth="1"/>
+    <col min="8" max="8" width="12" style="6" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" style="6" customWidth="1"/>
+    <col min="10" max="10" width="8.85546875" style="6" customWidth="1"/>
+    <col min="11" max="11" width="10.5703125" style="6" customWidth="1"/>
+    <col min="12" max="12" width="10.7109375" style="6" customWidth="1"/>
+    <col min="13" max="18" width="8.85546875" style="6" customWidth="1"/>
+    <col min="19" max="19" width="9.85546875" style="6" customWidth="1"/>
+    <col min="20" max="16383" width="8.85546875" style="6" hidden="1"/>
+    <col min="16384" max="16384" width="2.140625" style="6" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="21" x14ac:dyDescent="0.5">
-      <c r="A1" s="92" t="s">
+    <row r="1" spans="1:19" ht="21" x14ac:dyDescent="0.35">
+      <c r="A1" s="84" t="s">
+        <v>180</v>
+      </c>
+      <c r="B1" s="85"/>
+      <c r="C1" s="85"/>
+      <c r="D1" s="85"/>
+      <c r="E1" s="85"/>
+      <c r="F1" s="85"/>
+      <c r="G1" s="85"/>
+      <c r="H1" s="85"/>
+      <c r="I1" s="85"/>
+      <c r="J1" s="85"/>
+      <c r="K1" s="85"/>
+      <c r="L1" s="85"/>
+      <c r="M1" s="85"/>
+      <c r="N1" s="85"/>
+      <c r="O1" s="85"/>
+      <c r="P1" s="85"/>
+      <c r="Q1" s="85"/>
+      <c r="R1" s="85"/>
+      <c r="S1" s="86"/>
+    </row>
+    <row r="2" spans="1:19" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A2" s="87" t="s">
+        <v>198</v>
+      </c>
+      <c r="B2" s="88"/>
+      <c r="C2" s="88"/>
+      <c r="D2" s="88"/>
+      <c r="E2" s="88"/>
+      <c r="F2" s="88"/>
+      <c r="G2" s="88"/>
+      <c r="H2" s="88"/>
+      <c r="I2" s="88"/>
+      <c r="J2" s="88"/>
+      <c r="K2" s="88"/>
+      <c r="L2" s="88"/>
+      <c r="M2" s="88"/>
+      <c r="N2" s="88"/>
+      <c r="O2" s="88"/>
+      <c r="P2" s="88"/>
+      <c r="Q2" s="88"/>
+      <c r="R2" s="88"/>
+      <c r="S2" s="89"/>
+    </row>
+    <row r="3" spans="1:19" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="90"/>
+      <c r="B3" s="91"/>
+      <c r="C3" s="91"/>
+      <c r="D3" s="91"/>
+      <c r="E3" s="91"/>
+      <c r="F3" s="91"/>
+      <c r="G3" s="91"/>
+      <c r="H3" s="91"/>
+      <c r="I3" s="91"/>
+      <c r="J3" s="91"/>
+      <c r="K3" s="91"/>
+      <c r="L3" s="91"/>
+      <c r="M3" s="91"/>
+      <c r="N3" s="91"/>
+      <c r="O3" s="91"/>
+      <c r="P3" s="91"/>
+      <c r="Q3" s="91"/>
+      <c r="R3" s="91"/>
+      <c r="S3" s="92"/>
+    </row>
+    <row r="4" spans="1:19" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A4" s="93" t="s">
         <v>181</v>
       </c>
-      <c r="B1" s="93"/>
-[...63 lines deleted...]
-      <c r="A4" s="101" t="s">
+      <c r="B4" s="94"/>
+      <c r="C4" s="94"/>
+      <c r="D4" s="94"/>
+      <c r="E4" s="94"/>
+      <c r="F4" s="94"/>
+      <c r="G4" s="94"/>
+      <c r="H4" s="94"/>
+      <c r="I4" s="94"/>
+      <c r="J4" s="94"/>
+      <c r="K4" s="94"/>
+      <c r="L4" s="94"/>
+      <c r="M4" s="94"/>
+      <c r="N4" s="94"/>
+      <c r="O4" s="94"/>
+      <c r="P4" s="94"/>
+      <c r="Q4" s="94"/>
+      <c r="R4" s="94"/>
+      <c r="S4" s="95"/>
+    </row>
+    <row r="5" spans="1:19" ht="22.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="96"/>
+      <c r="B5" s="97"/>
+      <c r="C5" s="97"/>
+      <c r="D5" s="97"/>
+      <c r="E5" s="97"/>
+      <c r="F5" s="97"/>
+      <c r="G5" s="97"/>
+      <c r="H5" s="97"/>
+      <c r="I5" s="97"/>
+      <c r="J5" s="97"/>
+      <c r="K5" s="97"/>
+      <c r="L5" s="97"/>
+      <c r="M5" s="97"/>
+      <c r="N5" s="97"/>
+      <c r="O5" s="97"/>
+      <c r="P5" s="97"/>
+      <c r="Q5" s="97"/>
+      <c r="R5" s="97"/>
+      <c r="S5" s="98"/>
+    </row>
+    <row r="6" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="26"/>
+      <c r="B6" s="27"/>
+      <c r="C6" s="27"/>
+      <c r="D6" s="27"/>
+      <c r="E6" s="27"/>
+      <c r="F6" s="27"/>
+      <c r="G6" s="27"/>
+      <c r="H6" s="27"/>
+      <c r="I6" s="27"/>
+      <c r="J6" s="27"/>
+      <c r="K6" s="27"/>
+      <c r="L6" s="27"/>
+      <c r="M6" s="27"/>
+      <c r="N6" s="27"/>
+      <c r="O6" s="27"/>
+      <c r="P6" s="27"/>
+      <c r="Q6" s="27"/>
+      <c r="R6" s="27"/>
+      <c r="S6" s="28"/>
+    </row>
+    <row r="7" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="99" t="s">
+        <v>163</v>
+      </c>
+      <c r="B7" s="100"/>
+      <c r="C7" s="100"/>
+      <c r="D7" s="100"/>
+      <c r="E7" s="100"/>
+      <c r="F7" s="100"/>
+      <c r="G7" s="101"/>
+      <c r="H7" s="101"/>
+      <c r="I7" s="101"/>
+      <c r="J7" s="101"/>
+      <c r="K7" s="101"/>
+      <c r="L7" s="101"/>
+      <c r="M7" s="101"/>
+      <c r="N7" s="101"/>
+      <c r="O7" s="101"/>
+      <c r="P7" s="101"/>
+      <c r="Q7" s="101"/>
+      <c r="R7" s="101"/>
+      <c r="S7" s="102"/>
+    </row>
+    <row r="8" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="107" t="s">
+        <v>164</v>
+      </c>
+      <c r="B8" s="108"/>
+      <c r="C8" s="108"/>
+      <c r="D8" s="108"/>
+      <c r="E8" s="108"/>
+      <c r="F8" s="108"/>
+      <c r="G8" s="105"/>
+      <c r="H8" s="105"/>
+      <c r="I8" s="105"/>
+      <c r="J8" s="105"/>
+      <c r="K8" s="105"/>
+      <c r="L8" s="105"/>
+      <c r="M8" s="105"/>
+      <c r="N8" s="105"/>
+      <c r="O8" s="105"/>
+      <c r="P8" s="105"/>
+      <c r="Q8" s="105"/>
+      <c r="R8" s="105"/>
+      <c r="S8" s="106"/>
+    </row>
+    <row r="9" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="107" t="s">
         <v>182</v>
       </c>
-      <c r="B4" s="102"/>
-[...84 lines deleted...]
-      <c r="A8" s="84" t="s">
+      <c r="B9" s="108"/>
+      <c r="C9" s="108"/>
+      <c r="D9" s="108"/>
+      <c r="E9" s="108"/>
+      <c r="F9" s="108"/>
+      <c r="G9" s="105"/>
+      <c r="H9" s="105"/>
+      <c r="I9" s="105"/>
+      <c r="J9" s="105"/>
+      <c r="K9" s="105"/>
+      <c r="L9" s="105"/>
+      <c r="M9" s="105"/>
+      <c r="N9" s="105"/>
+      <c r="O9" s="105"/>
+      <c r="P9" s="105"/>
+      <c r="Q9" s="105"/>
+      <c r="R9" s="105"/>
+      <c r="S9" s="106"/>
+    </row>
+    <row r="10" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="119" t="s">
         <v>165</v>
       </c>
-      <c r="B8" s="85"/>
-[...42 lines deleted...]
-      <c r="A10" s="111" t="s">
+      <c r="B10" s="120"/>
+      <c r="C10" s="120"/>
+      <c r="D10" s="120"/>
+      <c r="E10" s="120"/>
+      <c r="F10" s="120"/>
+      <c r="G10" s="105"/>
+      <c r="H10" s="105"/>
+      <c r="I10" s="105"/>
+      <c r="J10" s="105"/>
+      <c r="K10" s="105"/>
+      <c r="L10" s="105"/>
+      <c r="M10" s="105"/>
+      <c r="N10" s="105"/>
+      <c r="O10" s="105"/>
+      <c r="P10" s="105"/>
+      <c r="Q10" s="105"/>
+      <c r="R10" s="105"/>
+      <c r="S10" s="106"/>
+    </row>
+    <row r="11" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="103" t="s">
+        <v>195</v>
+      </c>
+      <c r="B11" s="104"/>
+      <c r="C11" s="104"/>
+      <c r="D11" s="104"/>
+      <c r="E11" s="104"/>
+      <c r="F11" s="104"/>
+      <c r="G11" s="105"/>
+      <c r="H11" s="105"/>
+      <c r="I11" s="105"/>
+      <c r="J11" s="105"/>
+      <c r="K11" s="105"/>
+      <c r="L11" s="105"/>
+      <c r="M11" s="105"/>
+      <c r="N11" s="105"/>
+      <c r="O11" s="105"/>
+      <c r="P11" s="105"/>
+      <c r="Q11" s="105"/>
+      <c r="R11" s="105"/>
+      <c r="S11" s="106"/>
+    </row>
+    <row r="12" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="113" t="s">
+        <v>196</v>
+      </c>
+      <c r="B12" s="114"/>
+      <c r="C12" s="114"/>
+      <c r="D12" s="114"/>
+      <c r="E12" s="114"/>
+      <c r="F12" s="114"/>
+      <c r="G12" s="115"/>
+      <c r="H12" s="115"/>
+      <c r="I12" s="115"/>
+      <c r="J12" s="115"/>
+      <c r="K12" s="115"/>
+      <c r="L12" s="115"/>
+      <c r="M12" s="115"/>
+      <c r="N12" s="115"/>
+      <c r="O12" s="115"/>
+      <c r="P12" s="115"/>
+      <c r="Q12" s="115"/>
+      <c r="R12" s="115"/>
+      <c r="S12" s="116"/>
+    </row>
+    <row r="13" spans="1:19" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="29"/>
+      <c r="B13" s="30"/>
+      <c r="C13" s="30"/>
+      <c r="D13" s="30"/>
+      <c r="E13" s="30"/>
+      <c r="F13" s="30"/>
+      <c r="G13" s="30"/>
+      <c r="H13" s="30"/>
+      <c r="I13" s="30"/>
+      <c r="J13" s="30"/>
+      <c r="K13" s="30"/>
+      <c r="L13" s="30"/>
+      <c r="M13" s="30"/>
+      <c r="N13" s="30"/>
+      <c r="O13" s="30"/>
+      <c r="P13" s="30"/>
+      <c r="Q13" s="30"/>
+      <c r="R13" s="30"/>
+      <c r="S13" s="31"/>
+    </row>
+    <row r="14" spans="1:19" s="17" customFormat="1" ht="37.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="117"/>
+      <c r="B14" s="118"/>
+      <c r="C14" s="118"/>
+      <c r="D14" s="118"/>
+      <c r="E14" s="118"/>
+      <c r="F14" s="118"/>
+      <c r="G14" s="18" t="s">
         <v>166</v>
       </c>
-      <c r="B10" s="112"/>
-[...92 lines deleted...]
-      <c r="G14" s="40" t="s">
+      <c r="H14" s="18" t="s">
         <v>167</v>
       </c>
-      <c r="H14" s="40" t="s">
+      <c r="I14" s="18" t="s">
         <v>168</v>
       </c>
-      <c r="I14" s="40" t="s">
+      <c r="J14" s="18" t="s">
         <v>169</v>
       </c>
-      <c r="J14" s="40" t="s">
+      <c r="K14" s="18" t="s">
         <v>170</v>
       </c>
-      <c r="K14" s="40" t="s">
+      <c r="L14" s="18" t="s">
         <v>171</v>
       </c>
-      <c r="L14" s="40" t="s">
+      <c r="M14" s="18" t="s">
         <v>172</v>
       </c>
-      <c r="M14" s="40" t="s">
+      <c r="N14" s="18" t="s">
         <v>173</v>
       </c>
-      <c r="N14" s="40" t="s">
+      <c r="O14" s="18" t="s">
         <v>174</v>
       </c>
-      <c r="O14" s="40" t="s">
+      <c r="P14" s="18" t="s">
         <v>175</v>
       </c>
-      <c r="P14" s="40" t="s">
+      <c r="Q14" s="18" t="s">
         <v>176</v>
       </c>
-      <c r="Q14" s="40" t="s">
+      <c r="R14" s="19" t="s">
         <v>177</v>
       </c>
-      <c r="R14" s="41" t="s">
+      <c r="S14" s="20" t="s">
         <v>178</v>
       </c>
-      <c r="S14" s="42" t="s">
-[...49 lines deleted...]
-      <c r="S16" s="45">
+    </row>
+    <row r="15" spans="1:19" s="17" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="80" t="s">
+        <v>186</v>
+      </c>
+      <c r="B15" s="81"/>
+      <c r="C15" s="81"/>
+      <c r="D15" s="81"/>
+      <c r="E15" s="81"/>
+      <c r="F15" s="82"/>
+      <c r="G15" s="21"/>
+      <c r="H15" s="21"/>
+      <c r="I15" s="21"/>
+      <c r="J15" s="21"/>
+      <c r="K15" s="21"/>
+      <c r="L15" s="21"/>
+      <c r="M15" s="21"/>
+      <c r="N15" s="21"/>
+      <c r="O15" s="21"/>
+      <c r="P15" s="21"/>
+      <c r="Q15" s="21"/>
+      <c r="R15" s="22"/>
+      <c r="S15" s="25"/>
+    </row>
+    <row r="16" spans="1:19" s="17" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="109" t="s">
+        <v>192</v>
+      </c>
+      <c r="B16" s="109"/>
+      <c r="C16" s="109"/>
+      <c r="D16" s="109"/>
+      <c r="E16" s="110"/>
+      <c r="F16" s="35" t="s">
+        <v>189</v>
+      </c>
+      <c r="G16" s="21"/>
+      <c r="H16" s="21"/>
+      <c r="I16" s="21"/>
+      <c r="J16" s="21"/>
+      <c r="K16" s="21"/>
+      <c r="L16" s="21"/>
+      <c r="M16" s="21"/>
+      <c r="N16" s="21"/>
+      <c r="O16" s="21"/>
+      <c r="P16" s="21"/>
+      <c r="Q16" s="21"/>
+      <c r="R16" s="22"/>
+      <c r="S16" s="23">
         <f t="shared" ref="S16:S21" si="0">SUM(G16:R16)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:19" s="39" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.35">
-[...20 lines deleted...]
-      <c r="S17" s="45">
+    <row r="17" spans="1:19" s="17" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="111"/>
+      <c r="B17" s="111"/>
+      <c r="C17" s="111"/>
+      <c r="D17" s="111"/>
+      <c r="E17" s="112"/>
+      <c r="F17" s="35" t="s">
+        <v>188</v>
+      </c>
+      <c r="G17" s="21"/>
+      <c r="H17" s="21"/>
+      <c r="I17" s="21"/>
+      <c r="J17" s="21"/>
+      <c r="K17" s="21"/>
+      <c r="L17" s="21"/>
+      <c r="M17" s="21"/>
+      <c r="N17" s="21"/>
+      <c r="O17" s="21"/>
+      <c r="P17" s="21"/>
+      <c r="Q17" s="21"/>
+      <c r="R17" s="22"/>
+      <c r="S17" s="23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:19" s="39" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:19" s="17" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="76" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B18" s="77"/>
       <c r="C18" s="77"/>
       <c r="D18" s="77"/>
       <c r="E18" s="77"/>
-      <c r="F18" s="57" t="s">
-[...14 lines deleted...]
-      <c r="S18" s="45">
+      <c r="F18" s="35" t="s">
+        <v>189</v>
+      </c>
+      <c r="G18" s="21"/>
+      <c r="H18" s="21"/>
+      <c r="I18" s="21"/>
+      <c r="J18" s="21"/>
+      <c r="K18" s="21"/>
+      <c r="L18" s="21"/>
+      <c r="M18" s="21"/>
+      <c r="N18" s="21"/>
+      <c r="O18" s="21"/>
+      <c r="P18" s="21"/>
+      <c r="Q18" s="21"/>
+      <c r="R18" s="22"/>
+      <c r="S18" s="23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:19" s="39" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:19" s="17" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="78"/>
       <c r="B19" s="79"/>
       <c r="C19" s="79"/>
       <c r="D19" s="79"/>
       <c r="E19" s="79"/>
-      <c r="F19" s="57" t="s">
-[...14 lines deleted...]
-      <c r="S19" s="45">
+      <c r="F19" s="35" t="s">
+        <v>188</v>
+      </c>
+      <c r="G19" s="21"/>
+      <c r="H19" s="21"/>
+      <c r="I19" s="21"/>
+      <c r="J19" s="21"/>
+      <c r="K19" s="21"/>
+      <c r="L19" s="21"/>
+      <c r="M19" s="21"/>
+      <c r="N19" s="21"/>
+      <c r="O19" s="21"/>
+      <c r="P19" s="21"/>
+      <c r="Q19" s="21"/>
+      <c r="R19" s="22"/>
+      <c r="S19" s="23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:19" s="39" customFormat="1" ht="104.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:19" s="17" customFormat="1" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="80" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B20" s="81"/>
       <c r="C20" s="81"/>
       <c r="D20" s="81"/>
       <c r="E20" s="81"/>
       <c r="F20" s="82"/>
-      <c r="G20" s="43"/>
-[...11 lines deleted...]
-      <c r="S20" s="45">
+      <c r="G20" s="21"/>
+      <c r="H20" s="21"/>
+      <c r="I20" s="21"/>
+      <c r="J20" s="21"/>
+      <c r="K20" s="21"/>
+      <c r="L20" s="21"/>
+      <c r="M20" s="21"/>
+      <c r="N20" s="21"/>
+      <c r="O20" s="21"/>
+      <c r="P20" s="21"/>
+      <c r="Q20" s="21"/>
+      <c r="R20" s="22"/>
+      <c r="S20" s="23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:19" s="39" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:19" s="17" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="80" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B21" s="81"/>
       <c r="C21" s="81"/>
       <c r="D21" s="81"/>
       <c r="E21" s="81"/>
       <c r="F21" s="82"/>
-      <c r="G21" s="43"/>
-[...11 lines deleted...]
-      <c r="S21" s="45">
+      <c r="G21" s="21"/>
+      <c r="H21" s="21"/>
+      <c r="I21" s="21"/>
+      <c r="J21" s="21"/>
+      <c r="K21" s="21"/>
+      <c r="L21" s="21"/>
+      <c r="M21" s="21"/>
+      <c r="N21" s="21"/>
+      <c r="O21" s="21"/>
+      <c r="P21" s="21"/>
+      <c r="Q21" s="21"/>
+      <c r="R21" s="22"/>
+      <c r="S21" s="23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:19" s="39" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:19" s="17" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="80" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B22" s="81"/>
       <c r="C22" s="81"/>
       <c r="D22" s="81"/>
       <c r="E22" s="81"/>
       <c r="F22" s="82"/>
-      <c r="G22" s="43"/>
-[...13 lines deleted...]
-    <row r="23" spans="1:19" s="39" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="G22" s="21"/>
+      <c r="H22" s="21"/>
+      <c r="I22" s="21"/>
+      <c r="J22" s="21"/>
+      <c r="K22" s="21"/>
+      <c r="L22" s="21"/>
+      <c r="M22" s="21"/>
+      <c r="N22" s="21"/>
+      <c r="O22" s="21"/>
+      <c r="P22" s="21"/>
+      <c r="Q22" s="21"/>
+      <c r="R22" s="22"/>
+      <c r="S22" s="25"/>
+    </row>
+    <row r="23" spans="1:19" s="17" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="83" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B23" s="83"/>
       <c r="C23" s="83"/>
       <c r="D23" s="83"/>
       <c r="E23" s="83"/>
       <c r="F23" s="83"/>
-      <c r="G23" s="43"/>
-[...11 lines deleted...]
-      <c r="S23" s="43">
+      <c r="G23" s="21"/>
+      <c r="H23" s="21"/>
+      <c r="I23" s="21"/>
+      <c r="J23" s="21"/>
+      <c r="K23" s="21"/>
+      <c r="L23" s="21"/>
+      <c r="M23" s="21"/>
+      <c r="N23" s="21"/>
+      <c r="O23" s="21"/>
+      <c r="P23" s="21"/>
+      <c r="Q23" s="21"/>
+      <c r="R23" s="22"/>
+      <c r="S23" s="21">
         <f t="shared" ref="S23" si="1">SUM(G23:R23)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:19" s="39" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:19" s="17" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="83" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B24" s="83"/>
       <c r="C24" s="83"/>
       <c r="D24" s="83"/>
       <c r="E24" s="83"/>
       <c r="F24" s="83"/>
-      <c r="G24" s="58"/>
-[...55 lines deleted...]
-    <row r="27" spans="1:19" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="G24" s="36"/>
+      <c r="H24" s="36"/>
+      <c r="I24" s="36"/>
+      <c r="J24" s="36"/>
+      <c r="K24" s="36"/>
+      <c r="L24" s="36"/>
+      <c r="M24" s="36"/>
+      <c r="N24" s="36"/>
+      <c r="O24" s="36"/>
+      <c r="P24" s="36"/>
+      <c r="Q24" s="36"/>
+      <c r="R24" s="36"/>
+      <c r="S24" s="37"/>
+    </row>
+    <row r="25" spans="1:19" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A25" s="29"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="30"/>
+      <c r="D25" s="30"/>
+      <c r="E25" s="30"/>
+      <c r="F25" s="30"/>
+      <c r="G25" s="30"/>
+      <c r="H25" s="30"/>
+      <c r="I25" s="30"/>
+      <c r="J25" s="30"/>
+      <c r="K25" s="30"/>
+      <c r="L25" s="30"/>
+      <c r="M25" s="30"/>
+      <c r="N25" s="30"/>
+      <c r="O25" s="30"/>
+      <c r="P25" s="30"/>
+      <c r="Q25" s="30"/>
+      <c r="R25" s="30"/>
+      <c r="S25" s="31"/>
+    </row>
+    <row r="26" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="32"/>
+      <c r="B26" s="33"/>
+      <c r="C26" s="33"/>
+      <c r="D26" s="33"/>
+      <c r="E26" s="34"/>
+      <c r="F26" s="34"/>
+      <c r="G26" s="34"/>
+      <c r="H26" s="34"/>
+      <c r="I26" s="34"/>
+      <c r="J26" s="34"/>
+      <c r="K26" s="34"/>
+      <c r="L26" s="34"/>
+      <c r="M26" s="34"/>
+      <c r="N26" s="30"/>
+      <c r="O26" s="30"/>
+      <c r="P26" s="30"/>
+      <c r="Q26" s="30"/>
+      <c r="R26" s="30"/>
+      <c r="S26" s="31"/>
+    </row>
+    <row r="27" spans="1:19" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A27" s="69" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B27" s="70"/>
       <c r="C27" s="70"/>
       <c r="D27" s="70"/>
       <c r="E27" s="70"/>
       <c r="F27" s="70"/>
       <c r="G27" s="70"/>
       <c r="H27" s="70"/>
       <c r="I27" s="70"/>
       <c r="J27" s="70"/>
       <c r="K27" s="70"/>
       <c r="L27" s="70"/>
       <c r="M27" s="70"/>
       <c r="N27" s="70"/>
       <c r="O27" s="70"/>
       <c r="P27" s="70"/>
       <c r="Q27" s="70"/>
       <c r="R27" s="70"/>
       <c r="S27" s="71"/>
     </row>
-    <row r="28" spans="1:19" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:19" ht="31.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="72" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B28" s="73"/>
       <c r="C28" s="73"/>
       <c r="D28" s="73"/>
       <c r="E28" s="73"/>
       <c r="F28" s="73"/>
       <c r="G28" s="73"/>
       <c r="H28" s="73"/>
       <c r="I28" s="73"/>
       <c r="J28" s="73"/>
       <c r="K28" s="73"/>
       <c r="L28" s="73"/>
       <c r="M28" s="73"/>
       <c r="N28" s="73"/>
       <c r="O28" s="73"/>
       <c r="P28" s="73"/>
       <c r="Q28" s="73"/>
       <c r="R28" s="73"/>
       <c r="S28" s="74"/>
     </row>
-    <row r="29" spans="1:19" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:19" ht="31.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="75" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B29" s="61"/>
       <c r="C29" s="61"/>
       <c r="D29" s="61"/>
       <c r="E29" s="61"/>
       <c r="F29" s="61"/>
       <c r="G29" s="61"/>
       <c r="H29" s="61"/>
       <c r="I29" s="61"/>
       <c r="J29" s="61"/>
       <c r="K29" s="61"/>
       <c r="L29" s="61"/>
       <c r="M29" s="61"/>
       <c r="N29" s="61"/>
       <c r="O29" s="61"/>
       <c r="P29" s="61"/>
       <c r="Q29" s="61"/>
       <c r="R29" s="61"/>
       <c r="S29" s="62"/>
     </row>
-    <row r="30" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="75"/>
       <c r="B30" s="61"/>
       <c r="C30" s="61"/>
       <c r="D30" s="61"/>
       <c r="E30" s="61"/>
       <c r="F30" s="61"/>
       <c r="G30" s="61"/>
       <c r="H30" s="61"/>
       <c r="I30" s="61"/>
       <c r="J30" s="61"/>
       <c r="K30" s="61"/>
       <c r="L30" s="61"/>
       <c r="M30" s="61"/>
       <c r="N30" s="61"/>
       <c r="O30" s="61"/>
       <c r="P30" s="61"/>
       <c r="Q30" s="61"/>
       <c r="R30" s="61"/>
       <c r="S30" s="62"/>
     </row>
-    <row r="31" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="63" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B31" s="65"/>
       <c r="C31" s="65"/>
       <c r="D31" s="65"/>
       <c r="E31" s="65"/>
       <c r="F31" s="65"/>
       <c r="G31" s="65"/>
       <c r="H31" s="65"/>
       <c r="I31" s="65"/>
       <c r="J31" s="65"/>
       <c r="K31" s="65"/>
       <c r="L31" s="65"/>
       <c r="M31" s="65"/>
       <c r="N31" s="65"/>
       <c r="O31" s="65"/>
       <c r="P31" s="65"/>
       <c r="Q31" s="65"/>
       <c r="R31" s="65"/>
       <c r="S31" s="66"/>
     </row>
-    <row r="32" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="63"/>
       <c r="B32" s="65"/>
       <c r="C32" s="65"/>
       <c r="D32" s="65"/>
       <c r="E32" s="65"/>
       <c r="F32" s="65"/>
       <c r="G32" s="65"/>
       <c r="H32" s="65"/>
       <c r="I32" s="65"/>
       <c r="J32" s="65"/>
       <c r="K32" s="65"/>
       <c r="L32" s="65"/>
       <c r="M32" s="65"/>
       <c r="N32" s="65"/>
       <c r="O32" s="65"/>
       <c r="P32" s="65"/>
       <c r="Q32" s="65"/>
       <c r="R32" s="65"/>
       <c r="S32" s="66"/>
     </row>
-    <row r="33" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="60" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B33" s="61"/>
       <c r="C33" s="61"/>
       <c r="D33" s="61"/>
       <c r="E33" s="61"/>
       <c r="F33" s="61"/>
       <c r="G33" s="61"/>
       <c r="H33" s="61"/>
       <c r="I33" s="61"/>
       <c r="J33" s="61"/>
       <c r="K33" s="61"/>
       <c r="L33" s="61"/>
       <c r="M33" s="61"/>
       <c r="N33" s="61"/>
       <c r="O33" s="61"/>
       <c r="P33" s="61"/>
       <c r="Q33" s="61"/>
       <c r="R33" s="61"/>
       <c r="S33" s="62"/>
     </row>
-    <row r="34" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="60"/>
       <c r="B34" s="61"/>
       <c r="C34" s="61"/>
       <c r="D34" s="61"/>
       <c r="E34" s="61"/>
       <c r="F34" s="61"/>
       <c r="G34" s="61"/>
       <c r="H34" s="61"/>
       <c r="I34" s="61"/>
       <c r="J34" s="61"/>
       <c r="K34" s="61"/>
       <c r="L34" s="61"/>
       <c r="M34" s="61"/>
       <c r="N34" s="61"/>
       <c r="O34" s="61"/>
       <c r="P34" s="61"/>
       <c r="Q34" s="61"/>
       <c r="R34" s="61"/>
       <c r="S34" s="62"/>
     </row>
-    <row r="35" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="63" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B35" s="65"/>
       <c r="C35" s="65"/>
       <c r="D35" s="65"/>
       <c r="E35" s="65"/>
       <c r="F35" s="65"/>
       <c r="G35" s="65"/>
       <c r="H35" s="65"/>
       <c r="I35" s="65"/>
       <c r="J35" s="65"/>
       <c r="K35" s="65"/>
       <c r="L35" s="65"/>
       <c r="M35" s="65"/>
       <c r="N35" s="65"/>
       <c r="O35" s="65"/>
       <c r="P35" s="65"/>
       <c r="Q35" s="65"/>
       <c r="R35" s="65"/>
       <c r="S35" s="66"/>
     </row>
-    <row r="36" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="63"/>
       <c r="B36" s="65"/>
       <c r="C36" s="65"/>
       <c r="D36" s="65"/>
       <c r="E36" s="65"/>
       <c r="F36" s="65"/>
       <c r="G36" s="65"/>
       <c r="H36" s="65"/>
       <c r="I36" s="65"/>
       <c r="J36" s="65"/>
       <c r="K36" s="65"/>
       <c r="L36" s="65"/>
       <c r="M36" s="65"/>
       <c r="N36" s="65"/>
       <c r="O36" s="65"/>
       <c r="P36" s="65"/>
       <c r="Q36" s="65"/>
       <c r="R36" s="65"/>
       <c r="S36" s="66"/>
     </row>
-    <row r="37" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="60" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B37" s="61"/>
       <c r="C37" s="61"/>
       <c r="D37" s="61"/>
       <c r="E37" s="61"/>
       <c r="F37" s="61"/>
       <c r="G37" s="61"/>
       <c r="H37" s="61"/>
       <c r="I37" s="61"/>
       <c r="J37" s="61"/>
       <c r="K37" s="61"/>
       <c r="L37" s="61"/>
       <c r="M37" s="61"/>
       <c r="N37" s="61"/>
       <c r="O37" s="61"/>
       <c r="P37" s="61"/>
       <c r="Q37" s="61"/>
       <c r="R37" s="61"/>
       <c r="S37" s="62"/>
     </row>
-    <row r="38" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="60"/>
       <c r="B38" s="61"/>
       <c r="C38" s="61"/>
       <c r="D38" s="61"/>
       <c r="E38" s="61"/>
       <c r="F38" s="61"/>
       <c r="G38" s="61"/>
       <c r="H38" s="61"/>
       <c r="I38" s="61"/>
       <c r="J38" s="61"/>
       <c r="K38" s="61"/>
       <c r="L38" s="61"/>
       <c r="M38" s="61"/>
       <c r="N38" s="61"/>
       <c r="O38" s="61"/>
       <c r="P38" s="61"/>
       <c r="Q38" s="61"/>
       <c r="R38" s="61"/>
       <c r="S38" s="62"/>
     </row>
-    <row r="39" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="63" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B39" s="65"/>
       <c r="C39" s="65"/>
       <c r="D39" s="65"/>
       <c r="E39" s="65"/>
       <c r="F39" s="65"/>
       <c r="G39" s="65"/>
       <c r="H39" s="65"/>
       <c r="I39" s="65"/>
       <c r="J39" s="65"/>
       <c r="K39" s="65"/>
       <c r="L39" s="65"/>
       <c r="M39" s="65"/>
       <c r="N39" s="65"/>
       <c r="O39" s="65"/>
       <c r="P39" s="65"/>
       <c r="Q39" s="65"/>
       <c r="R39" s="65"/>
       <c r="S39" s="66"/>
     </row>
-    <row r="40" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="63"/>
       <c r="B40" s="65"/>
       <c r="C40" s="65"/>
       <c r="D40" s="65"/>
       <c r="E40" s="65"/>
       <c r="F40" s="65"/>
       <c r="G40" s="65"/>
       <c r="H40" s="65"/>
       <c r="I40" s="65"/>
       <c r="J40" s="65"/>
       <c r="K40" s="65"/>
       <c r="L40" s="65"/>
       <c r="M40" s="65"/>
       <c r="N40" s="65"/>
       <c r="O40" s="65"/>
       <c r="P40" s="65"/>
       <c r="Q40" s="65"/>
       <c r="R40" s="65"/>
       <c r="S40" s="66"/>
     </row>
-    <row r="41" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="60" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B41" s="61"/>
       <c r="C41" s="61"/>
       <c r="D41" s="61"/>
       <c r="E41" s="61"/>
       <c r="F41" s="61"/>
       <c r="G41" s="61"/>
       <c r="H41" s="61"/>
       <c r="I41" s="61"/>
       <c r="J41" s="61"/>
       <c r="K41" s="61"/>
       <c r="L41" s="61"/>
       <c r="M41" s="61"/>
       <c r="N41" s="61"/>
       <c r="O41" s="61"/>
       <c r="P41" s="61"/>
       <c r="Q41" s="61"/>
       <c r="R41" s="61"/>
       <c r="S41" s="62"/>
     </row>
-    <row r="42" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="60"/>
       <c r="B42" s="61"/>
       <c r="C42" s="61"/>
       <c r="D42" s="61"/>
       <c r="E42" s="61"/>
       <c r="F42" s="61"/>
       <c r="G42" s="61"/>
       <c r="H42" s="61"/>
       <c r="I42" s="61"/>
       <c r="J42" s="61"/>
       <c r="K42" s="61"/>
       <c r="L42" s="61"/>
       <c r="M42" s="61"/>
       <c r="N42" s="61"/>
       <c r="O42" s="61"/>
       <c r="P42" s="61"/>
       <c r="Q42" s="61"/>
       <c r="R42" s="61"/>
       <c r="S42" s="62"/>
     </row>
-    <row r="43" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="63" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B43" s="65"/>
       <c r="C43" s="65"/>
       <c r="D43" s="65"/>
       <c r="E43" s="65"/>
       <c r="F43" s="65"/>
       <c r="G43" s="65"/>
       <c r="H43" s="65"/>
       <c r="I43" s="65"/>
       <c r="J43" s="65"/>
       <c r="K43" s="65"/>
       <c r="L43" s="65"/>
       <c r="M43" s="65"/>
       <c r="N43" s="65"/>
       <c r="O43" s="65"/>
       <c r="P43" s="65"/>
       <c r="Q43" s="65"/>
       <c r="R43" s="65"/>
       <c r="S43" s="66"/>
     </row>
-    <row r="44" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="63"/>
       <c r="B44" s="65"/>
       <c r="C44" s="65"/>
       <c r="D44" s="65"/>
       <c r="E44" s="65"/>
       <c r="F44" s="65"/>
       <c r="G44" s="65"/>
       <c r="H44" s="65"/>
       <c r="I44" s="65"/>
       <c r="J44" s="65"/>
       <c r="K44" s="65"/>
       <c r="L44" s="65"/>
       <c r="M44" s="65"/>
       <c r="N44" s="65"/>
       <c r="O44" s="65"/>
       <c r="P44" s="65"/>
       <c r="Q44" s="65"/>
       <c r="R44" s="65"/>
       <c r="S44" s="66"/>
     </row>
-    <row r="45" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="60" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B45" s="61"/>
       <c r="C45" s="61"/>
       <c r="D45" s="61"/>
       <c r="E45" s="61"/>
       <c r="F45" s="61"/>
       <c r="G45" s="61"/>
       <c r="H45" s="61"/>
       <c r="I45" s="61"/>
       <c r="J45" s="61"/>
       <c r="K45" s="61"/>
       <c r="L45" s="61"/>
       <c r="M45" s="61"/>
       <c r="N45" s="61"/>
       <c r="O45" s="61"/>
       <c r="P45" s="61"/>
       <c r="Q45" s="61"/>
       <c r="R45" s="61"/>
       <c r="S45" s="62"/>
     </row>
-    <row r="46" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="60"/>
       <c r="B46" s="61"/>
       <c r="C46" s="61"/>
       <c r="D46" s="61"/>
       <c r="E46" s="61"/>
       <c r="F46" s="61"/>
       <c r="G46" s="61"/>
       <c r="H46" s="61"/>
       <c r="I46" s="61"/>
       <c r="J46" s="61"/>
       <c r="K46" s="61"/>
       <c r="L46" s="61"/>
       <c r="M46" s="61"/>
       <c r="N46" s="61"/>
       <c r="O46" s="61"/>
       <c r="P46" s="61"/>
       <c r="Q46" s="61"/>
       <c r="R46" s="61"/>
       <c r="S46" s="62"/>
     </row>
-    <row r="47" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="63" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B47" s="65"/>
       <c r="C47" s="65"/>
       <c r="D47" s="65"/>
       <c r="E47" s="65"/>
       <c r="F47" s="65"/>
       <c r="G47" s="65"/>
       <c r="H47" s="65"/>
       <c r="I47" s="65"/>
       <c r="J47" s="65"/>
       <c r="K47" s="65"/>
       <c r="L47" s="65"/>
       <c r="M47" s="65"/>
       <c r="N47" s="65"/>
       <c r="O47" s="65"/>
       <c r="P47" s="65"/>
       <c r="Q47" s="65"/>
       <c r="R47" s="65"/>
       <c r="S47" s="66"/>
     </row>
-    <row r="48" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="63"/>
       <c r="B48" s="65"/>
       <c r="C48" s="65"/>
       <c r="D48" s="65"/>
       <c r="E48" s="65"/>
       <c r="F48" s="65"/>
       <c r="G48" s="65"/>
       <c r="H48" s="65"/>
       <c r="I48" s="65"/>
       <c r="J48" s="65"/>
       <c r="K48" s="65"/>
       <c r="L48" s="65"/>
       <c r="M48" s="65"/>
       <c r="N48" s="65"/>
       <c r="O48" s="65"/>
       <c r="P48" s="65"/>
       <c r="Q48" s="65"/>
       <c r="R48" s="65"/>
       <c r="S48" s="66"/>
     </row>
-    <row r="49" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="60" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B49" s="61"/>
       <c r="C49" s="61"/>
       <c r="D49" s="61"/>
       <c r="E49" s="61"/>
       <c r="F49" s="61"/>
       <c r="G49" s="61"/>
       <c r="H49" s="61"/>
       <c r="I49" s="61"/>
       <c r="J49" s="61"/>
       <c r="K49" s="61"/>
       <c r="L49" s="61"/>
       <c r="M49" s="61"/>
       <c r="N49" s="61"/>
       <c r="O49" s="61"/>
       <c r="P49" s="61"/>
       <c r="Q49" s="61"/>
       <c r="R49" s="61"/>
       <c r="S49" s="62"/>
     </row>
-    <row r="50" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="60"/>
       <c r="B50" s="61"/>
       <c r="C50" s="61"/>
       <c r="D50" s="61"/>
       <c r="E50" s="61"/>
       <c r="F50" s="61"/>
       <c r="G50" s="61"/>
       <c r="H50" s="61"/>
       <c r="I50" s="61"/>
       <c r="J50" s="61"/>
       <c r="K50" s="61"/>
       <c r="L50" s="61"/>
       <c r="M50" s="61"/>
       <c r="N50" s="61"/>
       <c r="O50" s="61"/>
       <c r="P50" s="61"/>
       <c r="Q50" s="61"/>
       <c r="R50" s="61"/>
       <c r="S50" s="62"/>
     </row>
-    <row r="51" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="63" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B51" s="65"/>
       <c r="C51" s="65"/>
       <c r="D51" s="65"/>
       <c r="E51" s="65"/>
       <c r="F51" s="65"/>
       <c r="G51" s="65"/>
       <c r="H51" s="65"/>
       <c r="I51" s="65"/>
       <c r="J51" s="65"/>
       <c r="K51" s="65"/>
       <c r="L51" s="65"/>
       <c r="M51" s="65"/>
       <c r="N51" s="65"/>
       <c r="O51" s="65"/>
       <c r="P51" s="65"/>
       <c r="Q51" s="65"/>
       <c r="R51" s="65"/>
       <c r="S51" s="66"/>
     </row>
-    <row r="52" spans="1:19" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:19" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A52" s="64"/>
       <c r="B52" s="67"/>
       <c r="C52" s="67"/>
       <c r="D52" s="67"/>
       <c r="E52" s="67"/>
       <c r="F52" s="67"/>
       <c r="G52" s="67"/>
       <c r="H52" s="67"/>
       <c r="I52" s="67"/>
       <c r="J52" s="67"/>
       <c r="K52" s="67"/>
       <c r="L52" s="67"/>
       <c r="M52" s="67"/>
       <c r="N52" s="67"/>
       <c r="O52" s="67"/>
       <c r="P52" s="67"/>
       <c r="Q52" s="67"/>
       <c r="R52" s="67"/>
       <c r="S52" s="68"/>
     </row>
-    <row r="53" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
-[...47 lines deleted...]
-    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="53" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="50">
     <mergeCell ref="A11:F11"/>
     <mergeCell ref="G11:S11"/>
     <mergeCell ref="A8:F8"/>
     <mergeCell ref="G8:S8"/>
     <mergeCell ref="A16:E17"/>
-    <mergeCell ref="A1:S1"/>
-[...3 lines deleted...]
-    <mergeCell ref="G7:S7"/>
     <mergeCell ref="A9:F9"/>
     <mergeCell ref="G9:S9"/>
     <mergeCell ref="A12:F12"/>
     <mergeCell ref="G12:S12"/>
     <mergeCell ref="A14:F14"/>
     <mergeCell ref="A15:F15"/>
     <mergeCell ref="A10:F10"/>
     <mergeCell ref="G10:S10"/>
+    <mergeCell ref="A1:S1"/>
+    <mergeCell ref="A2:S3"/>
+    <mergeCell ref="A4:S5"/>
+    <mergeCell ref="A7:F7"/>
+    <mergeCell ref="G7:S7"/>
     <mergeCell ref="A27:S27"/>
     <mergeCell ref="A28:S28"/>
     <mergeCell ref="A29:A30"/>
     <mergeCell ref="B29:S30"/>
     <mergeCell ref="A18:E19"/>
     <mergeCell ref="A21:F21"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="A20:F20"/>
     <mergeCell ref="A23:F23"/>
     <mergeCell ref="A24:F24"/>
     <mergeCell ref="A31:A32"/>
     <mergeCell ref="B31:S32"/>
     <mergeCell ref="A33:A34"/>
     <mergeCell ref="B33:S34"/>
     <mergeCell ref="A35:A36"/>
     <mergeCell ref="B35:S36"/>
     <mergeCell ref="A37:A38"/>
     <mergeCell ref="B37:S38"/>
     <mergeCell ref="A39:A40"/>
     <mergeCell ref="B39:S40"/>
     <mergeCell ref="A41:A42"/>
     <mergeCell ref="B41:S42"/>
     <mergeCell ref="A49:A50"/>
     <mergeCell ref="B49:S50"/>
     <mergeCell ref="A51:A52"/>
     <mergeCell ref="B51:S52"/>
     <mergeCell ref="A43:A44"/>
     <mergeCell ref="B43:S44"/>
     <mergeCell ref="A45:A46"/>
     <mergeCell ref="B45:S46"/>
     <mergeCell ref="A47:A48"/>
     <mergeCell ref="B47:S48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="56" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <pageSetup scale="53" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <rowBreaks count="2" manualBreakCount="2">
-    <brk id="26" max="16383" man="1"/>
+    <brk id="24" max="16383" man="1"/>
     <brk id="38" max="18" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A7AA3B47-7763-4701-85B5-8F0B85FF81A0}">
-  <sheetPr codeName="Sheet3"/>
+  <sheetPr codeName="Sheet3">
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:Z681"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="G15" sqref="G15"/>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="D22" sqref="D22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="22.453125" customWidth="1"/>
-[...22 lines deleted...]
-    <col min="26" max="26" width="16.7265625" customWidth="1"/>
+    <col min="1" max="1" width="26.42578125" style="42" customWidth="1"/>
+    <col min="2" max="2" width="43.42578125" style="42" customWidth="1"/>
+    <col min="3" max="3" width="17.85546875" style="42" customWidth="1"/>
+    <col min="4" max="4" width="22" style="42" customWidth="1"/>
+    <col min="5" max="5" width="36.7109375" style="59" customWidth="1"/>
+    <col min="6" max="6" width="42.28515625" style="59" customWidth="1"/>
+    <col min="7" max="7" width="30.140625" style="42" customWidth="1"/>
+    <col min="8" max="8" width="34.28515625" style="42" customWidth="1"/>
+    <col min="9" max="9" width="32.7109375" style="42" customWidth="1"/>
+    <col min="10" max="10" width="28" style="42" customWidth="1"/>
+    <col min="11" max="11" width="26.85546875" style="42" customWidth="1"/>
+    <col min="12" max="12" width="19.140625" style="58" customWidth="1"/>
+    <col min="13" max="13" width="41.28515625" style="58" customWidth="1"/>
+    <col min="14" max="14" width="51.85546875" style="58" customWidth="1"/>
+    <col min="15" max="15" width="28.140625" style="42" customWidth="1"/>
+    <col min="16" max="16" width="49.7109375" style="59" customWidth="1"/>
+    <col min="17" max="17" width="62.42578125" style="59" customWidth="1"/>
+    <col min="18" max="18" width="57.140625" style="42" customWidth="1"/>
+    <col min="19" max="19" width="54.85546875" style="42" customWidth="1"/>
+    <col min="20" max="22" width="57.140625" style="42" customWidth="1"/>
+    <col min="23" max="23" width="37.85546875" style="42" customWidth="1"/>
+    <col min="24" max="24" width="38.28515625" style="42" customWidth="1"/>
+    <col min="25" max="25" width="31.28515625" style="59" customWidth="1"/>
+    <col min="26" max="26" width="29.5703125" style="42" customWidth="1"/>
+    <col min="27" max="16384" width="9.140625" style="42"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" ht="87.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="30" t="s">
+    <row r="1" spans="1:26" ht="79.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="38" t="s">
         <v>126</v>
       </c>
-      <c r="B1" s="31" t="s">
+      <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="33" t="s">
+      <c r="C1" s="39" t="s">
+        <v>151</v>
+      </c>
+      <c r="D1" s="39" t="s">
         <v>152</v>
       </c>
-      <c r="D1" s="33" t="s">
+      <c r="E1" s="39" t="s">
         <v>153</v>
       </c>
-      <c r="E1" s="33" t="s">
+      <c r="F1" s="39" t="s">
         <v>154</v>
       </c>
-      <c r="F1" s="33" t="s">
+      <c r="G1" s="39" t="s">
         <v>155</v>
       </c>
-      <c r="G1" s="33" t="s">
+      <c r="H1" s="39" t="s">
+        <v>184</v>
+      </c>
+      <c r="I1" s="39" t="s">
         <v>156</v>
       </c>
-      <c r="H1" s="33" t="s">
-[...2 lines deleted...]
-      <c r="I1" s="33" t="s">
+      <c r="J1" s="39" t="s">
         <v>157</v>
       </c>
-      <c r="J1" s="33" t="s">
+      <c r="K1" s="39" t="s">
         <v>158</v>
       </c>
-      <c r="K1" s="33" t="s">
+      <c r="L1" s="40" t="s">
+        <v>1</v>
+      </c>
+      <c r="M1" s="40" t="s">
+        <v>122</v>
+      </c>
+      <c r="N1" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="O1" s="39" t="s">
+        <v>145</v>
+      </c>
+      <c r="P1" s="39" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q1" s="39" t="s">
         <v>159</v>
       </c>
-      <c r="L1" s="34" t="s">
-[...8 lines deleted...]
-      <c r="O1" s="31" t="s">
+      <c r="R1" s="39" t="s">
+        <v>150</v>
+      </c>
+      <c r="S1" s="39" t="s">
+        <v>143</v>
+      </c>
+      <c r="T1" s="39" t="s">
+        <v>160</v>
+      </c>
+      <c r="U1" s="39" t="s">
         <v>146</v>
       </c>
-      <c r="P1" s="31" t="s">
-[...11 lines deleted...]
-      <c r="T1" s="33" t="s">
+      <c r="V1" s="39" t="s">
+        <v>3</v>
+      </c>
+      <c r="W1" s="39" t="s">
         <v>161</v>
       </c>
-      <c r="U1" s="31" t="s">
+      <c r="X1" s="39" t="s">
         <v>147</v>
       </c>
-      <c r="V1" s="31" t="s">
-[...2 lines deleted...]
-      <c r="W1" s="33" t="s">
+      <c r="Y1" s="39" t="s">
         <v>162</v>
       </c>
-      <c r="X1" s="31" t="s">
+      <c r="Z1" s="41" t="s">
         <v>148</v>
       </c>
-      <c r="Y1" s="33" t="s">
-[...19044 lines deleted...]
-      <c r="Z681" s="25"/>
+    </row>
+    <row r="2" spans="1:26" ht="30" x14ac:dyDescent="0.2">
+      <c r="A2" s="43"/>
+      <c r="B2" s="44"/>
+      <c r="C2" s="44" t="s">
+        <v>35</v>
+      </c>
+      <c r="D2" s="44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" s="46" t="s">
+        <v>7</v>
+      </c>
+      <c r="F2" s="46" t="s">
+        <v>7</v>
+      </c>
+      <c r="G2" s="44" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" s="44" t="s">
+        <v>127</v>
+      </c>
+      <c r="I2" s="44" t="s">
+        <v>20</v>
+      </c>
+      <c r="J2" s="44" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" s="44" t="s">
+        <v>57</v>
+      </c>
+      <c r="L2" s="45"/>
+      <c r="M2" s="45"/>
+      <c r="N2" s="45"/>
+      <c r="O2" s="44"/>
+      <c r="P2" s="46"/>
+      <c r="Q2" s="46" t="s">
+        <v>134</v>
+      </c>
+      <c r="R2" s="44"/>
+      <c r="S2" s="44"/>
+      <c r="T2" s="44" t="s">
+        <v>139</v>
+      </c>
+      <c r="U2" s="44"/>
+      <c r="V2" s="44"/>
+      <c r="W2" s="44" t="s">
+        <v>34</v>
+      </c>
+      <c r="X2" s="44"/>
+      <c r="Y2" s="46" t="s">
+        <v>124</v>
+      </c>
+      <c r="Z2" s="47"/>
+    </row>
+    <row r="3" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A3" s="48"/>
+      <c r="B3" s="49"/>
+      <c r="C3" s="44"/>
+      <c r="D3" s="44"/>
+      <c r="E3" s="46"/>
+      <c r="F3" s="46"/>
+      <c r="G3" s="44"/>
+      <c r="H3" s="44"/>
+      <c r="I3" s="44"/>
+      <c r="J3" s="44"/>
+      <c r="K3" s="44"/>
+      <c r="L3" s="50"/>
+      <c r="M3" s="50"/>
+      <c r="N3" s="50"/>
+      <c r="O3" s="49"/>
+      <c r="P3" s="51"/>
+      <c r="Q3" s="46"/>
+      <c r="R3" s="49"/>
+      <c r="S3" s="49"/>
+      <c r="T3" s="44"/>
+      <c r="U3" s="49"/>
+      <c r="V3" s="49"/>
+      <c r="W3" s="44"/>
+      <c r="X3" s="49"/>
+      <c r="Y3" s="46"/>
+      <c r="Z3" s="52"/>
+    </row>
+    <row r="4" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A4" s="48"/>
+      <c r="B4" s="49"/>
+      <c r="C4" s="44"/>
+      <c r="D4" s="44"/>
+      <c r="E4" s="46"/>
+      <c r="F4" s="46"/>
+      <c r="G4" s="44"/>
+      <c r="H4" s="44"/>
+      <c r="I4" s="44"/>
+      <c r="J4" s="44"/>
+      <c r="K4" s="44"/>
+      <c r="L4" s="50"/>
+      <c r="M4" s="50"/>
+      <c r="N4" s="50"/>
+      <c r="O4" s="49"/>
+      <c r="P4" s="51"/>
+      <c r="Q4" s="46"/>
+      <c r="R4" s="49"/>
+      <c r="S4" s="49"/>
+      <c r="T4" s="44"/>
+      <c r="U4" s="49"/>
+      <c r="V4" s="49"/>
+      <c r="W4" s="44"/>
+      <c r="X4" s="49"/>
+      <c r="Y4" s="46"/>
+      <c r="Z4" s="52"/>
+    </row>
+    <row r="5" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A5" s="48"/>
+      <c r="B5" s="49"/>
+      <c r="C5" s="44"/>
+      <c r="D5" s="44"/>
+      <c r="E5" s="46"/>
+      <c r="F5" s="46"/>
+      <c r="G5" s="44"/>
+      <c r="H5" s="44"/>
+      <c r="I5" s="44"/>
+      <c r="J5" s="44"/>
+      <c r="K5" s="44"/>
+      <c r="L5" s="50"/>
+      <c r="M5" s="50"/>
+      <c r="N5" s="50"/>
+      <c r="O5" s="49"/>
+      <c r="P5" s="51"/>
+      <c r="Q5" s="46"/>
+      <c r="R5" s="49"/>
+      <c r="S5" s="49"/>
+      <c r="T5" s="44"/>
+      <c r="U5" s="49"/>
+      <c r="V5" s="49"/>
+      <c r="W5" s="44"/>
+      <c r="X5" s="49"/>
+      <c r="Y5" s="46"/>
+      <c r="Z5" s="52"/>
+    </row>
+    <row r="6" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A6" s="48"/>
+      <c r="B6" s="49"/>
+      <c r="C6" s="44"/>
+      <c r="D6" s="44"/>
+      <c r="E6" s="46"/>
+      <c r="F6" s="46"/>
+      <c r="G6" s="44"/>
+      <c r="H6" s="44"/>
+      <c r="I6" s="44"/>
+      <c r="J6" s="44"/>
+      <c r="K6" s="44"/>
+      <c r="L6" s="50"/>
+      <c r="M6" s="50"/>
+      <c r="N6" s="50"/>
+      <c r="O6" s="49"/>
+      <c r="P6" s="51"/>
+      <c r="Q6" s="46"/>
+      <c r="R6" s="49"/>
+      <c r="S6" s="49"/>
+      <c r="T6" s="44"/>
+      <c r="U6" s="49"/>
+      <c r="V6" s="49"/>
+      <c r="W6" s="44"/>
+      <c r="X6" s="49"/>
+      <c r="Y6" s="46"/>
+      <c r="Z6" s="52"/>
+    </row>
+    <row r="7" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A7" s="48"/>
+      <c r="B7" s="49"/>
+      <c r="C7" s="44"/>
+      <c r="D7" s="44"/>
+      <c r="E7" s="46"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="44"/>
+      <c r="H7" s="44"/>
+      <c r="I7" s="44"/>
+      <c r="J7" s="44"/>
+      <c r="K7" s="44"/>
+      <c r="L7" s="50"/>
+      <c r="M7" s="50"/>
+      <c r="N7" s="50"/>
+      <c r="O7" s="49"/>
+      <c r="P7" s="51"/>
+      <c r="Q7" s="46"/>
+      <c r="R7" s="49"/>
+      <c r="S7" s="49"/>
+      <c r="T7" s="44"/>
+      <c r="U7" s="49"/>
+      <c r="V7" s="49"/>
+      <c r="W7" s="44"/>
+      <c r="X7" s="49"/>
+      <c r="Y7" s="46"/>
+      <c r="Z7" s="52"/>
+    </row>
+    <row r="8" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A8" s="48"/>
+      <c r="B8" s="49"/>
+      <c r="C8" s="44"/>
+      <c r="D8" s="44"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="44"/>
+      <c r="H8" s="44"/>
+      <c r="I8" s="44"/>
+      <c r="J8" s="44"/>
+      <c r="K8" s="44"/>
+      <c r="L8" s="50"/>
+      <c r="M8" s="50"/>
+      <c r="N8" s="50"/>
+      <c r="O8" s="49"/>
+      <c r="P8" s="51"/>
+      <c r="Q8" s="46"/>
+      <c r="R8" s="49"/>
+      <c r="S8" s="49"/>
+      <c r="T8" s="44"/>
+      <c r="U8" s="49"/>
+      <c r="V8" s="49"/>
+      <c r="W8" s="44"/>
+      <c r="X8" s="49"/>
+      <c r="Y8" s="46"/>
+      <c r="Z8" s="52"/>
+    </row>
+    <row r="9" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A9" s="48"/>
+      <c r="B9" s="49"/>
+      <c r="C9" s="44"/>
+      <c r="D9" s="44"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="44"/>
+      <c r="H9" s="44"/>
+      <c r="I9" s="44"/>
+      <c r="J9" s="44"/>
+      <c r="K9" s="44"/>
+      <c r="L9" s="50"/>
+      <c r="M9" s="50"/>
+      <c r="N9" s="50"/>
+      <c r="O9" s="49"/>
+      <c r="P9" s="51"/>
+      <c r="Q9" s="46"/>
+      <c r="R9" s="49"/>
+      <c r="S9" s="49"/>
+      <c r="T9" s="44"/>
+      <c r="U9" s="49"/>
+      <c r="V9" s="49"/>
+      <c r="W9" s="44"/>
+      <c r="X9" s="49"/>
+      <c r="Y9" s="46"/>
+      <c r="Z9" s="52"/>
+    </row>
+    <row r="10" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A10" s="48"/>
+      <c r="B10" s="49"/>
+      <c r="C10" s="44"/>
+      <c r="D10" s="44"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="44"/>
+      <c r="H10" s="44"/>
+      <c r="I10" s="44"/>
+      <c r="J10" s="44"/>
+      <c r="K10" s="44"/>
+      <c r="L10" s="50"/>
+      <c r="M10" s="50"/>
+      <c r="N10" s="50"/>
+      <c r="O10" s="49"/>
+      <c r="P10" s="51"/>
+      <c r="Q10" s="46"/>
+      <c r="R10" s="49"/>
+      <c r="S10" s="49"/>
+      <c r="T10" s="44"/>
+      <c r="U10" s="49"/>
+      <c r="V10" s="49"/>
+      <c r="W10" s="44"/>
+      <c r="X10" s="49"/>
+      <c r="Y10" s="46"/>
+      <c r="Z10" s="52"/>
+    </row>
+    <row r="11" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A11" s="48"/>
+      <c r="B11" s="49"/>
+      <c r="C11" s="44"/>
+      <c r="D11" s="44"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="44"/>
+      <c r="H11" s="44"/>
+      <c r="I11" s="44"/>
+      <c r="J11" s="44"/>
+      <c r="K11" s="44"/>
+      <c r="L11" s="50"/>
+      <c r="M11" s="50"/>
+      <c r="N11" s="50"/>
+      <c r="O11" s="49"/>
+      <c r="P11" s="51"/>
+      <c r="Q11" s="46"/>
+      <c r="R11" s="49"/>
+      <c r="S11" s="49"/>
+      <c r="T11" s="44"/>
+      <c r="U11" s="49"/>
+      <c r="V11" s="49"/>
+      <c r="W11" s="44"/>
+      <c r="X11" s="49"/>
+      <c r="Y11" s="46"/>
+      <c r="Z11" s="52"/>
+    </row>
+    <row r="12" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A12" s="48"/>
+      <c r="B12" s="49"/>
+      <c r="C12" s="44"/>
+      <c r="D12" s="44"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="46"/>
+      <c r="G12" s="44"/>
+      <c r="H12" s="44"/>
+      <c r="I12" s="44"/>
+      <c r="J12" s="44"/>
+      <c r="K12" s="44"/>
+      <c r="L12" s="50"/>
+      <c r="M12" s="50"/>
+      <c r="N12" s="50"/>
+      <c r="O12" s="49"/>
+      <c r="P12" s="51"/>
+      <c r="Q12" s="46"/>
+      <c r="R12" s="49"/>
+      <c r="S12" s="49"/>
+      <c r="T12" s="44"/>
+      <c r="U12" s="49"/>
+      <c r="V12" s="49"/>
+      <c r="W12" s="44"/>
+      <c r="X12" s="49"/>
+      <c r="Y12" s="46"/>
+      <c r="Z12" s="52"/>
+    </row>
+    <row r="13" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A13" s="48"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="44"/>
+      <c r="D13" s="44"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="44"/>
+      <c r="H13" s="44"/>
+      <c r="I13" s="44"/>
+      <c r="J13" s="44"/>
+      <c r="K13" s="44"/>
+      <c r="L13" s="50"/>
+      <c r="M13" s="50"/>
+      <c r="N13" s="50"/>
+      <c r="O13" s="49"/>
+      <c r="P13" s="51"/>
+      <c r="Q13" s="46"/>
+      <c r="R13" s="49"/>
+      <c r="S13" s="49"/>
+      <c r="T13" s="44"/>
+      <c r="U13" s="49"/>
+      <c r="V13" s="49"/>
+      <c r="W13" s="44"/>
+      <c r="X13" s="49"/>
+      <c r="Y13" s="46"/>
+      <c r="Z13" s="52"/>
+    </row>
+    <row r="14" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A14" s="48"/>
+      <c r="B14" s="49"/>
+      <c r="C14" s="44"/>
+      <c r="D14" s="44"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="44"/>
+      <c r="H14" s="44"/>
+      <c r="I14" s="44"/>
+      <c r="J14" s="44"/>
+      <c r="K14" s="44"/>
+      <c r="L14" s="50"/>
+      <c r="M14" s="50"/>
+      <c r="N14" s="50"/>
+      <c r="O14" s="49"/>
+      <c r="P14" s="51"/>
+      <c r="Q14" s="46"/>
+      <c r="R14" s="49"/>
+      <c r="S14" s="49"/>
+      <c r="T14" s="44"/>
+      <c r="U14" s="49"/>
+      <c r="V14" s="49"/>
+      <c r="W14" s="44"/>
+      <c r="X14" s="49"/>
+      <c r="Y14" s="46"/>
+      <c r="Z14" s="52"/>
+    </row>
+    <row r="15" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A15" s="48"/>
+      <c r="B15" s="49"/>
+      <c r="C15" s="44"/>
+      <c r="D15" s="44"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="46"/>
+      <c r="G15" s="44"/>
+      <c r="H15" s="44"/>
+      <c r="I15" s="44"/>
+      <c r="J15" s="44"/>
+      <c r="K15" s="44"/>
+      <c r="L15" s="50"/>
+      <c r="M15" s="50"/>
+      <c r="N15" s="50"/>
+      <c r="O15" s="49"/>
+      <c r="P15" s="51"/>
+      <c r="Q15" s="46"/>
+      <c r="R15" s="49"/>
+      <c r="S15" s="49"/>
+      <c r="T15" s="44"/>
+      <c r="U15" s="49"/>
+      <c r="V15" s="49"/>
+      <c r="W15" s="44"/>
+      <c r="X15" s="49"/>
+      <c r="Y15" s="46"/>
+      <c r="Z15" s="52"/>
+    </row>
+    <row r="16" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A16" s="48"/>
+      <c r="B16" s="49"/>
+      <c r="C16" s="44"/>
+      <c r="D16" s="44"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="44"/>
+      <c r="H16" s="44"/>
+      <c r="I16" s="44"/>
+      <c r="J16" s="44"/>
+      <c r="K16" s="44"/>
+      <c r="L16" s="50"/>
+      <c r="M16" s="50"/>
+      <c r="N16" s="50"/>
+      <c r="O16" s="49"/>
+      <c r="P16" s="51"/>
+      <c r="Q16" s="46"/>
+      <c r="R16" s="49"/>
+      <c r="S16" s="49"/>
+      <c r="T16" s="44"/>
+      <c r="U16" s="49"/>
+      <c r="V16" s="49"/>
+      <c r="W16" s="44"/>
+      <c r="X16" s="49"/>
+      <c r="Y16" s="46"/>
+      <c r="Z16" s="52"/>
+    </row>
+    <row r="17" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A17" s="48"/>
+      <c r="B17" s="49"/>
+      <c r="C17" s="44"/>
+      <c r="D17" s="44"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="44"/>
+      <c r="H17" s="44"/>
+      <c r="I17" s="44"/>
+      <c r="J17" s="44"/>
+      <c r="K17" s="44"/>
+      <c r="L17" s="50"/>
+      <c r="M17" s="50"/>
+      <c r="N17" s="50"/>
+      <c r="O17" s="49"/>
+      <c r="P17" s="51"/>
+      <c r="Q17" s="46"/>
+      <c r="R17" s="49"/>
+      <c r="S17" s="49"/>
+      <c r="T17" s="44"/>
+      <c r="U17" s="49"/>
+      <c r="V17" s="49"/>
+      <c r="W17" s="44"/>
+      <c r="X17" s="49"/>
+      <c r="Y17" s="46"/>
+      <c r="Z17" s="52"/>
+    </row>
+    <row r="18" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A18" s="48"/>
+      <c r="B18" s="49"/>
+      <c r="C18" s="44"/>
+      <c r="D18" s="44"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="44"/>
+      <c r="H18" s="44"/>
+      <c r="I18" s="44"/>
+      <c r="J18" s="44"/>
+      <c r="K18" s="44"/>
+      <c r="L18" s="50"/>
+      <c r="M18" s="50"/>
+      <c r="N18" s="50"/>
+      <c r="O18" s="49"/>
+      <c r="P18" s="51"/>
+      <c r="Q18" s="46"/>
+      <c r="R18" s="49"/>
+      <c r="S18" s="49"/>
+      <c r="T18" s="44"/>
+      <c r="U18" s="49"/>
+      <c r="V18" s="49"/>
+      <c r="W18" s="44"/>
+      <c r="X18" s="49"/>
+      <c r="Y18" s="46"/>
+      <c r="Z18" s="52"/>
+    </row>
+    <row r="19" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A19" s="48"/>
+      <c r="B19" s="49"/>
+      <c r="C19" s="44"/>
+      <c r="D19" s="44"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="44"/>
+      <c r="H19" s="44"/>
+      <c r="I19" s="44"/>
+      <c r="J19" s="44"/>
+      <c r="K19" s="44"/>
+      <c r="L19" s="50"/>
+      <c r="M19" s="50"/>
+      <c r="N19" s="50"/>
+      <c r="O19" s="49"/>
+      <c r="P19" s="51"/>
+      <c r="Q19" s="46"/>
+      <c r="R19" s="49"/>
+      <c r="S19" s="49"/>
+      <c r="T19" s="44"/>
+      <c r="U19" s="49"/>
+      <c r="V19" s="49"/>
+      <c r="W19" s="44"/>
+      <c r="X19" s="49"/>
+      <c r="Y19" s="46"/>
+      <c r="Z19" s="52"/>
+    </row>
+    <row r="20" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A20" s="48"/>
+      <c r="B20" s="49"/>
+      <c r="C20" s="44"/>
+      <c r="D20" s="44"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="44"/>
+      <c r="H20" s="44"/>
+      <c r="I20" s="44"/>
+      <c r="J20" s="44"/>
+      <c r="K20" s="44"/>
+      <c r="L20" s="50"/>
+      <c r="M20" s="50"/>
+      <c r="N20" s="50"/>
+      <c r="O20" s="49"/>
+      <c r="P20" s="51"/>
+      <c r="Q20" s="46"/>
+      <c r="R20" s="49"/>
+      <c r="S20" s="49"/>
+      <c r="T20" s="44"/>
+      <c r="U20" s="49"/>
+      <c r="V20" s="49"/>
+      <c r="W20" s="44"/>
+      <c r="X20" s="49"/>
+      <c r="Y20" s="46"/>
+      <c r="Z20" s="52"/>
+    </row>
+    <row r="21" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A21" s="48"/>
+      <c r="B21" s="49"/>
+      <c r="C21" s="44"/>
+      <c r="D21" s="44"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="44"/>
+      <c r="H21" s="44"/>
+      <c r="I21" s="44"/>
+      <c r="J21" s="44"/>
+      <c r="K21" s="44"/>
+      <c r="L21" s="50"/>
+      <c r="M21" s="50"/>
+      <c r="N21" s="50"/>
+      <c r="O21" s="49"/>
+      <c r="P21" s="51"/>
+      <c r="Q21" s="46"/>
+      <c r="R21" s="49"/>
+      <c r="S21" s="49"/>
+      <c r="T21" s="44"/>
+      <c r="U21" s="49"/>
+      <c r="V21" s="49"/>
+      <c r="W21" s="44"/>
+      <c r="X21" s="49"/>
+      <c r="Y21" s="46"/>
+      <c r="Z21" s="52"/>
+    </row>
+    <row r="22" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A22" s="48"/>
+      <c r="B22" s="49"/>
+      <c r="C22" s="44"/>
+      <c r="D22" s="44"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="44"/>
+      <c r="H22" s="44"/>
+      <c r="I22" s="44"/>
+      <c r="J22" s="44"/>
+      <c r="K22" s="44"/>
+      <c r="L22" s="50"/>
+      <c r="M22" s="50"/>
+      <c r="N22" s="50"/>
+      <c r="O22" s="49"/>
+      <c r="P22" s="51"/>
+      <c r="Q22" s="46"/>
+      <c r="R22" s="49"/>
+      <c r="S22" s="49"/>
+      <c r="T22" s="44"/>
+      <c r="U22" s="49"/>
+      <c r="V22" s="49"/>
+      <c r="W22" s="44"/>
+      <c r="X22" s="49"/>
+      <c r="Y22" s="46"/>
+      <c r="Z22" s="52"/>
+    </row>
+    <row r="23" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A23" s="48"/>
+      <c r="B23" s="49"/>
+      <c r="C23" s="44"/>
+      <c r="D23" s="44"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="44"/>
+      <c r="H23" s="44"/>
+      <c r="I23" s="44"/>
+      <c r="J23" s="44"/>
+      <c r="K23" s="44"/>
+      <c r="L23" s="50"/>
+      <c r="M23" s="50"/>
+      <c r="N23" s="50"/>
+      <c r="O23" s="49"/>
+      <c r="P23" s="51"/>
+      <c r="Q23" s="46"/>
+      <c r="R23" s="49"/>
+      <c r="S23" s="49"/>
+      <c r="T23" s="44"/>
+      <c r="U23" s="49"/>
+      <c r="V23" s="49"/>
+      <c r="W23" s="44"/>
+      <c r="X23" s="49"/>
+      <c r="Y23" s="46"/>
+      <c r="Z23" s="52"/>
+    </row>
+    <row r="24" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A24" s="48"/>
+      <c r="B24" s="49"/>
+      <c r="C24" s="44"/>
+      <c r="D24" s="44"/>
+      <c r="E24" s="46"/>
+      <c r="F24" s="46"/>
+      <c r="G24" s="44"/>
+      <c r="H24" s="44"/>
+      <c r="I24" s="44"/>
+      <c r="J24" s="44"/>
+      <c r="K24" s="44"/>
+      <c r="L24" s="50"/>
+      <c r="M24" s="50"/>
+      <c r="N24" s="50"/>
+      <c r="O24" s="49"/>
+      <c r="P24" s="51"/>
+      <c r="Q24" s="46"/>
+      <c r="R24" s="49"/>
+      <c r="S24" s="49"/>
+      <c r="T24" s="44"/>
+      <c r="U24" s="49"/>
+      <c r="V24" s="49"/>
+      <c r="W24" s="44"/>
+      <c r="X24" s="49"/>
+      <c r="Y24" s="46"/>
+      <c r="Z24" s="52"/>
+    </row>
+    <row r="25" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A25" s="48"/>
+      <c r="B25" s="49"/>
+      <c r="C25" s="44"/>
+      <c r="D25" s="44"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="44"/>
+      <c r="H25" s="44"/>
+      <c r="I25" s="44"/>
+      <c r="J25" s="44"/>
+      <c r="K25" s="44"/>
+      <c r="L25" s="50"/>
+      <c r="M25" s="50"/>
+      <c r="N25" s="50"/>
+      <c r="O25" s="49"/>
+      <c r="P25" s="51"/>
+      <c r="Q25" s="46"/>
+      <c r="R25" s="49"/>
+      <c r="S25" s="49"/>
+      <c r="T25" s="44"/>
+      <c r="U25" s="49"/>
+      <c r="V25" s="49"/>
+      <c r="W25" s="44"/>
+      <c r="X25" s="49"/>
+      <c r="Y25" s="46"/>
+      <c r="Z25" s="52"/>
+    </row>
+    <row r="26" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A26" s="48"/>
+      <c r="B26" s="49"/>
+      <c r="C26" s="44"/>
+      <c r="D26" s="44"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="44"/>
+      <c r="H26" s="44"/>
+      <c r="I26" s="44"/>
+      <c r="J26" s="44"/>
+      <c r="K26" s="44"/>
+      <c r="L26" s="50"/>
+      <c r="M26" s="50"/>
+      <c r="N26" s="50"/>
+      <c r="O26" s="49"/>
+      <c r="P26" s="51"/>
+      <c r="Q26" s="46"/>
+      <c r="R26" s="49"/>
+      <c r="S26" s="49"/>
+      <c r="T26" s="44"/>
+      <c r="U26" s="49"/>
+      <c r="V26" s="49"/>
+      <c r="W26" s="44"/>
+      <c r="X26" s="49"/>
+      <c r="Y26" s="46"/>
+      <c r="Z26" s="52"/>
+    </row>
+    <row r="27" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A27" s="48"/>
+      <c r="B27" s="49"/>
+      <c r="C27" s="44"/>
+      <c r="D27" s="44"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="44"/>
+      <c r="H27" s="44"/>
+      <c r="I27" s="44"/>
+      <c r="J27" s="44"/>
+      <c r="K27" s="44"/>
+      <c r="L27" s="50"/>
+      <c r="M27" s="50"/>
+      <c r="N27" s="50"/>
+      <c r="O27" s="49"/>
+      <c r="P27" s="51"/>
+      <c r="Q27" s="46"/>
+      <c r="R27" s="49"/>
+      <c r="S27" s="49"/>
+      <c r="T27" s="44"/>
+      <c r="U27" s="49"/>
+      <c r="V27" s="49"/>
+      <c r="W27" s="44"/>
+      <c r="X27" s="49"/>
+      <c r="Y27" s="46"/>
+      <c r="Z27" s="52"/>
+    </row>
+    <row r="28" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A28" s="48"/>
+      <c r="B28" s="49"/>
+      <c r="C28" s="44"/>
+      <c r="D28" s="44"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="44"/>
+      <c r="H28" s="44"/>
+      <c r="I28" s="44"/>
+      <c r="J28" s="44"/>
+      <c r="K28" s="44"/>
+      <c r="L28" s="50"/>
+      <c r="M28" s="50"/>
+      <c r="N28" s="50"/>
+      <c r="O28" s="49"/>
+      <c r="P28" s="51"/>
+      <c r="Q28" s="46"/>
+      <c r="R28" s="49"/>
+      <c r="S28" s="49"/>
+      <c r="T28" s="44"/>
+      <c r="U28" s="49"/>
+      <c r="V28" s="49"/>
+      <c r="W28" s="44"/>
+      <c r="X28" s="49"/>
+      <c r="Y28" s="46"/>
+      <c r="Z28" s="52"/>
+    </row>
+    <row r="29" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A29" s="48"/>
+      <c r="B29" s="49"/>
+      <c r="C29" s="44"/>
+      <c r="D29" s="44"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="44"/>
+      <c r="H29" s="44"/>
+      <c r="I29" s="44"/>
+      <c r="J29" s="44"/>
+      <c r="K29" s="44"/>
+      <c r="L29" s="50"/>
+      <c r="M29" s="50"/>
+      <c r="N29" s="50"/>
+      <c r="O29" s="49"/>
+      <c r="P29" s="51"/>
+      <c r="Q29" s="46"/>
+      <c r="R29" s="49"/>
+      <c r="S29" s="49"/>
+      <c r="T29" s="44"/>
+      <c r="U29" s="49"/>
+      <c r="V29" s="49"/>
+      <c r="W29" s="44"/>
+      <c r="X29" s="49"/>
+      <c r="Y29" s="46"/>
+      <c r="Z29" s="52"/>
+    </row>
+    <row r="30" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A30" s="48"/>
+      <c r="B30" s="49"/>
+      <c r="C30" s="44"/>
+      <c r="D30" s="44"/>
+      <c r="E30" s="46"/>
+      <c r="F30" s="46"/>
+      <c r="G30" s="44"/>
+      <c r="H30" s="44"/>
+      <c r="I30" s="44"/>
+      <c r="J30" s="44"/>
+      <c r="K30" s="44"/>
+      <c r="L30" s="50"/>
+      <c r="M30" s="50"/>
+      <c r="N30" s="50"/>
+      <c r="O30" s="49"/>
+      <c r="P30" s="51"/>
+      <c r="Q30" s="46"/>
+      <c r="R30" s="49"/>
+      <c r="S30" s="49"/>
+      <c r="T30" s="44"/>
+      <c r="U30" s="49"/>
+      <c r="V30" s="49"/>
+      <c r="W30" s="44"/>
+      <c r="X30" s="49"/>
+      <c r="Y30" s="46"/>
+      <c r="Z30" s="52"/>
+    </row>
+    <row r="31" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A31" s="48"/>
+      <c r="B31" s="49"/>
+      <c r="C31" s="44"/>
+      <c r="D31" s="44"/>
+      <c r="E31" s="46"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="44"/>
+      <c r="H31" s="44"/>
+      <c r="I31" s="44"/>
+      <c r="J31" s="44"/>
+      <c r="K31" s="44"/>
+      <c r="L31" s="50"/>
+      <c r="M31" s="50"/>
+      <c r="N31" s="50"/>
+      <c r="O31" s="49"/>
+      <c r="P31" s="51"/>
+      <c r="Q31" s="46"/>
+      <c r="R31" s="49"/>
+      <c r="S31" s="49"/>
+      <c r="T31" s="44"/>
+      <c r="U31" s="49"/>
+      <c r="V31" s="49"/>
+      <c r="W31" s="44"/>
+      <c r="X31" s="49"/>
+      <c r="Y31" s="46"/>
+      <c r="Z31" s="52"/>
+    </row>
+    <row r="32" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A32" s="48"/>
+      <c r="B32" s="49"/>
+      <c r="C32" s="44"/>
+      <c r="D32" s="44"/>
+      <c r="E32" s="46"/>
+      <c r="F32" s="46"/>
+      <c r="G32" s="44"/>
+      <c r="H32" s="44"/>
+      <c r="I32" s="44"/>
+      <c r="J32" s="44"/>
+      <c r="K32" s="44"/>
+      <c r="L32" s="50"/>
+      <c r="M32" s="50"/>
+      <c r="N32" s="50"/>
+      <c r="O32" s="49"/>
+      <c r="P32" s="51"/>
+      <c r="Q32" s="46"/>
+      <c r="R32" s="49"/>
+      <c r="S32" s="49"/>
+      <c r="T32" s="44"/>
+      <c r="U32" s="49"/>
+      <c r="V32" s="49"/>
+      <c r="W32" s="44"/>
+      <c r="X32" s="49"/>
+      <c r="Y32" s="46"/>
+      <c r="Z32" s="52"/>
+    </row>
+    <row r="33" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A33" s="48"/>
+      <c r="B33" s="49"/>
+      <c r="C33" s="44"/>
+      <c r="D33" s="44"/>
+      <c r="E33" s="46"/>
+      <c r="F33" s="46"/>
+      <c r="G33" s="44"/>
+      <c r="H33" s="44"/>
+      <c r="I33" s="44"/>
+      <c r="J33" s="44"/>
+      <c r="K33" s="44"/>
+      <c r="L33" s="50"/>
+      <c r="M33" s="50"/>
+      <c r="N33" s="50"/>
+      <c r="O33" s="49"/>
+      <c r="P33" s="51"/>
+      <c r="Q33" s="46"/>
+      <c r="R33" s="49"/>
+      <c r="S33" s="49"/>
+      <c r="T33" s="44"/>
+      <c r="U33" s="49"/>
+      <c r="V33" s="49"/>
+      <c r="W33" s="44"/>
+      <c r="X33" s="49"/>
+      <c r="Y33" s="46"/>
+      <c r="Z33" s="52"/>
+    </row>
+    <row r="34" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A34" s="48"/>
+      <c r="B34" s="49"/>
+      <c r="C34" s="44"/>
+      <c r="D34" s="44"/>
+      <c r="E34" s="46"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="44"/>
+      <c r="H34" s="44"/>
+      <c r="I34" s="44"/>
+      <c r="J34" s="44"/>
+      <c r="K34" s="44"/>
+      <c r="L34" s="50"/>
+      <c r="M34" s="50"/>
+      <c r="N34" s="50"/>
+      <c r="O34" s="49"/>
+      <c r="P34" s="51"/>
+      <c r="Q34" s="46"/>
+      <c r="R34" s="49"/>
+      <c r="S34" s="49"/>
+      <c r="T34" s="44"/>
+      <c r="U34" s="49"/>
+      <c r="V34" s="49"/>
+      <c r="W34" s="44"/>
+      <c r="X34" s="49"/>
+      <c r="Y34" s="46"/>
+      <c r="Z34" s="52"/>
+    </row>
+    <row r="35" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A35" s="48"/>
+      <c r="B35" s="49"/>
+      <c r="C35" s="44"/>
+      <c r="D35" s="44"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="44"/>
+      <c r="H35" s="44"/>
+      <c r="I35" s="44"/>
+      <c r="J35" s="44"/>
+      <c r="K35" s="44"/>
+      <c r="L35" s="50"/>
+      <c r="M35" s="50"/>
+      <c r="N35" s="50"/>
+      <c r="O35" s="49"/>
+      <c r="P35" s="51"/>
+      <c r="Q35" s="46"/>
+      <c r="R35" s="49"/>
+      <c r="S35" s="49"/>
+      <c r="T35" s="44"/>
+      <c r="U35" s="49"/>
+      <c r="V35" s="49"/>
+      <c r="W35" s="44"/>
+      <c r="X35" s="49"/>
+      <c r="Y35" s="46"/>
+      <c r="Z35" s="52"/>
+    </row>
+    <row r="36" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A36" s="48"/>
+      <c r="B36" s="49"/>
+      <c r="C36" s="44"/>
+      <c r="D36" s="44"/>
+      <c r="E36" s="46"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="44"/>
+      <c r="H36" s="44"/>
+      <c r="I36" s="44"/>
+      <c r="J36" s="44"/>
+      <c r="K36" s="44"/>
+      <c r="L36" s="50"/>
+      <c r="M36" s="50"/>
+      <c r="N36" s="50"/>
+      <c r="O36" s="49"/>
+      <c r="P36" s="51"/>
+      <c r="Q36" s="46"/>
+      <c r="R36" s="49"/>
+      <c r="S36" s="49"/>
+      <c r="T36" s="44"/>
+      <c r="U36" s="49"/>
+      <c r="V36" s="49"/>
+      <c r="W36" s="44"/>
+      <c r="X36" s="49"/>
+      <c r="Y36" s="46"/>
+      <c r="Z36" s="52"/>
+    </row>
+    <row r="37" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A37" s="48"/>
+      <c r="B37" s="49"/>
+      <c r="C37" s="44"/>
+      <c r="D37" s="44"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="44"/>
+      <c r="H37" s="44"/>
+      <c r="I37" s="44"/>
+      <c r="J37" s="44"/>
+      <c r="K37" s="44"/>
+      <c r="L37" s="50"/>
+      <c r="M37" s="50"/>
+      <c r="N37" s="50"/>
+      <c r="O37" s="49"/>
+      <c r="P37" s="51"/>
+      <c r="Q37" s="46"/>
+      <c r="R37" s="49"/>
+      <c r="S37" s="49"/>
+      <c r="T37" s="44"/>
+      <c r="U37" s="49"/>
+      <c r="V37" s="49"/>
+      <c r="W37" s="44"/>
+      <c r="X37" s="49"/>
+      <c r="Y37" s="46"/>
+      <c r="Z37" s="52"/>
+    </row>
+    <row r="38" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A38" s="48"/>
+      <c r="B38" s="49"/>
+      <c r="C38" s="44"/>
+      <c r="D38" s="44"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="44"/>
+      <c r="H38" s="44"/>
+      <c r="I38" s="44"/>
+      <c r="J38" s="44"/>
+      <c r="K38" s="44"/>
+      <c r="L38" s="50"/>
+      <c r="M38" s="50"/>
+      <c r="N38" s="50"/>
+      <c r="O38" s="49"/>
+      <c r="P38" s="51"/>
+      <c r="Q38" s="46"/>
+      <c r="R38" s="49"/>
+      <c r="S38" s="49"/>
+      <c r="T38" s="44"/>
+      <c r="U38" s="49"/>
+      <c r="V38" s="49"/>
+      <c r="W38" s="44"/>
+      <c r="X38" s="49"/>
+      <c r="Y38" s="46"/>
+      <c r="Z38" s="52"/>
+    </row>
+    <row r="39" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A39" s="48"/>
+      <c r="B39" s="49"/>
+      <c r="C39" s="44"/>
+      <c r="D39" s="44"/>
+      <c r="E39" s="46"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="44"/>
+      <c r="H39" s="44"/>
+      <c r="I39" s="44"/>
+      <c r="J39" s="44"/>
+      <c r="K39" s="44"/>
+      <c r="L39" s="50"/>
+      <c r="M39" s="50"/>
+      <c r="N39" s="50"/>
+      <c r="O39" s="49"/>
+      <c r="P39" s="51"/>
+      <c r="Q39" s="46"/>
+      <c r="R39" s="49"/>
+      <c r="S39" s="49"/>
+      <c r="T39" s="44"/>
+      <c r="U39" s="49"/>
+      <c r="V39" s="49"/>
+      <c r="W39" s="44"/>
+      <c r="X39" s="49"/>
+      <c r="Y39" s="46"/>
+      <c r="Z39" s="52"/>
+    </row>
+    <row r="40" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A40" s="48"/>
+      <c r="B40" s="49"/>
+      <c r="C40" s="44"/>
+      <c r="D40" s="44"/>
+      <c r="E40" s="46"/>
+      <c r="F40" s="46"/>
+      <c r="G40" s="44"/>
+      <c r="H40" s="44"/>
+      <c r="I40" s="44"/>
+      <c r="J40" s="44"/>
+      <c r="K40" s="44"/>
+      <c r="L40" s="50"/>
+      <c r="M40" s="50"/>
+      <c r="N40" s="50"/>
+      <c r="O40" s="49"/>
+      <c r="P40" s="51"/>
+      <c r="Q40" s="46"/>
+      <c r="R40" s="49"/>
+      <c r="S40" s="49"/>
+      <c r="T40" s="44"/>
+      <c r="U40" s="49"/>
+      <c r="V40" s="49"/>
+      <c r="W40" s="44"/>
+      <c r="X40" s="49"/>
+      <c r="Y40" s="46"/>
+      <c r="Z40" s="52"/>
+    </row>
+    <row r="41" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A41" s="48"/>
+      <c r="B41" s="49"/>
+      <c r="C41" s="44"/>
+      <c r="D41" s="44"/>
+      <c r="E41" s="46"/>
+      <c r="F41" s="46"/>
+      <c r="G41" s="44"/>
+      <c r="H41" s="44"/>
+      <c r="I41" s="44"/>
+      <c r="J41" s="44"/>
+      <c r="K41" s="44"/>
+      <c r="L41" s="50"/>
+      <c r="M41" s="50"/>
+      <c r="N41" s="50"/>
+      <c r="O41" s="49"/>
+      <c r="P41" s="51"/>
+      <c r="Q41" s="46"/>
+      <c r="R41" s="49"/>
+      <c r="S41" s="49"/>
+      <c r="T41" s="44"/>
+      <c r="U41" s="49"/>
+      <c r="V41" s="49"/>
+      <c r="W41" s="44"/>
+      <c r="X41" s="49"/>
+      <c r="Y41" s="46"/>
+      <c r="Z41" s="52"/>
+    </row>
+    <row r="42" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A42" s="48"/>
+      <c r="B42" s="49"/>
+      <c r="C42" s="44"/>
+      <c r="D42" s="44"/>
+      <c r="E42" s="46"/>
+      <c r="F42" s="46"/>
+      <c r="G42" s="44"/>
+      <c r="H42" s="44"/>
+      <c r="I42" s="44"/>
+      <c r="J42" s="44"/>
+      <c r="K42" s="44"/>
+      <c r="L42" s="50"/>
+      <c r="M42" s="50"/>
+      <c r="N42" s="50"/>
+      <c r="O42" s="49"/>
+      <c r="P42" s="51"/>
+      <c r="Q42" s="46"/>
+      <c r="R42" s="49"/>
+      <c r="S42" s="49"/>
+      <c r="T42" s="44"/>
+      <c r="U42" s="49"/>
+      <c r="V42" s="49"/>
+      <c r="W42" s="44"/>
+      <c r="X42" s="49"/>
+      <c r="Y42" s="46"/>
+      <c r="Z42" s="52"/>
+    </row>
+    <row r="43" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A43" s="48"/>
+      <c r="B43" s="49"/>
+      <c r="C43" s="44"/>
+      <c r="D43" s="44"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="44"/>
+      <c r="H43" s="44"/>
+      <c r="I43" s="44"/>
+      <c r="J43" s="44"/>
+      <c r="K43" s="44"/>
+      <c r="L43" s="50"/>
+      <c r="M43" s="50"/>
+      <c r="N43" s="50"/>
+      <c r="O43" s="49"/>
+      <c r="P43" s="51"/>
+      <c r="Q43" s="46"/>
+      <c r="R43" s="49"/>
+      <c r="S43" s="49"/>
+      <c r="T43" s="44"/>
+      <c r="U43" s="49"/>
+      <c r="V43" s="49"/>
+      <c r="W43" s="44"/>
+      <c r="X43" s="49"/>
+      <c r="Y43" s="46"/>
+      <c r="Z43" s="52"/>
+    </row>
+    <row r="44" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A44" s="48"/>
+      <c r="B44" s="49"/>
+      <c r="C44" s="44"/>
+      <c r="D44" s="44"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="44"/>
+      <c r="H44" s="44"/>
+      <c r="I44" s="44"/>
+      <c r="J44" s="44"/>
+      <c r="K44" s="44"/>
+      <c r="L44" s="50"/>
+      <c r="M44" s="50"/>
+      <c r="N44" s="50"/>
+      <c r="O44" s="49"/>
+      <c r="P44" s="51"/>
+      <c r="Q44" s="46"/>
+      <c r="R44" s="49"/>
+      <c r="S44" s="49"/>
+      <c r="T44" s="44"/>
+      <c r="U44" s="49"/>
+      <c r="V44" s="49"/>
+      <c r="W44" s="44"/>
+      <c r="X44" s="49"/>
+      <c r="Y44" s="46"/>
+      <c r="Z44" s="52"/>
+    </row>
+    <row r="45" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A45" s="48"/>
+      <c r="B45" s="49"/>
+      <c r="C45" s="44"/>
+      <c r="D45" s="44"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="44"/>
+      <c r="H45" s="44"/>
+      <c r="I45" s="44"/>
+      <c r="J45" s="44"/>
+      <c r="K45" s="44"/>
+      <c r="L45" s="50"/>
+      <c r="M45" s="50"/>
+      <c r="N45" s="50"/>
+      <c r="O45" s="49"/>
+      <c r="P45" s="51"/>
+      <c r="Q45" s="46"/>
+      <c r="R45" s="49"/>
+      <c r="S45" s="49"/>
+      <c r="T45" s="44"/>
+      <c r="U45" s="49"/>
+      <c r="V45" s="49"/>
+      <c r="W45" s="44"/>
+      <c r="X45" s="49"/>
+      <c r="Y45" s="46"/>
+      <c r="Z45" s="52"/>
+    </row>
+    <row r="46" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A46" s="48"/>
+      <c r="B46" s="49"/>
+      <c r="C46" s="44"/>
+      <c r="D46" s="44"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="44"/>
+      <c r="H46" s="44"/>
+      <c r="I46" s="44"/>
+      <c r="J46" s="44"/>
+      <c r="K46" s="44"/>
+      <c r="L46" s="50"/>
+      <c r="M46" s="50"/>
+      <c r="N46" s="50"/>
+      <c r="O46" s="49"/>
+      <c r="P46" s="51"/>
+      <c r="Q46" s="46"/>
+      <c r="R46" s="49"/>
+      <c r="S46" s="49"/>
+      <c r="T46" s="44"/>
+      <c r="U46" s="49"/>
+      <c r="V46" s="49"/>
+      <c r="W46" s="44"/>
+      <c r="X46" s="49"/>
+      <c r="Y46" s="46"/>
+      <c r="Z46" s="52"/>
+    </row>
+    <row r="47" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A47" s="48"/>
+      <c r="B47" s="49"/>
+      <c r="C47" s="44"/>
+      <c r="D47" s="44"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="44"/>
+      <c r="H47" s="44"/>
+      <c r="I47" s="44"/>
+      <c r="J47" s="44"/>
+      <c r="K47" s="44"/>
+      <c r="L47" s="50"/>
+      <c r="M47" s="50"/>
+      <c r="N47" s="50"/>
+      <c r="O47" s="49"/>
+      <c r="P47" s="51"/>
+      <c r="Q47" s="46"/>
+      <c r="R47" s="49"/>
+      <c r="S47" s="49"/>
+      <c r="T47" s="44"/>
+      <c r="U47" s="49"/>
+      <c r="V47" s="49"/>
+      <c r="W47" s="44"/>
+      <c r="X47" s="49"/>
+      <c r="Y47" s="46"/>
+      <c r="Z47" s="52"/>
+    </row>
+    <row r="48" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A48" s="48"/>
+      <c r="B48" s="49"/>
+      <c r="C48" s="44"/>
+      <c r="D48" s="44"/>
+      <c r="E48" s="46"/>
+      <c r="F48" s="46"/>
+      <c r="G48" s="44"/>
+      <c r="H48" s="44"/>
+      <c r="I48" s="44"/>
+      <c r="J48" s="44"/>
+      <c r="K48" s="44"/>
+      <c r="L48" s="50"/>
+      <c r="M48" s="50"/>
+      <c r="N48" s="50"/>
+      <c r="O48" s="49"/>
+      <c r="P48" s="51"/>
+      <c r="Q48" s="46"/>
+      <c r="R48" s="49"/>
+      <c r="S48" s="49"/>
+      <c r="T48" s="44"/>
+      <c r="U48" s="49"/>
+      <c r="V48" s="49"/>
+      <c r="W48" s="44"/>
+      <c r="X48" s="49"/>
+      <c r="Y48" s="46"/>
+      <c r="Z48" s="52"/>
+    </row>
+    <row r="49" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A49" s="48"/>
+      <c r="B49" s="49"/>
+      <c r="C49" s="44"/>
+      <c r="D49" s="44"/>
+      <c r="E49" s="46"/>
+      <c r="F49" s="46"/>
+      <c r="G49" s="44"/>
+      <c r="H49" s="44"/>
+      <c r="I49" s="44"/>
+      <c r="J49" s="44"/>
+      <c r="K49" s="44"/>
+      <c r="L49" s="50"/>
+      <c r="M49" s="50"/>
+      <c r="N49" s="50"/>
+      <c r="O49" s="49"/>
+      <c r="P49" s="51"/>
+      <c r="Q49" s="46"/>
+      <c r="R49" s="49"/>
+      <c r="S49" s="49"/>
+      <c r="T49" s="44"/>
+      <c r="U49" s="49"/>
+      <c r="V49" s="49"/>
+      <c r="W49" s="44"/>
+      <c r="X49" s="49"/>
+      <c r="Y49" s="46"/>
+      <c r="Z49" s="52"/>
+    </row>
+    <row r="50" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A50" s="48"/>
+      <c r="B50" s="49"/>
+      <c r="C50" s="44"/>
+      <c r="D50" s="44"/>
+      <c r="E50" s="46"/>
+      <c r="F50" s="46"/>
+      <c r="G50" s="44"/>
+      <c r="H50" s="44"/>
+      <c r="I50" s="44"/>
+      <c r="J50" s="44"/>
+      <c r="K50" s="44"/>
+      <c r="L50" s="50"/>
+      <c r="M50" s="50"/>
+      <c r="N50" s="50"/>
+      <c r="O50" s="49"/>
+      <c r="P50" s="51"/>
+      <c r="Q50" s="46"/>
+      <c r="R50" s="49"/>
+      <c r="S50" s="49"/>
+      <c r="T50" s="44"/>
+      <c r="U50" s="49"/>
+      <c r="V50" s="49"/>
+      <c r="W50" s="44"/>
+      <c r="X50" s="49"/>
+      <c r="Y50" s="46"/>
+      <c r="Z50" s="52"/>
+    </row>
+    <row r="51" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A51" s="48"/>
+      <c r="B51" s="49"/>
+      <c r="C51" s="44"/>
+      <c r="D51" s="44"/>
+      <c r="E51" s="46"/>
+      <c r="F51" s="46"/>
+      <c r="G51" s="44"/>
+      <c r="H51" s="44"/>
+      <c r="I51" s="44"/>
+      <c r="J51" s="44"/>
+      <c r="K51" s="44"/>
+      <c r="L51" s="50"/>
+      <c r="M51" s="50"/>
+      <c r="N51" s="50"/>
+      <c r="O51" s="49"/>
+      <c r="P51" s="51"/>
+      <c r="Q51" s="46"/>
+      <c r="R51" s="49"/>
+      <c r="S51" s="49"/>
+      <c r="T51" s="44"/>
+      <c r="U51" s="49"/>
+      <c r="V51" s="49"/>
+      <c r="W51" s="44"/>
+      <c r="X51" s="49"/>
+      <c r="Y51" s="46"/>
+      <c r="Z51" s="52"/>
+    </row>
+    <row r="52" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A52" s="48"/>
+      <c r="B52" s="49"/>
+      <c r="C52" s="44"/>
+      <c r="D52" s="44"/>
+      <c r="E52" s="46"/>
+      <c r="F52" s="46"/>
+      <c r="G52" s="44"/>
+      <c r="H52" s="44"/>
+      <c r="I52" s="44"/>
+      <c r="J52" s="44"/>
+      <c r="K52" s="44"/>
+      <c r="L52" s="50"/>
+      <c r="M52" s="50"/>
+      <c r="N52" s="50"/>
+      <c r="O52" s="49"/>
+      <c r="P52" s="51"/>
+      <c r="Q52" s="46"/>
+      <c r="R52" s="49"/>
+      <c r="S52" s="49"/>
+      <c r="T52" s="44"/>
+      <c r="U52" s="49"/>
+      <c r="V52" s="49"/>
+      <c r="W52" s="44"/>
+      <c r="X52" s="49"/>
+      <c r="Y52" s="46"/>
+      <c r="Z52" s="52"/>
+    </row>
+    <row r="53" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A53" s="48"/>
+      <c r="B53" s="49"/>
+      <c r="C53" s="44"/>
+      <c r="D53" s="44"/>
+      <c r="E53" s="46"/>
+      <c r="F53" s="46"/>
+      <c r="G53" s="44"/>
+      <c r="H53" s="44"/>
+      <c r="I53" s="44"/>
+      <c r="J53" s="44"/>
+      <c r="K53" s="44"/>
+      <c r="L53" s="50"/>
+      <c r="M53" s="50"/>
+      <c r="N53" s="50"/>
+      <c r="O53" s="49"/>
+      <c r="P53" s="51"/>
+      <c r="Q53" s="46"/>
+      <c r="R53" s="49"/>
+      <c r="S53" s="49"/>
+      <c r="T53" s="44"/>
+      <c r="U53" s="49"/>
+      <c r="V53" s="49"/>
+      <c r="W53" s="44"/>
+      <c r="X53" s="49"/>
+      <c r="Y53" s="46"/>
+      <c r="Z53" s="52"/>
+    </row>
+    <row r="54" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A54" s="48"/>
+      <c r="B54" s="49"/>
+      <c r="C54" s="44"/>
+      <c r="D54" s="44"/>
+      <c r="E54" s="46"/>
+      <c r="F54" s="46"/>
+      <c r="G54" s="44"/>
+      <c r="H54" s="44"/>
+      <c r="I54" s="44"/>
+      <c r="J54" s="44"/>
+      <c r="K54" s="44"/>
+      <c r="L54" s="50"/>
+      <c r="M54" s="50"/>
+      <c r="N54" s="50"/>
+      <c r="O54" s="49"/>
+      <c r="P54" s="51"/>
+      <c r="Q54" s="46"/>
+      <c r="R54" s="49"/>
+      <c r="S54" s="49"/>
+      <c r="T54" s="44"/>
+      <c r="U54" s="49"/>
+      <c r="V54" s="49"/>
+      <c r="W54" s="44"/>
+      <c r="X54" s="49"/>
+      <c r="Y54" s="46"/>
+      <c r="Z54" s="52"/>
+    </row>
+    <row r="55" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A55" s="48"/>
+      <c r="B55" s="49"/>
+      <c r="C55" s="44"/>
+      <c r="D55" s="44"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="44"/>
+      <c r="H55" s="44"/>
+      <c r="I55" s="44"/>
+      <c r="J55" s="44"/>
+      <c r="K55" s="44"/>
+      <c r="L55" s="50"/>
+      <c r="M55" s="50"/>
+      <c r="N55" s="50"/>
+      <c r="O55" s="49"/>
+      <c r="P55" s="51"/>
+      <c r="Q55" s="46"/>
+      <c r="R55" s="49"/>
+      <c r="S55" s="49"/>
+      <c r="T55" s="44"/>
+      <c r="U55" s="49"/>
+      <c r="V55" s="49"/>
+      <c r="W55" s="44"/>
+      <c r="X55" s="49"/>
+      <c r="Y55" s="46"/>
+      <c r="Z55" s="52"/>
+    </row>
+    <row r="56" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A56" s="48"/>
+      <c r="B56" s="49"/>
+      <c r="C56" s="44"/>
+      <c r="D56" s="44"/>
+      <c r="E56" s="46"/>
+      <c r="F56" s="46"/>
+      <c r="G56" s="44"/>
+      <c r="H56" s="44"/>
+      <c r="I56" s="44"/>
+      <c r="J56" s="44"/>
+      <c r="K56" s="44"/>
+      <c r="L56" s="50"/>
+      <c r="M56" s="50"/>
+      <c r="N56" s="50"/>
+      <c r="O56" s="49"/>
+      <c r="P56" s="51"/>
+      <c r="Q56" s="46"/>
+      <c r="R56" s="49"/>
+      <c r="S56" s="49"/>
+      <c r="T56" s="44"/>
+      <c r="U56" s="49"/>
+      <c r="V56" s="49"/>
+      <c r="W56" s="44"/>
+      <c r="X56" s="49"/>
+      <c r="Y56" s="46"/>
+      <c r="Z56" s="52"/>
+    </row>
+    <row r="57" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A57" s="48"/>
+      <c r="B57" s="49"/>
+      <c r="C57" s="44"/>
+      <c r="D57" s="44"/>
+      <c r="E57" s="46"/>
+      <c r="F57" s="46"/>
+      <c r="G57" s="44"/>
+      <c r="H57" s="44"/>
+      <c r="I57" s="44"/>
+      <c r="J57" s="44"/>
+      <c r="K57" s="44"/>
+      <c r="L57" s="50"/>
+      <c r="M57" s="50"/>
+      <c r="N57" s="50"/>
+      <c r="O57" s="49"/>
+      <c r="P57" s="51"/>
+      <c r="Q57" s="46"/>
+      <c r="R57" s="49"/>
+      <c r="S57" s="49"/>
+      <c r="T57" s="44"/>
+      <c r="U57" s="49"/>
+      <c r="V57" s="49"/>
+      <c r="W57" s="44"/>
+      <c r="X57" s="49"/>
+      <c r="Y57" s="46"/>
+      <c r="Z57" s="52"/>
+    </row>
+    <row r="58" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A58" s="48"/>
+      <c r="B58" s="49"/>
+      <c r="C58" s="44"/>
+      <c r="D58" s="44"/>
+      <c r="E58" s="46"/>
+      <c r="F58" s="46"/>
+      <c r="G58" s="44"/>
+      <c r="H58" s="44"/>
+      <c r="I58" s="44"/>
+      <c r="J58" s="44"/>
+      <c r="K58" s="44"/>
+      <c r="L58" s="50"/>
+      <c r="M58" s="50"/>
+      <c r="N58" s="50"/>
+      <c r="O58" s="49"/>
+      <c r="P58" s="51"/>
+      <c r="Q58" s="46"/>
+      <c r="R58" s="49"/>
+      <c r="S58" s="49"/>
+      <c r="T58" s="44"/>
+      <c r="U58" s="49"/>
+      <c r="V58" s="49"/>
+      <c r="W58" s="44"/>
+      <c r="X58" s="49"/>
+      <c r="Y58" s="46"/>
+      <c r="Z58" s="52"/>
+    </row>
+    <row r="59" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A59" s="48"/>
+      <c r="B59" s="49"/>
+      <c r="C59" s="44"/>
+      <c r="D59" s="44"/>
+      <c r="E59" s="46"/>
+      <c r="F59" s="46"/>
+      <c r="G59" s="44"/>
+      <c r="H59" s="44"/>
+      <c r="I59" s="44"/>
+      <c r="J59" s="44"/>
+      <c r="K59" s="44"/>
+      <c r="L59" s="50"/>
+      <c r="M59" s="50"/>
+      <c r="N59" s="50"/>
+      <c r="O59" s="49"/>
+      <c r="P59" s="51"/>
+      <c r="Q59" s="46"/>
+      <c r="R59" s="49"/>
+      <c r="S59" s="49"/>
+      <c r="T59" s="44"/>
+      <c r="U59" s="49"/>
+      <c r="V59" s="49"/>
+      <c r="W59" s="44"/>
+      <c r="X59" s="49"/>
+      <c r="Y59" s="46"/>
+      <c r="Z59" s="52"/>
+    </row>
+    <row r="60" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A60" s="48"/>
+      <c r="B60" s="49"/>
+      <c r="C60" s="44"/>
+      <c r="D60" s="44"/>
+      <c r="E60" s="46"/>
+      <c r="F60" s="46"/>
+      <c r="G60" s="44"/>
+      <c r="H60" s="44"/>
+      <c r="I60" s="44"/>
+      <c r="J60" s="44"/>
+      <c r="K60" s="44"/>
+      <c r="L60" s="50"/>
+      <c r="M60" s="50"/>
+      <c r="N60" s="50"/>
+      <c r="O60" s="49"/>
+      <c r="P60" s="51"/>
+      <c r="Q60" s="46"/>
+      <c r="R60" s="49"/>
+      <c r="S60" s="49"/>
+      <c r="T60" s="44"/>
+      <c r="U60" s="49"/>
+      <c r="V60" s="49"/>
+      <c r="W60" s="44"/>
+      <c r="X60" s="49"/>
+      <c r="Y60" s="46"/>
+      <c r="Z60" s="52"/>
+    </row>
+    <row r="61" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A61" s="48"/>
+      <c r="B61" s="49"/>
+      <c r="C61" s="44"/>
+      <c r="D61" s="44"/>
+      <c r="E61" s="46"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="44"/>
+      <c r="H61" s="44"/>
+      <c r="I61" s="44"/>
+      <c r="J61" s="44"/>
+      <c r="K61" s="44"/>
+      <c r="L61" s="50"/>
+      <c r="M61" s="50"/>
+      <c r="N61" s="50"/>
+      <c r="O61" s="49"/>
+      <c r="P61" s="51"/>
+      <c r="Q61" s="46"/>
+      <c r="R61" s="49"/>
+      <c r="S61" s="49"/>
+      <c r="T61" s="44"/>
+      <c r="U61" s="49"/>
+      <c r="V61" s="49"/>
+      <c r="W61" s="44"/>
+      <c r="X61" s="49"/>
+      <c r="Y61" s="46"/>
+      <c r="Z61" s="52"/>
+    </row>
+    <row r="62" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A62" s="48"/>
+      <c r="B62" s="49"/>
+      <c r="C62" s="44"/>
+      <c r="D62" s="44"/>
+      <c r="E62" s="46"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="44"/>
+      <c r="H62" s="44"/>
+      <c r="I62" s="44"/>
+      <c r="J62" s="44"/>
+      <c r="K62" s="44"/>
+      <c r="L62" s="50"/>
+      <c r="M62" s="50"/>
+      <c r="N62" s="50"/>
+      <c r="O62" s="49"/>
+      <c r="P62" s="51"/>
+      <c r="Q62" s="46"/>
+      <c r="R62" s="49"/>
+      <c r="S62" s="49"/>
+      <c r="T62" s="44"/>
+      <c r="U62" s="49"/>
+      <c r="V62" s="49"/>
+      <c r="W62" s="44"/>
+      <c r="X62" s="49"/>
+      <c r="Y62" s="46"/>
+      <c r="Z62" s="52"/>
+    </row>
+    <row r="63" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A63" s="48"/>
+      <c r="B63" s="49"/>
+      <c r="C63" s="44"/>
+      <c r="D63" s="44"/>
+      <c r="E63" s="46"/>
+      <c r="F63" s="46"/>
+      <c r="G63" s="44"/>
+      <c r="H63" s="44"/>
+      <c r="I63" s="44"/>
+      <c r="J63" s="44"/>
+      <c r="K63" s="44"/>
+      <c r="L63" s="50"/>
+      <c r="M63" s="50"/>
+      <c r="N63" s="50"/>
+      <c r="O63" s="49"/>
+      <c r="P63" s="51"/>
+      <c r="Q63" s="46"/>
+      <c r="R63" s="49"/>
+      <c r="S63" s="49"/>
+      <c r="T63" s="44"/>
+      <c r="U63" s="49"/>
+      <c r="V63" s="49"/>
+      <c r="W63" s="44"/>
+      <c r="X63" s="49"/>
+      <c r="Y63" s="46"/>
+      <c r="Z63" s="52"/>
+    </row>
+    <row r="64" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A64" s="48"/>
+      <c r="B64" s="49"/>
+      <c r="C64" s="44"/>
+      <c r="D64" s="44"/>
+      <c r="E64" s="46"/>
+      <c r="F64" s="46"/>
+      <c r="G64" s="44"/>
+      <c r="H64" s="44"/>
+      <c r="I64" s="44"/>
+      <c r="J64" s="44"/>
+      <c r="K64" s="44"/>
+      <c r="L64" s="50"/>
+      <c r="M64" s="50"/>
+      <c r="N64" s="50"/>
+      <c r="O64" s="49"/>
+      <c r="P64" s="51"/>
+      <c r="Q64" s="46"/>
+      <c r="R64" s="49"/>
+      <c r="S64" s="49"/>
+      <c r="T64" s="44"/>
+      <c r="U64" s="49"/>
+      <c r="V64" s="49"/>
+      <c r="W64" s="44"/>
+      <c r="X64" s="49"/>
+      <c r="Y64" s="46"/>
+      <c r="Z64" s="52"/>
+    </row>
+    <row r="65" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A65" s="48"/>
+      <c r="B65" s="49"/>
+      <c r="C65" s="44"/>
+      <c r="D65" s="44"/>
+      <c r="E65" s="46"/>
+      <c r="F65" s="46"/>
+      <c r="G65" s="44"/>
+      <c r="H65" s="44"/>
+      <c r="I65" s="44"/>
+      <c r="J65" s="44"/>
+      <c r="K65" s="44"/>
+      <c r="L65" s="50"/>
+      <c r="M65" s="50"/>
+      <c r="N65" s="50"/>
+      <c r="O65" s="49"/>
+      <c r="P65" s="51"/>
+      <c r="Q65" s="46"/>
+      <c r="R65" s="49"/>
+      <c r="S65" s="49"/>
+      <c r="T65" s="44"/>
+      <c r="U65" s="49"/>
+      <c r="V65" s="49"/>
+      <c r="W65" s="44"/>
+      <c r="X65" s="49"/>
+      <c r="Y65" s="46"/>
+      <c r="Z65" s="52"/>
+    </row>
+    <row r="66" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A66" s="48"/>
+      <c r="B66" s="49"/>
+      <c r="C66" s="44"/>
+      <c r="D66" s="44"/>
+      <c r="E66" s="46"/>
+      <c r="F66" s="46"/>
+      <c r="G66" s="44"/>
+      <c r="H66" s="44"/>
+      <c r="I66" s="44"/>
+      <c r="J66" s="44"/>
+      <c r="K66" s="44"/>
+      <c r="L66" s="50"/>
+      <c r="M66" s="50"/>
+      <c r="N66" s="50"/>
+      <c r="O66" s="49"/>
+      <c r="P66" s="51"/>
+      <c r="Q66" s="46"/>
+      <c r="R66" s="49"/>
+      <c r="S66" s="49"/>
+      <c r="T66" s="44"/>
+      <c r="U66" s="49"/>
+      <c r="V66" s="49"/>
+      <c r="W66" s="44"/>
+      <c r="X66" s="49"/>
+      <c r="Y66" s="46"/>
+      <c r="Z66" s="52"/>
+    </row>
+    <row r="67" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A67" s="48"/>
+      <c r="B67" s="49"/>
+      <c r="C67" s="44"/>
+      <c r="D67" s="44"/>
+      <c r="E67" s="46"/>
+      <c r="F67" s="46"/>
+      <c r="G67" s="44"/>
+      <c r="H67" s="44"/>
+      <c r="I67" s="44"/>
+      <c r="J67" s="44"/>
+      <c r="K67" s="44"/>
+      <c r="L67" s="50"/>
+      <c r="M67" s="50"/>
+      <c r="N67" s="50"/>
+      <c r="O67" s="49"/>
+      <c r="P67" s="51"/>
+      <c r="Q67" s="46"/>
+      <c r="R67" s="49"/>
+      <c r="S67" s="49"/>
+      <c r="T67" s="44"/>
+      <c r="U67" s="49"/>
+      <c r="V67" s="49"/>
+      <c r="W67" s="44"/>
+      <c r="X67" s="49"/>
+      <c r="Y67" s="46"/>
+      <c r="Z67" s="52"/>
+    </row>
+    <row r="68" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A68" s="48"/>
+      <c r="B68" s="49"/>
+      <c r="C68" s="44"/>
+      <c r="D68" s="44"/>
+      <c r="E68" s="46"/>
+      <c r="F68" s="46"/>
+      <c r="G68" s="44"/>
+      <c r="H68" s="44"/>
+      <c r="I68" s="44"/>
+      <c r="J68" s="44"/>
+      <c r="K68" s="44"/>
+      <c r="L68" s="50"/>
+      <c r="M68" s="50"/>
+      <c r="N68" s="50"/>
+      <c r="O68" s="49"/>
+      <c r="P68" s="51"/>
+      <c r="Q68" s="46"/>
+      <c r="R68" s="49"/>
+      <c r="S68" s="49"/>
+      <c r="T68" s="44"/>
+      <c r="U68" s="49"/>
+      <c r="V68" s="49"/>
+      <c r="W68" s="44"/>
+      <c r="X68" s="49"/>
+      <c r="Y68" s="46"/>
+      <c r="Z68" s="52"/>
+    </row>
+    <row r="69" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A69" s="48"/>
+      <c r="B69" s="49"/>
+      <c r="C69" s="44"/>
+      <c r="D69" s="44"/>
+      <c r="E69" s="46"/>
+      <c r="F69" s="46"/>
+      <c r="G69" s="44"/>
+      <c r="H69" s="44"/>
+      <c r="I69" s="44"/>
+      <c r="J69" s="44"/>
+      <c r="K69" s="44"/>
+      <c r="L69" s="50"/>
+      <c r="M69" s="50"/>
+      <c r="N69" s="50"/>
+      <c r="O69" s="49"/>
+      <c r="P69" s="51"/>
+      <c r="Q69" s="46"/>
+      <c r="R69" s="49"/>
+      <c r="S69" s="49"/>
+      <c r="T69" s="44"/>
+      <c r="U69" s="49"/>
+      <c r="V69" s="49"/>
+      <c r="W69" s="44"/>
+      <c r="X69" s="49"/>
+      <c r="Y69" s="46"/>
+      <c r="Z69" s="52"/>
+    </row>
+    <row r="70" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A70" s="48"/>
+      <c r="B70" s="49"/>
+      <c r="C70" s="44"/>
+      <c r="D70" s="44"/>
+      <c r="E70" s="46"/>
+      <c r="F70" s="46"/>
+      <c r="G70" s="44"/>
+      <c r="H70" s="44"/>
+      <c r="I70" s="44"/>
+      <c r="J70" s="44"/>
+      <c r="K70" s="44"/>
+      <c r="L70" s="50"/>
+      <c r="M70" s="50"/>
+      <c r="N70" s="50"/>
+      <c r="O70" s="49"/>
+      <c r="P70" s="51"/>
+      <c r="Q70" s="46"/>
+      <c r="R70" s="49"/>
+      <c r="S70" s="49"/>
+      <c r="T70" s="44"/>
+      <c r="U70" s="49"/>
+      <c r="V70" s="49"/>
+      <c r="W70" s="44"/>
+      <c r="X70" s="49"/>
+      <c r="Y70" s="46"/>
+      <c r="Z70" s="52"/>
+    </row>
+    <row r="71" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A71" s="48"/>
+      <c r="B71" s="49"/>
+      <c r="C71" s="44"/>
+      <c r="D71" s="44"/>
+      <c r="E71" s="46"/>
+      <c r="F71" s="46"/>
+      <c r="G71" s="44"/>
+      <c r="H71" s="44"/>
+      <c r="I71" s="44"/>
+      <c r="J71" s="44"/>
+      <c r="K71" s="44"/>
+      <c r="L71" s="50"/>
+      <c r="M71" s="50"/>
+      <c r="N71" s="50"/>
+      <c r="O71" s="49"/>
+      <c r="P71" s="51"/>
+      <c r="Q71" s="46"/>
+      <c r="R71" s="49"/>
+      <c r="S71" s="49"/>
+      <c r="T71" s="44"/>
+      <c r="U71" s="49"/>
+      <c r="V71" s="49"/>
+      <c r="W71" s="44"/>
+      <c r="X71" s="49"/>
+      <c r="Y71" s="46"/>
+      <c r="Z71" s="52"/>
+    </row>
+    <row r="72" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A72" s="48"/>
+      <c r="B72" s="49"/>
+      <c r="C72" s="44"/>
+      <c r="D72" s="44"/>
+      <c r="E72" s="46"/>
+      <c r="F72" s="46"/>
+      <c r="G72" s="44"/>
+      <c r="H72" s="44"/>
+      <c r="I72" s="44"/>
+      <c r="J72" s="44"/>
+      <c r="K72" s="44"/>
+      <c r="L72" s="50"/>
+      <c r="M72" s="50"/>
+      <c r="N72" s="50"/>
+      <c r="O72" s="49"/>
+      <c r="P72" s="51"/>
+      <c r="Q72" s="46"/>
+      <c r="R72" s="49"/>
+      <c r="S72" s="49"/>
+      <c r="T72" s="44"/>
+      <c r="U72" s="49"/>
+      <c r="V72" s="49"/>
+      <c r="W72" s="44"/>
+      <c r="X72" s="49"/>
+      <c r="Y72" s="46"/>
+      <c r="Z72" s="52"/>
+    </row>
+    <row r="73" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A73" s="48"/>
+      <c r="B73" s="49"/>
+      <c r="C73" s="44"/>
+      <c r="D73" s="44"/>
+      <c r="E73" s="46"/>
+      <c r="F73" s="46"/>
+      <c r="G73" s="44"/>
+      <c r="H73" s="44"/>
+      <c r="I73" s="44"/>
+      <c r="J73" s="44"/>
+      <c r="K73" s="44"/>
+      <c r="L73" s="50"/>
+      <c r="M73" s="50"/>
+      <c r="N73" s="50"/>
+      <c r="O73" s="49"/>
+      <c r="P73" s="51"/>
+      <c r="Q73" s="46"/>
+      <c r="R73" s="49"/>
+      <c r="S73" s="49"/>
+      <c r="T73" s="44"/>
+      <c r="U73" s="49"/>
+      <c r="V73" s="49"/>
+      <c r="W73" s="44"/>
+      <c r="X73" s="49"/>
+      <c r="Y73" s="46"/>
+      <c r="Z73" s="52"/>
+    </row>
+    <row r="74" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A74" s="48"/>
+      <c r="B74" s="49"/>
+      <c r="C74" s="44"/>
+      <c r="D74" s="44"/>
+      <c r="E74" s="46"/>
+      <c r="F74" s="46"/>
+      <c r="G74" s="44"/>
+      <c r="H74" s="44"/>
+      <c r="I74" s="44"/>
+      <c r="J74" s="44"/>
+      <c r="K74" s="44"/>
+      <c r="L74" s="50"/>
+      <c r="M74" s="50"/>
+      <c r="N74" s="50"/>
+      <c r="O74" s="49"/>
+      <c r="P74" s="51"/>
+      <c r="Q74" s="46"/>
+      <c r="R74" s="49"/>
+      <c r="S74" s="49"/>
+      <c r="T74" s="44"/>
+      <c r="U74" s="49"/>
+      <c r="V74" s="49"/>
+      <c r="W74" s="44"/>
+      <c r="X74" s="49"/>
+      <c r="Y74" s="46"/>
+      <c r="Z74" s="52"/>
+    </row>
+    <row r="75" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A75" s="48"/>
+      <c r="B75" s="49"/>
+      <c r="C75" s="44"/>
+      <c r="D75" s="44"/>
+      <c r="E75" s="46"/>
+      <c r="F75" s="46"/>
+      <c r="G75" s="44"/>
+      <c r="H75" s="44"/>
+      <c r="I75" s="44"/>
+      <c r="J75" s="44"/>
+      <c r="K75" s="44"/>
+      <c r="L75" s="50"/>
+      <c r="M75" s="50"/>
+      <c r="N75" s="50"/>
+      <c r="O75" s="49"/>
+      <c r="P75" s="51"/>
+      <c r="Q75" s="46"/>
+      <c r="R75" s="49"/>
+      <c r="S75" s="49"/>
+      <c r="T75" s="44"/>
+      <c r="U75" s="49"/>
+      <c r="V75" s="49"/>
+      <c r="W75" s="44"/>
+      <c r="X75" s="49"/>
+      <c r="Y75" s="46"/>
+      <c r="Z75" s="52"/>
+    </row>
+    <row r="76" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A76" s="48"/>
+      <c r="B76" s="49"/>
+      <c r="C76" s="44"/>
+      <c r="D76" s="44"/>
+      <c r="E76" s="46"/>
+      <c r="F76" s="46"/>
+      <c r="G76" s="44"/>
+      <c r="H76" s="44"/>
+      <c r="I76" s="44"/>
+      <c r="J76" s="44"/>
+      <c r="K76" s="44"/>
+      <c r="L76" s="50"/>
+      <c r="M76" s="50"/>
+      <c r="N76" s="50"/>
+      <c r="O76" s="49"/>
+      <c r="P76" s="51"/>
+      <c r="Q76" s="46"/>
+      <c r="R76" s="49"/>
+      <c r="S76" s="49"/>
+      <c r="T76" s="44"/>
+      <c r="U76" s="49"/>
+      <c r="V76" s="49"/>
+      <c r="W76" s="44"/>
+      <c r="X76" s="49"/>
+      <c r="Y76" s="46"/>
+      <c r="Z76" s="52"/>
+    </row>
+    <row r="77" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A77" s="48"/>
+      <c r="B77" s="49"/>
+      <c r="C77" s="44"/>
+      <c r="D77" s="44"/>
+      <c r="E77" s="46"/>
+      <c r="F77" s="46"/>
+      <c r="G77" s="44"/>
+      <c r="H77" s="44"/>
+      <c r="I77" s="44"/>
+      <c r="J77" s="44"/>
+      <c r="K77" s="44"/>
+      <c r="L77" s="50"/>
+      <c r="M77" s="50"/>
+      <c r="N77" s="50"/>
+      <c r="O77" s="49"/>
+      <c r="P77" s="51"/>
+      <c r="Q77" s="46"/>
+      <c r="R77" s="49"/>
+      <c r="S77" s="49"/>
+      <c r="T77" s="44"/>
+      <c r="U77" s="49"/>
+      <c r="V77" s="49"/>
+      <c r="W77" s="44"/>
+      <c r="X77" s="49"/>
+      <c r="Y77" s="46"/>
+      <c r="Z77" s="52"/>
+    </row>
+    <row r="78" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A78" s="48"/>
+      <c r="B78" s="49"/>
+      <c r="C78" s="44"/>
+      <c r="D78" s="44"/>
+      <c r="E78" s="46"/>
+      <c r="F78" s="46"/>
+      <c r="G78" s="44"/>
+      <c r="H78" s="44"/>
+      <c r="I78" s="44"/>
+      <c r="J78" s="44"/>
+      <c r="K78" s="44"/>
+      <c r="L78" s="50"/>
+      <c r="M78" s="50"/>
+      <c r="N78" s="50"/>
+      <c r="O78" s="49"/>
+      <c r="P78" s="51"/>
+      <c r="Q78" s="46"/>
+      <c r="R78" s="49"/>
+      <c r="S78" s="49"/>
+      <c r="T78" s="44"/>
+      <c r="U78" s="49"/>
+      <c r="V78" s="49"/>
+      <c r="W78" s="44"/>
+      <c r="X78" s="49"/>
+      <c r="Y78" s="46"/>
+      <c r="Z78" s="52"/>
+    </row>
+    <row r="79" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A79" s="48"/>
+      <c r="B79" s="49"/>
+      <c r="C79" s="44"/>
+      <c r="D79" s="44"/>
+      <c r="E79" s="46"/>
+      <c r="F79" s="46"/>
+      <c r="G79" s="44"/>
+      <c r="H79" s="44"/>
+      <c r="I79" s="44"/>
+      <c r="J79" s="44"/>
+      <c r="K79" s="44"/>
+      <c r="L79" s="50"/>
+      <c r="M79" s="50"/>
+      <c r="N79" s="50"/>
+      <c r="O79" s="49"/>
+      <c r="P79" s="51"/>
+      <c r="Q79" s="46"/>
+      <c r="R79" s="49"/>
+      <c r="S79" s="49"/>
+      <c r="T79" s="44"/>
+      <c r="U79" s="49"/>
+      <c r="V79" s="49"/>
+      <c r="W79" s="44"/>
+      <c r="X79" s="49"/>
+      <c r="Y79" s="46"/>
+      <c r="Z79" s="52"/>
+    </row>
+    <row r="80" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A80" s="48"/>
+      <c r="B80" s="49"/>
+      <c r="C80" s="44"/>
+      <c r="D80" s="44"/>
+      <c r="E80" s="46"/>
+      <c r="F80" s="46"/>
+      <c r="G80" s="44"/>
+      <c r="H80" s="44"/>
+      <c r="I80" s="44"/>
+      <c r="J80" s="44"/>
+      <c r="K80" s="44"/>
+      <c r="L80" s="50"/>
+      <c r="M80" s="50"/>
+      <c r="N80" s="50"/>
+      <c r="O80" s="49"/>
+      <c r="P80" s="51"/>
+      <c r="Q80" s="46"/>
+      <c r="R80" s="49"/>
+      <c r="S80" s="49"/>
+      <c r="T80" s="44"/>
+      <c r="U80" s="49"/>
+      <c r="V80" s="49"/>
+      <c r="W80" s="44"/>
+      <c r="X80" s="49"/>
+      <c r="Y80" s="46"/>
+      <c r="Z80" s="52"/>
+    </row>
+    <row r="81" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A81" s="48"/>
+      <c r="B81" s="49"/>
+      <c r="C81" s="44"/>
+      <c r="D81" s="44"/>
+      <c r="E81" s="46"/>
+      <c r="F81" s="46"/>
+      <c r="G81" s="44"/>
+      <c r="H81" s="44"/>
+      <c r="I81" s="44"/>
+      <c r="J81" s="44"/>
+      <c r="K81" s="44"/>
+      <c r="L81" s="50"/>
+      <c r="M81" s="50"/>
+      <c r="N81" s="50"/>
+      <c r="O81" s="49"/>
+      <c r="P81" s="51"/>
+      <c r="Q81" s="46"/>
+      <c r="R81" s="49"/>
+      <c r="S81" s="49"/>
+      <c r="T81" s="44"/>
+      <c r="U81" s="49"/>
+      <c r="V81" s="49"/>
+      <c r="W81" s="44"/>
+      <c r="X81" s="49"/>
+      <c r="Y81" s="46"/>
+      <c r="Z81" s="52"/>
+    </row>
+    <row r="82" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A82" s="48"/>
+      <c r="B82" s="49"/>
+      <c r="C82" s="44"/>
+      <c r="D82" s="44"/>
+      <c r="E82" s="46"/>
+      <c r="F82" s="46"/>
+      <c r="G82" s="44"/>
+      <c r="H82" s="44"/>
+      <c r="I82" s="44"/>
+      <c r="J82" s="44"/>
+      <c r="K82" s="44"/>
+      <c r="L82" s="50"/>
+      <c r="M82" s="50"/>
+      <c r="N82" s="50"/>
+      <c r="O82" s="49"/>
+      <c r="P82" s="51"/>
+      <c r="Q82" s="46"/>
+      <c r="R82" s="49"/>
+      <c r="S82" s="49"/>
+      <c r="T82" s="44"/>
+      <c r="U82" s="49"/>
+      <c r="V82" s="49"/>
+      <c r="W82" s="44"/>
+      <c r="X82" s="49"/>
+      <c r="Y82" s="46"/>
+      <c r="Z82" s="52"/>
+    </row>
+    <row r="83" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A83" s="48"/>
+      <c r="B83" s="49"/>
+      <c r="C83" s="44"/>
+      <c r="D83" s="44"/>
+      <c r="E83" s="46"/>
+      <c r="F83" s="46"/>
+      <c r="G83" s="44"/>
+      <c r="H83" s="44"/>
+      <c r="I83" s="44"/>
+      <c r="J83" s="44"/>
+      <c r="K83" s="44"/>
+      <c r="L83" s="50"/>
+      <c r="M83" s="50"/>
+      <c r="N83" s="50"/>
+      <c r="O83" s="49"/>
+      <c r="P83" s="51"/>
+      <c r="Q83" s="46"/>
+      <c r="R83" s="49"/>
+      <c r="S83" s="49"/>
+      <c r="T83" s="44"/>
+      <c r="U83" s="49"/>
+      <c r="V83" s="49"/>
+      <c r="W83" s="44"/>
+      <c r="X83" s="49"/>
+      <c r="Y83" s="46"/>
+      <c r="Z83" s="52"/>
+    </row>
+    <row r="84" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A84" s="48"/>
+      <c r="B84" s="49"/>
+      <c r="C84" s="44"/>
+      <c r="D84" s="44"/>
+      <c r="E84" s="46"/>
+      <c r="F84" s="46"/>
+      <c r="G84" s="44"/>
+      <c r="H84" s="44"/>
+      <c r="I84" s="44"/>
+      <c r="J84" s="44"/>
+      <c r="K84" s="44"/>
+      <c r="L84" s="50"/>
+      <c r="M84" s="50"/>
+      <c r="N84" s="50"/>
+      <c r="O84" s="49"/>
+      <c r="P84" s="51"/>
+      <c r="Q84" s="46"/>
+      <c r="R84" s="49"/>
+      <c r="S84" s="49"/>
+      <c r="T84" s="44"/>
+      <c r="U84" s="49"/>
+      <c r="V84" s="49"/>
+      <c r="W84" s="44"/>
+      <c r="X84" s="49"/>
+      <c r="Y84" s="46"/>
+      <c r="Z84" s="52"/>
+    </row>
+    <row r="85" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A85" s="48"/>
+      <c r="B85" s="49"/>
+      <c r="C85" s="44"/>
+      <c r="D85" s="44"/>
+      <c r="E85" s="46"/>
+      <c r="F85" s="46"/>
+      <c r="G85" s="44"/>
+      <c r="H85" s="44"/>
+      <c r="I85" s="44"/>
+      <c r="J85" s="44"/>
+      <c r="K85" s="44"/>
+      <c r="L85" s="50"/>
+      <c r="M85" s="50"/>
+      <c r="N85" s="50"/>
+      <c r="O85" s="49"/>
+      <c r="P85" s="51"/>
+      <c r="Q85" s="46"/>
+      <c r="R85" s="49"/>
+      <c r="S85" s="49"/>
+      <c r="T85" s="44"/>
+      <c r="U85" s="49"/>
+      <c r="V85" s="49"/>
+      <c r="W85" s="44"/>
+      <c r="X85" s="49"/>
+      <c r="Y85" s="46"/>
+      <c r="Z85" s="52"/>
+    </row>
+    <row r="86" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A86" s="48"/>
+      <c r="B86" s="49"/>
+      <c r="C86" s="44"/>
+      <c r="D86" s="44"/>
+      <c r="E86" s="46"/>
+      <c r="F86" s="46"/>
+      <c r="G86" s="44"/>
+      <c r="H86" s="44"/>
+      <c r="I86" s="44"/>
+      <c r="J86" s="44"/>
+      <c r="K86" s="44"/>
+      <c r="L86" s="50"/>
+      <c r="M86" s="50"/>
+      <c r="N86" s="50"/>
+      <c r="O86" s="49"/>
+      <c r="P86" s="51"/>
+      <c r="Q86" s="46"/>
+      <c r="R86" s="49"/>
+      <c r="S86" s="49"/>
+      <c r="T86" s="44"/>
+      <c r="U86" s="49"/>
+      <c r="V86" s="49"/>
+      <c r="W86" s="44"/>
+      <c r="X86" s="49"/>
+      <c r="Y86" s="46"/>
+      <c r="Z86" s="52"/>
+    </row>
+    <row r="87" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A87" s="48"/>
+      <c r="B87" s="49"/>
+      <c r="C87" s="44"/>
+      <c r="D87" s="44"/>
+      <c r="E87" s="46"/>
+      <c r="F87" s="46"/>
+      <c r="G87" s="44"/>
+      <c r="H87" s="44"/>
+      <c r="I87" s="44"/>
+      <c r="J87" s="44"/>
+      <c r="K87" s="44"/>
+      <c r="L87" s="50"/>
+      <c r="M87" s="50"/>
+      <c r="N87" s="50"/>
+      <c r="O87" s="49"/>
+      <c r="P87" s="51"/>
+      <c r="Q87" s="46"/>
+      <c r="R87" s="49"/>
+      <c r="S87" s="49"/>
+      <c r="T87" s="44"/>
+      <c r="U87" s="49"/>
+      <c r="V87" s="49"/>
+      <c r="W87" s="44"/>
+      <c r="X87" s="49"/>
+      <c r="Y87" s="46"/>
+      <c r="Z87" s="52"/>
+    </row>
+    <row r="88" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A88" s="48"/>
+      <c r="B88" s="49"/>
+      <c r="C88" s="44"/>
+      <c r="D88" s="44"/>
+      <c r="E88" s="46"/>
+      <c r="F88" s="46"/>
+      <c r="G88" s="44"/>
+      <c r="H88" s="44"/>
+      <c r="I88" s="44"/>
+      <c r="J88" s="44"/>
+      <c r="K88" s="44"/>
+      <c r="L88" s="50"/>
+      <c r="M88" s="50"/>
+      <c r="N88" s="50"/>
+      <c r="O88" s="49"/>
+      <c r="P88" s="51"/>
+      <c r="Q88" s="46"/>
+      <c r="R88" s="49"/>
+      <c r="S88" s="49"/>
+      <c r="T88" s="44"/>
+      <c r="U88" s="49"/>
+      <c r="V88" s="49"/>
+      <c r="W88" s="44"/>
+      <c r="X88" s="49"/>
+      <c r="Y88" s="46"/>
+      <c r="Z88" s="52"/>
+    </row>
+    <row r="89" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A89" s="48"/>
+      <c r="B89" s="49"/>
+      <c r="C89" s="44"/>
+      <c r="D89" s="44"/>
+      <c r="E89" s="46"/>
+      <c r="F89" s="46"/>
+      <c r="G89" s="44"/>
+      <c r="H89" s="44"/>
+      <c r="I89" s="44"/>
+      <c r="J89" s="44"/>
+      <c r="K89" s="44"/>
+      <c r="L89" s="50"/>
+      <c r="M89" s="50"/>
+      <c r="N89" s="50"/>
+      <c r="O89" s="49"/>
+      <c r="P89" s="51"/>
+      <c r="Q89" s="46"/>
+      <c r="R89" s="49"/>
+      <c r="S89" s="49"/>
+      <c r="T89" s="44"/>
+      <c r="U89" s="49"/>
+      <c r="V89" s="49"/>
+      <c r="W89" s="44"/>
+      <c r="X89" s="49"/>
+      <c r="Y89" s="46"/>
+      <c r="Z89" s="52"/>
+    </row>
+    <row r="90" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A90" s="48"/>
+      <c r="B90" s="49"/>
+      <c r="C90" s="44"/>
+      <c r="D90" s="44"/>
+      <c r="E90" s="46"/>
+      <c r="F90" s="46"/>
+      <c r="G90" s="44"/>
+      <c r="H90" s="44"/>
+      <c r="I90" s="44"/>
+      <c r="J90" s="44"/>
+      <c r="K90" s="44"/>
+      <c r="L90" s="50"/>
+      <c r="M90" s="50"/>
+      <c r="N90" s="50"/>
+      <c r="O90" s="49"/>
+      <c r="P90" s="51"/>
+      <c r="Q90" s="46"/>
+      <c r="R90" s="49"/>
+      <c r="S90" s="49"/>
+      <c r="T90" s="44"/>
+      <c r="U90" s="49"/>
+      <c r="V90" s="49"/>
+      <c r="W90" s="44"/>
+      <c r="X90" s="49"/>
+      <c r="Y90" s="46"/>
+      <c r="Z90" s="52"/>
+    </row>
+    <row r="91" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A91" s="48"/>
+      <c r="B91" s="49"/>
+      <c r="C91" s="44"/>
+      <c r="D91" s="44"/>
+      <c r="E91" s="46"/>
+      <c r="F91" s="46"/>
+      <c r="G91" s="44"/>
+      <c r="H91" s="44"/>
+      <c r="I91" s="44"/>
+      <c r="J91" s="44"/>
+      <c r="K91" s="44"/>
+      <c r="L91" s="50"/>
+      <c r="M91" s="50"/>
+      <c r="N91" s="50"/>
+      <c r="O91" s="49"/>
+      <c r="P91" s="51"/>
+      <c r="Q91" s="46"/>
+      <c r="R91" s="49"/>
+      <c r="S91" s="49"/>
+      <c r="T91" s="44"/>
+      <c r="U91" s="49"/>
+      <c r="V91" s="49"/>
+      <c r="W91" s="44"/>
+      <c r="X91" s="49"/>
+      <c r="Y91" s="46"/>
+      <c r="Z91" s="52"/>
+    </row>
+    <row r="92" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A92" s="48"/>
+      <c r="B92" s="49"/>
+      <c r="C92" s="44"/>
+      <c r="D92" s="44"/>
+      <c r="E92" s="46"/>
+      <c r="F92" s="46"/>
+      <c r="G92" s="44"/>
+      <c r="H92" s="44"/>
+      <c r="I92" s="44"/>
+      <c r="J92" s="44"/>
+      <c r="K92" s="44"/>
+      <c r="L92" s="50"/>
+      <c r="M92" s="50"/>
+      <c r="N92" s="50"/>
+      <c r="O92" s="49"/>
+      <c r="P92" s="51"/>
+      <c r="Q92" s="46"/>
+      <c r="R92" s="49"/>
+      <c r="S92" s="49"/>
+      <c r="T92" s="44"/>
+      <c r="U92" s="49"/>
+      <c r="V92" s="49"/>
+      <c r="W92" s="44"/>
+      <c r="X92" s="49"/>
+      <c r="Y92" s="46"/>
+      <c r="Z92" s="52"/>
+    </row>
+    <row r="93" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A93" s="48"/>
+      <c r="B93" s="49"/>
+      <c r="C93" s="44"/>
+      <c r="D93" s="44"/>
+      <c r="E93" s="46"/>
+      <c r="F93" s="46"/>
+      <c r="G93" s="44"/>
+      <c r="H93" s="44"/>
+      <c r="I93" s="44"/>
+      <c r="J93" s="44"/>
+      <c r="K93" s="44"/>
+      <c r="L93" s="50"/>
+      <c r="M93" s="50"/>
+      <c r="N93" s="50"/>
+      <c r="O93" s="49"/>
+      <c r="P93" s="51"/>
+      <c r="Q93" s="46"/>
+      <c r="R93" s="49"/>
+      <c r="S93" s="49"/>
+      <c r="T93" s="44"/>
+      <c r="U93" s="49"/>
+      <c r="V93" s="49"/>
+      <c r="W93" s="44"/>
+      <c r="X93" s="49"/>
+      <c r="Y93" s="46"/>
+      <c r="Z93" s="52"/>
+    </row>
+    <row r="94" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A94" s="48"/>
+      <c r="B94" s="49"/>
+      <c r="C94" s="44"/>
+      <c r="D94" s="44"/>
+      <c r="E94" s="46"/>
+      <c r="F94" s="46"/>
+      <c r="G94" s="44"/>
+      <c r="H94" s="44"/>
+      <c r="I94" s="44"/>
+      <c r="J94" s="44"/>
+      <c r="K94" s="44"/>
+      <c r="L94" s="50"/>
+      <c r="M94" s="50"/>
+      <c r="N94" s="50"/>
+      <c r="O94" s="49"/>
+      <c r="P94" s="51"/>
+      <c r="Q94" s="46"/>
+      <c r="R94" s="49"/>
+      <c r="S94" s="49"/>
+      <c r="T94" s="44"/>
+      <c r="U94" s="49"/>
+      <c r="V94" s="49"/>
+      <c r="W94" s="44"/>
+      <c r="X94" s="49"/>
+      <c r="Y94" s="46"/>
+      <c r="Z94" s="52"/>
+    </row>
+    <row r="95" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A95" s="48"/>
+      <c r="B95" s="49"/>
+      <c r="C95" s="44"/>
+      <c r="D95" s="44"/>
+      <c r="E95" s="46"/>
+      <c r="F95" s="46"/>
+      <c r="G95" s="44"/>
+      <c r="H95" s="44"/>
+      <c r="I95" s="44"/>
+      <c r="J95" s="44"/>
+      <c r="K95" s="44"/>
+      <c r="L95" s="50"/>
+      <c r="M95" s="50"/>
+      <c r="N95" s="50"/>
+      <c r="O95" s="49"/>
+      <c r="P95" s="51"/>
+      <c r="Q95" s="46"/>
+      <c r="R95" s="49"/>
+      <c r="S95" s="49"/>
+      <c r="T95" s="44"/>
+      <c r="U95" s="49"/>
+      <c r="V95" s="49"/>
+      <c r="W95" s="44"/>
+      <c r="X95" s="49"/>
+      <c r="Y95" s="46"/>
+      <c r="Z95" s="52"/>
+    </row>
+    <row r="96" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A96" s="48"/>
+      <c r="B96" s="49"/>
+      <c r="C96" s="44"/>
+      <c r="D96" s="44"/>
+      <c r="E96" s="46"/>
+      <c r="F96" s="46"/>
+      <c r="G96" s="44"/>
+      <c r="H96" s="44"/>
+      <c r="I96" s="44"/>
+      <c r="J96" s="44"/>
+      <c r="K96" s="44"/>
+      <c r="L96" s="50"/>
+      <c r="M96" s="50"/>
+      <c r="N96" s="50"/>
+      <c r="O96" s="49"/>
+      <c r="P96" s="51"/>
+      <c r="Q96" s="46"/>
+      <c r="R96" s="49"/>
+      <c r="S96" s="49"/>
+      <c r="T96" s="44"/>
+      <c r="U96" s="49"/>
+      <c r="V96" s="49"/>
+      <c r="W96" s="44"/>
+      <c r="X96" s="49"/>
+      <c r="Y96" s="46"/>
+      <c r="Z96" s="52"/>
+    </row>
+    <row r="97" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A97" s="48"/>
+      <c r="B97" s="49"/>
+      <c r="C97" s="44"/>
+      <c r="D97" s="44"/>
+      <c r="E97" s="46"/>
+      <c r="F97" s="46"/>
+      <c r="G97" s="44"/>
+      <c r="H97" s="44"/>
+      <c r="I97" s="44"/>
+      <c r="J97" s="44"/>
+      <c r="K97" s="44"/>
+      <c r="L97" s="50"/>
+      <c r="M97" s="50"/>
+      <c r="N97" s="50"/>
+      <c r="O97" s="49"/>
+      <c r="P97" s="51"/>
+      <c r="Q97" s="46"/>
+      <c r="R97" s="49"/>
+      <c r="S97" s="49"/>
+      <c r="T97" s="44"/>
+      <c r="U97" s="49"/>
+      <c r="V97" s="49"/>
+      <c r="W97" s="44"/>
+      <c r="X97" s="49"/>
+      <c r="Y97" s="46"/>
+      <c r="Z97" s="52"/>
+    </row>
+    <row r="98" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A98" s="48"/>
+      <c r="B98" s="49"/>
+      <c r="C98" s="44"/>
+      <c r="D98" s="44"/>
+      <c r="E98" s="46"/>
+      <c r="F98" s="46"/>
+      <c r="G98" s="44"/>
+      <c r="H98" s="44"/>
+      <c r="I98" s="44"/>
+      <c r="J98" s="44"/>
+      <c r="K98" s="44"/>
+      <c r="L98" s="50"/>
+      <c r="M98" s="50"/>
+      <c r="N98" s="50"/>
+      <c r="O98" s="49"/>
+      <c r="P98" s="51"/>
+      <c r="Q98" s="46"/>
+      <c r="R98" s="49"/>
+      <c r="S98" s="49"/>
+      <c r="T98" s="44"/>
+      <c r="U98" s="49"/>
+      <c r="V98" s="49"/>
+      <c r="W98" s="44"/>
+      <c r="X98" s="49"/>
+      <c r="Y98" s="46"/>
+      <c r="Z98" s="52"/>
+    </row>
+    <row r="99" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A99" s="48"/>
+      <c r="B99" s="49"/>
+      <c r="C99" s="44"/>
+      <c r="D99" s="44"/>
+      <c r="E99" s="46"/>
+      <c r="F99" s="46"/>
+      <c r="G99" s="44"/>
+      <c r="H99" s="44"/>
+      <c r="I99" s="44"/>
+      <c r="J99" s="44"/>
+      <c r="K99" s="44"/>
+      <c r="L99" s="50"/>
+      <c r="M99" s="50"/>
+      <c r="N99" s="50"/>
+      <c r="O99" s="49"/>
+      <c r="P99" s="51"/>
+      <c r="Q99" s="46"/>
+      <c r="R99" s="49"/>
+      <c r="S99" s="49"/>
+      <c r="T99" s="44"/>
+      <c r="U99" s="49"/>
+      <c r="V99" s="49"/>
+      <c r="W99" s="44"/>
+      <c r="X99" s="49"/>
+      <c r="Y99" s="46"/>
+      <c r="Z99" s="52"/>
+    </row>
+    <row r="100" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A100" s="48"/>
+      <c r="B100" s="49"/>
+      <c r="C100" s="44"/>
+      <c r="D100" s="44"/>
+      <c r="E100" s="46"/>
+      <c r="F100" s="46"/>
+      <c r="G100" s="44"/>
+      <c r="H100" s="44"/>
+      <c r="I100" s="44"/>
+      <c r="J100" s="44"/>
+      <c r="K100" s="44"/>
+      <c r="L100" s="50"/>
+      <c r="M100" s="50"/>
+      <c r="N100" s="50"/>
+      <c r="O100" s="49"/>
+      <c r="P100" s="51"/>
+      <c r="Q100" s="46"/>
+      <c r="R100" s="49"/>
+      <c r="S100" s="49"/>
+      <c r="T100" s="44"/>
+      <c r="U100" s="49"/>
+      <c r="V100" s="49"/>
+      <c r="W100" s="44"/>
+      <c r="X100" s="49"/>
+      <c r="Y100" s="46"/>
+      <c r="Z100" s="52"/>
+    </row>
+    <row r="101" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A101" s="48"/>
+      <c r="B101" s="49"/>
+      <c r="C101" s="44"/>
+      <c r="D101" s="44"/>
+      <c r="E101" s="46"/>
+      <c r="F101" s="46"/>
+      <c r="G101" s="44"/>
+      <c r="H101" s="44"/>
+      <c r="I101" s="44"/>
+      <c r="J101" s="44"/>
+      <c r="K101" s="44"/>
+      <c r="L101" s="50"/>
+      <c r="M101" s="50"/>
+      <c r="N101" s="50"/>
+      <c r="O101" s="49"/>
+      <c r="P101" s="51"/>
+      <c r="Q101" s="46"/>
+      <c r="R101" s="49"/>
+      <c r="S101" s="49"/>
+      <c r="T101" s="44"/>
+      <c r="U101" s="49"/>
+      <c r="V101" s="49"/>
+      <c r="W101" s="44"/>
+      <c r="X101" s="49"/>
+      <c r="Y101" s="46"/>
+      <c r="Z101" s="52"/>
+    </row>
+    <row r="102" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A102" s="48"/>
+      <c r="B102" s="49"/>
+      <c r="C102" s="44"/>
+      <c r="D102" s="44"/>
+      <c r="E102" s="46"/>
+      <c r="F102" s="46"/>
+      <c r="G102" s="44"/>
+      <c r="H102" s="44"/>
+      <c r="I102" s="44"/>
+      <c r="J102" s="44"/>
+      <c r="K102" s="44"/>
+      <c r="L102" s="50"/>
+      <c r="M102" s="50"/>
+      <c r="N102" s="50"/>
+      <c r="O102" s="49"/>
+      <c r="P102" s="51"/>
+      <c r="Q102" s="46"/>
+      <c r="R102" s="49"/>
+      <c r="S102" s="49"/>
+      <c r="T102" s="44"/>
+      <c r="U102" s="49"/>
+      <c r="V102" s="49"/>
+      <c r="W102" s="44"/>
+      <c r="X102" s="49"/>
+      <c r="Y102" s="46"/>
+      <c r="Z102" s="52"/>
+    </row>
+    <row r="103" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A103" s="48"/>
+      <c r="B103" s="49"/>
+      <c r="C103" s="44"/>
+      <c r="D103" s="44"/>
+      <c r="E103" s="46"/>
+      <c r="F103" s="46"/>
+      <c r="G103" s="44"/>
+      <c r="H103" s="44"/>
+      <c r="I103" s="44"/>
+      <c r="J103" s="44"/>
+      <c r="K103" s="44"/>
+      <c r="L103" s="50"/>
+      <c r="M103" s="50"/>
+      <c r="N103" s="50"/>
+      <c r="O103" s="49"/>
+      <c r="P103" s="51"/>
+      <c r="Q103" s="46"/>
+      <c r="R103" s="49"/>
+      <c r="S103" s="49"/>
+      <c r="T103" s="44"/>
+      <c r="U103" s="49"/>
+      <c r="V103" s="49"/>
+      <c r="W103" s="44"/>
+      <c r="X103" s="49"/>
+      <c r="Y103" s="46"/>
+      <c r="Z103" s="52"/>
+    </row>
+    <row r="104" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A104" s="48"/>
+      <c r="B104" s="49"/>
+      <c r="C104" s="44"/>
+      <c r="D104" s="44"/>
+      <c r="E104" s="46"/>
+      <c r="F104" s="46"/>
+      <c r="G104" s="44"/>
+      <c r="H104" s="44"/>
+      <c r="I104" s="44"/>
+      <c r="J104" s="44"/>
+      <c r="K104" s="44"/>
+      <c r="L104" s="50"/>
+      <c r="M104" s="50"/>
+      <c r="N104" s="50"/>
+      <c r="O104" s="49"/>
+      <c r="P104" s="51"/>
+      <c r="Q104" s="46"/>
+      <c r="R104" s="49"/>
+      <c r="S104" s="49"/>
+      <c r="T104" s="44"/>
+      <c r="U104" s="49"/>
+      <c r="V104" s="49"/>
+      <c r="W104" s="44"/>
+      <c r="X104" s="49"/>
+      <c r="Y104" s="46"/>
+      <c r="Z104" s="52"/>
+    </row>
+    <row r="105" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A105" s="48"/>
+      <c r="B105" s="49"/>
+      <c r="C105" s="44"/>
+      <c r="D105" s="44"/>
+      <c r="E105" s="46"/>
+      <c r="F105" s="46"/>
+      <c r="G105" s="44"/>
+      <c r="H105" s="44"/>
+      <c r="I105" s="44"/>
+      <c r="J105" s="44"/>
+      <c r="K105" s="44"/>
+      <c r="L105" s="50"/>
+      <c r="M105" s="50"/>
+      <c r="N105" s="50"/>
+      <c r="O105" s="49"/>
+      <c r="P105" s="51"/>
+      <c r="Q105" s="46"/>
+      <c r="R105" s="49"/>
+      <c r="S105" s="49"/>
+      <c r="T105" s="44"/>
+      <c r="U105" s="49"/>
+      <c r="V105" s="49"/>
+      <c r="W105" s="44"/>
+      <c r="X105" s="49"/>
+      <c r="Y105" s="46"/>
+      <c r="Z105" s="52"/>
+    </row>
+    <row r="106" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A106" s="48"/>
+      <c r="B106" s="49"/>
+      <c r="C106" s="44"/>
+      <c r="D106" s="44"/>
+      <c r="E106" s="46"/>
+      <c r="F106" s="46"/>
+      <c r="G106" s="44"/>
+      <c r="H106" s="44"/>
+      <c r="I106" s="44"/>
+      <c r="J106" s="44"/>
+      <c r="K106" s="44"/>
+      <c r="L106" s="50"/>
+      <c r="M106" s="50"/>
+      <c r="N106" s="50"/>
+      <c r="O106" s="49"/>
+      <c r="P106" s="51"/>
+      <c r="Q106" s="46"/>
+      <c r="R106" s="49"/>
+      <c r="S106" s="49"/>
+      <c r="T106" s="44"/>
+      <c r="U106" s="49"/>
+      <c r="V106" s="49"/>
+      <c r="W106" s="44"/>
+      <c r="X106" s="49"/>
+      <c r="Y106" s="46"/>
+      <c r="Z106" s="52"/>
+    </row>
+    <row r="107" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A107" s="48"/>
+      <c r="B107" s="49"/>
+      <c r="C107" s="44"/>
+      <c r="D107" s="44"/>
+      <c r="E107" s="46"/>
+      <c r="F107" s="46"/>
+      <c r="G107" s="44"/>
+      <c r="H107" s="44"/>
+      <c r="I107" s="44"/>
+      <c r="J107" s="44"/>
+      <c r="K107" s="44"/>
+      <c r="L107" s="50"/>
+      <c r="M107" s="50"/>
+      <c r="N107" s="50"/>
+      <c r="O107" s="49"/>
+      <c r="P107" s="51"/>
+      <c r="Q107" s="46"/>
+      <c r="R107" s="49"/>
+      <c r="S107" s="49"/>
+      <c r="T107" s="44"/>
+      <c r="U107" s="49"/>
+      <c r="V107" s="49"/>
+      <c r="W107" s="44"/>
+      <c r="X107" s="49"/>
+      <c r="Y107" s="46"/>
+      <c r="Z107" s="52"/>
+    </row>
+    <row r="108" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A108" s="48"/>
+      <c r="B108" s="49"/>
+      <c r="C108" s="44"/>
+      <c r="D108" s="44"/>
+      <c r="E108" s="46"/>
+      <c r="F108" s="46"/>
+      <c r="G108" s="44"/>
+      <c r="H108" s="44"/>
+      <c r="I108" s="44"/>
+      <c r="J108" s="44"/>
+      <c r="K108" s="44"/>
+      <c r="L108" s="50"/>
+      <c r="M108" s="50"/>
+      <c r="N108" s="50"/>
+      <c r="O108" s="49"/>
+      <c r="P108" s="51"/>
+      <c r="Q108" s="46"/>
+      <c r="R108" s="49"/>
+      <c r="S108" s="49"/>
+      <c r="T108" s="44"/>
+      <c r="U108" s="49"/>
+      <c r="V108" s="49"/>
+      <c r="W108" s="44"/>
+      <c r="X108" s="49"/>
+      <c r="Y108" s="46"/>
+      <c r="Z108" s="52"/>
+    </row>
+    <row r="109" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A109" s="48"/>
+      <c r="B109" s="49"/>
+      <c r="C109" s="44"/>
+      <c r="D109" s="44"/>
+      <c r="E109" s="46"/>
+      <c r="F109" s="46"/>
+      <c r="G109" s="44"/>
+      <c r="H109" s="44"/>
+      <c r="I109" s="44"/>
+      <c r="J109" s="44"/>
+      <c r="K109" s="44"/>
+      <c r="L109" s="50"/>
+      <c r="M109" s="50"/>
+      <c r="N109" s="50"/>
+      <c r="O109" s="49"/>
+      <c r="P109" s="51"/>
+      <c r="Q109" s="46"/>
+      <c r="R109" s="49"/>
+      <c r="S109" s="49"/>
+      <c r="T109" s="44"/>
+      <c r="U109" s="49"/>
+      <c r="V109" s="49"/>
+      <c r="W109" s="44"/>
+      <c r="X109" s="49"/>
+      <c r="Y109" s="46"/>
+      <c r="Z109" s="52"/>
+    </row>
+    <row r="110" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A110" s="48"/>
+      <c r="B110" s="49"/>
+      <c r="C110" s="44"/>
+      <c r="D110" s="44"/>
+      <c r="E110" s="46"/>
+      <c r="F110" s="46"/>
+      <c r="G110" s="44"/>
+      <c r="H110" s="44"/>
+      <c r="I110" s="44"/>
+      <c r="J110" s="44"/>
+      <c r="K110" s="44"/>
+      <c r="L110" s="50"/>
+      <c r="M110" s="50"/>
+      <c r="N110" s="50"/>
+      <c r="O110" s="49"/>
+      <c r="P110" s="51"/>
+      <c r="Q110" s="46"/>
+      <c r="R110" s="49"/>
+      <c r="S110" s="49"/>
+      <c r="T110" s="44"/>
+      <c r="U110" s="49"/>
+      <c r="V110" s="49"/>
+      <c r="W110" s="44"/>
+      <c r="X110" s="49"/>
+      <c r="Y110" s="46"/>
+      <c r="Z110" s="52"/>
+    </row>
+    <row r="111" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A111" s="48"/>
+      <c r="B111" s="49"/>
+      <c r="C111" s="44"/>
+      <c r="D111" s="44"/>
+      <c r="E111" s="46"/>
+      <c r="F111" s="46"/>
+      <c r="G111" s="44"/>
+      <c r="H111" s="44"/>
+      <c r="I111" s="44"/>
+      <c r="J111" s="44"/>
+      <c r="K111" s="44"/>
+      <c r="L111" s="50"/>
+      <c r="M111" s="50"/>
+      <c r="N111" s="50"/>
+      <c r="O111" s="49"/>
+      <c r="P111" s="51"/>
+      <c r="Q111" s="46"/>
+      <c r="R111" s="49"/>
+      <c r="S111" s="49"/>
+      <c r="T111" s="44"/>
+      <c r="U111" s="49"/>
+      <c r="V111" s="49"/>
+      <c r="W111" s="44"/>
+      <c r="X111" s="49"/>
+      <c r="Y111" s="46"/>
+      <c r="Z111" s="52"/>
+    </row>
+    <row r="112" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A112" s="48"/>
+      <c r="B112" s="49"/>
+      <c r="C112" s="44"/>
+      <c r="D112" s="44"/>
+      <c r="E112" s="46"/>
+      <c r="F112" s="46"/>
+      <c r="G112" s="44"/>
+      <c r="H112" s="44"/>
+      <c r="I112" s="44"/>
+      <c r="J112" s="44"/>
+      <c r="K112" s="44"/>
+      <c r="L112" s="50"/>
+      <c r="M112" s="50"/>
+      <c r="N112" s="50"/>
+      <c r="O112" s="49"/>
+      <c r="P112" s="51"/>
+      <c r="Q112" s="46"/>
+      <c r="R112" s="49"/>
+      <c r="S112" s="49"/>
+      <c r="T112" s="44"/>
+      <c r="U112" s="49"/>
+      <c r="V112" s="49"/>
+      <c r="W112" s="44"/>
+      <c r="X112" s="49"/>
+      <c r="Y112" s="46"/>
+      <c r="Z112" s="52"/>
+    </row>
+    <row r="113" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A113" s="48"/>
+      <c r="B113" s="49"/>
+      <c r="C113" s="44"/>
+      <c r="D113" s="44"/>
+      <c r="E113" s="46"/>
+      <c r="F113" s="46"/>
+      <c r="G113" s="44"/>
+      <c r="H113" s="44"/>
+      <c r="I113" s="44"/>
+      <c r="J113" s="44"/>
+      <c r="K113" s="44"/>
+      <c r="L113" s="50"/>
+      <c r="M113" s="50"/>
+      <c r="N113" s="50"/>
+      <c r="O113" s="49"/>
+      <c r="P113" s="51"/>
+      <c r="Q113" s="46"/>
+      <c r="R113" s="49"/>
+      <c r="S113" s="49"/>
+      <c r="T113" s="44"/>
+      <c r="U113" s="49"/>
+      <c r="V113" s="49"/>
+      <c r="W113" s="44"/>
+      <c r="X113" s="49"/>
+      <c r="Y113" s="46"/>
+      <c r="Z113" s="52"/>
+    </row>
+    <row r="114" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A114" s="48"/>
+      <c r="B114" s="49"/>
+      <c r="C114" s="44"/>
+      <c r="D114" s="44"/>
+      <c r="E114" s="46"/>
+      <c r="F114" s="46"/>
+      <c r="G114" s="44"/>
+      <c r="H114" s="44"/>
+      <c r="I114" s="44"/>
+      <c r="J114" s="44"/>
+      <c r="K114" s="44"/>
+      <c r="L114" s="50"/>
+      <c r="M114" s="50"/>
+      <c r="N114" s="50"/>
+      <c r="O114" s="49"/>
+      <c r="P114" s="51"/>
+      <c r="Q114" s="46"/>
+      <c r="R114" s="49"/>
+      <c r="S114" s="49"/>
+      <c r="T114" s="44"/>
+      <c r="U114" s="49"/>
+      <c r="V114" s="49"/>
+      <c r="W114" s="44"/>
+      <c r="X114" s="49"/>
+      <c r="Y114" s="46"/>
+      <c r="Z114" s="52"/>
+    </row>
+    <row r="115" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A115" s="48"/>
+      <c r="B115" s="49"/>
+      <c r="C115" s="44"/>
+      <c r="D115" s="44"/>
+      <c r="E115" s="46"/>
+      <c r="F115" s="46"/>
+      <c r="G115" s="44"/>
+      <c r="H115" s="44"/>
+      <c r="I115" s="44"/>
+      <c r="J115" s="44"/>
+      <c r="K115" s="44"/>
+      <c r="L115" s="50"/>
+      <c r="M115" s="50"/>
+      <c r="N115" s="50"/>
+      <c r="O115" s="49"/>
+      <c r="P115" s="51"/>
+      <c r="Q115" s="46"/>
+      <c r="R115" s="49"/>
+      <c r="S115" s="49"/>
+      <c r="T115" s="44"/>
+      <c r="U115" s="49"/>
+      <c r="V115" s="49"/>
+      <c r="W115" s="44"/>
+      <c r="X115" s="49"/>
+      <c r="Y115" s="46"/>
+      <c r="Z115" s="52"/>
+    </row>
+    <row r="116" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A116" s="48"/>
+      <c r="B116" s="49"/>
+      <c r="C116" s="44"/>
+      <c r="D116" s="44"/>
+      <c r="E116" s="46"/>
+      <c r="F116" s="46"/>
+      <c r="G116" s="44"/>
+      <c r="H116" s="44"/>
+      <c r="I116" s="44"/>
+      <c r="J116" s="44"/>
+      <c r="K116" s="44"/>
+      <c r="L116" s="50"/>
+      <c r="M116" s="50"/>
+      <c r="N116" s="50"/>
+      <c r="O116" s="49"/>
+      <c r="P116" s="51"/>
+      <c r="Q116" s="46"/>
+      <c r="R116" s="49"/>
+      <c r="S116" s="49"/>
+      <c r="T116" s="44"/>
+      <c r="U116" s="49"/>
+      <c r="V116" s="49"/>
+      <c r="W116" s="44"/>
+      <c r="X116" s="49"/>
+      <c r="Y116" s="46"/>
+      <c r="Z116" s="52"/>
+    </row>
+    <row r="117" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A117" s="48"/>
+      <c r="B117" s="49"/>
+      <c r="C117" s="44"/>
+      <c r="D117" s="44"/>
+      <c r="E117" s="46"/>
+      <c r="F117" s="46"/>
+      <c r="G117" s="44"/>
+      <c r="H117" s="44"/>
+      <c r="I117" s="44"/>
+      <c r="J117" s="44"/>
+      <c r="K117" s="44"/>
+      <c r="L117" s="50"/>
+      <c r="M117" s="50"/>
+      <c r="N117" s="50"/>
+      <c r="O117" s="49"/>
+      <c r="P117" s="51"/>
+      <c r="Q117" s="46"/>
+      <c r="R117" s="49"/>
+      <c r="S117" s="49"/>
+      <c r="T117" s="44"/>
+      <c r="U117" s="49"/>
+      <c r="V117" s="49"/>
+      <c r="W117" s="44"/>
+      <c r="X117" s="49"/>
+      <c r="Y117" s="46"/>
+      <c r="Z117" s="52"/>
+    </row>
+    <row r="118" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A118" s="48"/>
+      <c r="B118" s="49"/>
+      <c r="C118" s="44"/>
+      <c r="D118" s="44"/>
+      <c r="E118" s="46"/>
+      <c r="F118" s="46"/>
+      <c r="G118" s="44"/>
+      <c r="H118" s="44"/>
+      <c r="I118" s="44"/>
+      <c r="J118" s="44"/>
+      <c r="K118" s="44"/>
+      <c r="L118" s="50"/>
+      <c r="M118" s="50"/>
+      <c r="N118" s="50"/>
+      <c r="O118" s="49"/>
+      <c r="P118" s="51"/>
+      <c r="Q118" s="46"/>
+      <c r="R118" s="49"/>
+      <c r="S118" s="49"/>
+      <c r="T118" s="44"/>
+      <c r="U118" s="49"/>
+      <c r="V118" s="49"/>
+      <c r="W118" s="44"/>
+      <c r="X118" s="49"/>
+      <c r="Y118" s="46"/>
+      <c r="Z118" s="52"/>
+    </row>
+    <row r="119" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A119" s="48"/>
+      <c r="B119" s="49"/>
+      <c r="C119" s="44"/>
+      <c r="D119" s="44"/>
+      <c r="E119" s="46"/>
+      <c r="F119" s="46"/>
+      <c r="G119" s="44"/>
+      <c r="H119" s="44"/>
+      <c r="I119" s="44"/>
+      <c r="J119" s="44"/>
+      <c r="K119" s="44"/>
+      <c r="L119" s="50"/>
+      <c r="M119" s="50"/>
+      <c r="N119" s="50"/>
+      <c r="O119" s="49"/>
+      <c r="P119" s="51"/>
+      <c r="Q119" s="46"/>
+      <c r="R119" s="49"/>
+      <c r="S119" s="49"/>
+      <c r="T119" s="44"/>
+      <c r="U119" s="49"/>
+      <c r="V119" s="49"/>
+      <c r="W119" s="44"/>
+      <c r="X119" s="49"/>
+      <c r="Y119" s="46"/>
+      <c r="Z119" s="52"/>
+    </row>
+    <row r="120" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A120" s="48"/>
+      <c r="B120" s="49"/>
+      <c r="C120" s="44"/>
+      <c r="D120" s="44"/>
+      <c r="E120" s="46"/>
+      <c r="F120" s="46"/>
+      <c r="G120" s="44"/>
+      <c r="H120" s="44"/>
+      <c r="I120" s="44"/>
+      <c r="J120" s="44"/>
+      <c r="K120" s="44"/>
+      <c r="L120" s="50"/>
+      <c r="M120" s="50"/>
+      <c r="N120" s="50"/>
+      <c r="O120" s="49"/>
+      <c r="P120" s="51"/>
+      <c r="Q120" s="46"/>
+      <c r="R120" s="49"/>
+      <c r="S120" s="49"/>
+      <c r="T120" s="44"/>
+      <c r="U120" s="49"/>
+      <c r="V120" s="49"/>
+      <c r="W120" s="44"/>
+      <c r="X120" s="49"/>
+      <c r="Y120" s="46"/>
+      <c r="Z120" s="52"/>
+    </row>
+    <row r="121" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A121" s="48"/>
+      <c r="B121" s="49"/>
+      <c r="C121" s="44"/>
+      <c r="D121" s="44"/>
+      <c r="E121" s="46"/>
+      <c r="F121" s="46"/>
+      <c r="G121" s="44"/>
+      <c r="H121" s="44"/>
+      <c r="I121" s="44"/>
+      <c r="J121" s="44"/>
+      <c r="K121" s="44"/>
+      <c r="L121" s="50"/>
+      <c r="M121" s="50"/>
+      <c r="N121" s="50"/>
+      <c r="O121" s="49"/>
+      <c r="P121" s="51"/>
+      <c r="Q121" s="46"/>
+      <c r="R121" s="49"/>
+      <c r="S121" s="49"/>
+      <c r="T121" s="44"/>
+      <c r="U121" s="49"/>
+      <c r="V121" s="49"/>
+      <c r="W121" s="44"/>
+      <c r="X121" s="49"/>
+      <c r="Y121" s="46"/>
+      <c r="Z121" s="52"/>
+    </row>
+    <row r="122" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A122" s="48"/>
+      <c r="B122" s="49"/>
+      <c r="C122" s="44"/>
+      <c r="D122" s="44"/>
+      <c r="E122" s="46"/>
+      <c r="F122" s="46"/>
+      <c r="G122" s="44"/>
+      <c r="H122" s="44"/>
+      <c r="I122" s="44"/>
+      <c r="J122" s="44"/>
+      <c r="K122" s="44"/>
+      <c r="L122" s="50"/>
+      <c r="M122" s="50"/>
+      <c r="N122" s="50"/>
+      <c r="O122" s="49"/>
+      <c r="P122" s="51"/>
+      <c r="Q122" s="46"/>
+      <c r="R122" s="49"/>
+      <c r="S122" s="49"/>
+      <c r="T122" s="44"/>
+      <c r="U122" s="49"/>
+      <c r="V122" s="49"/>
+      <c r="W122" s="44"/>
+      <c r="X122" s="49"/>
+      <c r="Y122" s="46"/>
+      <c r="Z122" s="52"/>
+    </row>
+    <row r="123" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A123" s="48"/>
+      <c r="B123" s="49"/>
+      <c r="C123" s="44"/>
+      <c r="D123" s="44"/>
+      <c r="E123" s="46"/>
+      <c r="F123" s="46"/>
+      <c r="G123" s="44"/>
+      <c r="H123" s="44"/>
+      <c r="I123" s="44"/>
+      <c r="J123" s="44"/>
+      <c r="K123" s="44"/>
+      <c r="L123" s="50"/>
+      <c r="M123" s="50"/>
+      <c r="N123" s="50"/>
+      <c r="O123" s="49"/>
+      <c r="P123" s="51"/>
+      <c r="Q123" s="46"/>
+      <c r="R123" s="49"/>
+      <c r="S123" s="49"/>
+      <c r="T123" s="44"/>
+      <c r="U123" s="49"/>
+      <c r="V123" s="49"/>
+      <c r="W123" s="44"/>
+      <c r="X123" s="49"/>
+      <c r="Y123" s="46"/>
+      <c r="Z123" s="52"/>
+    </row>
+    <row r="124" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A124" s="48"/>
+      <c r="B124" s="49"/>
+      <c r="C124" s="44"/>
+      <c r="D124" s="44"/>
+      <c r="E124" s="46"/>
+      <c r="F124" s="46"/>
+      <c r="G124" s="44"/>
+      <c r="H124" s="44"/>
+      <c r="I124" s="44"/>
+      <c r="J124" s="44"/>
+      <c r="K124" s="44"/>
+      <c r="L124" s="50"/>
+      <c r="M124" s="50"/>
+      <c r="N124" s="50"/>
+      <c r="O124" s="49"/>
+      <c r="P124" s="51"/>
+      <c r="Q124" s="46"/>
+      <c r="R124" s="49"/>
+      <c r="S124" s="49"/>
+      <c r="T124" s="44"/>
+      <c r="U124" s="49"/>
+      <c r="V124" s="49"/>
+      <c r="W124" s="44"/>
+      <c r="X124" s="49"/>
+      <c r="Y124" s="46"/>
+      <c r="Z124" s="52"/>
+    </row>
+    <row r="125" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A125" s="48"/>
+      <c r="B125" s="49"/>
+      <c r="C125" s="44"/>
+      <c r="D125" s="44"/>
+      <c r="E125" s="46"/>
+      <c r="F125" s="46"/>
+      <c r="G125" s="44"/>
+      <c r="H125" s="44"/>
+      <c r="I125" s="44"/>
+      <c r="J125" s="44"/>
+      <c r="K125" s="44"/>
+      <c r="L125" s="50"/>
+      <c r="M125" s="50"/>
+      <c r="N125" s="50"/>
+      <c r="O125" s="49"/>
+      <c r="P125" s="51"/>
+      <c r="Q125" s="46"/>
+      <c r="R125" s="49"/>
+      <c r="S125" s="49"/>
+      <c r="T125" s="44"/>
+      <c r="U125" s="49"/>
+      <c r="V125" s="49"/>
+      <c r="W125" s="44"/>
+      <c r="X125" s="49"/>
+      <c r="Y125" s="46"/>
+      <c r="Z125" s="52"/>
+    </row>
+    <row r="126" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A126" s="48"/>
+      <c r="B126" s="49"/>
+      <c r="C126" s="44"/>
+      <c r="D126" s="44"/>
+      <c r="E126" s="46"/>
+      <c r="F126" s="46"/>
+      <c r="G126" s="44"/>
+      <c r="H126" s="44"/>
+      <c r="I126" s="44"/>
+      <c r="J126" s="44"/>
+      <c r="K126" s="44"/>
+      <c r="L126" s="50"/>
+      <c r="M126" s="50"/>
+      <c r="N126" s="50"/>
+      <c r="O126" s="49"/>
+      <c r="P126" s="51"/>
+      <c r="Q126" s="46"/>
+      <c r="R126" s="49"/>
+      <c r="S126" s="49"/>
+      <c r="T126" s="44"/>
+      <c r="U126" s="49"/>
+      <c r="V126" s="49"/>
+      <c r="W126" s="44"/>
+      <c r="X126" s="49"/>
+      <c r="Y126" s="46"/>
+      <c r="Z126" s="52"/>
+    </row>
+    <row r="127" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A127" s="48"/>
+      <c r="B127" s="49"/>
+      <c r="C127" s="44"/>
+      <c r="D127" s="44"/>
+      <c r="E127" s="46"/>
+      <c r="F127" s="46"/>
+      <c r="G127" s="44"/>
+      <c r="H127" s="44"/>
+      <c r="I127" s="44"/>
+      <c r="J127" s="44"/>
+      <c r="K127" s="44"/>
+      <c r="L127" s="50"/>
+      <c r="M127" s="50"/>
+      <c r="N127" s="50"/>
+      <c r="O127" s="49"/>
+      <c r="P127" s="51"/>
+      <c r="Q127" s="46"/>
+      <c r="R127" s="49"/>
+      <c r="S127" s="49"/>
+      <c r="T127" s="44"/>
+      <c r="U127" s="49"/>
+      <c r="V127" s="49"/>
+      <c r="W127" s="44"/>
+      <c r="X127" s="49"/>
+      <c r="Y127" s="46"/>
+      <c r="Z127" s="52"/>
+    </row>
+    <row r="128" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A128" s="48"/>
+      <c r="B128" s="49"/>
+      <c r="C128" s="44"/>
+      <c r="D128" s="44"/>
+      <c r="E128" s="46"/>
+      <c r="F128" s="46"/>
+      <c r="G128" s="44"/>
+      <c r="H128" s="44"/>
+      <c r="I128" s="44"/>
+      <c r="J128" s="44"/>
+      <c r="K128" s="44"/>
+      <c r="L128" s="50"/>
+      <c r="M128" s="50"/>
+      <c r="N128" s="50"/>
+      <c r="O128" s="49"/>
+      <c r="P128" s="51"/>
+      <c r="Q128" s="46"/>
+      <c r="R128" s="49"/>
+      <c r="S128" s="49"/>
+      <c r="T128" s="44"/>
+      <c r="U128" s="49"/>
+      <c r="V128" s="49"/>
+      <c r="W128" s="44"/>
+      <c r="X128" s="49"/>
+      <c r="Y128" s="46"/>
+      <c r="Z128" s="52"/>
+    </row>
+    <row r="129" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A129" s="48"/>
+      <c r="B129" s="49"/>
+      <c r="C129" s="44"/>
+      <c r="D129" s="44"/>
+      <c r="E129" s="46"/>
+      <c r="F129" s="46"/>
+      <c r="G129" s="44"/>
+      <c r="H129" s="44"/>
+      <c r="I129" s="44"/>
+      <c r="J129" s="44"/>
+      <c r="K129" s="44"/>
+      <c r="L129" s="50"/>
+      <c r="M129" s="50"/>
+      <c r="N129" s="50"/>
+      <c r="O129" s="49"/>
+      <c r="P129" s="51"/>
+      <c r="Q129" s="46"/>
+      <c r="R129" s="49"/>
+      <c r="S129" s="49"/>
+      <c r="T129" s="44"/>
+      <c r="U129" s="49"/>
+      <c r="V129" s="49"/>
+      <c r="W129" s="44"/>
+      <c r="X129" s="49"/>
+      <c r="Y129" s="46"/>
+      <c r="Z129" s="52"/>
+    </row>
+    <row r="130" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A130" s="48"/>
+      <c r="B130" s="49"/>
+      <c r="C130" s="44"/>
+      <c r="D130" s="44"/>
+      <c r="E130" s="46"/>
+      <c r="F130" s="46"/>
+      <c r="G130" s="44"/>
+      <c r="H130" s="44"/>
+      <c r="I130" s="44"/>
+      <c r="J130" s="44"/>
+      <c r="K130" s="44"/>
+      <c r="L130" s="50"/>
+      <c r="M130" s="50"/>
+      <c r="N130" s="50"/>
+      <c r="O130" s="49"/>
+      <c r="P130" s="51"/>
+      <c r="Q130" s="46"/>
+      <c r="R130" s="49"/>
+      <c r="S130" s="49"/>
+      <c r="T130" s="44"/>
+      <c r="U130" s="49"/>
+      <c r="V130" s="49"/>
+      <c r="W130" s="44"/>
+      <c r="X130" s="49"/>
+      <c r="Y130" s="46"/>
+      <c r="Z130" s="52"/>
+    </row>
+    <row r="131" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A131" s="48"/>
+      <c r="B131" s="49"/>
+      <c r="C131" s="44"/>
+      <c r="D131" s="44"/>
+      <c r="E131" s="46"/>
+      <c r="F131" s="46"/>
+      <c r="G131" s="44"/>
+      <c r="H131" s="44"/>
+      <c r="I131" s="44"/>
+      <c r="J131" s="44"/>
+      <c r="K131" s="44"/>
+      <c r="L131" s="50"/>
+      <c r="M131" s="50"/>
+      <c r="N131" s="50"/>
+      <c r="O131" s="49"/>
+      <c r="P131" s="51"/>
+      <c r="Q131" s="46"/>
+      <c r="R131" s="49"/>
+      <c r="S131" s="49"/>
+      <c r="T131" s="44"/>
+      <c r="U131" s="49"/>
+      <c r="V131" s="49"/>
+      <c r="W131" s="44"/>
+      <c r="X131" s="49"/>
+      <c r="Y131" s="46"/>
+      <c r="Z131" s="52"/>
+    </row>
+    <row r="132" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A132" s="48"/>
+      <c r="B132" s="49"/>
+      <c r="C132" s="44"/>
+      <c r="D132" s="44"/>
+      <c r="E132" s="46"/>
+      <c r="F132" s="46"/>
+      <c r="G132" s="44"/>
+      <c r="H132" s="44"/>
+      <c r="I132" s="44"/>
+      <c r="J132" s="44"/>
+      <c r="K132" s="44"/>
+      <c r="L132" s="50"/>
+      <c r="M132" s="50"/>
+      <c r="N132" s="50"/>
+      <c r="O132" s="49"/>
+      <c r="P132" s="51"/>
+      <c r="Q132" s="46"/>
+      <c r="R132" s="49"/>
+      <c r="S132" s="49"/>
+      <c r="T132" s="44"/>
+      <c r="U132" s="49"/>
+      <c r="V132" s="49"/>
+      <c r="W132" s="44"/>
+      <c r="X132" s="49"/>
+      <c r="Y132" s="46"/>
+      <c r="Z132" s="52"/>
+    </row>
+    <row r="133" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A133" s="48"/>
+      <c r="B133" s="49"/>
+      <c r="C133" s="44"/>
+      <c r="D133" s="44"/>
+      <c r="E133" s="46"/>
+      <c r="F133" s="46"/>
+      <c r="G133" s="44"/>
+      <c r="H133" s="44"/>
+      <c r="I133" s="44"/>
+      <c r="J133" s="44"/>
+      <c r="K133" s="44"/>
+      <c r="L133" s="50"/>
+      <c r="M133" s="50"/>
+      <c r="N133" s="50"/>
+      <c r="O133" s="49"/>
+      <c r="P133" s="51"/>
+      <c r="Q133" s="46"/>
+      <c r="R133" s="49"/>
+      <c r="S133" s="49"/>
+      <c r="T133" s="44"/>
+      <c r="U133" s="49"/>
+      <c r="V133" s="49"/>
+      <c r="W133" s="44"/>
+      <c r="X133" s="49"/>
+      <c r="Y133" s="46"/>
+      <c r="Z133" s="52"/>
+    </row>
+    <row r="134" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A134" s="48"/>
+      <c r="B134" s="49"/>
+      <c r="C134" s="44"/>
+      <c r="D134" s="44"/>
+      <c r="E134" s="46"/>
+      <c r="F134" s="46"/>
+      <c r="G134" s="44"/>
+      <c r="H134" s="44"/>
+      <c r="I134" s="44"/>
+      <c r="J134" s="44"/>
+      <c r="K134" s="44"/>
+      <c r="L134" s="50"/>
+      <c r="M134" s="50"/>
+      <c r="N134" s="50"/>
+      <c r="O134" s="49"/>
+      <c r="P134" s="51"/>
+      <c r="Q134" s="46"/>
+      <c r="R134" s="49"/>
+      <c r="S134" s="49"/>
+      <c r="T134" s="44"/>
+      <c r="U134" s="49"/>
+      <c r="V134" s="49"/>
+      <c r="W134" s="44"/>
+      <c r="X134" s="49"/>
+      <c r="Y134" s="46"/>
+      <c r="Z134" s="52"/>
+    </row>
+    <row r="135" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A135" s="48"/>
+      <c r="B135" s="49"/>
+      <c r="C135" s="44"/>
+      <c r="D135" s="44"/>
+      <c r="E135" s="46"/>
+      <c r="F135" s="46"/>
+      <c r="G135" s="44"/>
+      <c r="H135" s="44"/>
+      <c r="I135" s="44"/>
+      <c r="J135" s="44"/>
+      <c r="K135" s="44"/>
+      <c r="L135" s="50"/>
+      <c r="M135" s="50"/>
+      <c r="N135" s="50"/>
+      <c r="O135" s="49"/>
+      <c r="P135" s="51"/>
+      <c r="Q135" s="46"/>
+      <c r="R135" s="49"/>
+      <c r="S135" s="49"/>
+      <c r="T135" s="44"/>
+      <c r="U135" s="49"/>
+      <c r="V135" s="49"/>
+      <c r="W135" s="44"/>
+      <c r="X135" s="49"/>
+      <c r="Y135" s="46"/>
+      <c r="Z135" s="52"/>
+    </row>
+    <row r="136" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A136" s="48"/>
+      <c r="B136" s="49"/>
+      <c r="C136" s="44"/>
+      <c r="D136" s="44"/>
+      <c r="E136" s="46"/>
+      <c r="F136" s="46"/>
+      <c r="G136" s="44"/>
+      <c r="H136" s="44"/>
+      <c r="I136" s="44"/>
+      <c r="J136" s="44"/>
+      <c r="K136" s="44"/>
+      <c r="L136" s="50"/>
+      <c r="M136" s="50"/>
+      <c r="N136" s="50"/>
+      <c r="O136" s="49"/>
+      <c r="P136" s="51"/>
+      <c r="Q136" s="46"/>
+      <c r="R136" s="49"/>
+      <c r="S136" s="49"/>
+      <c r="T136" s="44"/>
+      <c r="U136" s="49"/>
+      <c r="V136" s="49"/>
+      <c r="W136" s="44"/>
+      <c r="X136" s="49"/>
+      <c r="Y136" s="46"/>
+      <c r="Z136" s="52"/>
+    </row>
+    <row r="137" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A137" s="48"/>
+      <c r="B137" s="49"/>
+      <c r="C137" s="44"/>
+      <c r="D137" s="44"/>
+      <c r="E137" s="46"/>
+      <c r="F137" s="46"/>
+      <c r="G137" s="44"/>
+      <c r="H137" s="44"/>
+      <c r="I137" s="44"/>
+      <c r="J137" s="44"/>
+      <c r="K137" s="44"/>
+      <c r="L137" s="50"/>
+      <c r="M137" s="50"/>
+      <c r="N137" s="50"/>
+      <c r="O137" s="49"/>
+      <c r="P137" s="51"/>
+      <c r="Q137" s="46"/>
+      <c r="R137" s="49"/>
+      <c r="S137" s="49"/>
+      <c r="T137" s="44"/>
+      <c r="U137" s="49"/>
+      <c r="V137" s="49"/>
+      <c r="W137" s="44"/>
+      <c r="X137" s="49"/>
+      <c r="Y137" s="46"/>
+      <c r="Z137" s="52"/>
+    </row>
+    <row r="138" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A138" s="48"/>
+      <c r="B138" s="49"/>
+      <c r="C138" s="44"/>
+      <c r="D138" s="44"/>
+      <c r="E138" s="46"/>
+      <c r="F138" s="46"/>
+      <c r="G138" s="44"/>
+      <c r="H138" s="44"/>
+      <c r="I138" s="44"/>
+      <c r="J138" s="44"/>
+      <c r="K138" s="44"/>
+      <c r="L138" s="50"/>
+      <c r="M138" s="50"/>
+      <c r="N138" s="50"/>
+      <c r="O138" s="49"/>
+      <c r="P138" s="51"/>
+      <c r="Q138" s="46"/>
+      <c r="R138" s="49"/>
+      <c r="S138" s="49"/>
+      <c r="T138" s="44"/>
+      <c r="U138" s="49"/>
+      <c r="V138" s="49"/>
+      <c r="W138" s="44"/>
+      <c r="X138" s="49"/>
+      <c r="Y138" s="46"/>
+      <c r="Z138" s="52"/>
+    </row>
+    <row r="139" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A139" s="48"/>
+      <c r="B139" s="49"/>
+      <c r="C139" s="44"/>
+      <c r="D139" s="44"/>
+      <c r="E139" s="46"/>
+      <c r="F139" s="46"/>
+      <c r="G139" s="44"/>
+      <c r="H139" s="44"/>
+      <c r="I139" s="44"/>
+      <c r="J139" s="44"/>
+      <c r="K139" s="44"/>
+      <c r="L139" s="50"/>
+      <c r="M139" s="50"/>
+      <c r="N139" s="50"/>
+      <c r="O139" s="49"/>
+      <c r="P139" s="51"/>
+      <c r="Q139" s="46"/>
+      <c r="R139" s="49"/>
+      <c r="S139" s="49"/>
+      <c r="T139" s="44"/>
+      <c r="U139" s="49"/>
+      <c r="V139" s="49"/>
+      <c r="W139" s="44"/>
+      <c r="X139" s="49"/>
+      <c r="Y139" s="46"/>
+      <c r="Z139" s="52"/>
+    </row>
+    <row r="140" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A140" s="48"/>
+      <c r="B140" s="49"/>
+      <c r="C140" s="44"/>
+      <c r="D140" s="44"/>
+      <c r="E140" s="46"/>
+      <c r="F140" s="46"/>
+      <c r="G140" s="44"/>
+      <c r="H140" s="44"/>
+      <c r="I140" s="44"/>
+      <c r="J140" s="44"/>
+      <c r="K140" s="44"/>
+      <c r="L140" s="50"/>
+      <c r="M140" s="50"/>
+      <c r="N140" s="50"/>
+      <c r="O140" s="49"/>
+      <c r="P140" s="51"/>
+      <c r="Q140" s="46"/>
+      <c r="R140" s="49"/>
+      <c r="S140" s="49"/>
+      <c r="T140" s="44"/>
+      <c r="U140" s="49"/>
+      <c r="V140" s="49"/>
+      <c r="W140" s="44"/>
+      <c r="X140" s="49"/>
+      <c r="Y140" s="46"/>
+      <c r="Z140" s="52"/>
+    </row>
+    <row r="141" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A141" s="48"/>
+      <c r="B141" s="49"/>
+      <c r="C141" s="44"/>
+      <c r="D141" s="44"/>
+      <c r="E141" s="46"/>
+      <c r="F141" s="46"/>
+      <c r="G141" s="44"/>
+      <c r="H141" s="44"/>
+      <c r="I141" s="44"/>
+      <c r="J141" s="44"/>
+      <c r="K141" s="44"/>
+      <c r="L141" s="50"/>
+      <c r="M141" s="50"/>
+      <c r="N141" s="50"/>
+      <c r="O141" s="49"/>
+      <c r="P141" s="51"/>
+      <c r="Q141" s="46"/>
+      <c r="R141" s="49"/>
+      <c r="S141" s="49"/>
+      <c r="T141" s="44"/>
+      <c r="U141" s="49"/>
+      <c r="V141" s="49"/>
+      <c r="W141" s="44"/>
+      <c r="X141" s="49"/>
+      <c r="Y141" s="46"/>
+      <c r="Z141" s="52"/>
+    </row>
+    <row r="142" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A142" s="48"/>
+      <c r="B142" s="49"/>
+      <c r="C142" s="44"/>
+      <c r="D142" s="44"/>
+      <c r="E142" s="46"/>
+      <c r="F142" s="46"/>
+      <c r="G142" s="44"/>
+      <c r="H142" s="44"/>
+      <c r="I142" s="44"/>
+      <c r="J142" s="44"/>
+      <c r="K142" s="44"/>
+      <c r="L142" s="50"/>
+      <c r="M142" s="50"/>
+      <c r="N142" s="50"/>
+      <c r="O142" s="49"/>
+      <c r="P142" s="51"/>
+      <c r="Q142" s="46"/>
+      <c r="R142" s="49"/>
+      <c r="S142" s="49"/>
+      <c r="T142" s="44"/>
+      <c r="U142" s="49"/>
+      <c r="V142" s="49"/>
+      <c r="W142" s="44"/>
+      <c r="X142" s="49"/>
+      <c r="Y142" s="46"/>
+      <c r="Z142" s="52"/>
+    </row>
+    <row r="143" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A143" s="48"/>
+      <c r="B143" s="49"/>
+      <c r="C143" s="44"/>
+      <c r="D143" s="44"/>
+      <c r="E143" s="46"/>
+      <c r="F143" s="46"/>
+      <c r="G143" s="44"/>
+      <c r="H143" s="44"/>
+      <c r="I143" s="44"/>
+      <c r="J143" s="44"/>
+      <c r="K143" s="44"/>
+      <c r="L143" s="50"/>
+      <c r="M143" s="50"/>
+      <c r="N143" s="50"/>
+      <c r="O143" s="49"/>
+      <c r="P143" s="51"/>
+      <c r="Q143" s="46"/>
+      <c r="R143" s="49"/>
+      <c r="S143" s="49"/>
+      <c r="T143" s="44"/>
+      <c r="U143" s="49"/>
+      <c r="V143" s="49"/>
+      <c r="W143" s="44"/>
+      <c r="X143" s="49"/>
+      <c r="Y143" s="46"/>
+      <c r="Z143" s="52"/>
+    </row>
+    <row r="144" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A144" s="48"/>
+      <c r="B144" s="49"/>
+      <c r="C144" s="44"/>
+      <c r="D144" s="44"/>
+      <c r="E144" s="46"/>
+      <c r="F144" s="46"/>
+      <c r="G144" s="44"/>
+      <c r="H144" s="44"/>
+      <c r="I144" s="44"/>
+      <c r="J144" s="44"/>
+      <c r="K144" s="44"/>
+      <c r="L144" s="50"/>
+      <c r="M144" s="50"/>
+      <c r="N144" s="50"/>
+      <c r="O144" s="49"/>
+      <c r="P144" s="51"/>
+      <c r="Q144" s="46"/>
+      <c r="R144" s="49"/>
+      <c r="S144" s="49"/>
+      <c r="T144" s="44"/>
+      <c r="U144" s="49"/>
+      <c r="V144" s="49"/>
+      <c r="W144" s="44"/>
+      <c r="X144" s="49"/>
+      <c r="Y144" s="46"/>
+      <c r="Z144" s="52"/>
+    </row>
+    <row r="145" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A145" s="48"/>
+      <c r="B145" s="49"/>
+      <c r="C145" s="44"/>
+      <c r="D145" s="44"/>
+      <c r="E145" s="46"/>
+      <c r="F145" s="46"/>
+      <c r="G145" s="44"/>
+      <c r="H145" s="44"/>
+      <c r="I145" s="44"/>
+      <c r="J145" s="44"/>
+      <c r="K145" s="44"/>
+      <c r="L145" s="50"/>
+      <c r="M145" s="50"/>
+      <c r="N145" s="50"/>
+      <c r="O145" s="49"/>
+      <c r="P145" s="51"/>
+      <c r="Q145" s="46"/>
+      <c r="R145" s="49"/>
+      <c r="S145" s="49"/>
+      <c r="T145" s="44"/>
+      <c r="U145" s="49"/>
+      <c r="V145" s="49"/>
+      <c r="W145" s="44"/>
+      <c r="X145" s="49"/>
+      <c r="Y145" s="46"/>
+      <c r="Z145" s="52"/>
+    </row>
+    <row r="146" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A146" s="48"/>
+      <c r="B146" s="49"/>
+      <c r="C146" s="44"/>
+      <c r="D146" s="44"/>
+      <c r="E146" s="46"/>
+      <c r="F146" s="46"/>
+      <c r="G146" s="44"/>
+      <c r="H146" s="44"/>
+      <c r="I146" s="44"/>
+      <c r="J146" s="44"/>
+      <c r="K146" s="44"/>
+      <c r="L146" s="50"/>
+      <c r="M146" s="50"/>
+      <c r="N146" s="50"/>
+      <c r="O146" s="49"/>
+      <c r="P146" s="51"/>
+      <c r="Q146" s="46"/>
+      <c r="R146" s="49"/>
+      <c r="S146" s="49"/>
+      <c r="T146" s="44"/>
+      <c r="U146" s="49"/>
+      <c r="V146" s="49"/>
+      <c r="W146" s="44"/>
+      <c r="X146" s="49"/>
+      <c r="Y146" s="46"/>
+      <c r="Z146" s="52"/>
+    </row>
+    <row r="147" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A147" s="48"/>
+      <c r="B147" s="49"/>
+      <c r="C147" s="44"/>
+      <c r="D147" s="44"/>
+      <c r="E147" s="46"/>
+      <c r="F147" s="46"/>
+      <c r="G147" s="44"/>
+      <c r="H147" s="44"/>
+      <c r="I147" s="44"/>
+      <c r="J147" s="44"/>
+      <c r="K147" s="44"/>
+      <c r="L147" s="50"/>
+      <c r="M147" s="50"/>
+      <c r="N147" s="50"/>
+      <c r="O147" s="49"/>
+      <c r="P147" s="51"/>
+      <c r="Q147" s="46"/>
+      <c r="R147" s="49"/>
+      <c r="S147" s="49"/>
+      <c r="T147" s="44"/>
+      <c r="U147" s="49"/>
+      <c r="V147" s="49"/>
+      <c r="W147" s="44"/>
+      <c r="X147" s="49"/>
+      <c r="Y147" s="46"/>
+      <c r="Z147" s="52"/>
+    </row>
+    <row r="148" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A148" s="48"/>
+      <c r="B148" s="49"/>
+      <c r="C148" s="44"/>
+      <c r="D148" s="44"/>
+      <c r="E148" s="46"/>
+      <c r="F148" s="46"/>
+      <c r="G148" s="44"/>
+      <c r="H148" s="44"/>
+      <c r="I148" s="44"/>
+      <c r="J148" s="44"/>
+      <c r="K148" s="44"/>
+      <c r="L148" s="50"/>
+      <c r="M148" s="50"/>
+      <c r="N148" s="50"/>
+      <c r="O148" s="49"/>
+      <c r="P148" s="51"/>
+      <c r="Q148" s="46"/>
+      <c r="R148" s="49"/>
+      <c r="S148" s="49"/>
+      <c r="T148" s="44"/>
+      <c r="U148" s="49"/>
+      <c r="V148" s="49"/>
+      <c r="W148" s="44"/>
+      <c r="X148" s="49"/>
+      <c r="Y148" s="46"/>
+      <c r="Z148" s="52"/>
+    </row>
+    <row r="149" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A149" s="48"/>
+      <c r="B149" s="49"/>
+      <c r="C149" s="44"/>
+      <c r="D149" s="44"/>
+      <c r="E149" s="46"/>
+      <c r="F149" s="46"/>
+      <c r="G149" s="44"/>
+      <c r="H149" s="44"/>
+      <c r="I149" s="44"/>
+      <c r="J149" s="44"/>
+      <c r="K149" s="44"/>
+      <c r="L149" s="50"/>
+      <c r="M149" s="50"/>
+      <c r="N149" s="50"/>
+      <c r="O149" s="49"/>
+      <c r="P149" s="51"/>
+      <c r="Q149" s="46"/>
+      <c r="R149" s="49"/>
+      <c r="S149" s="49"/>
+      <c r="T149" s="44"/>
+      <c r="U149" s="49"/>
+      <c r="V149" s="49"/>
+      <c r="W149" s="44"/>
+      <c r="X149" s="49"/>
+      <c r="Y149" s="46"/>
+      <c r="Z149" s="52"/>
+    </row>
+    <row r="150" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A150" s="48"/>
+      <c r="B150" s="49"/>
+      <c r="C150" s="44"/>
+      <c r="D150" s="44"/>
+      <c r="E150" s="46"/>
+      <c r="F150" s="46"/>
+      <c r="G150" s="44"/>
+      <c r="H150" s="44"/>
+      <c r="I150" s="44"/>
+      <c r="J150" s="44"/>
+      <c r="K150" s="44"/>
+      <c r="L150" s="50"/>
+      <c r="M150" s="50"/>
+      <c r="N150" s="50"/>
+      <c r="O150" s="49"/>
+      <c r="P150" s="51"/>
+      <c r="Q150" s="46"/>
+      <c r="R150" s="49"/>
+      <c r="S150" s="49"/>
+      <c r="T150" s="44"/>
+      <c r="U150" s="49"/>
+      <c r="V150" s="49"/>
+      <c r="W150" s="44"/>
+      <c r="X150" s="49"/>
+      <c r="Y150" s="46"/>
+      <c r="Z150" s="52"/>
+    </row>
+    <row r="151" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A151" s="48"/>
+      <c r="B151" s="49"/>
+      <c r="C151" s="44"/>
+      <c r="D151" s="44"/>
+      <c r="E151" s="46"/>
+      <c r="F151" s="46"/>
+      <c r="G151" s="44"/>
+      <c r="H151" s="44"/>
+      <c r="I151" s="44"/>
+      <c r="J151" s="44"/>
+      <c r="K151" s="44"/>
+      <c r="L151" s="50"/>
+      <c r="M151" s="50"/>
+      <c r="N151" s="50"/>
+      <c r="O151" s="49"/>
+      <c r="P151" s="51"/>
+      <c r="Q151" s="46"/>
+      <c r="R151" s="49"/>
+      <c r="S151" s="49"/>
+      <c r="T151" s="44"/>
+      <c r="U151" s="49"/>
+      <c r="V151" s="49"/>
+      <c r="W151" s="44"/>
+      <c r="X151" s="49"/>
+      <c r="Y151" s="46"/>
+      <c r="Z151" s="52"/>
+    </row>
+    <row r="152" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A152" s="48"/>
+      <c r="B152" s="49"/>
+      <c r="C152" s="44"/>
+      <c r="D152" s="44"/>
+      <c r="E152" s="46"/>
+      <c r="F152" s="46"/>
+      <c r="G152" s="44"/>
+      <c r="H152" s="44"/>
+      <c r="I152" s="44"/>
+      <c r="J152" s="44"/>
+      <c r="K152" s="44"/>
+      <c r="L152" s="50"/>
+      <c r="M152" s="50"/>
+      <c r="N152" s="50"/>
+      <c r="O152" s="49"/>
+      <c r="P152" s="51"/>
+      <c r="Q152" s="46"/>
+      <c r="R152" s="49"/>
+      <c r="S152" s="49"/>
+      <c r="T152" s="44"/>
+      <c r="U152" s="49"/>
+      <c r="V152" s="49"/>
+      <c r="W152" s="44"/>
+      <c r="X152" s="49"/>
+      <c r="Y152" s="46"/>
+      <c r="Z152" s="52"/>
+    </row>
+    <row r="153" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A153" s="48"/>
+      <c r="B153" s="49"/>
+      <c r="C153" s="44"/>
+      <c r="D153" s="44"/>
+      <c r="E153" s="46"/>
+      <c r="F153" s="46"/>
+      <c r="G153" s="44"/>
+      <c r="H153" s="44"/>
+      <c r="I153" s="44"/>
+      <c r="J153" s="44"/>
+      <c r="K153" s="44"/>
+      <c r="L153" s="50"/>
+      <c r="M153" s="50"/>
+      <c r="N153" s="50"/>
+      <c r="O153" s="49"/>
+      <c r="P153" s="51"/>
+      <c r="Q153" s="46"/>
+      <c r="R153" s="49"/>
+      <c r="S153" s="49"/>
+      <c r="T153" s="44"/>
+      <c r="U153" s="49"/>
+      <c r="V153" s="49"/>
+      <c r="W153" s="44"/>
+      <c r="X153" s="49"/>
+      <c r="Y153" s="46"/>
+      <c r="Z153" s="52"/>
+    </row>
+    <row r="154" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A154" s="48"/>
+      <c r="B154" s="49"/>
+      <c r="C154" s="44"/>
+      <c r="D154" s="44"/>
+      <c r="E154" s="46"/>
+      <c r="F154" s="46"/>
+      <c r="G154" s="44"/>
+      <c r="H154" s="44"/>
+      <c r="I154" s="44"/>
+      <c r="J154" s="44"/>
+      <c r="K154" s="44"/>
+      <c r="L154" s="50"/>
+      <c r="M154" s="50"/>
+      <c r="N154" s="50"/>
+      <c r="O154" s="49"/>
+      <c r="P154" s="51"/>
+      <c r="Q154" s="46"/>
+      <c r="R154" s="49"/>
+      <c r="S154" s="49"/>
+      <c r="T154" s="44"/>
+      <c r="U154" s="49"/>
+      <c r="V154" s="49"/>
+      <c r="W154" s="44"/>
+      <c r="X154" s="49"/>
+      <c r="Y154" s="46"/>
+      <c r="Z154" s="52"/>
+    </row>
+    <row r="155" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A155" s="48"/>
+      <c r="B155" s="49"/>
+      <c r="C155" s="44"/>
+      <c r="D155" s="44"/>
+      <c r="E155" s="46"/>
+      <c r="F155" s="46"/>
+      <c r="G155" s="44"/>
+      <c r="H155" s="44"/>
+      <c r="I155" s="44"/>
+      <c r="J155" s="44"/>
+      <c r="K155" s="44"/>
+      <c r="L155" s="50"/>
+      <c r="M155" s="50"/>
+      <c r="N155" s="50"/>
+      <c r="O155" s="49"/>
+      <c r="P155" s="51"/>
+      <c r="Q155" s="46"/>
+      <c r="R155" s="49"/>
+      <c r="S155" s="49"/>
+      <c r="T155" s="44"/>
+      <c r="U155" s="49"/>
+      <c r="V155" s="49"/>
+      <c r="W155" s="44"/>
+      <c r="X155" s="49"/>
+      <c r="Y155" s="46"/>
+      <c r="Z155" s="52"/>
+    </row>
+    <row r="156" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A156" s="48"/>
+      <c r="B156" s="49"/>
+      <c r="C156" s="44"/>
+      <c r="D156" s="44"/>
+      <c r="E156" s="46"/>
+      <c r="F156" s="46"/>
+      <c r="G156" s="44"/>
+      <c r="H156" s="44"/>
+      <c r="I156" s="44"/>
+      <c r="J156" s="44"/>
+      <c r="K156" s="44"/>
+      <c r="L156" s="50"/>
+      <c r="M156" s="50"/>
+      <c r="N156" s="50"/>
+      <c r="O156" s="49"/>
+      <c r="P156" s="51"/>
+      <c r="Q156" s="46"/>
+      <c r="R156" s="49"/>
+      <c r="S156" s="49"/>
+      <c r="T156" s="44"/>
+      <c r="U156" s="49"/>
+      <c r="V156" s="49"/>
+      <c r="W156" s="44"/>
+      <c r="X156" s="49"/>
+      <c r="Y156" s="46"/>
+      <c r="Z156" s="52"/>
+    </row>
+    <row r="157" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A157" s="48"/>
+      <c r="B157" s="49"/>
+      <c r="C157" s="44"/>
+      <c r="D157" s="44"/>
+      <c r="E157" s="46"/>
+      <c r="F157" s="46"/>
+      <c r="G157" s="44"/>
+      <c r="H157" s="44"/>
+      <c r="I157" s="44"/>
+      <c r="J157" s="44"/>
+      <c r="K157" s="44"/>
+      <c r="L157" s="50"/>
+      <c r="M157" s="50"/>
+      <c r="N157" s="50"/>
+      <c r="O157" s="49"/>
+      <c r="P157" s="51"/>
+      <c r="Q157" s="46"/>
+      <c r="R157" s="49"/>
+      <c r="S157" s="49"/>
+      <c r="T157" s="44"/>
+      <c r="U157" s="49"/>
+      <c r="V157" s="49"/>
+      <c r="W157" s="44"/>
+      <c r="X157" s="49"/>
+      <c r="Y157" s="46"/>
+      <c r="Z157" s="52"/>
+    </row>
+    <row r="158" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A158" s="48"/>
+      <c r="B158" s="49"/>
+      <c r="C158" s="44"/>
+      <c r="D158" s="44"/>
+      <c r="E158" s="46"/>
+      <c r="F158" s="46"/>
+      <c r="G158" s="44"/>
+      <c r="H158" s="44"/>
+      <c r="I158" s="44"/>
+      <c r="J158" s="44"/>
+      <c r="K158" s="44"/>
+      <c r="L158" s="50"/>
+      <c r="M158" s="50"/>
+      <c r="N158" s="50"/>
+      <c r="O158" s="49"/>
+      <c r="P158" s="51"/>
+      <c r="Q158" s="46"/>
+      <c r="R158" s="49"/>
+      <c r="S158" s="49"/>
+      <c r="T158" s="44"/>
+      <c r="U158" s="49"/>
+      <c r="V158" s="49"/>
+      <c r="W158" s="44"/>
+      <c r="X158" s="49"/>
+      <c r="Y158" s="46"/>
+      <c r="Z158" s="52"/>
+    </row>
+    <row r="159" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A159" s="48"/>
+      <c r="B159" s="49"/>
+      <c r="C159" s="44"/>
+      <c r="D159" s="44"/>
+      <c r="E159" s="46"/>
+      <c r="F159" s="46"/>
+      <c r="G159" s="44"/>
+      <c r="H159" s="44"/>
+      <c r="I159" s="44"/>
+      <c r="J159" s="44"/>
+      <c r="K159" s="44"/>
+      <c r="L159" s="50"/>
+      <c r="M159" s="50"/>
+      <c r="N159" s="50"/>
+      <c r="O159" s="49"/>
+      <c r="P159" s="51"/>
+      <c r="Q159" s="46"/>
+      <c r="R159" s="49"/>
+      <c r="S159" s="49"/>
+      <c r="T159" s="44"/>
+      <c r="U159" s="49"/>
+      <c r="V159" s="49"/>
+      <c r="W159" s="44"/>
+      <c r="X159" s="49"/>
+      <c r="Y159" s="46"/>
+      <c r="Z159" s="52"/>
+    </row>
+    <row r="160" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A160" s="48"/>
+      <c r="B160" s="49"/>
+      <c r="C160" s="44"/>
+      <c r="D160" s="44"/>
+      <c r="E160" s="46"/>
+      <c r="F160" s="46"/>
+      <c r="G160" s="44"/>
+      <c r="H160" s="44"/>
+      <c r="I160" s="44"/>
+      <c r="J160" s="44"/>
+      <c r="K160" s="44"/>
+      <c r="L160" s="50"/>
+      <c r="M160" s="50"/>
+      <c r="N160" s="50"/>
+      <c r="O160" s="49"/>
+      <c r="P160" s="51"/>
+      <c r="Q160" s="46"/>
+      <c r="R160" s="49"/>
+      <c r="S160" s="49"/>
+      <c r="T160" s="44"/>
+      <c r="U160" s="49"/>
+      <c r="V160" s="49"/>
+      <c r="W160" s="44"/>
+      <c r="X160" s="49"/>
+      <c r="Y160" s="46"/>
+      <c r="Z160" s="52"/>
+    </row>
+    <row r="161" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A161" s="48"/>
+      <c r="B161" s="49"/>
+      <c r="C161" s="44"/>
+      <c r="D161" s="44"/>
+      <c r="E161" s="46"/>
+      <c r="F161" s="46"/>
+      <c r="G161" s="44"/>
+      <c r="H161" s="44"/>
+      <c r="I161" s="44"/>
+      <c r="J161" s="44"/>
+      <c r="K161" s="44"/>
+      <c r="L161" s="50"/>
+      <c r="M161" s="50"/>
+      <c r="N161" s="50"/>
+      <c r="O161" s="49"/>
+      <c r="P161" s="51"/>
+      <c r="Q161" s="46"/>
+      <c r="R161" s="49"/>
+      <c r="S161" s="49"/>
+      <c r="T161" s="44"/>
+      <c r="U161" s="49"/>
+      <c r="V161" s="49"/>
+      <c r="W161" s="44"/>
+      <c r="X161" s="49"/>
+      <c r="Y161" s="46"/>
+      <c r="Z161" s="52"/>
+    </row>
+    <row r="162" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A162" s="48"/>
+      <c r="B162" s="49"/>
+      <c r="C162" s="44"/>
+      <c r="D162" s="44"/>
+      <c r="E162" s="46"/>
+      <c r="F162" s="46"/>
+      <c r="G162" s="44"/>
+      <c r="H162" s="44"/>
+      <c r="I162" s="44"/>
+      <c r="J162" s="44"/>
+      <c r="K162" s="44"/>
+      <c r="L162" s="50"/>
+      <c r="M162" s="50"/>
+      <c r="N162" s="50"/>
+      <c r="O162" s="49"/>
+      <c r="P162" s="51"/>
+      <c r="Q162" s="46"/>
+      <c r="R162" s="49"/>
+      <c r="S162" s="49"/>
+      <c r="T162" s="44"/>
+      <c r="U162" s="49"/>
+      <c r="V162" s="49"/>
+      <c r="W162" s="44"/>
+      <c r="X162" s="49"/>
+      <c r="Y162" s="46"/>
+      <c r="Z162" s="52"/>
+    </row>
+    <row r="163" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A163" s="48"/>
+      <c r="B163" s="49"/>
+      <c r="C163" s="44"/>
+      <c r="D163" s="44"/>
+      <c r="E163" s="46"/>
+      <c r="F163" s="46"/>
+      <c r="G163" s="44"/>
+      <c r="H163" s="44"/>
+      <c r="I163" s="44"/>
+      <c r="J163" s="44"/>
+      <c r="K163" s="44"/>
+      <c r="L163" s="50"/>
+      <c r="M163" s="50"/>
+      <c r="N163" s="50"/>
+      <c r="O163" s="49"/>
+      <c r="P163" s="51"/>
+      <c r="Q163" s="46"/>
+      <c r="R163" s="49"/>
+      <c r="S163" s="49"/>
+      <c r="T163" s="44"/>
+      <c r="U163" s="49"/>
+      <c r="V163" s="49"/>
+      <c r="W163" s="44"/>
+      <c r="X163" s="49"/>
+      <c r="Y163" s="46"/>
+      <c r="Z163" s="52"/>
+    </row>
+    <row r="164" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A164" s="48"/>
+      <c r="B164" s="49"/>
+      <c r="C164" s="44"/>
+      <c r="D164" s="44"/>
+      <c r="E164" s="46"/>
+      <c r="F164" s="46"/>
+      <c r="G164" s="44"/>
+      <c r="H164" s="44"/>
+      <c r="I164" s="44"/>
+      <c r="J164" s="44"/>
+      <c r="K164" s="44"/>
+      <c r="L164" s="50"/>
+      <c r="M164" s="50"/>
+      <c r="N164" s="50"/>
+      <c r="O164" s="49"/>
+      <c r="P164" s="51"/>
+      <c r="Q164" s="46"/>
+      <c r="R164" s="49"/>
+      <c r="S164" s="49"/>
+      <c r="T164" s="44"/>
+      <c r="U164" s="49"/>
+      <c r="V164" s="49"/>
+      <c r="W164" s="44"/>
+      <c r="X164" s="49"/>
+      <c r="Y164" s="46"/>
+      <c r="Z164" s="52"/>
+    </row>
+    <row r="165" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A165" s="48"/>
+      <c r="B165" s="49"/>
+      <c r="C165" s="44"/>
+      <c r="D165" s="44"/>
+      <c r="E165" s="46"/>
+      <c r="F165" s="46"/>
+      <c r="G165" s="44"/>
+      <c r="H165" s="44"/>
+      <c r="I165" s="44"/>
+      <c r="J165" s="44"/>
+      <c r="K165" s="44"/>
+      <c r="L165" s="50"/>
+      <c r="M165" s="50"/>
+      <c r="N165" s="50"/>
+      <c r="O165" s="49"/>
+      <c r="P165" s="51"/>
+      <c r="Q165" s="46"/>
+      <c r="R165" s="49"/>
+      <c r="S165" s="49"/>
+      <c r="T165" s="44"/>
+      <c r="U165" s="49"/>
+      <c r="V165" s="49"/>
+      <c r="W165" s="44"/>
+      <c r="X165" s="49"/>
+      <c r="Y165" s="46"/>
+      <c r="Z165" s="52"/>
+    </row>
+    <row r="166" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A166" s="48"/>
+      <c r="B166" s="49"/>
+      <c r="C166" s="44"/>
+      <c r="D166" s="44"/>
+      <c r="E166" s="46"/>
+      <c r="F166" s="46"/>
+      <c r="G166" s="44"/>
+      <c r="H166" s="44"/>
+      <c r="I166" s="44"/>
+      <c r="J166" s="44"/>
+      <c r="K166" s="44"/>
+      <c r="L166" s="50"/>
+      <c r="M166" s="50"/>
+      <c r="N166" s="50"/>
+      <c r="O166" s="49"/>
+      <c r="P166" s="51"/>
+      <c r="Q166" s="46"/>
+      <c r="R166" s="49"/>
+      <c r="S166" s="49"/>
+      <c r="T166" s="44"/>
+      <c r="U166" s="49"/>
+      <c r="V166" s="49"/>
+      <c r="W166" s="44"/>
+      <c r="X166" s="49"/>
+      <c r="Y166" s="46"/>
+      <c r="Z166" s="52"/>
+    </row>
+    <row r="167" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A167" s="48"/>
+      <c r="B167" s="49"/>
+      <c r="C167" s="44"/>
+      <c r="D167" s="44"/>
+      <c r="E167" s="46"/>
+      <c r="F167" s="46"/>
+      <c r="G167" s="44"/>
+      <c r="H167" s="44"/>
+      <c r="I167" s="44"/>
+      <c r="J167" s="44"/>
+      <c r="K167" s="44"/>
+      <c r="L167" s="50"/>
+      <c r="M167" s="50"/>
+      <c r="N167" s="50"/>
+      <c r="O167" s="49"/>
+      <c r="P167" s="51"/>
+      <c r="Q167" s="46"/>
+      <c r="R167" s="49"/>
+      <c r="S167" s="49"/>
+      <c r="T167" s="44"/>
+      <c r="U167" s="49"/>
+      <c r="V167" s="49"/>
+      <c r="W167" s="44"/>
+      <c r="X167" s="49"/>
+      <c r="Y167" s="46"/>
+      <c r="Z167" s="52"/>
+    </row>
+    <row r="168" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A168" s="48"/>
+      <c r="B168" s="49"/>
+      <c r="C168" s="44"/>
+      <c r="D168" s="44"/>
+      <c r="E168" s="46"/>
+      <c r="F168" s="46"/>
+      <c r="G168" s="44"/>
+      <c r="H168" s="44"/>
+      <c r="I168" s="44"/>
+      <c r="J168" s="44"/>
+      <c r="K168" s="44"/>
+      <c r="L168" s="50"/>
+      <c r="M168" s="50"/>
+      <c r="N168" s="50"/>
+      <c r="O168" s="49"/>
+      <c r="P168" s="51"/>
+      <c r="Q168" s="46"/>
+      <c r="R168" s="49"/>
+      <c r="S168" s="49"/>
+      <c r="T168" s="44"/>
+      <c r="U168" s="49"/>
+      <c r="V168" s="49"/>
+      <c r="W168" s="44"/>
+      <c r="X168" s="49"/>
+      <c r="Y168" s="46"/>
+      <c r="Z168" s="52"/>
+    </row>
+    <row r="169" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A169" s="48"/>
+      <c r="B169" s="49"/>
+      <c r="C169" s="44"/>
+      <c r="D169" s="44"/>
+      <c r="E169" s="46"/>
+      <c r="F169" s="46"/>
+      <c r="G169" s="44"/>
+      <c r="H169" s="44"/>
+      <c r="I169" s="44"/>
+      <c r="J169" s="44"/>
+      <c r="K169" s="44"/>
+      <c r="L169" s="50"/>
+      <c r="M169" s="50"/>
+      <c r="N169" s="50"/>
+      <c r="O169" s="49"/>
+      <c r="P169" s="51"/>
+      <c r="Q169" s="46"/>
+      <c r="R169" s="49"/>
+      <c r="S169" s="49"/>
+      <c r="T169" s="44"/>
+      <c r="U169" s="49"/>
+      <c r="V169" s="49"/>
+      <c r="W169" s="44"/>
+      <c r="X169" s="49"/>
+      <c r="Y169" s="46"/>
+      <c r="Z169" s="52"/>
+    </row>
+    <row r="170" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A170" s="48"/>
+      <c r="B170" s="49"/>
+      <c r="C170" s="44"/>
+      <c r="D170" s="44"/>
+      <c r="E170" s="46"/>
+      <c r="F170" s="46"/>
+      <c r="G170" s="44"/>
+      <c r="H170" s="44"/>
+      <c r="I170" s="44"/>
+      <c r="J170" s="44"/>
+      <c r="K170" s="44"/>
+      <c r="L170" s="50"/>
+      <c r="M170" s="50"/>
+      <c r="N170" s="50"/>
+      <c r="O170" s="49"/>
+      <c r="P170" s="51"/>
+      <c r="Q170" s="46"/>
+      <c r="R170" s="49"/>
+      <c r="S170" s="49"/>
+      <c r="T170" s="44"/>
+      <c r="U170" s="49"/>
+      <c r="V170" s="49"/>
+      <c r="W170" s="44"/>
+      <c r="X170" s="49"/>
+      <c r="Y170" s="46"/>
+      <c r="Z170" s="52"/>
+    </row>
+    <row r="171" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A171" s="48"/>
+      <c r="B171" s="49"/>
+      <c r="C171" s="44"/>
+      <c r="D171" s="44"/>
+      <c r="E171" s="46"/>
+      <c r="F171" s="46"/>
+      <c r="G171" s="44"/>
+      <c r="H171" s="44"/>
+      <c r="I171" s="44"/>
+      <c r="J171" s="44"/>
+      <c r="K171" s="44"/>
+      <c r="L171" s="50"/>
+      <c r="M171" s="50"/>
+      <c r="N171" s="50"/>
+      <c r="O171" s="49"/>
+      <c r="P171" s="51"/>
+      <c r="Q171" s="46"/>
+      <c r="R171" s="49"/>
+      <c r="S171" s="49"/>
+      <c r="T171" s="44"/>
+      <c r="U171" s="49"/>
+      <c r="V171" s="49"/>
+      <c r="W171" s="44"/>
+      <c r="X171" s="49"/>
+      <c r="Y171" s="46"/>
+      <c r="Z171" s="52"/>
+    </row>
+    <row r="172" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A172" s="48"/>
+      <c r="B172" s="49"/>
+      <c r="C172" s="44"/>
+      <c r="D172" s="44"/>
+      <c r="E172" s="46"/>
+      <c r="F172" s="46"/>
+      <c r="G172" s="44"/>
+      <c r="H172" s="44"/>
+      <c r="I172" s="44"/>
+      <c r="J172" s="44"/>
+      <c r="K172" s="44"/>
+      <c r="L172" s="50"/>
+      <c r="M172" s="50"/>
+      <c r="N172" s="50"/>
+      <c r="O172" s="49"/>
+      <c r="P172" s="51"/>
+      <c r="Q172" s="46"/>
+      <c r="R172" s="49"/>
+      <c r="S172" s="49"/>
+      <c r="T172" s="44"/>
+      <c r="U172" s="49"/>
+      <c r="V172" s="49"/>
+      <c r="W172" s="44"/>
+      <c r="X172" s="49"/>
+      <c r="Y172" s="46"/>
+      <c r="Z172" s="52"/>
+    </row>
+    <row r="173" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A173" s="48"/>
+      <c r="B173" s="49"/>
+      <c r="C173" s="44"/>
+      <c r="D173" s="44"/>
+      <c r="E173" s="46"/>
+      <c r="F173" s="46"/>
+      <c r="G173" s="44"/>
+      <c r="H173" s="44"/>
+      <c r="I173" s="44"/>
+      <c r="J173" s="44"/>
+      <c r="K173" s="44"/>
+      <c r="L173" s="50"/>
+      <c r="M173" s="50"/>
+      <c r="N173" s="50"/>
+      <c r="O173" s="49"/>
+      <c r="P173" s="51"/>
+      <c r="Q173" s="46"/>
+      <c r="R173" s="49"/>
+      <c r="S173" s="49"/>
+      <c r="T173" s="44"/>
+      <c r="U173" s="49"/>
+      <c r="V173" s="49"/>
+      <c r="W173" s="44"/>
+      <c r="X173" s="49"/>
+      <c r="Y173" s="46"/>
+      <c r="Z173" s="52"/>
+    </row>
+    <row r="174" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A174" s="48"/>
+      <c r="B174" s="49"/>
+      <c r="C174" s="44"/>
+      <c r="D174" s="44"/>
+      <c r="E174" s="46"/>
+      <c r="F174" s="46"/>
+      <c r="G174" s="44"/>
+      <c r="H174" s="44"/>
+      <c r="I174" s="44"/>
+      <c r="J174" s="44"/>
+      <c r="K174" s="44"/>
+      <c r="L174" s="50"/>
+      <c r="M174" s="50"/>
+      <c r="N174" s="50"/>
+      <c r="O174" s="49"/>
+      <c r="P174" s="51"/>
+      <c r="Q174" s="46"/>
+      <c r="R174" s="49"/>
+      <c r="S174" s="49"/>
+      <c r="T174" s="44"/>
+      <c r="U174" s="49"/>
+      <c r="V174" s="49"/>
+      <c r="W174" s="44"/>
+      <c r="X174" s="49"/>
+      <c r="Y174" s="46"/>
+      <c r="Z174" s="52"/>
+    </row>
+    <row r="175" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A175" s="48"/>
+      <c r="B175" s="49"/>
+      <c r="C175" s="44"/>
+      <c r="D175" s="44"/>
+      <c r="E175" s="46"/>
+      <c r="F175" s="46"/>
+      <c r="G175" s="44"/>
+      <c r="H175" s="44"/>
+      <c r="I175" s="44"/>
+      <c r="J175" s="44"/>
+      <c r="K175" s="44"/>
+      <c r="L175" s="50"/>
+      <c r="M175" s="50"/>
+      <c r="N175" s="50"/>
+      <c r="O175" s="49"/>
+      <c r="P175" s="51"/>
+      <c r="Q175" s="46"/>
+      <c r="R175" s="49"/>
+      <c r="S175" s="49"/>
+      <c r="T175" s="44"/>
+      <c r="U175" s="49"/>
+      <c r="V175" s="49"/>
+      <c r="W175" s="44"/>
+      <c r="X175" s="49"/>
+      <c r="Y175" s="46"/>
+      <c r="Z175" s="52"/>
+    </row>
+    <row r="176" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A176" s="48"/>
+      <c r="B176" s="49"/>
+      <c r="C176" s="44"/>
+      <c r="D176" s="44"/>
+      <c r="E176" s="46"/>
+      <c r="F176" s="46"/>
+      <c r="G176" s="44"/>
+      <c r="H176" s="44"/>
+      <c r="I176" s="44"/>
+      <c r="J176" s="44"/>
+      <c r="K176" s="44"/>
+      <c r="L176" s="50"/>
+      <c r="M176" s="50"/>
+      <c r="N176" s="50"/>
+      <c r="O176" s="49"/>
+      <c r="P176" s="51"/>
+      <c r="Q176" s="46"/>
+      <c r="R176" s="49"/>
+      <c r="S176" s="49"/>
+      <c r="T176" s="44"/>
+      <c r="U176" s="49"/>
+      <c r="V176" s="49"/>
+      <c r="W176" s="44"/>
+      <c r="X176" s="49"/>
+      <c r="Y176" s="46"/>
+      <c r="Z176" s="52"/>
+    </row>
+    <row r="177" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A177" s="48"/>
+      <c r="B177" s="49"/>
+      <c r="C177" s="44"/>
+      <c r="D177" s="44"/>
+      <c r="E177" s="46"/>
+      <c r="F177" s="46"/>
+      <c r="G177" s="44"/>
+      <c r="H177" s="44"/>
+      <c r="I177" s="44"/>
+      <c r="J177" s="44"/>
+      <c r="K177" s="44"/>
+      <c r="L177" s="50"/>
+      <c r="M177" s="50"/>
+      <c r="N177" s="50"/>
+      <c r="O177" s="49"/>
+      <c r="P177" s="51"/>
+      <c r="Q177" s="46"/>
+      <c r="R177" s="49"/>
+      <c r="S177" s="49"/>
+      <c r="T177" s="44"/>
+      <c r="U177" s="49"/>
+      <c r="V177" s="49"/>
+      <c r="W177" s="44"/>
+      <c r="X177" s="49"/>
+      <c r="Y177" s="46"/>
+      <c r="Z177" s="52"/>
+    </row>
+    <row r="178" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A178" s="48"/>
+      <c r="B178" s="49"/>
+      <c r="C178" s="44"/>
+      <c r="D178" s="44"/>
+      <c r="E178" s="46"/>
+      <c r="F178" s="46"/>
+      <c r="G178" s="44"/>
+      <c r="H178" s="44"/>
+      <c r="I178" s="44"/>
+      <c r="J178" s="44"/>
+      <c r="K178" s="44"/>
+      <c r="L178" s="50"/>
+      <c r="M178" s="50"/>
+      <c r="N178" s="50"/>
+      <c r="O178" s="49"/>
+      <c r="P178" s="51"/>
+      <c r="Q178" s="46"/>
+      <c r="R178" s="49"/>
+      <c r="S178" s="49"/>
+      <c r="T178" s="44"/>
+      <c r="U178" s="49"/>
+      <c r="V178" s="49"/>
+      <c r="W178" s="44"/>
+      <c r="X178" s="49"/>
+      <c r="Y178" s="46"/>
+      <c r="Z178" s="52"/>
+    </row>
+    <row r="179" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A179" s="48"/>
+      <c r="B179" s="49"/>
+      <c r="C179" s="44"/>
+      <c r="D179" s="44"/>
+      <c r="E179" s="46"/>
+      <c r="F179" s="46"/>
+      <c r="G179" s="44"/>
+      <c r="H179" s="44"/>
+      <c r="I179" s="44"/>
+      <c r="J179" s="44"/>
+      <c r="K179" s="44"/>
+      <c r="L179" s="50"/>
+      <c r="M179" s="50"/>
+      <c r="N179" s="50"/>
+      <c r="O179" s="49"/>
+      <c r="P179" s="51"/>
+      <c r="Q179" s="46"/>
+      <c r="R179" s="49"/>
+      <c r="S179" s="49"/>
+      <c r="T179" s="44"/>
+      <c r="U179" s="49"/>
+      <c r="V179" s="49"/>
+      <c r="W179" s="44"/>
+      <c r="X179" s="49"/>
+      <c r="Y179" s="46"/>
+      <c r="Z179" s="52"/>
+    </row>
+    <row r="180" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A180" s="48"/>
+      <c r="B180" s="49"/>
+      <c r="C180" s="44"/>
+      <c r="D180" s="44"/>
+      <c r="E180" s="46"/>
+      <c r="F180" s="46"/>
+      <c r="G180" s="44"/>
+      <c r="H180" s="44"/>
+      <c r="I180" s="44"/>
+      <c r="J180" s="44"/>
+      <c r="K180" s="44"/>
+      <c r="L180" s="50"/>
+      <c r="M180" s="50"/>
+      <c r="N180" s="50"/>
+      <c r="O180" s="49"/>
+      <c r="P180" s="51"/>
+      <c r="Q180" s="46"/>
+      <c r="R180" s="49"/>
+      <c r="S180" s="49"/>
+      <c r="T180" s="44"/>
+      <c r="U180" s="49"/>
+      <c r="V180" s="49"/>
+      <c r="W180" s="44"/>
+      <c r="X180" s="49"/>
+      <c r="Y180" s="46"/>
+      <c r="Z180" s="52"/>
+    </row>
+    <row r="181" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A181" s="48"/>
+      <c r="B181" s="49"/>
+      <c r="C181" s="44"/>
+      <c r="D181" s="44"/>
+      <c r="E181" s="46"/>
+      <c r="F181" s="46"/>
+      <c r="G181" s="44"/>
+      <c r="H181" s="44"/>
+      <c r="I181" s="44"/>
+      <c r="J181" s="44"/>
+      <c r="K181" s="44"/>
+      <c r="L181" s="50"/>
+      <c r="M181" s="50"/>
+      <c r="N181" s="50"/>
+      <c r="O181" s="49"/>
+      <c r="P181" s="51"/>
+      <c r="Q181" s="46"/>
+      <c r="R181" s="49"/>
+      <c r="S181" s="49"/>
+      <c r="T181" s="44"/>
+      <c r="U181" s="49"/>
+      <c r="V181" s="49"/>
+      <c r="W181" s="44"/>
+      <c r="X181" s="49"/>
+      <c r="Y181" s="46"/>
+      <c r="Z181" s="52"/>
+    </row>
+    <row r="182" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A182" s="48"/>
+      <c r="B182" s="49"/>
+      <c r="C182" s="44"/>
+      <c r="D182" s="44"/>
+      <c r="E182" s="46"/>
+      <c r="F182" s="46"/>
+      <c r="G182" s="44"/>
+      <c r="H182" s="44"/>
+      <c r="I182" s="44"/>
+      <c r="J182" s="44"/>
+      <c r="K182" s="44"/>
+      <c r="L182" s="50"/>
+      <c r="M182" s="50"/>
+      <c r="N182" s="50"/>
+      <c r="O182" s="49"/>
+      <c r="P182" s="51"/>
+      <c r="Q182" s="46"/>
+      <c r="R182" s="49"/>
+      <c r="S182" s="49"/>
+      <c r="T182" s="44"/>
+      <c r="U182" s="49"/>
+      <c r="V182" s="49"/>
+      <c r="W182" s="44"/>
+      <c r="X182" s="49"/>
+      <c r="Y182" s="46"/>
+      <c r="Z182" s="52"/>
+    </row>
+    <row r="183" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A183" s="48"/>
+      <c r="B183" s="49"/>
+      <c r="C183" s="44"/>
+      <c r="D183" s="44"/>
+      <c r="E183" s="46"/>
+      <c r="F183" s="46"/>
+      <c r="G183" s="44"/>
+      <c r="H183" s="44"/>
+      <c r="I183" s="44"/>
+      <c r="J183" s="44"/>
+      <c r="K183" s="44"/>
+      <c r="L183" s="50"/>
+      <c r="M183" s="50"/>
+      <c r="N183" s="50"/>
+      <c r="O183" s="49"/>
+      <c r="P183" s="51"/>
+      <c r="Q183" s="46"/>
+      <c r="R183" s="49"/>
+      <c r="S183" s="49"/>
+      <c r="T183" s="44"/>
+      <c r="U183" s="49"/>
+      <c r="V183" s="49"/>
+      <c r="W183" s="44"/>
+      <c r="X183" s="49"/>
+      <c r="Y183" s="46"/>
+      <c r="Z183" s="52"/>
+    </row>
+    <row r="184" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A184" s="48"/>
+      <c r="B184" s="49"/>
+      <c r="C184" s="44"/>
+      <c r="D184" s="44"/>
+      <c r="E184" s="46"/>
+      <c r="F184" s="46"/>
+      <c r="G184" s="44"/>
+      <c r="H184" s="44"/>
+      <c r="I184" s="44"/>
+      <c r="J184" s="44"/>
+      <c r="K184" s="44"/>
+      <c r="L184" s="50"/>
+      <c r="M184" s="50"/>
+      <c r="N184" s="50"/>
+      <c r="O184" s="49"/>
+      <c r="P184" s="51"/>
+      <c r="Q184" s="46"/>
+      <c r="R184" s="49"/>
+      <c r="S184" s="49"/>
+      <c r="T184" s="44"/>
+      <c r="U184" s="49"/>
+      <c r="V184" s="49"/>
+      <c r="W184" s="44"/>
+      <c r="X184" s="49"/>
+      <c r="Y184" s="46"/>
+      <c r="Z184" s="52"/>
+    </row>
+    <row r="185" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A185" s="48"/>
+      <c r="B185" s="49"/>
+      <c r="C185" s="44"/>
+      <c r="D185" s="44"/>
+      <c r="E185" s="46"/>
+      <c r="F185" s="46"/>
+      <c r="G185" s="44"/>
+      <c r="H185" s="44"/>
+      <c r="I185" s="44"/>
+      <c r="J185" s="44"/>
+      <c r="K185" s="44"/>
+      <c r="L185" s="50"/>
+      <c r="M185" s="50"/>
+      <c r="N185" s="50"/>
+      <c r="O185" s="49"/>
+      <c r="P185" s="51"/>
+      <c r="Q185" s="46"/>
+      <c r="R185" s="49"/>
+      <c r="S185" s="49"/>
+      <c r="T185" s="44"/>
+      <c r="U185" s="49"/>
+      <c r="V185" s="49"/>
+      <c r="W185" s="44"/>
+      <c r="X185" s="49"/>
+      <c r="Y185" s="46"/>
+      <c r="Z185" s="52"/>
+    </row>
+    <row r="186" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A186" s="48"/>
+      <c r="B186" s="49"/>
+      <c r="C186" s="44"/>
+      <c r="D186" s="44"/>
+      <c r="E186" s="46"/>
+      <c r="F186" s="46"/>
+      <c r="G186" s="44"/>
+      <c r="H186" s="44"/>
+      <c r="I186" s="44"/>
+      <c r="J186" s="44"/>
+      <c r="K186" s="44"/>
+      <c r="L186" s="50"/>
+      <c r="M186" s="50"/>
+      <c r="N186" s="50"/>
+      <c r="O186" s="49"/>
+      <c r="P186" s="51"/>
+      <c r="Q186" s="46"/>
+      <c r="R186" s="49"/>
+      <c r="S186" s="49"/>
+      <c r="T186" s="44"/>
+      <c r="U186" s="49"/>
+      <c r="V186" s="49"/>
+      <c r="W186" s="44"/>
+      <c r="X186" s="49"/>
+      <c r="Y186" s="46"/>
+      <c r="Z186" s="52"/>
+    </row>
+    <row r="187" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A187" s="48"/>
+      <c r="B187" s="49"/>
+      <c r="C187" s="44"/>
+      <c r="D187" s="44"/>
+      <c r="E187" s="46"/>
+      <c r="F187" s="46"/>
+      <c r="G187" s="44"/>
+      <c r="H187" s="44"/>
+      <c r="I187" s="44"/>
+      <c r="J187" s="44"/>
+      <c r="K187" s="44"/>
+      <c r="L187" s="50"/>
+      <c r="M187" s="50"/>
+      <c r="N187" s="50"/>
+      <c r="O187" s="49"/>
+      <c r="P187" s="51"/>
+      <c r="Q187" s="46"/>
+      <c r="R187" s="49"/>
+      <c r="S187" s="49"/>
+      <c r="T187" s="44"/>
+      <c r="U187" s="49"/>
+      <c r="V187" s="49"/>
+      <c r="W187" s="44"/>
+      <c r="X187" s="49"/>
+      <c r="Y187" s="46"/>
+      <c r="Z187" s="52"/>
+    </row>
+    <row r="188" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A188" s="48"/>
+      <c r="B188" s="49"/>
+      <c r="C188" s="44"/>
+      <c r="D188" s="44"/>
+      <c r="E188" s="46"/>
+      <c r="F188" s="46"/>
+      <c r="G188" s="44"/>
+      <c r="H188" s="44"/>
+      <c r="I188" s="44"/>
+      <c r="J188" s="44"/>
+      <c r="K188" s="44"/>
+      <c r="L188" s="50"/>
+      <c r="M188" s="50"/>
+      <c r="N188" s="50"/>
+      <c r="O188" s="49"/>
+      <c r="P188" s="51"/>
+      <c r="Q188" s="46"/>
+      <c r="R188" s="49"/>
+      <c r="S188" s="49"/>
+      <c r="T188" s="44"/>
+      <c r="U188" s="49"/>
+      <c r="V188" s="49"/>
+      <c r="W188" s="44"/>
+      <c r="X188" s="49"/>
+      <c r="Y188" s="46"/>
+      <c r="Z188" s="52"/>
+    </row>
+    <row r="189" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A189" s="48"/>
+      <c r="B189" s="49"/>
+      <c r="C189" s="44"/>
+      <c r="D189" s="44"/>
+      <c r="E189" s="46"/>
+      <c r="F189" s="46"/>
+      <c r="G189" s="44"/>
+      <c r="H189" s="44"/>
+      <c r="I189" s="44"/>
+      <c r="J189" s="44"/>
+      <c r="K189" s="44"/>
+      <c r="L189" s="50"/>
+      <c r="M189" s="50"/>
+      <c r="N189" s="50"/>
+      <c r="O189" s="49"/>
+      <c r="P189" s="51"/>
+      <c r="Q189" s="46"/>
+      <c r="R189" s="49"/>
+      <c r="S189" s="49"/>
+      <c r="T189" s="44"/>
+      <c r="U189" s="49"/>
+      <c r="V189" s="49"/>
+      <c r="W189" s="44"/>
+      <c r="X189" s="49"/>
+      <c r="Y189" s="46"/>
+      <c r="Z189" s="52"/>
+    </row>
+    <row r="190" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A190" s="48"/>
+      <c r="B190" s="49"/>
+      <c r="C190" s="44"/>
+      <c r="D190" s="44"/>
+      <c r="E190" s="46"/>
+      <c r="F190" s="46"/>
+      <c r="G190" s="44"/>
+      <c r="H190" s="44"/>
+      <c r="I190" s="44"/>
+      <c r="J190" s="44"/>
+      <c r="K190" s="44"/>
+      <c r="L190" s="50"/>
+      <c r="M190" s="50"/>
+      <c r="N190" s="50"/>
+      <c r="O190" s="49"/>
+      <c r="P190" s="51"/>
+      <c r="Q190" s="46"/>
+      <c r="R190" s="49"/>
+      <c r="S190" s="49"/>
+      <c r="T190" s="44"/>
+      <c r="U190" s="49"/>
+      <c r="V190" s="49"/>
+      <c r="W190" s="44"/>
+      <c r="X190" s="49"/>
+      <c r="Y190" s="46"/>
+      <c r="Z190" s="52"/>
+    </row>
+    <row r="191" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A191" s="48"/>
+      <c r="B191" s="49"/>
+      <c r="C191" s="44"/>
+      <c r="D191" s="44"/>
+      <c r="E191" s="46"/>
+      <c r="F191" s="46"/>
+      <c r="G191" s="44"/>
+      <c r="H191" s="44"/>
+      <c r="I191" s="44"/>
+      <c r="J191" s="44"/>
+      <c r="K191" s="44"/>
+      <c r="L191" s="50"/>
+      <c r="M191" s="50"/>
+      <c r="N191" s="50"/>
+      <c r="O191" s="49"/>
+      <c r="P191" s="51"/>
+      <c r="Q191" s="46"/>
+      <c r="R191" s="49"/>
+      <c r="S191" s="49"/>
+      <c r="T191" s="44"/>
+      <c r="U191" s="49"/>
+      <c r="V191" s="49"/>
+      <c r="W191" s="44"/>
+      <c r="X191" s="49"/>
+      <c r="Y191" s="46"/>
+      <c r="Z191" s="52"/>
+    </row>
+    <row r="192" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A192" s="48"/>
+      <c r="B192" s="49"/>
+      <c r="C192" s="44"/>
+      <c r="D192" s="44"/>
+      <c r="E192" s="46"/>
+      <c r="F192" s="46"/>
+      <c r="G192" s="44"/>
+      <c r="H192" s="44"/>
+      <c r="I192" s="44"/>
+      <c r="J192" s="44"/>
+      <c r="K192" s="44"/>
+      <c r="L192" s="50"/>
+      <c r="M192" s="50"/>
+      <c r="N192" s="50"/>
+      <c r="O192" s="49"/>
+      <c r="P192" s="51"/>
+      <c r="Q192" s="46"/>
+      <c r="R192" s="49"/>
+      <c r="S192" s="49"/>
+      <c r="T192" s="44"/>
+      <c r="U192" s="49"/>
+      <c r="V192" s="49"/>
+      <c r="W192" s="44"/>
+      <c r="X192" s="49"/>
+      <c r="Y192" s="46"/>
+      <c r="Z192" s="52"/>
+    </row>
+    <row r="193" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A193" s="48"/>
+      <c r="B193" s="49"/>
+      <c r="C193" s="44"/>
+      <c r="D193" s="44"/>
+      <c r="E193" s="46"/>
+      <c r="F193" s="46"/>
+      <c r="G193" s="44"/>
+      <c r="H193" s="44"/>
+      <c r="I193" s="44"/>
+      <c r="J193" s="44"/>
+      <c r="K193" s="44"/>
+      <c r="L193" s="50"/>
+      <c r="M193" s="50"/>
+      <c r="N193" s="50"/>
+      <c r="O193" s="49"/>
+      <c r="P193" s="51"/>
+      <c r="Q193" s="46"/>
+      <c r="R193" s="49"/>
+      <c r="S193" s="49"/>
+      <c r="T193" s="44"/>
+      <c r="U193" s="49"/>
+      <c r="V193" s="49"/>
+      <c r="W193" s="44"/>
+      <c r="X193" s="49"/>
+      <c r="Y193" s="46"/>
+      <c r="Z193" s="52"/>
+    </row>
+    <row r="194" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A194" s="48"/>
+      <c r="B194" s="49"/>
+      <c r="C194" s="44"/>
+      <c r="D194" s="44"/>
+      <c r="E194" s="46"/>
+      <c r="F194" s="46"/>
+      <c r="G194" s="44"/>
+      <c r="H194" s="44"/>
+      <c r="I194" s="44"/>
+      <c r="J194" s="44"/>
+      <c r="K194" s="44"/>
+      <c r="L194" s="50"/>
+      <c r="M194" s="50"/>
+      <c r="N194" s="50"/>
+      <c r="O194" s="49"/>
+      <c r="P194" s="51"/>
+      <c r="Q194" s="46"/>
+      <c r="R194" s="49"/>
+      <c r="S194" s="49"/>
+      <c r="T194" s="44"/>
+      <c r="U194" s="49"/>
+      <c r="V194" s="49"/>
+      <c r="W194" s="44"/>
+      <c r="X194" s="49"/>
+      <c r="Y194" s="46"/>
+      <c r="Z194" s="52"/>
+    </row>
+    <row r="195" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A195" s="48"/>
+      <c r="B195" s="49"/>
+      <c r="C195" s="44"/>
+      <c r="D195" s="44"/>
+      <c r="E195" s="46"/>
+      <c r="F195" s="46"/>
+      <c r="G195" s="44"/>
+      <c r="H195" s="44"/>
+      <c r="I195" s="44"/>
+      <c r="J195" s="44"/>
+      <c r="K195" s="44"/>
+      <c r="L195" s="50"/>
+      <c r="M195" s="50"/>
+      <c r="N195" s="50"/>
+      <c r="O195" s="49"/>
+      <c r="P195" s="51"/>
+      <c r="Q195" s="46"/>
+      <c r="R195" s="49"/>
+      <c r="S195" s="49"/>
+      <c r="T195" s="44"/>
+      <c r="U195" s="49"/>
+      <c r="V195" s="49"/>
+      <c r="W195" s="44"/>
+      <c r="X195" s="49"/>
+      <c r="Y195" s="46"/>
+      <c r="Z195" s="52"/>
+    </row>
+    <row r="196" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A196" s="48"/>
+      <c r="B196" s="49"/>
+      <c r="C196" s="44"/>
+      <c r="D196" s="44"/>
+      <c r="E196" s="46"/>
+      <c r="F196" s="46"/>
+      <c r="G196" s="44"/>
+      <c r="H196" s="44"/>
+      <c r="I196" s="44"/>
+      <c r="J196" s="44"/>
+      <c r="K196" s="44"/>
+      <c r="L196" s="50"/>
+      <c r="M196" s="50"/>
+      <c r="N196" s="50"/>
+      <c r="O196" s="49"/>
+      <c r="P196" s="51"/>
+      <c r="Q196" s="46"/>
+      <c r="R196" s="49"/>
+      <c r="S196" s="49"/>
+      <c r="T196" s="44"/>
+      <c r="U196" s="49"/>
+      <c r="V196" s="49"/>
+      <c r="W196" s="44"/>
+      <c r="X196" s="49"/>
+      <c r="Y196" s="46"/>
+      <c r="Z196" s="52"/>
+    </row>
+    <row r="197" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A197" s="48"/>
+      <c r="B197" s="49"/>
+      <c r="C197" s="44"/>
+      <c r="D197" s="44"/>
+      <c r="E197" s="46"/>
+      <c r="F197" s="46"/>
+      <c r="G197" s="44"/>
+      <c r="H197" s="44"/>
+      <c r="I197" s="44"/>
+      <c r="J197" s="44"/>
+      <c r="K197" s="44"/>
+      <c r="L197" s="50"/>
+      <c r="M197" s="50"/>
+      <c r="N197" s="50"/>
+      <c r="O197" s="49"/>
+      <c r="P197" s="51"/>
+      <c r="Q197" s="46"/>
+      <c r="R197" s="49"/>
+      <c r="S197" s="49"/>
+      <c r="T197" s="44"/>
+      <c r="U197" s="49"/>
+      <c r="V197" s="49"/>
+      <c r="W197" s="44"/>
+      <c r="X197" s="49"/>
+      <c r="Y197" s="46"/>
+      <c r="Z197" s="52"/>
+    </row>
+    <row r="198" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A198" s="48"/>
+      <c r="B198" s="49"/>
+      <c r="C198" s="44"/>
+      <c r="D198" s="44"/>
+      <c r="E198" s="46"/>
+      <c r="F198" s="46"/>
+      <c r="G198" s="44"/>
+      <c r="H198" s="44"/>
+      <c r="I198" s="44"/>
+      <c r="J198" s="44"/>
+      <c r="K198" s="44"/>
+      <c r="L198" s="50"/>
+      <c r="M198" s="50"/>
+      <c r="N198" s="50"/>
+      <c r="O198" s="49"/>
+      <c r="P198" s="51"/>
+      <c r="Q198" s="46"/>
+      <c r="R198" s="49"/>
+      <c r="S198" s="49"/>
+      <c r="T198" s="44"/>
+      <c r="U198" s="49"/>
+      <c r="V198" s="49"/>
+      <c r="W198" s="44"/>
+      <c r="X198" s="49"/>
+      <c r="Y198" s="46"/>
+      <c r="Z198" s="52"/>
+    </row>
+    <row r="199" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A199" s="48"/>
+      <c r="B199" s="49"/>
+      <c r="C199" s="44"/>
+      <c r="D199" s="44"/>
+      <c r="E199" s="46"/>
+      <c r="F199" s="46"/>
+      <c r="G199" s="44"/>
+      <c r="H199" s="44"/>
+      <c r="I199" s="44"/>
+      <c r="J199" s="44"/>
+      <c r="K199" s="44"/>
+      <c r="L199" s="50"/>
+      <c r="M199" s="50"/>
+      <c r="N199" s="50"/>
+      <c r="O199" s="49"/>
+      <c r="P199" s="51"/>
+      <c r="Q199" s="46"/>
+      <c r="R199" s="49"/>
+      <c r="S199" s="49"/>
+      <c r="T199" s="44"/>
+      <c r="U199" s="49"/>
+      <c r="V199" s="49"/>
+      <c r="W199" s="44"/>
+      <c r="X199" s="49"/>
+      <c r="Y199" s="46"/>
+      <c r="Z199" s="52"/>
+    </row>
+    <row r="200" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A200" s="48"/>
+      <c r="B200" s="49"/>
+      <c r="C200" s="44"/>
+      <c r="D200" s="44"/>
+      <c r="E200" s="46"/>
+      <c r="F200" s="46"/>
+      <c r="G200" s="44"/>
+      <c r="H200" s="44"/>
+      <c r="I200" s="44"/>
+      <c r="J200" s="44"/>
+      <c r="K200" s="44"/>
+      <c r="L200" s="50"/>
+      <c r="M200" s="50"/>
+      <c r="N200" s="50"/>
+      <c r="O200" s="49"/>
+      <c r="P200" s="51"/>
+      <c r="Q200" s="46"/>
+      <c r="R200" s="49"/>
+      <c r="S200" s="49"/>
+      <c r="T200" s="44"/>
+      <c r="U200" s="49"/>
+      <c r="V200" s="49"/>
+      <c r="W200" s="44"/>
+      <c r="X200" s="49"/>
+      <c r="Y200" s="46"/>
+      <c r="Z200" s="52"/>
+    </row>
+    <row r="201" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A201" s="48"/>
+      <c r="B201" s="49"/>
+      <c r="C201" s="44"/>
+      <c r="D201" s="44"/>
+      <c r="E201" s="46"/>
+      <c r="F201" s="46"/>
+      <c r="G201" s="44"/>
+      <c r="H201" s="44"/>
+      <c r="I201" s="44"/>
+      <c r="J201" s="44"/>
+      <c r="K201" s="44"/>
+      <c r="L201" s="50"/>
+      <c r="M201" s="50"/>
+      <c r="N201" s="50"/>
+      <c r="O201" s="49"/>
+      <c r="P201" s="51"/>
+      <c r="Q201" s="46"/>
+      <c r="R201" s="49"/>
+      <c r="S201" s="49"/>
+      <c r="T201" s="44"/>
+      <c r="U201" s="49"/>
+      <c r="V201" s="49"/>
+      <c r="W201" s="44"/>
+      <c r="X201" s="49"/>
+      <c r="Y201" s="46"/>
+      <c r="Z201" s="52"/>
+    </row>
+    <row r="202" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A202" s="48"/>
+      <c r="B202" s="49"/>
+      <c r="C202" s="44"/>
+      <c r="D202" s="44"/>
+      <c r="E202" s="46"/>
+      <c r="F202" s="46"/>
+      <c r="G202" s="44"/>
+      <c r="H202" s="44"/>
+      <c r="I202" s="44"/>
+      <c r="J202" s="44"/>
+      <c r="K202" s="44"/>
+      <c r="L202" s="50"/>
+      <c r="M202" s="50"/>
+      <c r="N202" s="50"/>
+      <c r="O202" s="49"/>
+      <c r="P202" s="51"/>
+      <c r="Q202" s="46"/>
+      <c r="R202" s="49"/>
+      <c r="S202" s="49"/>
+      <c r="T202" s="44"/>
+      <c r="U202" s="49"/>
+      <c r="V202" s="49"/>
+      <c r="W202" s="44"/>
+      <c r="X202" s="49"/>
+      <c r="Y202" s="46"/>
+      <c r="Z202" s="52"/>
+    </row>
+    <row r="203" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A203" s="48"/>
+      <c r="B203" s="49"/>
+      <c r="C203" s="44"/>
+      <c r="D203" s="44"/>
+      <c r="E203" s="46"/>
+      <c r="F203" s="46"/>
+      <c r="G203" s="44"/>
+      <c r="H203" s="44"/>
+      <c r="I203" s="44"/>
+      <c r="J203" s="44"/>
+      <c r="K203" s="44"/>
+      <c r="L203" s="50"/>
+      <c r="M203" s="50"/>
+      <c r="N203" s="50"/>
+      <c r="O203" s="49"/>
+      <c r="P203" s="51"/>
+      <c r="Q203" s="46"/>
+      <c r="R203" s="49"/>
+      <c r="S203" s="49"/>
+      <c r="T203" s="44"/>
+      <c r="U203" s="49"/>
+      <c r="V203" s="49"/>
+      <c r="W203" s="44"/>
+      <c r="X203" s="49"/>
+      <c r="Y203" s="46"/>
+      <c r="Z203" s="52"/>
+    </row>
+    <row r="204" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A204" s="48"/>
+      <c r="B204" s="49"/>
+      <c r="C204" s="44"/>
+      <c r="D204" s="44"/>
+      <c r="E204" s="46"/>
+      <c r="F204" s="46"/>
+      <c r="G204" s="44"/>
+      <c r="H204" s="44"/>
+      <c r="I204" s="44"/>
+      <c r="J204" s="44"/>
+      <c r="K204" s="44"/>
+      <c r="L204" s="50"/>
+      <c r="M204" s="50"/>
+      <c r="N204" s="50"/>
+      <c r="O204" s="49"/>
+      <c r="P204" s="51"/>
+      <c r="Q204" s="46"/>
+      <c r="R204" s="49"/>
+      <c r="S204" s="49"/>
+      <c r="T204" s="44"/>
+      <c r="U204" s="49"/>
+      <c r="V204" s="49"/>
+      <c r="W204" s="44"/>
+      <c r="X204" s="49"/>
+      <c r="Y204" s="46"/>
+      <c r="Z204" s="52"/>
+    </row>
+    <row r="205" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A205" s="48"/>
+      <c r="B205" s="49"/>
+      <c r="C205" s="44"/>
+      <c r="D205" s="44"/>
+      <c r="E205" s="46"/>
+      <c r="F205" s="46"/>
+      <c r="G205" s="44"/>
+      <c r="H205" s="44"/>
+      <c r="I205" s="44"/>
+      <c r="J205" s="44"/>
+      <c r="K205" s="44"/>
+      <c r="L205" s="50"/>
+      <c r="M205" s="50"/>
+      <c r="N205" s="50"/>
+      <c r="O205" s="49"/>
+      <c r="P205" s="51"/>
+      <c r="Q205" s="46"/>
+      <c r="R205" s="49"/>
+      <c r="S205" s="49"/>
+      <c r="T205" s="44"/>
+      <c r="U205" s="49"/>
+      <c r="V205" s="49"/>
+      <c r="W205" s="44"/>
+      <c r="X205" s="49"/>
+      <c r="Y205" s="46"/>
+      <c r="Z205" s="52"/>
+    </row>
+    <row r="206" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A206" s="48"/>
+      <c r="B206" s="49"/>
+      <c r="C206" s="44"/>
+      <c r="D206" s="44"/>
+      <c r="E206" s="46"/>
+      <c r="F206" s="46"/>
+      <c r="G206" s="44"/>
+      <c r="H206" s="44"/>
+      <c r="I206" s="44"/>
+      <c r="J206" s="44"/>
+      <c r="K206" s="44"/>
+      <c r="L206" s="50"/>
+      <c r="M206" s="50"/>
+      <c r="N206" s="50"/>
+      <c r="O206" s="49"/>
+      <c r="P206" s="51"/>
+      <c r="Q206" s="46"/>
+      <c r="R206" s="49"/>
+      <c r="S206" s="49"/>
+      <c r="T206" s="44"/>
+      <c r="U206" s="49"/>
+      <c r="V206" s="49"/>
+      <c r="W206" s="44"/>
+      <c r="X206" s="49"/>
+      <c r="Y206" s="46"/>
+      <c r="Z206" s="52"/>
+    </row>
+    <row r="207" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A207" s="48"/>
+      <c r="B207" s="49"/>
+      <c r="C207" s="44"/>
+      <c r="D207" s="44"/>
+      <c r="E207" s="46"/>
+      <c r="F207" s="46"/>
+      <c r="G207" s="44"/>
+      <c r="H207" s="44"/>
+      <c r="I207" s="44"/>
+      <c r="J207" s="44"/>
+      <c r="K207" s="44"/>
+      <c r="L207" s="50"/>
+      <c r="M207" s="50"/>
+      <c r="N207" s="50"/>
+      <c r="O207" s="49"/>
+      <c r="P207" s="51"/>
+      <c r="Q207" s="46"/>
+      <c r="R207" s="49"/>
+      <c r="S207" s="49"/>
+      <c r="T207" s="44"/>
+      <c r="U207" s="49"/>
+      <c r="V207" s="49"/>
+      <c r="W207" s="44"/>
+      <c r="X207" s="49"/>
+      <c r="Y207" s="46"/>
+      <c r="Z207" s="52"/>
+    </row>
+    <row r="208" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A208" s="48"/>
+      <c r="B208" s="49"/>
+      <c r="C208" s="44"/>
+      <c r="D208" s="44"/>
+      <c r="E208" s="46"/>
+      <c r="F208" s="46"/>
+      <c r="G208" s="44"/>
+      <c r="H208" s="44"/>
+      <c r="I208" s="44"/>
+      <c r="J208" s="44"/>
+      <c r="K208" s="44"/>
+      <c r="L208" s="50"/>
+      <c r="M208" s="50"/>
+      <c r="N208" s="50"/>
+      <c r="O208" s="49"/>
+      <c r="P208" s="51"/>
+      <c r="Q208" s="46"/>
+      <c r="R208" s="49"/>
+      <c r="S208" s="49"/>
+      <c r="T208" s="44"/>
+      <c r="U208" s="49"/>
+      <c r="V208" s="49"/>
+      <c r="W208" s="44"/>
+      <c r="X208" s="49"/>
+      <c r="Y208" s="46"/>
+      <c r="Z208" s="52"/>
+    </row>
+    <row r="209" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A209" s="48"/>
+      <c r="B209" s="49"/>
+      <c r="C209" s="44"/>
+      <c r="D209" s="44"/>
+      <c r="E209" s="46"/>
+      <c r="F209" s="46"/>
+      <c r="G209" s="44"/>
+      <c r="H209" s="44"/>
+      <c r="I209" s="44"/>
+      <c r="J209" s="44"/>
+      <c r="K209" s="44"/>
+      <c r="L209" s="50"/>
+      <c r="M209" s="50"/>
+      <c r="N209" s="50"/>
+      <c r="O209" s="49"/>
+      <c r="P209" s="51"/>
+      <c r="Q209" s="46"/>
+      <c r="R209" s="49"/>
+      <c r="S209" s="49"/>
+      <c r="T209" s="44"/>
+      <c r="U209" s="49"/>
+      <c r="V209" s="49"/>
+      <c r="W209" s="44"/>
+      <c r="X209" s="49"/>
+      <c r="Y209" s="46"/>
+      <c r="Z209" s="52"/>
+    </row>
+    <row r="210" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A210" s="48"/>
+      <c r="B210" s="49"/>
+      <c r="C210" s="44"/>
+      <c r="D210" s="44"/>
+      <c r="E210" s="46"/>
+      <c r="F210" s="46"/>
+      <c r="G210" s="44"/>
+      <c r="H210" s="44"/>
+      <c r="I210" s="44"/>
+      <c r="J210" s="44"/>
+      <c r="K210" s="44"/>
+      <c r="L210" s="50"/>
+      <c r="M210" s="50"/>
+      <c r="N210" s="50"/>
+      <c r="O210" s="49"/>
+      <c r="P210" s="51"/>
+      <c r="Q210" s="46"/>
+      <c r="R210" s="49"/>
+      <c r="S210" s="49"/>
+      <c r="T210" s="44"/>
+      <c r="U210" s="49"/>
+      <c r="V210" s="49"/>
+      <c r="W210" s="44"/>
+      <c r="X210" s="49"/>
+      <c r="Y210" s="46"/>
+      <c r="Z210" s="52"/>
+    </row>
+    <row r="211" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A211" s="48"/>
+      <c r="B211" s="49"/>
+      <c r="C211" s="44"/>
+      <c r="D211" s="44"/>
+      <c r="E211" s="46"/>
+      <c r="F211" s="46"/>
+      <c r="G211" s="44"/>
+      <c r="H211" s="44"/>
+      <c r="I211" s="44"/>
+      <c r="J211" s="44"/>
+      <c r="K211" s="44"/>
+      <c r="L211" s="50"/>
+      <c r="M211" s="50"/>
+      <c r="N211" s="50"/>
+      <c r="O211" s="49"/>
+      <c r="P211" s="51"/>
+      <c r="Q211" s="46"/>
+      <c r="R211" s="49"/>
+      <c r="S211" s="49"/>
+      <c r="T211" s="44"/>
+      <c r="U211" s="49"/>
+      <c r="V211" s="49"/>
+      <c r="W211" s="44"/>
+      <c r="X211" s="49"/>
+      <c r="Y211" s="46"/>
+      <c r="Z211" s="52"/>
+    </row>
+    <row r="212" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A212" s="48"/>
+      <c r="B212" s="49"/>
+      <c r="C212" s="44"/>
+      <c r="D212" s="44"/>
+      <c r="E212" s="46"/>
+      <c r="F212" s="46"/>
+      <c r="G212" s="44"/>
+      <c r="H212" s="44"/>
+      <c r="I212" s="44"/>
+      <c r="J212" s="44"/>
+      <c r="K212" s="44"/>
+      <c r="L212" s="50"/>
+      <c r="M212" s="50"/>
+      <c r="N212" s="50"/>
+      <c r="O212" s="49"/>
+      <c r="P212" s="51"/>
+      <c r="Q212" s="46"/>
+      <c r="R212" s="49"/>
+      <c r="S212" s="49"/>
+      <c r="T212" s="44"/>
+      <c r="U212" s="49"/>
+      <c r="V212" s="49"/>
+      <c r="W212" s="44"/>
+      <c r="X212" s="49"/>
+      <c r="Y212" s="46"/>
+      <c r="Z212" s="52"/>
+    </row>
+    <row r="213" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A213" s="48"/>
+      <c r="B213" s="49"/>
+      <c r="C213" s="44"/>
+      <c r="D213" s="44"/>
+      <c r="E213" s="46"/>
+      <c r="F213" s="46"/>
+      <c r="G213" s="44"/>
+      <c r="H213" s="44"/>
+      <c r="I213" s="44"/>
+      <c r="J213" s="44"/>
+      <c r="K213" s="44"/>
+      <c r="L213" s="50"/>
+      <c r="M213" s="50"/>
+      <c r="N213" s="50"/>
+      <c r="O213" s="49"/>
+      <c r="P213" s="51"/>
+      <c r="Q213" s="46"/>
+      <c r="R213" s="49"/>
+      <c r="S213" s="49"/>
+      <c r="T213" s="44"/>
+      <c r="U213" s="49"/>
+      <c r="V213" s="49"/>
+      <c r="W213" s="44"/>
+      <c r="X213" s="49"/>
+      <c r="Y213" s="46"/>
+      <c r="Z213" s="52"/>
+    </row>
+    <row r="214" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A214" s="48"/>
+      <c r="B214" s="49"/>
+      <c r="C214" s="44"/>
+      <c r="D214" s="44"/>
+      <c r="E214" s="46"/>
+      <c r="F214" s="46"/>
+      <c r="G214" s="44"/>
+      <c r="H214" s="44"/>
+      <c r="I214" s="44"/>
+      <c r="J214" s="44"/>
+      <c r="K214" s="44"/>
+      <c r="L214" s="50"/>
+      <c r="M214" s="50"/>
+      <c r="N214" s="50"/>
+      <c r="O214" s="49"/>
+      <c r="P214" s="51"/>
+      <c r="Q214" s="46"/>
+      <c r="R214" s="49"/>
+      <c r="S214" s="49"/>
+      <c r="T214" s="44"/>
+      <c r="U214" s="49"/>
+      <c r="V214" s="49"/>
+      <c r="W214" s="44"/>
+      <c r="X214" s="49"/>
+      <c r="Y214" s="46"/>
+      <c r="Z214" s="52"/>
+    </row>
+    <row r="215" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A215" s="48"/>
+      <c r="B215" s="49"/>
+      <c r="C215" s="44"/>
+      <c r="D215" s="44"/>
+      <c r="E215" s="46"/>
+      <c r="F215" s="46"/>
+      <c r="G215" s="44"/>
+      <c r="H215" s="44"/>
+      <c r="I215" s="44"/>
+      <c r="J215" s="44"/>
+      <c r="K215" s="44"/>
+      <c r="L215" s="50"/>
+      <c r="M215" s="50"/>
+      <c r="N215" s="50"/>
+      <c r="O215" s="49"/>
+      <c r="P215" s="51"/>
+      <c r="Q215" s="46"/>
+      <c r="R215" s="49"/>
+      <c r="S215" s="49"/>
+      <c r="T215" s="44"/>
+      <c r="U215" s="49"/>
+      <c r="V215" s="49"/>
+      <c r="W215" s="44"/>
+      <c r="X215" s="49"/>
+      <c r="Y215" s="46"/>
+      <c r="Z215" s="52"/>
+    </row>
+    <row r="216" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A216" s="48"/>
+      <c r="B216" s="49"/>
+      <c r="C216" s="44"/>
+      <c r="D216" s="44"/>
+      <c r="E216" s="46"/>
+      <c r="F216" s="46"/>
+      <c r="G216" s="44"/>
+      <c r="H216" s="44"/>
+      <c r="I216" s="44"/>
+      <c r="J216" s="44"/>
+      <c r="K216" s="44"/>
+      <c r="L216" s="50"/>
+      <c r="M216" s="50"/>
+      <c r="N216" s="50"/>
+      <c r="O216" s="49"/>
+      <c r="P216" s="51"/>
+      <c r="Q216" s="46"/>
+      <c r="R216" s="49"/>
+      <c r="S216" s="49"/>
+      <c r="T216" s="44"/>
+      <c r="U216" s="49"/>
+      <c r="V216" s="49"/>
+      <c r="W216" s="44"/>
+      <c r="X216" s="49"/>
+      <c r="Y216" s="46"/>
+      <c r="Z216" s="52"/>
+    </row>
+    <row r="217" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A217" s="48"/>
+      <c r="B217" s="49"/>
+      <c r="C217" s="44"/>
+      <c r="D217" s="44"/>
+      <c r="E217" s="46"/>
+      <c r="F217" s="46"/>
+      <c r="G217" s="44"/>
+      <c r="H217" s="44"/>
+      <c r="I217" s="44"/>
+      <c r="J217" s="44"/>
+      <c r="K217" s="44"/>
+      <c r="L217" s="50"/>
+      <c r="M217" s="50"/>
+      <c r="N217" s="50"/>
+      <c r="O217" s="49"/>
+      <c r="P217" s="51"/>
+      <c r="Q217" s="46"/>
+      <c r="R217" s="49"/>
+      <c r="S217" s="49"/>
+      <c r="T217" s="44"/>
+      <c r="U217" s="49"/>
+      <c r="V217" s="49"/>
+      <c r="W217" s="44"/>
+      <c r="X217" s="49"/>
+      <c r="Y217" s="46"/>
+      <c r="Z217" s="52"/>
+    </row>
+    <row r="218" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A218" s="48"/>
+      <c r="B218" s="49"/>
+      <c r="C218" s="44"/>
+      <c r="D218" s="44"/>
+      <c r="E218" s="46"/>
+      <c r="F218" s="46"/>
+      <c r="G218" s="44"/>
+      <c r="H218" s="44"/>
+      <c r="I218" s="44"/>
+      <c r="J218" s="44"/>
+      <c r="K218" s="44"/>
+      <c r="L218" s="50"/>
+      <c r="M218" s="50"/>
+      <c r="N218" s="50"/>
+      <c r="O218" s="49"/>
+      <c r="P218" s="51"/>
+      <c r="Q218" s="46"/>
+      <c r="R218" s="49"/>
+      <c r="S218" s="49"/>
+      <c r="T218" s="44"/>
+      <c r="U218" s="49"/>
+      <c r="V218" s="49"/>
+      <c r="W218" s="44"/>
+      <c r="X218" s="49"/>
+      <c r="Y218" s="46"/>
+      <c r="Z218" s="52"/>
+    </row>
+    <row r="219" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A219" s="48"/>
+      <c r="B219" s="49"/>
+      <c r="C219" s="44"/>
+      <c r="D219" s="44"/>
+      <c r="E219" s="46"/>
+      <c r="F219" s="46"/>
+      <c r="G219" s="44"/>
+      <c r="H219" s="44"/>
+      <c r="I219" s="44"/>
+      <c r="J219" s="44"/>
+      <c r="K219" s="44"/>
+      <c r="L219" s="50"/>
+      <c r="M219" s="50"/>
+      <c r="N219" s="50"/>
+      <c r="O219" s="49"/>
+      <c r="P219" s="51"/>
+      <c r="Q219" s="46"/>
+      <c r="R219" s="49"/>
+      <c r="S219" s="49"/>
+      <c r="T219" s="44"/>
+      <c r="U219" s="49"/>
+      <c r="V219" s="49"/>
+      <c r="W219" s="44"/>
+      <c r="X219" s="49"/>
+      <c r="Y219" s="46"/>
+      <c r="Z219" s="52"/>
+    </row>
+    <row r="220" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A220" s="48"/>
+      <c r="B220" s="49"/>
+      <c r="C220" s="44"/>
+      <c r="D220" s="44"/>
+      <c r="E220" s="46"/>
+      <c r="F220" s="46"/>
+      <c r="G220" s="44"/>
+      <c r="H220" s="44"/>
+      <c r="I220" s="44"/>
+      <c r="J220" s="44"/>
+      <c r="K220" s="44"/>
+      <c r="L220" s="50"/>
+      <c r="M220" s="50"/>
+      <c r="N220" s="50"/>
+      <c r="O220" s="49"/>
+      <c r="P220" s="51"/>
+      <c r="Q220" s="46"/>
+      <c r="R220" s="49"/>
+      <c r="S220" s="49"/>
+      <c r="T220" s="44"/>
+      <c r="U220" s="49"/>
+      <c r="V220" s="49"/>
+      <c r="W220" s="44"/>
+      <c r="X220" s="49"/>
+      <c r="Y220" s="46"/>
+      <c r="Z220" s="52"/>
+    </row>
+    <row r="221" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A221" s="48"/>
+      <c r="B221" s="49"/>
+      <c r="C221" s="44"/>
+      <c r="D221" s="44"/>
+      <c r="E221" s="46"/>
+      <c r="F221" s="46"/>
+      <c r="G221" s="44"/>
+      <c r="H221" s="44"/>
+      <c r="I221" s="44"/>
+      <c r="J221" s="44"/>
+      <c r="K221" s="44"/>
+      <c r="L221" s="50"/>
+      <c r="M221" s="50"/>
+      <c r="N221" s="50"/>
+      <c r="O221" s="49"/>
+      <c r="P221" s="51"/>
+      <c r="Q221" s="46"/>
+      <c r="R221" s="49"/>
+      <c r="S221" s="49"/>
+      <c r="T221" s="44"/>
+      <c r="U221" s="49"/>
+      <c r="V221" s="49"/>
+      <c r="W221" s="44"/>
+      <c r="X221" s="49"/>
+      <c r="Y221" s="46"/>
+      <c r="Z221" s="52"/>
+    </row>
+    <row r="222" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A222" s="48"/>
+      <c r="B222" s="49"/>
+      <c r="C222" s="44"/>
+      <c r="D222" s="44"/>
+      <c r="E222" s="46"/>
+      <c r="F222" s="46"/>
+      <c r="G222" s="44"/>
+      <c r="H222" s="44"/>
+      <c r="I222" s="44"/>
+      <c r="J222" s="44"/>
+      <c r="K222" s="44"/>
+      <c r="L222" s="50"/>
+      <c r="M222" s="50"/>
+      <c r="N222" s="50"/>
+      <c r="O222" s="49"/>
+      <c r="P222" s="51"/>
+      <c r="Q222" s="46"/>
+      <c r="R222" s="49"/>
+      <c r="S222" s="49"/>
+      <c r="T222" s="44"/>
+      <c r="U222" s="49"/>
+      <c r="V222" s="49"/>
+      <c r="W222" s="44"/>
+      <c r="X222" s="49"/>
+      <c r="Y222" s="46"/>
+      <c r="Z222" s="52"/>
+    </row>
+    <row r="223" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A223" s="48"/>
+      <c r="B223" s="49"/>
+      <c r="C223" s="44"/>
+      <c r="D223" s="44"/>
+      <c r="E223" s="46"/>
+      <c r="F223" s="46"/>
+      <c r="G223" s="44"/>
+      <c r="H223" s="44"/>
+      <c r="I223" s="44"/>
+      <c r="J223" s="44"/>
+      <c r="K223" s="44"/>
+      <c r="L223" s="50"/>
+      <c r="M223" s="50"/>
+      <c r="N223" s="50"/>
+      <c r="O223" s="49"/>
+      <c r="P223" s="51"/>
+      <c r="Q223" s="46"/>
+      <c r="R223" s="49"/>
+      <c r="S223" s="49"/>
+      <c r="T223" s="44"/>
+      <c r="U223" s="49"/>
+      <c r="V223" s="49"/>
+      <c r="W223" s="44"/>
+      <c r="X223" s="49"/>
+      <c r="Y223" s="46"/>
+      <c r="Z223" s="52"/>
+    </row>
+    <row r="224" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A224" s="48"/>
+      <c r="B224" s="49"/>
+      <c r="C224" s="44"/>
+      <c r="D224" s="44"/>
+      <c r="E224" s="46"/>
+      <c r="F224" s="46"/>
+      <c r="G224" s="44"/>
+      <c r="H224" s="44"/>
+      <c r="I224" s="44"/>
+      <c r="J224" s="44"/>
+      <c r="K224" s="44"/>
+      <c r="L224" s="50"/>
+      <c r="M224" s="50"/>
+      <c r="N224" s="50"/>
+      <c r="O224" s="49"/>
+      <c r="P224" s="51"/>
+      <c r="Q224" s="46"/>
+      <c r="R224" s="49"/>
+      <c r="S224" s="49"/>
+      <c r="T224" s="44"/>
+      <c r="U224" s="49"/>
+      <c r="V224" s="49"/>
+      <c r="W224" s="44"/>
+      <c r="X224" s="49"/>
+      <c r="Y224" s="46"/>
+      <c r="Z224" s="52"/>
+    </row>
+    <row r="225" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A225" s="48"/>
+      <c r="B225" s="49"/>
+      <c r="C225" s="44"/>
+      <c r="D225" s="44"/>
+      <c r="E225" s="46"/>
+      <c r="F225" s="46"/>
+      <c r="G225" s="44"/>
+      <c r="H225" s="44"/>
+      <c r="I225" s="44"/>
+      <c r="J225" s="44"/>
+      <c r="K225" s="44"/>
+      <c r="L225" s="50"/>
+      <c r="M225" s="50"/>
+      <c r="N225" s="50"/>
+      <c r="O225" s="49"/>
+      <c r="P225" s="51"/>
+      <c r="Q225" s="46"/>
+      <c r="R225" s="49"/>
+      <c r="S225" s="49"/>
+      <c r="T225" s="44"/>
+      <c r="U225" s="49"/>
+      <c r="V225" s="49"/>
+      <c r="W225" s="44"/>
+      <c r="X225" s="49"/>
+      <c r="Y225" s="46"/>
+      <c r="Z225" s="52"/>
+    </row>
+    <row r="226" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A226" s="48"/>
+      <c r="B226" s="49"/>
+      <c r="C226" s="44"/>
+      <c r="D226" s="44"/>
+      <c r="E226" s="46"/>
+      <c r="F226" s="46"/>
+      <c r="G226" s="44"/>
+      <c r="H226" s="44"/>
+      <c r="I226" s="44"/>
+      <c r="J226" s="44"/>
+      <c r="K226" s="44"/>
+      <c r="L226" s="50"/>
+      <c r="M226" s="50"/>
+      <c r="N226" s="50"/>
+      <c r="O226" s="49"/>
+      <c r="P226" s="51"/>
+      <c r="Q226" s="46"/>
+      <c r="R226" s="49"/>
+      <c r="S226" s="49"/>
+      <c r="T226" s="44"/>
+      <c r="U226" s="49"/>
+      <c r="V226" s="49"/>
+      <c r="W226" s="44"/>
+      <c r="X226" s="49"/>
+      <c r="Y226" s="46"/>
+      <c r="Z226" s="52"/>
+    </row>
+    <row r="227" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A227" s="48"/>
+      <c r="B227" s="49"/>
+      <c r="C227" s="44"/>
+      <c r="D227" s="44"/>
+      <c r="E227" s="46"/>
+      <c r="F227" s="46"/>
+      <c r="G227" s="44"/>
+      <c r="H227" s="44"/>
+      <c r="I227" s="44"/>
+      <c r="J227" s="44"/>
+      <c r="K227" s="44"/>
+      <c r="L227" s="50"/>
+      <c r="M227" s="50"/>
+      <c r="N227" s="50"/>
+      <c r="O227" s="49"/>
+      <c r="P227" s="51"/>
+      <c r="Q227" s="46"/>
+      <c r="R227" s="49"/>
+      <c r="S227" s="49"/>
+      <c r="T227" s="44"/>
+      <c r="U227" s="49"/>
+      <c r="V227" s="49"/>
+      <c r="W227" s="44"/>
+      <c r="X227" s="49"/>
+      <c r="Y227" s="46"/>
+      <c r="Z227" s="52"/>
+    </row>
+    <row r="228" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A228" s="48"/>
+      <c r="B228" s="49"/>
+      <c r="C228" s="44"/>
+      <c r="D228" s="44"/>
+      <c r="E228" s="46"/>
+      <c r="F228" s="46"/>
+      <c r="G228" s="44"/>
+      <c r="H228" s="44"/>
+      <c r="I228" s="44"/>
+      <c r="J228" s="44"/>
+      <c r="K228" s="44"/>
+      <c r="L228" s="50"/>
+      <c r="M228" s="50"/>
+      <c r="N228" s="50"/>
+      <c r="O228" s="49"/>
+      <c r="P228" s="51"/>
+      <c r="Q228" s="46"/>
+      <c r="R228" s="49"/>
+      <c r="S228" s="49"/>
+      <c r="T228" s="44"/>
+      <c r="U228" s="49"/>
+      <c r="V228" s="49"/>
+      <c r="W228" s="44"/>
+      <c r="X228" s="49"/>
+      <c r="Y228" s="46"/>
+      <c r="Z228" s="52"/>
+    </row>
+    <row r="229" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A229" s="48"/>
+      <c r="B229" s="49"/>
+      <c r="C229" s="44"/>
+      <c r="D229" s="44"/>
+      <c r="E229" s="46"/>
+      <c r="F229" s="46"/>
+      <c r="G229" s="44"/>
+      <c r="H229" s="44"/>
+      <c r="I229" s="44"/>
+      <c r="J229" s="44"/>
+      <c r="K229" s="44"/>
+      <c r="L229" s="50"/>
+      <c r="M229" s="50"/>
+      <c r="N229" s="50"/>
+      <c r="O229" s="49"/>
+      <c r="P229" s="51"/>
+      <c r="Q229" s="46"/>
+      <c r="R229" s="49"/>
+      <c r="S229" s="49"/>
+      <c r="T229" s="44"/>
+      <c r="U229" s="49"/>
+      <c r="V229" s="49"/>
+      <c r="W229" s="44"/>
+      <c r="X229" s="49"/>
+      <c r="Y229" s="46"/>
+      <c r="Z229" s="52"/>
+    </row>
+    <row r="230" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A230" s="48"/>
+      <c r="B230" s="49"/>
+      <c r="C230" s="44"/>
+      <c r="D230" s="44"/>
+      <c r="E230" s="46"/>
+      <c r="F230" s="46"/>
+      <c r="G230" s="44"/>
+      <c r="H230" s="44"/>
+      <c r="I230" s="44"/>
+      <c r="J230" s="44"/>
+      <c r="K230" s="44"/>
+      <c r="L230" s="50"/>
+      <c r="M230" s="50"/>
+      <c r="N230" s="50"/>
+      <c r="O230" s="49"/>
+      <c r="P230" s="51"/>
+      <c r="Q230" s="46"/>
+      <c r="R230" s="49"/>
+      <c r="S230" s="49"/>
+      <c r="T230" s="44"/>
+      <c r="U230" s="49"/>
+      <c r="V230" s="49"/>
+      <c r="W230" s="44"/>
+      <c r="X230" s="49"/>
+      <c r="Y230" s="46"/>
+      <c r="Z230" s="52"/>
+    </row>
+    <row r="231" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A231" s="48"/>
+      <c r="B231" s="49"/>
+      <c r="C231" s="44"/>
+      <c r="D231" s="44"/>
+      <c r="E231" s="46"/>
+      <c r="F231" s="46"/>
+      <c r="G231" s="44"/>
+      <c r="H231" s="44"/>
+      <c r="I231" s="44"/>
+      <c r="J231" s="44"/>
+      <c r="K231" s="44"/>
+      <c r="L231" s="50"/>
+      <c r="M231" s="50"/>
+      <c r="N231" s="50"/>
+      <c r="O231" s="49"/>
+      <c r="P231" s="51"/>
+      <c r="Q231" s="46"/>
+      <c r="R231" s="49"/>
+      <c r="S231" s="49"/>
+      <c r="T231" s="44"/>
+      <c r="U231" s="49"/>
+      <c r="V231" s="49"/>
+      <c r="W231" s="44"/>
+      <c r="X231" s="49"/>
+      <c r="Y231" s="46"/>
+      <c r="Z231" s="52"/>
+    </row>
+    <row r="232" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A232" s="48"/>
+      <c r="B232" s="49"/>
+      <c r="C232" s="44"/>
+      <c r="D232" s="44"/>
+      <c r="E232" s="46"/>
+      <c r="F232" s="46"/>
+      <c r="G232" s="44"/>
+      <c r="H232" s="44"/>
+      <c r="I232" s="44"/>
+      <c r="J232" s="44"/>
+      <c r="K232" s="44"/>
+      <c r="L232" s="50"/>
+      <c r="M232" s="50"/>
+      <c r="N232" s="50"/>
+      <c r="O232" s="49"/>
+      <c r="P232" s="51"/>
+      <c r="Q232" s="46"/>
+      <c r="R232" s="49"/>
+      <c r="S232" s="49"/>
+      <c r="T232" s="44"/>
+      <c r="U232" s="49"/>
+      <c r="V232" s="49"/>
+      <c r="W232" s="44"/>
+      <c r="X232" s="49"/>
+      <c r="Y232" s="46"/>
+      <c r="Z232" s="52"/>
+    </row>
+    <row r="233" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A233" s="48"/>
+      <c r="B233" s="49"/>
+      <c r="C233" s="44"/>
+      <c r="D233" s="44"/>
+      <c r="E233" s="46"/>
+      <c r="F233" s="46"/>
+      <c r="G233" s="44"/>
+      <c r="H233" s="44"/>
+      <c r="I233" s="44"/>
+      <c r="J233" s="44"/>
+      <c r="K233" s="44"/>
+      <c r="L233" s="50"/>
+      <c r="M233" s="50"/>
+      <c r="N233" s="50"/>
+      <c r="O233" s="49"/>
+      <c r="P233" s="51"/>
+      <c r="Q233" s="46"/>
+      <c r="R233" s="49"/>
+      <c r="S233" s="49"/>
+      <c r="T233" s="44"/>
+      <c r="U233" s="49"/>
+      <c r="V233" s="49"/>
+      <c r="W233" s="44"/>
+      <c r="X233" s="49"/>
+      <c r="Y233" s="46"/>
+      <c r="Z233" s="52"/>
+    </row>
+    <row r="234" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A234" s="48"/>
+      <c r="B234" s="49"/>
+      <c r="C234" s="44"/>
+      <c r="D234" s="44"/>
+      <c r="E234" s="46"/>
+      <c r="F234" s="46"/>
+      <c r="G234" s="44"/>
+      <c r="H234" s="44"/>
+      <c r="I234" s="44"/>
+      <c r="J234" s="44"/>
+      <c r="K234" s="44"/>
+      <c r="L234" s="50"/>
+      <c r="M234" s="50"/>
+      <c r="N234" s="50"/>
+      <c r="O234" s="49"/>
+      <c r="P234" s="51"/>
+      <c r="Q234" s="46"/>
+      <c r="R234" s="49"/>
+      <c r="S234" s="49"/>
+      <c r="T234" s="44"/>
+      <c r="U234" s="49"/>
+      <c r="V234" s="49"/>
+      <c r="W234" s="44"/>
+      <c r="X234" s="49"/>
+      <c r="Y234" s="46"/>
+      <c r="Z234" s="52"/>
+    </row>
+    <row r="235" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A235" s="48"/>
+      <c r="B235" s="49"/>
+      <c r="C235" s="44"/>
+      <c r="D235" s="44"/>
+      <c r="E235" s="46"/>
+      <c r="F235" s="46"/>
+      <c r="G235" s="44"/>
+      <c r="H235" s="44"/>
+      <c r="I235" s="44"/>
+      <c r="J235" s="44"/>
+      <c r="K235" s="44"/>
+      <c r="L235" s="50"/>
+      <c r="M235" s="50"/>
+      <c r="N235" s="50"/>
+      <c r="O235" s="49"/>
+      <c r="P235" s="51"/>
+      <c r="Q235" s="46"/>
+      <c r="R235" s="49"/>
+      <c r="S235" s="49"/>
+      <c r="T235" s="44"/>
+      <c r="U235" s="49"/>
+      <c r="V235" s="49"/>
+      <c r="W235" s="44"/>
+      <c r="X235" s="49"/>
+      <c r="Y235" s="46"/>
+      <c r="Z235" s="52"/>
+    </row>
+    <row r="236" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A236" s="48"/>
+      <c r="B236" s="49"/>
+      <c r="C236" s="44"/>
+      <c r="D236" s="44"/>
+      <c r="E236" s="46"/>
+      <c r="F236" s="46"/>
+      <c r="G236" s="44"/>
+      <c r="H236" s="44"/>
+      <c r="I236" s="44"/>
+      <c r="J236" s="44"/>
+      <c r="K236" s="44"/>
+      <c r="L236" s="50"/>
+      <c r="M236" s="50"/>
+      <c r="N236" s="50"/>
+      <c r="O236" s="49"/>
+      <c r="P236" s="51"/>
+      <c r="Q236" s="46"/>
+      <c r="R236" s="49"/>
+      <c r="S236" s="49"/>
+      <c r="T236" s="44"/>
+      <c r="U236" s="49"/>
+      <c r="V236" s="49"/>
+      <c r="W236" s="44"/>
+      <c r="X236" s="49"/>
+      <c r="Y236" s="46"/>
+      <c r="Z236" s="52"/>
+    </row>
+    <row r="237" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A237" s="48"/>
+      <c r="B237" s="49"/>
+      <c r="C237" s="44"/>
+      <c r="D237" s="44"/>
+      <c r="E237" s="46"/>
+      <c r="F237" s="46"/>
+      <c r="G237" s="44"/>
+      <c r="H237" s="44"/>
+      <c r="I237" s="44"/>
+      <c r="J237" s="44"/>
+      <c r="K237" s="44"/>
+      <c r="L237" s="50"/>
+      <c r="M237" s="50"/>
+      <c r="N237" s="50"/>
+      <c r="O237" s="49"/>
+      <c r="P237" s="51"/>
+      <c r="Q237" s="46"/>
+      <c r="R237" s="49"/>
+      <c r="S237" s="49"/>
+      <c r="T237" s="44"/>
+      <c r="U237" s="49"/>
+      <c r="V237" s="49"/>
+      <c r="W237" s="44"/>
+      <c r="X237" s="49"/>
+      <c r="Y237" s="46"/>
+      <c r="Z237" s="52"/>
+    </row>
+    <row r="238" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A238" s="48"/>
+      <c r="B238" s="49"/>
+      <c r="C238" s="44"/>
+      <c r="D238" s="44"/>
+      <c r="E238" s="46"/>
+      <c r="F238" s="46"/>
+      <c r="G238" s="44"/>
+      <c r="H238" s="44"/>
+      <c r="I238" s="44"/>
+      <c r="J238" s="44"/>
+      <c r="K238" s="44"/>
+      <c r="L238" s="50"/>
+      <c r="M238" s="50"/>
+      <c r="N238" s="50"/>
+      <c r="O238" s="49"/>
+      <c r="P238" s="51"/>
+      <c r="Q238" s="46"/>
+      <c r="R238" s="49"/>
+      <c r="S238" s="49"/>
+      <c r="T238" s="44"/>
+      <c r="U238" s="49"/>
+      <c r="V238" s="49"/>
+      <c r="W238" s="44"/>
+      <c r="X238" s="49"/>
+      <c r="Y238" s="46"/>
+      <c r="Z238" s="52"/>
+    </row>
+    <row r="239" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A239" s="48"/>
+      <c r="B239" s="49"/>
+      <c r="C239" s="44"/>
+      <c r="D239" s="44"/>
+      <c r="E239" s="46"/>
+      <c r="F239" s="46"/>
+      <c r="G239" s="44"/>
+      <c r="H239" s="44"/>
+      <c r="I239" s="44"/>
+      <c r="J239" s="44"/>
+      <c r="K239" s="44"/>
+      <c r="L239" s="50"/>
+      <c r="M239" s="50"/>
+      <c r="N239" s="50"/>
+      <c r="O239" s="49"/>
+      <c r="P239" s="51"/>
+      <c r="Q239" s="46"/>
+      <c r="R239" s="49"/>
+      <c r="S239" s="49"/>
+      <c r="T239" s="44"/>
+      <c r="U239" s="49"/>
+      <c r="V239" s="49"/>
+      <c r="W239" s="44"/>
+      <c r="X239" s="49"/>
+      <c r="Y239" s="46"/>
+      <c r="Z239" s="52"/>
+    </row>
+    <row r="240" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A240" s="48"/>
+      <c r="B240" s="49"/>
+      <c r="C240" s="44"/>
+      <c r="D240" s="44"/>
+      <c r="E240" s="46"/>
+      <c r="F240" s="46"/>
+      <c r="G240" s="44"/>
+      <c r="H240" s="44"/>
+      <c r="I240" s="44"/>
+      <c r="J240" s="44"/>
+      <c r="K240" s="44"/>
+      <c r="L240" s="50"/>
+      <c r="M240" s="50"/>
+      <c r="N240" s="50"/>
+      <c r="O240" s="49"/>
+      <c r="P240" s="51"/>
+      <c r="Q240" s="46"/>
+      <c r="R240" s="49"/>
+      <c r="S240" s="49"/>
+      <c r="T240" s="44"/>
+      <c r="U240" s="49"/>
+      <c r="V240" s="49"/>
+      <c r="W240" s="44"/>
+      <c r="X240" s="49"/>
+      <c r="Y240" s="46"/>
+      <c r="Z240" s="52"/>
+    </row>
+    <row r="241" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A241" s="48"/>
+      <c r="B241" s="49"/>
+      <c r="C241" s="44"/>
+      <c r="D241" s="44"/>
+      <c r="E241" s="46"/>
+      <c r="F241" s="46"/>
+      <c r="G241" s="44"/>
+      <c r="H241" s="44"/>
+      <c r="I241" s="44"/>
+      <c r="J241" s="44"/>
+      <c r="K241" s="44"/>
+      <c r="L241" s="50"/>
+      <c r="M241" s="50"/>
+      <c r="N241" s="50"/>
+      <c r="O241" s="49"/>
+      <c r="P241" s="51"/>
+      <c r="Q241" s="46"/>
+      <c r="R241" s="49"/>
+      <c r="S241" s="49"/>
+      <c r="T241" s="44"/>
+      <c r="U241" s="49"/>
+      <c r="V241" s="49"/>
+      <c r="W241" s="44"/>
+      <c r="X241" s="49"/>
+      <c r="Y241" s="46"/>
+      <c r="Z241" s="52"/>
+    </row>
+    <row r="242" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A242" s="48"/>
+      <c r="B242" s="49"/>
+      <c r="C242" s="44"/>
+      <c r="D242" s="44"/>
+      <c r="E242" s="46"/>
+      <c r="F242" s="46"/>
+      <c r="G242" s="44"/>
+      <c r="H242" s="44"/>
+      <c r="I242" s="44"/>
+      <c r="J242" s="44"/>
+      <c r="K242" s="44"/>
+      <c r="L242" s="50"/>
+      <c r="M242" s="50"/>
+      <c r="N242" s="50"/>
+      <c r="O242" s="49"/>
+      <c r="P242" s="51"/>
+      <c r="Q242" s="46"/>
+      <c r="R242" s="49"/>
+      <c r="S242" s="49"/>
+      <c r="T242" s="44"/>
+      <c r="U242" s="49"/>
+      <c r="V242" s="49"/>
+      <c r="W242" s="44"/>
+      <c r="X242" s="49"/>
+      <c r="Y242" s="46"/>
+      <c r="Z242" s="52"/>
+    </row>
+    <row r="243" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A243" s="48"/>
+      <c r="B243" s="49"/>
+      <c r="C243" s="44"/>
+      <c r="D243" s="44"/>
+      <c r="E243" s="46"/>
+      <c r="F243" s="46"/>
+      <c r="G243" s="44"/>
+      <c r="H243" s="44"/>
+      <c r="I243" s="44"/>
+      <c r="J243" s="44"/>
+      <c r="K243" s="44"/>
+      <c r="L243" s="50"/>
+      <c r="M243" s="50"/>
+      <c r="N243" s="50"/>
+      <c r="O243" s="49"/>
+      <c r="P243" s="51"/>
+      <c r="Q243" s="46"/>
+      <c r="R243" s="49"/>
+      <c r="S243" s="49"/>
+      <c r="T243" s="44"/>
+      <c r="U243" s="49"/>
+      <c r="V243" s="49"/>
+      <c r="W243" s="44"/>
+      <c r="X243" s="49"/>
+      <c r="Y243" s="46"/>
+      <c r="Z243" s="52"/>
+    </row>
+    <row r="244" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A244" s="48"/>
+      <c r="B244" s="49"/>
+      <c r="C244" s="44"/>
+      <c r="D244" s="44"/>
+      <c r="E244" s="46"/>
+      <c r="F244" s="46"/>
+      <c r="G244" s="44"/>
+      <c r="H244" s="44"/>
+      <c r="I244" s="44"/>
+      <c r="J244" s="44"/>
+      <c r="K244" s="44"/>
+      <c r="L244" s="50"/>
+      <c r="M244" s="50"/>
+      <c r="N244" s="50"/>
+      <c r="O244" s="49"/>
+      <c r="P244" s="51"/>
+      <c r="Q244" s="46"/>
+      <c r="R244" s="49"/>
+      <c r="S244" s="49"/>
+      <c r="T244" s="44"/>
+      <c r="U244" s="49"/>
+      <c r="V244" s="49"/>
+      <c r="W244" s="44"/>
+      <c r="X244" s="49"/>
+      <c r="Y244" s="46"/>
+      <c r="Z244" s="52"/>
+    </row>
+    <row r="245" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A245" s="48"/>
+      <c r="B245" s="49"/>
+      <c r="C245" s="44"/>
+      <c r="D245" s="44"/>
+      <c r="E245" s="46"/>
+      <c r="F245" s="46"/>
+      <c r="G245" s="44"/>
+      <c r="H245" s="44"/>
+      <c r="I245" s="44"/>
+      <c r="J245" s="44"/>
+      <c r="K245" s="44"/>
+      <c r="L245" s="50"/>
+      <c r="M245" s="50"/>
+      <c r="N245" s="50"/>
+      <c r="O245" s="49"/>
+      <c r="P245" s="51"/>
+      <c r="Q245" s="46"/>
+      <c r="R245" s="49"/>
+      <c r="S245" s="49"/>
+      <c r="T245" s="44"/>
+      <c r="U245" s="49"/>
+      <c r="V245" s="49"/>
+      <c r="W245" s="44"/>
+      <c r="X245" s="49"/>
+      <c r="Y245" s="46"/>
+      <c r="Z245" s="52"/>
+    </row>
+    <row r="246" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A246" s="48"/>
+      <c r="B246" s="49"/>
+      <c r="C246" s="44"/>
+      <c r="D246" s="44"/>
+      <c r="E246" s="46"/>
+      <c r="F246" s="46"/>
+      <c r="G246" s="44"/>
+      <c r="H246" s="44"/>
+      <c r="I246" s="44"/>
+      <c r="J246" s="44"/>
+      <c r="K246" s="44"/>
+      <c r="L246" s="50"/>
+      <c r="M246" s="50"/>
+      <c r="N246" s="50"/>
+      <c r="O246" s="49"/>
+      <c r="P246" s="51"/>
+      <c r="Q246" s="46"/>
+      <c r="R246" s="49"/>
+      <c r="S246" s="49"/>
+      <c r="T246" s="44"/>
+      <c r="U246" s="49"/>
+      <c r="V246" s="49"/>
+      <c r="W246" s="44"/>
+      <c r="X246" s="49"/>
+      <c r="Y246" s="46"/>
+      <c r="Z246" s="52"/>
+    </row>
+    <row r="247" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A247" s="48"/>
+      <c r="B247" s="49"/>
+      <c r="C247" s="44"/>
+      <c r="D247" s="44"/>
+      <c r="E247" s="46"/>
+      <c r="F247" s="46"/>
+      <c r="G247" s="44"/>
+      <c r="H247" s="44"/>
+      <c r="I247" s="44"/>
+      <c r="J247" s="44"/>
+      <c r="K247" s="44"/>
+      <c r="L247" s="50"/>
+      <c r="M247" s="50"/>
+      <c r="N247" s="50"/>
+      <c r="O247" s="49"/>
+      <c r="P247" s="51"/>
+      <c r="Q247" s="46"/>
+      <c r="R247" s="49"/>
+      <c r="S247" s="49"/>
+      <c r="T247" s="44"/>
+      <c r="U247" s="49"/>
+      <c r="V247" s="49"/>
+      <c r="W247" s="44"/>
+      <c r="X247" s="49"/>
+      <c r="Y247" s="46"/>
+      <c r="Z247" s="52"/>
+    </row>
+    <row r="248" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A248" s="48"/>
+      <c r="B248" s="49"/>
+      <c r="C248" s="44"/>
+      <c r="D248" s="44"/>
+      <c r="E248" s="46"/>
+      <c r="F248" s="46"/>
+      <c r="G248" s="44"/>
+      <c r="H248" s="44"/>
+      <c r="I248" s="44"/>
+      <c r="J248" s="44"/>
+      <c r="K248" s="44"/>
+      <c r="L248" s="50"/>
+      <c r="M248" s="50"/>
+      <c r="N248" s="50"/>
+      <c r="O248" s="49"/>
+      <c r="P248" s="51"/>
+      <c r="Q248" s="46"/>
+      <c r="R248" s="49"/>
+      <c r="S248" s="49"/>
+      <c r="T248" s="44"/>
+      <c r="U248" s="49"/>
+      <c r="V248" s="49"/>
+      <c r="W248" s="44"/>
+      <c r="X248" s="49"/>
+      <c r="Y248" s="46"/>
+      <c r="Z248" s="52"/>
+    </row>
+    <row r="249" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A249" s="48"/>
+      <c r="B249" s="49"/>
+      <c r="C249" s="44"/>
+      <c r="D249" s="44"/>
+      <c r="E249" s="46"/>
+      <c r="F249" s="46"/>
+      <c r="G249" s="44"/>
+      <c r="H249" s="44"/>
+      <c r="I249" s="44"/>
+      <c r="J249" s="44"/>
+      <c r="K249" s="44"/>
+      <c r="L249" s="50"/>
+      <c r="M249" s="50"/>
+      <c r="N249" s="50"/>
+      <c r="O249" s="49"/>
+      <c r="P249" s="51"/>
+      <c r="Q249" s="46"/>
+      <c r="R249" s="49"/>
+      <c r="S249" s="49"/>
+      <c r="T249" s="44"/>
+      <c r="U249" s="49"/>
+      <c r="V249" s="49"/>
+      <c r="W249" s="44"/>
+      <c r="X249" s="49"/>
+      <c r="Y249" s="46"/>
+      <c r="Z249" s="52"/>
+    </row>
+    <row r="250" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A250" s="48"/>
+      <c r="B250" s="49"/>
+      <c r="C250" s="44"/>
+      <c r="D250" s="44"/>
+      <c r="E250" s="46"/>
+      <c r="F250" s="46"/>
+      <c r="G250" s="44"/>
+      <c r="H250" s="44"/>
+      <c r="I250" s="44"/>
+      <c r="J250" s="44"/>
+      <c r="K250" s="44"/>
+      <c r="L250" s="50"/>
+      <c r="M250" s="50"/>
+      <c r="N250" s="50"/>
+      <c r="O250" s="49"/>
+      <c r="P250" s="51"/>
+      <c r="Q250" s="46"/>
+      <c r="R250" s="49"/>
+      <c r="S250" s="49"/>
+      <c r="T250" s="44"/>
+      <c r="U250" s="49"/>
+      <c r="V250" s="49"/>
+      <c r="W250" s="44"/>
+      <c r="X250" s="49"/>
+      <c r="Y250" s="46"/>
+      <c r="Z250" s="52"/>
+    </row>
+    <row r="251" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A251" s="48"/>
+      <c r="B251" s="49"/>
+      <c r="C251" s="44"/>
+      <c r="D251" s="44"/>
+      <c r="E251" s="46"/>
+      <c r="F251" s="46"/>
+      <c r="G251" s="44"/>
+      <c r="H251" s="44"/>
+      <c r="I251" s="44"/>
+      <c r="J251" s="44"/>
+      <c r="K251" s="44"/>
+      <c r="L251" s="50"/>
+      <c r="M251" s="50"/>
+      <c r="N251" s="50"/>
+      <c r="O251" s="49"/>
+      <c r="P251" s="51"/>
+      <c r="Q251" s="46"/>
+      <c r="R251" s="49"/>
+      <c r="S251" s="49"/>
+      <c r="T251" s="44"/>
+      <c r="U251" s="49"/>
+      <c r="V251" s="49"/>
+      <c r="W251" s="44"/>
+      <c r="X251" s="49"/>
+      <c r="Y251" s="46"/>
+      <c r="Z251" s="52"/>
+    </row>
+    <row r="252" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A252" s="48"/>
+      <c r="B252" s="49"/>
+      <c r="C252" s="44"/>
+      <c r="D252" s="44"/>
+      <c r="E252" s="46"/>
+      <c r="F252" s="46"/>
+      <c r="G252" s="44"/>
+      <c r="H252" s="44"/>
+      <c r="I252" s="44"/>
+      <c r="J252" s="44"/>
+      <c r="K252" s="44"/>
+      <c r="L252" s="50"/>
+      <c r="M252" s="50"/>
+      <c r="N252" s="50"/>
+      <c r="O252" s="49"/>
+      <c r="P252" s="51"/>
+      <c r="Q252" s="46"/>
+      <c r="R252" s="49"/>
+      <c r="S252" s="49"/>
+      <c r="T252" s="44"/>
+      <c r="U252" s="49"/>
+      <c r="V252" s="49"/>
+      <c r="W252" s="44"/>
+      <c r="X252" s="49"/>
+      <c r="Y252" s="46"/>
+      <c r="Z252" s="52"/>
+    </row>
+    <row r="253" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A253" s="48"/>
+      <c r="B253" s="49"/>
+      <c r="C253" s="44"/>
+      <c r="D253" s="44"/>
+      <c r="E253" s="46"/>
+      <c r="F253" s="46"/>
+      <c r="G253" s="44"/>
+      <c r="H253" s="44"/>
+      <c r="I253" s="44"/>
+      <c r="J253" s="44"/>
+      <c r="K253" s="44"/>
+      <c r="L253" s="50"/>
+      <c r="M253" s="50"/>
+      <c r="N253" s="50"/>
+      <c r="O253" s="49"/>
+      <c r="P253" s="51"/>
+      <c r="Q253" s="46"/>
+      <c r="R253" s="49"/>
+      <c r="S253" s="49"/>
+      <c r="T253" s="44"/>
+      <c r="U253" s="49"/>
+      <c r="V253" s="49"/>
+      <c r="W253" s="44"/>
+      <c r="X253" s="49"/>
+      <c r="Y253" s="46"/>
+      <c r="Z253" s="52"/>
+    </row>
+    <row r="254" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A254" s="48"/>
+      <c r="B254" s="49"/>
+      <c r="C254" s="44"/>
+      <c r="D254" s="44"/>
+      <c r="E254" s="46"/>
+      <c r="F254" s="46"/>
+      <c r="G254" s="44"/>
+      <c r="H254" s="44"/>
+      <c r="I254" s="44"/>
+      <c r="J254" s="44"/>
+      <c r="K254" s="44"/>
+      <c r="L254" s="50"/>
+      <c r="M254" s="50"/>
+      <c r="N254" s="50"/>
+      <c r="O254" s="49"/>
+      <c r="P254" s="51"/>
+      <c r="Q254" s="46"/>
+      <c r="R254" s="49"/>
+      <c r="S254" s="49"/>
+      <c r="T254" s="44"/>
+      <c r="U254" s="49"/>
+      <c r="V254" s="49"/>
+      <c r="W254" s="44"/>
+      <c r="X254" s="49"/>
+      <c r="Y254" s="46"/>
+      <c r="Z254" s="52"/>
+    </row>
+    <row r="255" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A255" s="48"/>
+      <c r="B255" s="49"/>
+      <c r="C255" s="44"/>
+      <c r="D255" s="44"/>
+      <c r="E255" s="46"/>
+      <c r="F255" s="46"/>
+      <c r="G255" s="44"/>
+      <c r="H255" s="44"/>
+      <c r="I255" s="44"/>
+      <c r="J255" s="44"/>
+      <c r="K255" s="44"/>
+      <c r="L255" s="50"/>
+      <c r="M255" s="50"/>
+      <c r="N255" s="50"/>
+      <c r="O255" s="49"/>
+      <c r="P255" s="51"/>
+      <c r="Q255" s="46"/>
+      <c r="R255" s="49"/>
+      <c r="S255" s="49"/>
+      <c r="T255" s="44"/>
+      <c r="U255" s="49"/>
+      <c r="V255" s="49"/>
+      <c r="W255" s="44"/>
+      <c r="X255" s="49"/>
+      <c r="Y255" s="46"/>
+      <c r="Z255" s="52"/>
+    </row>
+    <row r="256" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A256" s="48"/>
+      <c r="B256" s="49"/>
+      <c r="C256" s="44"/>
+      <c r="D256" s="44"/>
+      <c r="E256" s="46"/>
+      <c r="F256" s="46"/>
+      <c r="G256" s="44"/>
+      <c r="H256" s="44"/>
+      <c r="I256" s="44"/>
+      <c r="J256" s="44"/>
+      <c r="K256" s="44"/>
+      <c r="L256" s="50"/>
+      <c r="M256" s="50"/>
+      <c r="N256" s="50"/>
+      <c r="O256" s="49"/>
+      <c r="P256" s="51"/>
+      <c r="Q256" s="46"/>
+      <c r="R256" s="49"/>
+      <c r="S256" s="49"/>
+      <c r="T256" s="44"/>
+      <c r="U256" s="49"/>
+      <c r="V256" s="49"/>
+      <c r="W256" s="44"/>
+      <c r="X256" s="49"/>
+      <c r="Y256" s="46"/>
+      <c r="Z256" s="52"/>
+    </row>
+    <row r="257" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A257" s="48"/>
+      <c r="B257" s="49"/>
+      <c r="C257" s="44"/>
+      <c r="D257" s="44"/>
+      <c r="E257" s="46"/>
+      <c r="F257" s="46"/>
+      <c r="G257" s="44"/>
+      <c r="H257" s="44"/>
+      <c r="I257" s="44"/>
+      <c r="J257" s="44"/>
+      <c r="K257" s="44"/>
+      <c r="L257" s="50"/>
+      <c r="M257" s="50"/>
+      <c r="N257" s="50"/>
+      <c r="O257" s="49"/>
+      <c r="P257" s="51"/>
+      <c r="Q257" s="46"/>
+      <c r="R257" s="49"/>
+      <c r="S257" s="49"/>
+      <c r="T257" s="44"/>
+      <c r="U257" s="49"/>
+      <c r="V257" s="49"/>
+      <c r="W257" s="44"/>
+      <c r="X257" s="49"/>
+      <c r="Y257" s="46"/>
+      <c r="Z257" s="52"/>
+    </row>
+    <row r="258" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A258" s="48"/>
+      <c r="B258" s="49"/>
+      <c r="C258" s="44"/>
+      <c r="D258" s="44"/>
+      <c r="E258" s="46"/>
+      <c r="F258" s="46"/>
+      <c r="G258" s="44"/>
+      <c r="H258" s="44"/>
+      <c r="I258" s="44"/>
+      <c r="J258" s="44"/>
+      <c r="K258" s="44"/>
+      <c r="L258" s="50"/>
+      <c r="M258" s="50"/>
+      <c r="N258" s="50"/>
+      <c r="O258" s="49"/>
+      <c r="P258" s="51"/>
+      <c r="Q258" s="46"/>
+      <c r="R258" s="49"/>
+      <c r="S258" s="49"/>
+      <c r="T258" s="44"/>
+      <c r="U258" s="49"/>
+      <c r="V258" s="49"/>
+      <c r="W258" s="44"/>
+      <c r="X258" s="49"/>
+      <c r="Y258" s="46"/>
+      <c r="Z258" s="52"/>
+    </row>
+    <row r="259" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A259" s="48"/>
+      <c r="B259" s="49"/>
+      <c r="C259" s="44"/>
+      <c r="D259" s="44"/>
+      <c r="E259" s="46"/>
+      <c r="F259" s="46"/>
+      <c r="G259" s="44"/>
+      <c r="H259" s="44"/>
+      <c r="I259" s="44"/>
+      <c r="J259" s="44"/>
+      <c r="K259" s="44"/>
+      <c r="L259" s="50"/>
+      <c r="M259" s="50"/>
+      <c r="N259" s="50"/>
+      <c r="O259" s="49"/>
+      <c r="P259" s="51"/>
+      <c r="Q259" s="46"/>
+      <c r="R259" s="49"/>
+      <c r="S259" s="49"/>
+      <c r="T259" s="44"/>
+      <c r="U259" s="49"/>
+      <c r="V259" s="49"/>
+      <c r="W259" s="44"/>
+      <c r="X259" s="49"/>
+      <c r="Y259" s="46"/>
+      <c r="Z259" s="52"/>
+    </row>
+    <row r="260" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A260" s="48"/>
+      <c r="B260" s="49"/>
+      <c r="C260" s="44"/>
+      <c r="D260" s="44"/>
+      <c r="E260" s="46"/>
+      <c r="F260" s="46"/>
+      <c r="G260" s="44"/>
+      <c r="H260" s="44"/>
+      <c r="I260" s="44"/>
+      <c r="J260" s="44"/>
+      <c r="K260" s="44"/>
+      <c r="L260" s="50"/>
+      <c r="M260" s="50"/>
+      <c r="N260" s="50"/>
+      <c r="O260" s="49"/>
+      <c r="P260" s="51"/>
+      <c r="Q260" s="46"/>
+      <c r="R260" s="49"/>
+      <c r="S260" s="49"/>
+      <c r="T260" s="44"/>
+      <c r="U260" s="49"/>
+      <c r="V260" s="49"/>
+      <c r="W260" s="44"/>
+      <c r="X260" s="49"/>
+      <c r="Y260" s="46"/>
+      <c r="Z260" s="52"/>
+    </row>
+    <row r="261" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A261" s="48"/>
+      <c r="B261" s="49"/>
+      <c r="C261" s="44"/>
+      <c r="D261" s="44"/>
+      <c r="E261" s="46"/>
+      <c r="F261" s="46"/>
+      <c r="G261" s="44"/>
+      <c r="H261" s="44"/>
+      <c r="I261" s="44"/>
+      <c r="J261" s="44"/>
+      <c r="K261" s="44"/>
+      <c r="L261" s="50"/>
+      <c r="M261" s="50"/>
+      <c r="N261" s="50"/>
+      <c r="O261" s="49"/>
+      <c r="P261" s="51"/>
+      <c r="Q261" s="46"/>
+      <c r="R261" s="49"/>
+      <c r="S261" s="49"/>
+      <c r="T261" s="44"/>
+      <c r="U261" s="49"/>
+      <c r="V261" s="49"/>
+      <c r="W261" s="44"/>
+      <c r="X261" s="49"/>
+      <c r="Y261" s="46"/>
+      <c r="Z261" s="52"/>
+    </row>
+    <row r="262" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A262" s="48"/>
+      <c r="B262" s="49"/>
+      <c r="C262" s="44"/>
+      <c r="D262" s="44"/>
+      <c r="E262" s="46"/>
+      <c r="F262" s="46"/>
+      <c r="G262" s="44"/>
+      <c r="H262" s="44"/>
+      <c r="I262" s="44"/>
+      <c r="J262" s="44"/>
+      <c r="K262" s="44"/>
+      <c r="L262" s="50"/>
+      <c r="M262" s="50"/>
+      <c r="N262" s="50"/>
+      <c r="O262" s="49"/>
+      <c r="P262" s="51"/>
+      <c r="Q262" s="46"/>
+      <c r="R262" s="49"/>
+      <c r="S262" s="49"/>
+      <c r="T262" s="44"/>
+      <c r="U262" s="49"/>
+      <c r="V262" s="49"/>
+      <c r="W262" s="44"/>
+      <c r="X262" s="49"/>
+      <c r="Y262" s="46"/>
+      <c r="Z262" s="52"/>
+    </row>
+    <row r="263" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A263" s="48"/>
+      <c r="B263" s="49"/>
+      <c r="C263" s="44"/>
+      <c r="D263" s="44"/>
+      <c r="E263" s="46"/>
+      <c r="F263" s="46"/>
+      <c r="G263" s="44"/>
+      <c r="H263" s="44"/>
+      <c r="I263" s="44"/>
+      <c r="J263" s="44"/>
+      <c r="K263" s="44"/>
+      <c r="L263" s="50"/>
+      <c r="M263" s="50"/>
+      <c r="N263" s="50"/>
+      <c r="O263" s="49"/>
+      <c r="P263" s="51"/>
+      <c r="Q263" s="46"/>
+      <c r="R263" s="49"/>
+      <c r="S263" s="49"/>
+      <c r="T263" s="44"/>
+      <c r="U263" s="49"/>
+      <c r="V263" s="49"/>
+      <c r="W263" s="44"/>
+      <c r="X263" s="49"/>
+      <c r="Y263" s="46"/>
+      <c r="Z263" s="52"/>
+    </row>
+    <row r="264" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A264" s="48"/>
+      <c r="B264" s="49"/>
+      <c r="C264" s="44"/>
+      <c r="D264" s="44"/>
+      <c r="E264" s="46"/>
+      <c r="F264" s="46"/>
+      <c r="G264" s="44"/>
+      <c r="H264" s="44"/>
+      <c r="I264" s="44"/>
+      <c r="J264" s="44"/>
+      <c r="K264" s="44"/>
+      <c r="L264" s="50"/>
+      <c r="M264" s="50"/>
+      <c r="N264" s="50"/>
+      <c r="O264" s="49"/>
+      <c r="P264" s="51"/>
+      <c r="Q264" s="46"/>
+      <c r="R264" s="49"/>
+      <c r="S264" s="49"/>
+      <c r="T264" s="44"/>
+      <c r="U264" s="49"/>
+      <c r="V264" s="49"/>
+      <c r="W264" s="44"/>
+      <c r="X264" s="49"/>
+      <c r="Y264" s="46"/>
+      <c r="Z264" s="52"/>
+    </row>
+    <row r="265" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A265" s="48"/>
+      <c r="B265" s="49"/>
+      <c r="C265" s="44"/>
+      <c r="D265" s="44"/>
+      <c r="E265" s="46"/>
+      <c r="F265" s="46"/>
+      <c r="G265" s="44"/>
+      <c r="H265" s="44"/>
+      <c r="I265" s="44"/>
+      <c r="J265" s="44"/>
+      <c r="K265" s="44"/>
+      <c r="L265" s="50"/>
+      <c r="M265" s="50"/>
+      <c r="N265" s="50"/>
+      <c r="O265" s="49"/>
+      <c r="P265" s="51"/>
+      <c r="Q265" s="46"/>
+      <c r="R265" s="49"/>
+      <c r="S265" s="49"/>
+      <c r="T265" s="44"/>
+      <c r="U265" s="49"/>
+      <c r="V265" s="49"/>
+      <c r="W265" s="44"/>
+      <c r="X265" s="49"/>
+      <c r="Y265" s="46"/>
+      <c r="Z265" s="52"/>
+    </row>
+    <row r="266" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A266" s="48"/>
+      <c r="B266" s="49"/>
+      <c r="C266" s="44"/>
+      <c r="D266" s="44"/>
+      <c r="E266" s="46"/>
+      <c r="F266" s="46"/>
+      <c r="G266" s="44"/>
+      <c r="H266" s="44"/>
+      <c r="I266" s="44"/>
+      <c r="J266" s="44"/>
+      <c r="K266" s="44"/>
+      <c r="L266" s="50"/>
+      <c r="M266" s="50"/>
+      <c r="N266" s="50"/>
+      <c r="O266" s="49"/>
+      <c r="P266" s="51"/>
+      <c r="Q266" s="46"/>
+      <c r="R266" s="49"/>
+      <c r="S266" s="49"/>
+      <c r="T266" s="44"/>
+      <c r="U266" s="49"/>
+      <c r="V266" s="49"/>
+      <c r="W266" s="44"/>
+      <c r="X266" s="49"/>
+      <c r="Y266" s="46"/>
+      <c r="Z266" s="52"/>
+    </row>
+    <row r="267" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A267" s="48"/>
+      <c r="B267" s="49"/>
+      <c r="C267" s="44"/>
+      <c r="D267" s="44"/>
+      <c r="E267" s="46"/>
+      <c r="F267" s="46"/>
+      <c r="G267" s="44"/>
+      <c r="H267" s="44"/>
+      <c r="I267" s="44"/>
+      <c r="J267" s="44"/>
+      <c r="K267" s="44"/>
+      <c r="L267" s="50"/>
+      <c r="M267" s="50"/>
+      <c r="N267" s="50"/>
+      <c r="O267" s="49"/>
+      <c r="P267" s="51"/>
+      <c r="Q267" s="46"/>
+      <c r="R267" s="49"/>
+      <c r="S267" s="49"/>
+      <c r="T267" s="44"/>
+      <c r="U267" s="49"/>
+      <c r="V267" s="49"/>
+      <c r="W267" s="44"/>
+      <c r="X267" s="49"/>
+      <c r="Y267" s="46"/>
+      <c r="Z267" s="52"/>
+    </row>
+    <row r="268" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A268" s="48"/>
+      <c r="B268" s="49"/>
+      <c r="C268" s="44"/>
+      <c r="D268" s="44"/>
+      <c r="E268" s="46"/>
+      <c r="F268" s="46"/>
+      <c r="G268" s="44"/>
+      <c r="H268" s="44"/>
+      <c r="I268" s="44"/>
+      <c r="J268" s="44"/>
+      <c r="K268" s="44"/>
+      <c r="L268" s="50"/>
+      <c r="M268" s="50"/>
+      <c r="N268" s="50"/>
+      <c r="O268" s="49"/>
+      <c r="P268" s="51"/>
+      <c r="Q268" s="46"/>
+      <c r="R268" s="49"/>
+      <c r="S268" s="49"/>
+      <c r="T268" s="44"/>
+      <c r="U268" s="49"/>
+      <c r="V268" s="49"/>
+      <c r="W268" s="44"/>
+      <c r="X268" s="49"/>
+      <c r="Y268" s="46"/>
+      <c r="Z268" s="52"/>
+    </row>
+    <row r="269" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A269" s="48"/>
+      <c r="B269" s="49"/>
+      <c r="C269" s="44"/>
+      <c r="D269" s="44"/>
+      <c r="E269" s="46"/>
+      <c r="F269" s="46"/>
+      <c r="G269" s="44"/>
+      <c r="H269" s="44"/>
+      <c r="I269" s="44"/>
+      <c r="J269" s="44"/>
+      <c r="K269" s="44"/>
+      <c r="L269" s="50"/>
+      <c r="M269" s="50"/>
+      <c r="N269" s="50"/>
+      <c r="O269" s="49"/>
+      <c r="P269" s="51"/>
+      <c r="Q269" s="46"/>
+      <c r="R269" s="49"/>
+      <c r="S269" s="49"/>
+      <c r="T269" s="44"/>
+      <c r="U269" s="49"/>
+      <c r="V269" s="49"/>
+      <c r="W269" s="44"/>
+      <c r="X269" s="49"/>
+      <c r="Y269" s="46"/>
+      <c r="Z269" s="52"/>
+    </row>
+    <row r="270" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A270" s="48"/>
+      <c r="B270" s="49"/>
+      <c r="C270" s="44"/>
+      <c r="D270" s="44"/>
+      <c r="E270" s="46"/>
+      <c r="F270" s="46"/>
+      <c r="G270" s="44"/>
+      <c r="H270" s="44"/>
+      <c r="I270" s="44"/>
+      <c r="J270" s="44"/>
+      <c r="K270" s="44"/>
+      <c r="L270" s="50"/>
+      <c r="M270" s="50"/>
+      <c r="N270" s="50"/>
+      <c r="O270" s="49"/>
+      <c r="P270" s="51"/>
+      <c r="Q270" s="46"/>
+      <c r="R270" s="49"/>
+      <c r="S270" s="49"/>
+      <c r="T270" s="44"/>
+      <c r="U270" s="49"/>
+      <c r="V270" s="49"/>
+      <c r="W270" s="44"/>
+      <c r="X270" s="49"/>
+      <c r="Y270" s="46"/>
+      <c r="Z270" s="52"/>
+    </row>
+    <row r="271" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A271" s="48"/>
+      <c r="B271" s="49"/>
+      <c r="C271" s="44"/>
+      <c r="D271" s="44"/>
+      <c r="E271" s="46"/>
+      <c r="F271" s="46"/>
+      <c r="G271" s="44"/>
+      <c r="H271" s="44"/>
+      <c r="I271" s="44"/>
+      <c r="J271" s="44"/>
+      <c r="K271" s="44"/>
+      <c r="L271" s="50"/>
+      <c r="M271" s="50"/>
+      <c r="N271" s="50"/>
+      <c r="O271" s="49"/>
+      <c r="P271" s="51"/>
+      <c r="Q271" s="46"/>
+      <c r="R271" s="49"/>
+      <c r="S271" s="49"/>
+      <c r="T271" s="44"/>
+      <c r="U271" s="49"/>
+      <c r="V271" s="49"/>
+      <c r="W271" s="44"/>
+      <c r="X271" s="49"/>
+      <c r="Y271" s="46"/>
+      <c r="Z271" s="52"/>
+    </row>
+    <row r="272" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A272" s="48"/>
+      <c r="B272" s="49"/>
+      <c r="C272" s="44"/>
+      <c r="D272" s="44"/>
+      <c r="E272" s="46"/>
+      <c r="F272" s="46"/>
+      <c r="G272" s="44"/>
+      <c r="H272" s="44"/>
+      <c r="I272" s="44"/>
+      <c r="J272" s="44"/>
+      <c r="K272" s="44"/>
+      <c r="L272" s="50"/>
+      <c r="M272" s="50"/>
+      <c r="N272" s="50"/>
+      <c r="O272" s="49"/>
+      <c r="P272" s="51"/>
+      <c r="Q272" s="46"/>
+      <c r="R272" s="49"/>
+      <c r="S272" s="49"/>
+      <c r="T272" s="44"/>
+      <c r="U272" s="49"/>
+      <c r="V272" s="49"/>
+      <c r="W272" s="44"/>
+      <c r="X272" s="49"/>
+      <c r="Y272" s="46"/>
+      <c r="Z272" s="52"/>
+    </row>
+    <row r="273" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A273" s="48"/>
+      <c r="B273" s="49"/>
+      <c r="C273" s="44"/>
+      <c r="D273" s="44"/>
+      <c r="E273" s="46"/>
+      <c r="F273" s="46"/>
+      <c r="G273" s="44"/>
+      <c r="H273" s="44"/>
+      <c r="I273" s="44"/>
+      <c r="J273" s="44"/>
+      <c r="K273" s="44"/>
+      <c r="L273" s="50"/>
+      <c r="M273" s="50"/>
+      <c r="N273" s="50"/>
+      <c r="O273" s="49"/>
+      <c r="P273" s="51"/>
+      <c r="Q273" s="46"/>
+      <c r="R273" s="49"/>
+      <c r="S273" s="49"/>
+      <c r="T273" s="44"/>
+      <c r="U273" s="49"/>
+      <c r="V273" s="49"/>
+      <c r="W273" s="44"/>
+      <c r="X273" s="49"/>
+      <c r="Y273" s="46"/>
+      <c r="Z273" s="52"/>
+    </row>
+    <row r="274" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A274" s="48"/>
+      <c r="B274" s="49"/>
+      <c r="C274" s="44"/>
+      <c r="D274" s="44"/>
+      <c r="E274" s="46"/>
+      <c r="F274" s="46"/>
+      <c r="G274" s="44"/>
+      <c r="H274" s="44"/>
+      <c r="I274" s="44"/>
+      <c r="J274" s="44"/>
+      <c r="K274" s="44"/>
+      <c r="L274" s="50"/>
+      <c r="M274" s="50"/>
+      <c r="N274" s="50"/>
+      <c r="O274" s="49"/>
+      <c r="P274" s="51"/>
+      <c r="Q274" s="46"/>
+      <c r="R274" s="49"/>
+      <c r="S274" s="49"/>
+      <c r="T274" s="44"/>
+      <c r="U274" s="49"/>
+      <c r="V274" s="49"/>
+      <c r="W274" s="44"/>
+      <c r="X274" s="49"/>
+      <c r="Y274" s="46"/>
+      <c r="Z274" s="52"/>
+    </row>
+    <row r="275" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A275" s="48"/>
+      <c r="B275" s="49"/>
+      <c r="C275" s="44"/>
+      <c r="D275" s="44"/>
+      <c r="E275" s="46"/>
+      <c r="F275" s="46"/>
+      <c r="G275" s="44"/>
+      <c r="H275" s="44"/>
+      <c r="I275" s="44"/>
+      <c r="J275" s="44"/>
+      <c r="K275" s="44"/>
+      <c r="L275" s="50"/>
+      <c r="M275" s="50"/>
+      <c r="N275" s="50"/>
+      <c r="O275" s="49"/>
+      <c r="P275" s="51"/>
+      <c r="Q275" s="46"/>
+      <c r="R275" s="49"/>
+      <c r="S275" s="49"/>
+      <c r="T275" s="44"/>
+      <c r="U275" s="49"/>
+      <c r="V275" s="49"/>
+      <c r="W275" s="44"/>
+      <c r="X275" s="49"/>
+      <c r="Y275" s="46"/>
+      <c r="Z275" s="52"/>
+    </row>
+    <row r="276" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A276" s="48"/>
+      <c r="B276" s="49"/>
+      <c r="C276" s="44"/>
+      <c r="D276" s="44"/>
+      <c r="E276" s="46"/>
+      <c r="F276" s="46"/>
+      <c r="G276" s="44"/>
+      <c r="H276" s="44"/>
+      <c r="I276" s="44"/>
+      <c r="J276" s="44"/>
+      <c r="K276" s="44"/>
+      <c r="L276" s="50"/>
+      <c r="M276" s="50"/>
+      <c r="N276" s="50"/>
+      <c r="O276" s="49"/>
+      <c r="P276" s="51"/>
+      <c r="Q276" s="46"/>
+      <c r="R276" s="49"/>
+      <c r="S276" s="49"/>
+      <c r="T276" s="44"/>
+      <c r="U276" s="49"/>
+      <c r="V276" s="49"/>
+      <c r="W276" s="44"/>
+      <c r="X276" s="49"/>
+      <c r="Y276" s="46"/>
+      <c r="Z276" s="52"/>
+    </row>
+    <row r="277" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A277" s="48"/>
+      <c r="B277" s="49"/>
+      <c r="C277" s="44"/>
+      <c r="D277" s="44"/>
+      <c r="E277" s="46"/>
+      <c r="F277" s="46"/>
+      <c r="G277" s="44"/>
+      <c r="H277" s="44"/>
+      <c r="I277" s="44"/>
+      <c r="J277" s="44"/>
+      <c r="K277" s="44"/>
+      <c r="L277" s="50"/>
+      <c r="M277" s="50"/>
+      <c r="N277" s="50"/>
+      <c r="O277" s="49"/>
+      <c r="P277" s="51"/>
+      <c r="Q277" s="46"/>
+      <c r="R277" s="49"/>
+      <c r="S277" s="49"/>
+      <c r="T277" s="44"/>
+      <c r="U277" s="49"/>
+      <c r="V277" s="49"/>
+      <c r="W277" s="44"/>
+      <c r="X277" s="49"/>
+      <c r="Y277" s="46"/>
+      <c r="Z277" s="52"/>
+    </row>
+    <row r="278" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A278" s="48"/>
+      <c r="B278" s="49"/>
+      <c r="C278" s="44"/>
+      <c r="D278" s="44"/>
+      <c r="E278" s="46"/>
+      <c r="F278" s="46"/>
+      <c r="G278" s="44"/>
+      <c r="H278" s="44"/>
+      <c r="I278" s="44"/>
+      <c r="J278" s="44"/>
+      <c r="K278" s="44"/>
+      <c r="L278" s="50"/>
+      <c r="M278" s="50"/>
+      <c r="N278" s="50"/>
+      <c r="O278" s="49"/>
+      <c r="P278" s="51"/>
+      <c r="Q278" s="46"/>
+      <c r="R278" s="49"/>
+      <c r="S278" s="49"/>
+      <c r="T278" s="44"/>
+      <c r="U278" s="49"/>
+      <c r="V278" s="49"/>
+      <c r="W278" s="44"/>
+      <c r="X278" s="49"/>
+      <c r="Y278" s="46"/>
+      <c r="Z278" s="52"/>
+    </row>
+    <row r="279" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A279" s="48"/>
+      <c r="B279" s="49"/>
+      <c r="C279" s="44"/>
+      <c r="D279" s="44"/>
+      <c r="E279" s="46"/>
+      <c r="F279" s="46"/>
+      <c r="G279" s="44"/>
+      <c r="H279" s="44"/>
+      <c r="I279" s="44"/>
+      <c r="J279" s="44"/>
+      <c r="K279" s="44"/>
+      <c r="L279" s="50"/>
+      <c r="M279" s="50"/>
+      <c r="N279" s="50"/>
+      <c r="O279" s="49"/>
+      <c r="P279" s="51"/>
+      <c r="Q279" s="46"/>
+      <c r="R279" s="49"/>
+      <c r="S279" s="49"/>
+      <c r="T279" s="44"/>
+      <c r="U279" s="49"/>
+      <c r="V279" s="49"/>
+      <c r="W279" s="44"/>
+      <c r="X279" s="49"/>
+      <c r="Y279" s="46"/>
+      <c r="Z279" s="52"/>
+    </row>
+    <row r="280" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A280" s="48"/>
+      <c r="B280" s="49"/>
+      <c r="C280" s="44"/>
+      <c r="D280" s="44"/>
+      <c r="E280" s="46"/>
+      <c r="F280" s="46"/>
+      <c r="G280" s="44"/>
+      <c r="H280" s="44"/>
+      <c r="I280" s="44"/>
+      <c r="J280" s="44"/>
+      <c r="K280" s="44"/>
+      <c r="L280" s="50"/>
+      <c r="M280" s="50"/>
+      <c r="N280" s="50"/>
+      <c r="O280" s="49"/>
+      <c r="P280" s="51"/>
+      <c r="Q280" s="46"/>
+      <c r="R280" s="49"/>
+      <c r="S280" s="49"/>
+      <c r="T280" s="44"/>
+      <c r="U280" s="49"/>
+      <c r="V280" s="49"/>
+      <c r="W280" s="44"/>
+      <c r="X280" s="49"/>
+      <c r="Y280" s="46"/>
+      <c r="Z280" s="52"/>
+    </row>
+    <row r="281" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A281" s="48"/>
+      <c r="B281" s="49"/>
+      <c r="C281" s="44"/>
+      <c r="D281" s="44"/>
+      <c r="E281" s="46"/>
+      <c r="F281" s="46"/>
+      <c r="G281" s="44"/>
+      <c r="H281" s="44"/>
+      <c r="I281" s="44"/>
+      <c r="J281" s="44"/>
+      <c r="K281" s="44"/>
+      <c r="L281" s="50"/>
+      <c r="M281" s="50"/>
+      <c r="N281" s="50"/>
+      <c r="O281" s="49"/>
+      <c r="P281" s="51"/>
+      <c r="Q281" s="46"/>
+      <c r="R281" s="49"/>
+      <c r="S281" s="49"/>
+      <c r="T281" s="44"/>
+      <c r="U281" s="49"/>
+      <c r="V281" s="49"/>
+      <c r="W281" s="44"/>
+      <c r="X281" s="49"/>
+      <c r="Y281" s="46"/>
+      <c r="Z281" s="52"/>
+    </row>
+    <row r="282" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A282" s="48"/>
+      <c r="B282" s="49"/>
+      <c r="C282" s="44"/>
+      <c r="D282" s="44"/>
+      <c r="E282" s="46"/>
+      <c r="F282" s="46"/>
+      <c r="G282" s="44"/>
+      <c r="H282" s="44"/>
+      <c r="I282" s="44"/>
+      <c r="J282" s="44"/>
+      <c r="K282" s="44"/>
+      <c r="L282" s="50"/>
+      <c r="M282" s="50"/>
+      <c r="N282" s="50"/>
+      <c r="O282" s="49"/>
+      <c r="P282" s="51"/>
+      <c r="Q282" s="46"/>
+      <c r="R282" s="49"/>
+      <c r="S282" s="49"/>
+      <c r="T282" s="44"/>
+      <c r="U282" s="49"/>
+      <c r="V282" s="49"/>
+      <c r="W282" s="44"/>
+      <c r="X282" s="49"/>
+      <c r="Y282" s="46"/>
+      <c r="Z282" s="52"/>
+    </row>
+    <row r="283" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A283" s="48"/>
+      <c r="B283" s="49"/>
+      <c r="C283" s="44"/>
+      <c r="D283" s="44"/>
+      <c r="E283" s="46"/>
+      <c r="F283" s="46"/>
+      <c r="G283" s="44"/>
+      <c r="H283" s="44"/>
+      <c r="I283" s="44"/>
+      <c r="J283" s="44"/>
+      <c r="K283" s="44"/>
+      <c r="L283" s="50"/>
+      <c r="M283" s="50"/>
+      <c r="N283" s="50"/>
+      <c r="O283" s="49"/>
+      <c r="P283" s="51"/>
+      <c r="Q283" s="46"/>
+      <c r="R283" s="49"/>
+      <c r="S283" s="49"/>
+      <c r="T283" s="44"/>
+      <c r="U283" s="49"/>
+      <c r="V283" s="49"/>
+      <c r="W283" s="44"/>
+      <c r="X283" s="49"/>
+      <c r="Y283" s="46"/>
+      <c r="Z283" s="52"/>
+    </row>
+    <row r="284" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A284" s="48"/>
+      <c r="B284" s="49"/>
+      <c r="C284" s="44"/>
+      <c r="D284" s="44"/>
+      <c r="E284" s="46"/>
+      <c r="F284" s="46"/>
+      <c r="G284" s="44"/>
+      <c r="H284" s="44"/>
+      <c r="I284" s="44"/>
+      <c r="J284" s="44"/>
+      <c r="K284" s="44"/>
+      <c r="L284" s="50"/>
+      <c r="M284" s="50"/>
+      <c r="N284" s="50"/>
+      <c r="O284" s="49"/>
+      <c r="P284" s="51"/>
+      <c r="Q284" s="46"/>
+      <c r="R284" s="49"/>
+      <c r="S284" s="49"/>
+      <c r="T284" s="44"/>
+      <c r="U284" s="49"/>
+      <c r="V284" s="49"/>
+      <c r="W284" s="44"/>
+      <c r="X284" s="49"/>
+      <c r="Y284" s="46"/>
+      <c r="Z284" s="52"/>
+    </row>
+    <row r="285" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A285" s="48"/>
+      <c r="B285" s="49"/>
+      <c r="C285" s="44"/>
+      <c r="D285" s="44"/>
+      <c r="E285" s="46"/>
+      <c r="F285" s="46"/>
+      <c r="G285" s="44"/>
+      <c r="H285" s="44"/>
+      <c r="I285" s="44"/>
+      <c r="J285" s="44"/>
+      <c r="K285" s="44"/>
+      <c r="L285" s="50"/>
+      <c r="M285" s="50"/>
+      <c r="N285" s="50"/>
+      <c r="O285" s="49"/>
+      <c r="P285" s="51"/>
+      <c r="Q285" s="46"/>
+      <c r="R285" s="49"/>
+      <c r="S285" s="49"/>
+      <c r="T285" s="44"/>
+      <c r="U285" s="49"/>
+      <c r="V285" s="49"/>
+      <c r="W285" s="44"/>
+      <c r="X285" s="49"/>
+      <c r="Y285" s="46"/>
+      <c r="Z285" s="52"/>
+    </row>
+    <row r="286" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A286" s="48"/>
+      <c r="B286" s="49"/>
+      <c r="C286" s="44"/>
+      <c r="D286" s="44"/>
+      <c r="E286" s="46"/>
+      <c r="F286" s="46"/>
+      <c r="G286" s="44"/>
+      <c r="H286" s="44"/>
+      <c r="I286" s="44"/>
+      <c r="J286" s="44"/>
+      <c r="K286" s="44"/>
+      <c r="L286" s="50"/>
+      <c r="M286" s="50"/>
+      <c r="N286" s="50"/>
+      <c r="O286" s="49"/>
+      <c r="P286" s="51"/>
+      <c r="Q286" s="46"/>
+      <c r="R286" s="49"/>
+      <c r="S286" s="49"/>
+      <c r="T286" s="44"/>
+      <c r="U286" s="49"/>
+      <c r="V286" s="49"/>
+      <c r="W286" s="44"/>
+      <c r="X286" s="49"/>
+      <c r="Y286" s="46"/>
+      <c r="Z286" s="52"/>
+    </row>
+    <row r="287" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A287" s="48"/>
+      <c r="B287" s="49"/>
+      <c r="C287" s="44"/>
+      <c r="D287" s="44"/>
+      <c r="E287" s="46"/>
+      <c r="F287" s="46"/>
+      <c r="G287" s="44"/>
+      <c r="H287" s="44"/>
+      <c r="I287" s="44"/>
+      <c r="J287" s="44"/>
+      <c r="K287" s="44"/>
+      <c r="L287" s="50"/>
+      <c r="M287" s="50"/>
+      <c r="N287" s="50"/>
+      <c r="O287" s="49"/>
+      <c r="P287" s="51"/>
+      <c r="Q287" s="46"/>
+      <c r="R287" s="49"/>
+      <c r="S287" s="49"/>
+      <c r="T287" s="44"/>
+      <c r="U287" s="49"/>
+      <c r="V287" s="49"/>
+      <c r="W287" s="44"/>
+      <c r="X287" s="49"/>
+      <c r="Y287" s="46"/>
+      <c r="Z287" s="52"/>
+    </row>
+    <row r="288" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A288" s="48"/>
+      <c r="B288" s="49"/>
+      <c r="C288" s="44"/>
+      <c r="D288" s="44"/>
+      <c r="E288" s="46"/>
+      <c r="F288" s="46"/>
+      <c r="G288" s="44"/>
+      <c r="H288" s="44"/>
+      <c r="I288" s="44"/>
+      <c r="J288" s="44"/>
+      <c r="K288" s="44"/>
+      <c r="L288" s="50"/>
+      <c r="M288" s="50"/>
+      <c r="N288" s="50"/>
+      <c r="O288" s="49"/>
+      <c r="P288" s="51"/>
+      <c r="Q288" s="46"/>
+      <c r="R288" s="49"/>
+      <c r="S288" s="49"/>
+      <c r="T288" s="44"/>
+      <c r="U288" s="49"/>
+      <c r="V288" s="49"/>
+      <c r="W288" s="44"/>
+      <c r="X288" s="49"/>
+      <c r="Y288" s="46"/>
+      <c r="Z288" s="52"/>
+    </row>
+    <row r="289" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A289" s="48"/>
+      <c r="B289" s="49"/>
+      <c r="C289" s="44"/>
+      <c r="D289" s="44"/>
+      <c r="E289" s="46"/>
+      <c r="F289" s="46"/>
+      <c r="G289" s="44"/>
+      <c r="H289" s="44"/>
+      <c r="I289" s="44"/>
+      <c r="J289" s="44"/>
+      <c r="K289" s="44"/>
+      <c r="L289" s="50"/>
+      <c r="M289" s="50"/>
+      <c r="N289" s="50"/>
+      <c r="O289" s="49"/>
+      <c r="P289" s="51"/>
+      <c r="Q289" s="46"/>
+      <c r="R289" s="49"/>
+      <c r="S289" s="49"/>
+      <c r="T289" s="44"/>
+      <c r="U289" s="49"/>
+      <c r="V289" s="49"/>
+      <c r="W289" s="44"/>
+      <c r="X289" s="49"/>
+      <c r="Y289" s="46"/>
+      <c r="Z289" s="52"/>
+    </row>
+    <row r="290" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A290" s="48"/>
+      <c r="B290" s="49"/>
+      <c r="C290" s="44"/>
+      <c r="D290" s="44"/>
+      <c r="E290" s="46"/>
+      <c r="F290" s="46"/>
+      <c r="G290" s="44"/>
+      <c r="H290" s="44"/>
+      <c r="I290" s="44"/>
+      <c r="J290" s="44"/>
+      <c r="K290" s="44"/>
+      <c r="L290" s="50"/>
+      <c r="M290" s="50"/>
+      <c r="N290" s="50"/>
+      <c r="O290" s="49"/>
+      <c r="P290" s="51"/>
+      <c r="Q290" s="46"/>
+      <c r="R290" s="49"/>
+      <c r="S290" s="49"/>
+      <c r="T290" s="44"/>
+      <c r="U290" s="49"/>
+      <c r="V290" s="49"/>
+      <c r="W290" s="44"/>
+      <c r="X290" s="49"/>
+      <c r="Y290" s="46"/>
+      <c r="Z290" s="52"/>
+    </row>
+    <row r="291" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A291" s="48"/>
+      <c r="B291" s="49"/>
+      <c r="C291" s="44"/>
+      <c r="D291" s="44"/>
+      <c r="E291" s="46"/>
+      <c r="F291" s="46"/>
+      <c r="G291" s="44"/>
+      <c r="H291" s="44"/>
+      <c r="I291" s="44"/>
+      <c r="J291" s="44"/>
+      <c r="K291" s="44"/>
+      <c r="L291" s="50"/>
+      <c r="M291" s="50"/>
+      <c r="N291" s="50"/>
+      <c r="O291" s="49"/>
+      <c r="P291" s="51"/>
+      <c r="Q291" s="46"/>
+      <c r="R291" s="49"/>
+      <c r="S291" s="49"/>
+      <c r="T291" s="44"/>
+      <c r="U291" s="49"/>
+      <c r="V291" s="49"/>
+      <c r="W291" s="44"/>
+      <c r="X291" s="49"/>
+      <c r="Y291" s="46"/>
+      <c r="Z291" s="52"/>
+    </row>
+    <row r="292" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A292" s="48"/>
+      <c r="B292" s="49"/>
+      <c r="C292" s="44"/>
+      <c r="D292" s="44"/>
+      <c r="E292" s="46"/>
+      <c r="F292" s="46"/>
+      <c r="G292" s="44"/>
+      <c r="H292" s="44"/>
+      <c r="I292" s="44"/>
+      <c r="J292" s="44"/>
+      <c r="K292" s="44"/>
+      <c r="L292" s="50"/>
+      <c r="M292" s="50"/>
+      <c r="N292" s="50"/>
+      <c r="O292" s="49"/>
+      <c r="P292" s="51"/>
+      <c r="Q292" s="46"/>
+      <c r="R292" s="49"/>
+      <c r="S292" s="49"/>
+      <c r="T292" s="44"/>
+      <c r="U292" s="49"/>
+      <c r="V292" s="49"/>
+      <c r="W292" s="44"/>
+      <c r="X292" s="49"/>
+      <c r="Y292" s="46"/>
+      <c r="Z292" s="52"/>
+    </row>
+    <row r="293" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A293" s="48"/>
+      <c r="B293" s="49"/>
+      <c r="C293" s="44"/>
+      <c r="D293" s="44"/>
+      <c r="E293" s="46"/>
+      <c r="F293" s="46"/>
+      <c r="G293" s="44"/>
+      <c r="H293" s="44"/>
+      <c r="I293" s="44"/>
+      <c r="J293" s="44"/>
+      <c r="K293" s="44"/>
+      <c r="L293" s="50"/>
+      <c r="M293" s="50"/>
+      <c r="N293" s="50"/>
+      <c r="O293" s="49"/>
+      <c r="P293" s="51"/>
+      <c r="Q293" s="46"/>
+      <c r="R293" s="49"/>
+      <c r="S293" s="49"/>
+      <c r="T293" s="44"/>
+      <c r="U293" s="49"/>
+      <c r="V293" s="49"/>
+      <c r="W293" s="44"/>
+      <c r="X293" s="49"/>
+      <c r="Y293" s="46"/>
+      <c r="Z293" s="52"/>
+    </row>
+    <row r="294" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A294" s="48"/>
+      <c r="B294" s="49"/>
+      <c r="C294" s="44"/>
+      <c r="D294" s="44"/>
+      <c r="E294" s="46"/>
+      <c r="F294" s="46"/>
+      <c r="G294" s="44"/>
+      <c r="H294" s="44"/>
+      <c r="I294" s="44"/>
+      <c r="J294" s="44"/>
+      <c r="K294" s="44"/>
+      <c r="L294" s="50"/>
+      <c r="M294" s="50"/>
+      <c r="N294" s="50"/>
+      <c r="O294" s="49"/>
+      <c r="P294" s="51"/>
+      <c r="Q294" s="46"/>
+      <c r="R294" s="49"/>
+      <c r="S294" s="49"/>
+      <c r="T294" s="44"/>
+      <c r="U294" s="49"/>
+      <c r="V294" s="49"/>
+      <c r="W294" s="44"/>
+      <c r="X294" s="49"/>
+      <c r="Y294" s="46"/>
+      <c r="Z294" s="52"/>
+    </row>
+    <row r="295" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A295" s="48"/>
+      <c r="B295" s="49"/>
+      <c r="C295" s="44"/>
+      <c r="D295" s="44"/>
+      <c r="E295" s="46"/>
+      <c r="F295" s="46"/>
+      <c r="G295" s="44"/>
+      <c r="H295" s="44"/>
+      <c r="I295" s="44"/>
+      <c r="J295" s="44"/>
+      <c r="K295" s="44"/>
+      <c r="L295" s="50"/>
+      <c r="M295" s="50"/>
+      <c r="N295" s="50"/>
+      <c r="O295" s="49"/>
+      <c r="P295" s="51"/>
+      <c r="Q295" s="46"/>
+      <c r="R295" s="49"/>
+      <c r="S295" s="49"/>
+      <c r="T295" s="44"/>
+      <c r="U295" s="49"/>
+      <c r="V295" s="49"/>
+      <c r="W295" s="44"/>
+      <c r="X295" s="49"/>
+      <c r="Y295" s="46"/>
+      <c r="Z295" s="52"/>
+    </row>
+    <row r="296" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A296" s="48"/>
+      <c r="B296" s="49"/>
+      <c r="C296" s="44"/>
+      <c r="D296" s="44"/>
+      <c r="E296" s="46"/>
+      <c r="F296" s="46"/>
+      <c r="G296" s="44"/>
+      <c r="H296" s="44"/>
+      <c r="I296" s="44"/>
+      <c r="J296" s="44"/>
+      <c r="K296" s="44"/>
+      <c r="L296" s="50"/>
+      <c r="M296" s="50"/>
+      <c r="N296" s="50"/>
+      <c r="O296" s="49"/>
+      <c r="P296" s="51"/>
+      <c r="Q296" s="46"/>
+      <c r="R296" s="49"/>
+      <c r="S296" s="49"/>
+      <c r="T296" s="44"/>
+      <c r="U296" s="49"/>
+      <c r="V296" s="49"/>
+      <c r="W296" s="44"/>
+      <c r="X296" s="49"/>
+      <c r="Y296" s="46"/>
+      <c r="Z296" s="52"/>
+    </row>
+    <row r="297" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A297" s="48"/>
+      <c r="B297" s="49"/>
+      <c r="C297" s="44"/>
+      <c r="D297" s="44"/>
+      <c r="E297" s="46"/>
+      <c r="F297" s="46"/>
+      <c r="G297" s="44"/>
+      <c r="H297" s="44"/>
+      <c r="I297" s="44"/>
+      <c r="J297" s="44"/>
+      <c r="K297" s="44"/>
+      <c r="L297" s="50"/>
+      <c r="M297" s="50"/>
+      <c r="N297" s="50"/>
+      <c r="O297" s="49"/>
+      <c r="P297" s="51"/>
+      <c r="Q297" s="46"/>
+      <c r="R297" s="49"/>
+      <c r="S297" s="49"/>
+      <c r="T297" s="44"/>
+      <c r="U297" s="49"/>
+      <c r="V297" s="49"/>
+      <c r="W297" s="44"/>
+      <c r="X297" s="49"/>
+      <c r="Y297" s="46"/>
+      <c r="Z297" s="52"/>
+    </row>
+    <row r="298" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A298" s="48"/>
+      <c r="B298" s="49"/>
+      <c r="C298" s="44"/>
+      <c r="D298" s="44"/>
+      <c r="E298" s="46"/>
+      <c r="F298" s="46"/>
+      <c r="G298" s="44"/>
+      <c r="H298" s="44"/>
+      <c r="I298" s="44"/>
+      <c r="J298" s="44"/>
+      <c r="K298" s="44"/>
+      <c r="L298" s="50"/>
+      <c r="M298" s="50"/>
+      <c r="N298" s="50"/>
+      <c r="O298" s="49"/>
+      <c r="P298" s="51"/>
+      <c r="Q298" s="46"/>
+      <c r="R298" s="49"/>
+      <c r="S298" s="49"/>
+      <c r="T298" s="44"/>
+      <c r="U298" s="49"/>
+      <c r="V298" s="49"/>
+      <c r="W298" s="44"/>
+      <c r="X298" s="49"/>
+      <c r="Y298" s="46"/>
+      <c r="Z298" s="52"/>
+    </row>
+    <row r="299" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A299" s="48"/>
+      <c r="B299" s="49"/>
+      <c r="C299" s="44"/>
+      <c r="D299" s="44"/>
+      <c r="E299" s="46"/>
+      <c r="F299" s="46"/>
+      <c r="G299" s="44"/>
+      <c r="H299" s="44"/>
+      <c r="I299" s="44"/>
+      <c r="J299" s="44"/>
+      <c r="K299" s="44"/>
+      <c r="L299" s="50"/>
+      <c r="M299" s="50"/>
+      <c r="N299" s="50"/>
+      <c r="O299" s="49"/>
+      <c r="P299" s="51"/>
+      <c r="Q299" s="46"/>
+      <c r="R299" s="49"/>
+      <c r="S299" s="49"/>
+      <c r="T299" s="44"/>
+      <c r="U299" s="49"/>
+      <c r="V299" s="49"/>
+      <c r="W299" s="44"/>
+      <c r="X299" s="49"/>
+      <c r="Y299" s="46"/>
+      <c r="Z299" s="52"/>
+    </row>
+    <row r="300" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A300" s="48"/>
+      <c r="B300" s="49"/>
+      <c r="C300" s="44"/>
+      <c r="D300" s="44"/>
+      <c r="E300" s="46"/>
+      <c r="F300" s="46"/>
+      <c r="G300" s="44"/>
+      <c r="H300" s="44"/>
+      <c r="I300" s="44"/>
+      <c r="J300" s="44"/>
+      <c r="K300" s="44"/>
+      <c r="L300" s="50"/>
+      <c r="M300" s="50"/>
+      <c r="N300" s="50"/>
+      <c r="O300" s="49"/>
+      <c r="P300" s="51"/>
+      <c r="Q300" s="46"/>
+      <c r="R300" s="49"/>
+      <c r="S300" s="49"/>
+      <c r="T300" s="44"/>
+      <c r="U300" s="49"/>
+      <c r="V300" s="49"/>
+      <c r="W300" s="44"/>
+      <c r="X300" s="49"/>
+      <c r="Y300" s="46"/>
+      <c r="Z300" s="52"/>
+    </row>
+    <row r="301" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A301" s="48"/>
+      <c r="B301" s="49"/>
+      <c r="C301" s="44"/>
+      <c r="D301" s="44"/>
+      <c r="E301" s="46"/>
+      <c r="F301" s="46"/>
+      <c r="G301" s="44"/>
+      <c r="H301" s="44"/>
+      <c r="I301" s="44"/>
+      <c r="J301" s="44"/>
+      <c r="K301" s="44"/>
+      <c r="L301" s="50"/>
+      <c r="M301" s="50"/>
+      <c r="N301" s="50"/>
+      <c r="O301" s="49"/>
+      <c r="P301" s="51"/>
+      <c r="Q301" s="46"/>
+      <c r="R301" s="49"/>
+      <c r="S301" s="49"/>
+      <c r="T301" s="44"/>
+      <c r="U301" s="49"/>
+      <c r="V301" s="49"/>
+      <c r="W301" s="44"/>
+      <c r="X301" s="49"/>
+      <c r="Y301" s="46"/>
+      <c r="Z301" s="52"/>
+    </row>
+    <row r="302" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A302" s="48"/>
+      <c r="B302" s="49"/>
+      <c r="C302" s="44"/>
+      <c r="D302" s="44"/>
+      <c r="E302" s="46"/>
+      <c r="F302" s="46"/>
+      <c r="G302" s="44"/>
+      <c r="H302" s="44"/>
+      <c r="I302" s="44"/>
+      <c r="J302" s="44"/>
+      <c r="K302" s="44"/>
+      <c r="L302" s="50"/>
+      <c r="M302" s="50"/>
+      <c r="N302" s="50"/>
+      <c r="O302" s="49"/>
+      <c r="P302" s="51"/>
+      <c r="Q302" s="46"/>
+      <c r="R302" s="49"/>
+      <c r="S302" s="49"/>
+      <c r="T302" s="44"/>
+      <c r="U302" s="49"/>
+      <c r="V302" s="49"/>
+      <c r="W302" s="44"/>
+      <c r="X302" s="49"/>
+      <c r="Y302" s="46"/>
+      <c r="Z302" s="52"/>
+    </row>
+    <row r="303" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A303" s="48"/>
+      <c r="B303" s="49"/>
+      <c r="C303" s="44"/>
+      <c r="D303" s="44"/>
+      <c r="E303" s="46"/>
+      <c r="F303" s="46"/>
+      <c r="G303" s="44"/>
+      <c r="H303" s="44"/>
+      <c r="I303" s="44"/>
+      <c r="J303" s="44"/>
+      <c r="K303" s="44"/>
+      <c r="L303" s="50"/>
+      <c r="M303" s="50"/>
+      <c r="N303" s="50"/>
+      <c r="O303" s="49"/>
+      <c r="P303" s="51"/>
+      <c r="Q303" s="46"/>
+      <c r="R303" s="49"/>
+      <c r="S303" s="49"/>
+      <c r="T303" s="44"/>
+      <c r="U303" s="49"/>
+      <c r="V303" s="49"/>
+      <c r="W303" s="44"/>
+      <c r="X303" s="49"/>
+      <c r="Y303" s="46"/>
+      <c r="Z303" s="52"/>
+    </row>
+    <row r="304" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A304" s="48"/>
+      <c r="B304" s="49"/>
+      <c r="C304" s="44"/>
+      <c r="D304" s="44"/>
+      <c r="E304" s="46"/>
+      <c r="F304" s="46"/>
+      <c r="G304" s="44"/>
+      <c r="H304" s="44"/>
+      <c r="I304" s="44"/>
+      <c r="J304" s="44"/>
+      <c r="K304" s="44"/>
+      <c r="L304" s="50"/>
+      <c r="M304" s="50"/>
+      <c r="N304" s="50"/>
+      <c r="O304" s="49"/>
+      <c r="P304" s="51"/>
+      <c r="Q304" s="46"/>
+      <c r="R304" s="49"/>
+      <c r="S304" s="49"/>
+      <c r="T304" s="44"/>
+      <c r="U304" s="49"/>
+      <c r="V304" s="49"/>
+      <c r="W304" s="44"/>
+      <c r="X304" s="49"/>
+      <c r="Y304" s="46"/>
+      <c r="Z304" s="52"/>
+    </row>
+    <row r="305" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A305" s="48"/>
+      <c r="B305" s="49"/>
+      <c r="C305" s="44"/>
+      <c r="D305" s="44"/>
+      <c r="E305" s="46"/>
+      <c r="F305" s="46"/>
+      <c r="G305" s="44"/>
+      <c r="H305" s="44"/>
+      <c r="I305" s="44"/>
+      <c r="J305" s="44"/>
+      <c r="K305" s="44"/>
+      <c r="L305" s="50"/>
+      <c r="M305" s="50"/>
+      <c r="N305" s="50"/>
+      <c r="O305" s="49"/>
+      <c r="P305" s="51"/>
+      <c r="Q305" s="46"/>
+      <c r="R305" s="49"/>
+      <c r="S305" s="49"/>
+      <c r="T305" s="44"/>
+      <c r="U305" s="49"/>
+      <c r="V305" s="49"/>
+      <c r="W305" s="44"/>
+      <c r="X305" s="49"/>
+      <c r="Y305" s="46"/>
+      <c r="Z305" s="52"/>
+    </row>
+    <row r="306" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A306" s="48"/>
+      <c r="B306" s="49"/>
+      <c r="C306" s="44"/>
+      <c r="D306" s="44"/>
+      <c r="E306" s="46"/>
+      <c r="F306" s="46"/>
+      <c r="G306" s="44"/>
+      <c r="H306" s="44"/>
+      <c r="I306" s="44"/>
+      <c r="J306" s="44"/>
+      <c r="K306" s="44"/>
+      <c r="L306" s="50"/>
+      <c r="M306" s="50"/>
+      <c r="N306" s="50"/>
+      <c r="O306" s="49"/>
+      <c r="P306" s="51"/>
+      <c r="Q306" s="46"/>
+      <c r="R306" s="49"/>
+      <c r="S306" s="49"/>
+      <c r="T306" s="44"/>
+      <c r="U306" s="49"/>
+      <c r="V306" s="49"/>
+      <c r="W306" s="44"/>
+      <c r="X306" s="49"/>
+      <c r="Y306" s="46"/>
+      <c r="Z306" s="52"/>
+    </row>
+    <row r="307" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A307" s="48"/>
+      <c r="B307" s="49"/>
+      <c r="C307" s="44"/>
+      <c r="D307" s="44"/>
+      <c r="E307" s="46"/>
+      <c r="F307" s="46"/>
+      <c r="G307" s="44"/>
+      <c r="H307" s="44"/>
+      <c r="I307" s="44"/>
+      <c r="J307" s="44"/>
+      <c r="K307" s="44"/>
+      <c r="L307" s="50"/>
+      <c r="M307" s="50"/>
+      <c r="N307" s="50"/>
+      <c r="O307" s="49"/>
+      <c r="P307" s="51"/>
+      <c r="Q307" s="46"/>
+      <c r="R307" s="49"/>
+      <c r="S307" s="49"/>
+      <c r="T307" s="44"/>
+      <c r="U307" s="49"/>
+      <c r="V307" s="49"/>
+      <c r="W307" s="44"/>
+      <c r="X307" s="49"/>
+      <c r="Y307" s="46"/>
+      <c r="Z307" s="52"/>
+    </row>
+    <row r="308" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A308" s="48"/>
+      <c r="B308" s="49"/>
+      <c r="C308" s="44"/>
+      <c r="D308" s="44"/>
+      <c r="E308" s="46"/>
+      <c r="F308" s="46"/>
+      <c r="G308" s="44"/>
+      <c r="H308" s="44"/>
+      <c r="I308" s="44"/>
+      <c r="J308" s="44"/>
+      <c r="K308" s="44"/>
+      <c r="L308" s="50"/>
+      <c r="M308" s="50"/>
+      <c r="N308" s="50"/>
+      <c r="O308" s="49"/>
+      <c r="P308" s="51"/>
+      <c r="Q308" s="46"/>
+      <c r="R308" s="49"/>
+      <c r="S308" s="49"/>
+      <c r="T308" s="44"/>
+      <c r="U308" s="49"/>
+      <c r="V308" s="49"/>
+      <c r="W308" s="44"/>
+      <c r="X308" s="49"/>
+      <c r="Y308" s="46"/>
+      <c r="Z308" s="52"/>
+    </row>
+    <row r="309" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A309" s="48"/>
+      <c r="B309" s="49"/>
+      <c r="C309" s="44"/>
+      <c r="D309" s="44"/>
+      <c r="E309" s="46"/>
+      <c r="F309" s="46"/>
+      <c r="G309" s="44"/>
+      <c r="H309" s="44"/>
+      <c r="I309" s="44"/>
+      <c r="J309" s="44"/>
+      <c r="K309" s="44"/>
+      <c r="L309" s="50"/>
+      <c r="M309" s="50"/>
+      <c r="N309" s="50"/>
+      <c r="O309" s="49"/>
+      <c r="P309" s="51"/>
+      <c r="Q309" s="46"/>
+      <c r="R309" s="49"/>
+      <c r="S309" s="49"/>
+      <c r="T309" s="44"/>
+      <c r="U309" s="49"/>
+      <c r="V309" s="49"/>
+      <c r="W309" s="44"/>
+      <c r="X309" s="49"/>
+      <c r="Y309" s="46"/>
+      <c r="Z309" s="52"/>
+    </row>
+    <row r="310" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A310" s="48"/>
+      <c r="B310" s="49"/>
+      <c r="C310" s="44"/>
+      <c r="D310" s="44"/>
+      <c r="E310" s="46"/>
+      <c r="F310" s="46"/>
+      <c r="G310" s="44"/>
+      <c r="H310" s="44"/>
+      <c r="I310" s="44"/>
+      <c r="J310" s="44"/>
+      <c r="K310" s="44"/>
+      <c r="L310" s="50"/>
+      <c r="M310" s="50"/>
+      <c r="N310" s="50"/>
+      <c r="O310" s="49"/>
+      <c r="P310" s="51"/>
+      <c r="Q310" s="46"/>
+      <c r="R310" s="49"/>
+      <c r="S310" s="49"/>
+      <c r="T310" s="44"/>
+      <c r="U310" s="49"/>
+      <c r="V310" s="49"/>
+      <c r="W310" s="44"/>
+      <c r="X310" s="49"/>
+      <c r="Y310" s="46"/>
+      <c r="Z310" s="52"/>
+    </row>
+    <row r="311" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A311" s="48"/>
+      <c r="B311" s="49"/>
+      <c r="C311" s="44"/>
+      <c r="D311" s="44"/>
+      <c r="E311" s="46"/>
+      <c r="F311" s="46"/>
+      <c r="G311" s="44"/>
+      <c r="H311" s="44"/>
+      <c r="I311" s="44"/>
+      <c r="J311" s="44"/>
+      <c r="K311" s="44"/>
+      <c r="L311" s="50"/>
+      <c r="M311" s="50"/>
+      <c r="N311" s="50"/>
+      <c r="O311" s="49"/>
+      <c r="P311" s="51"/>
+      <c r="Q311" s="46"/>
+      <c r="R311" s="49"/>
+      <c r="S311" s="49"/>
+      <c r="T311" s="44"/>
+      <c r="U311" s="49"/>
+      <c r="V311" s="49"/>
+      <c r="W311" s="44"/>
+      <c r="X311" s="49"/>
+      <c r="Y311" s="46"/>
+      <c r="Z311" s="52"/>
+    </row>
+    <row r="312" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A312" s="48"/>
+      <c r="B312" s="49"/>
+      <c r="C312" s="44"/>
+      <c r="D312" s="44"/>
+      <c r="E312" s="46"/>
+      <c r="F312" s="46"/>
+      <c r="G312" s="44"/>
+      <c r="H312" s="44"/>
+      <c r="I312" s="44"/>
+      <c r="J312" s="44"/>
+      <c r="K312" s="44"/>
+      <c r="L312" s="50"/>
+      <c r="M312" s="50"/>
+      <c r="N312" s="50"/>
+      <c r="O312" s="49"/>
+      <c r="P312" s="51"/>
+      <c r="Q312" s="46"/>
+      <c r="R312" s="49"/>
+      <c r="S312" s="49"/>
+      <c r="T312" s="44"/>
+      <c r="U312" s="49"/>
+      <c r="V312" s="49"/>
+      <c r="W312" s="44"/>
+      <c r="X312" s="49"/>
+      <c r="Y312" s="46"/>
+      <c r="Z312" s="52"/>
+    </row>
+    <row r="313" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A313" s="48"/>
+      <c r="B313" s="49"/>
+      <c r="C313" s="44"/>
+      <c r="D313" s="44"/>
+      <c r="E313" s="46"/>
+      <c r="F313" s="46"/>
+      <c r="G313" s="44"/>
+      <c r="H313" s="44"/>
+      <c r="I313" s="44"/>
+      <c r="J313" s="44"/>
+      <c r="K313" s="44"/>
+      <c r="L313" s="50"/>
+      <c r="M313" s="50"/>
+      <c r="N313" s="50"/>
+      <c r="O313" s="49"/>
+      <c r="P313" s="51"/>
+      <c r="Q313" s="46"/>
+      <c r="R313" s="49"/>
+      <c r="S313" s="49"/>
+      <c r="T313" s="44"/>
+      <c r="U313" s="49"/>
+      <c r="V313" s="49"/>
+      <c r="W313" s="44"/>
+      <c r="X313" s="49"/>
+      <c r="Y313" s="46"/>
+      <c r="Z313" s="52"/>
+    </row>
+    <row r="314" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A314" s="48"/>
+      <c r="B314" s="49"/>
+      <c r="C314" s="44"/>
+      <c r="D314" s="44"/>
+      <c r="E314" s="46"/>
+      <c r="F314" s="46"/>
+      <c r="G314" s="44"/>
+      <c r="H314" s="44"/>
+      <c r="I314" s="44"/>
+      <c r="J314" s="44"/>
+      <c r="K314" s="44"/>
+      <c r="L314" s="50"/>
+      <c r="M314" s="50"/>
+      <c r="N314" s="50"/>
+      <c r="O314" s="49"/>
+      <c r="P314" s="51"/>
+      <c r="Q314" s="46"/>
+      <c r="R314" s="49"/>
+      <c r="S314" s="49"/>
+      <c r="T314" s="44"/>
+      <c r="U314" s="49"/>
+      <c r="V314" s="49"/>
+      <c r="W314" s="44"/>
+      <c r="X314" s="49"/>
+      <c r="Y314" s="46"/>
+      <c r="Z314" s="52"/>
+    </row>
+    <row r="315" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A315" s="48"/>
+      <c r="B315" s="49"/>
+      <c r="C315" s="44"/>
+      <c r="D315" s="44"/>
+      <c r="E315" s="46"/>
+      <c r="F315" s="46"/>
+      <c r="G315" s="44"/>
+      <c r="H315" s="44"/>
+      <c r="I315" s="44"/>
+      <c r="J315" s="44"/>
+      <c r="K315" s="44"/>
+      <c r="L315" s="50"/>
+      <c r="M315" s="50"/>
+      <c r="N315" s="50"/>
+      <c r="O315" s="49"/>
+      <c r="P315" s="51"/>
+      <c r="Q315" s="46"/>
+      <c r="R315" s="49"/>
+      <c r="S315" s="49"/>
+      <c r="T315" s="44"/>
+      <c r="U315" s="49"/>
+      <c r="V315" s="49"/>
+      <c r="W315" s="44"/>
+      <c r="X315" s="49"/>
+      <c r="Y315" s="46"/>
+      <c r="Z315" s="52"/>
+    </row>
+    <row r="316" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A316" s="48"/>
+      <c r="B316" s="49"/>
+      <c r="C316" s="44"/>
+      <c r="D316" s="44"/>
+      <c r="E316" s="46"/>
+      <c r="F316" s="46"/>
+      <c r="G316" s="44"/>
+      <c r="H316" s="44"/>
+      <c r="I316" s="44"/>
+      <c r="J316" s="44"/>
+      <c r="K316" s="44"/>
+      <c r="L316" s="50"/>
+      <c r="M316" s="50"/>
+      <c r="N316" s="50"/>
+      <c r="O316" s="49"/>
+      <c r="P316" s="51"/>
+      <c r="Q316" s="46"/>
+      <c r="R316" s="49"/>
+      <c r="S316" s="49"/>
+      <c r="T316" s="44"/>
+      <c r="U316" s="49"/>
+      <c r="V316" s="49"/>
+      <c r="W316" s="44"/>
+      <c r="X316" s="49"/>
+      <c r="Y316" s="46"/>
+      <c r="Z316" s="52"/>
+    </row>
+    <row r="317" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A317" s="48"/>
+      <c r="B317" s="49"/>
+      <c r="C317" s="44"/>
+      <c r="D317" s="44"/>
+      <c r="E317" s="46"/>
+      <c r="F317" s="46"/>
+      <c r="G317" s="44"/>
+      <c r="H317" s="44"/>
+      <c r="I317" s="44"/>
+      <c r="J317" s="44"/>
+      <c r="K317" s="44"/>
+      <c r="L317" s="50"/>
+      <c r="M317" s="50"/>
+      <c r="N317" s="50"/>
+      <c r="O317" s="49"/>
+      <c r="P317" s="51"/>
+      <c r="Q317" s="46"/>
+      <c r="R317" s="49"/>
+      <c r="S317" s="49"/>
+      <c r="T317" s="44"/>
+      <c r="U317" s="49"/>
+      <c r="V317" s="49"/>
+      <c r="W317" s="44"/>
+      <c r="X317" s="49"/>
+      <c r="Y317" s="46"/>
+      <c r="Z317" s="52"/>
+    </row>
+    <row r="318" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A318" s="48"/>
+      <c r="B318" s="49"/>
+      <c r="C318" s="44"/>
+      <c r="D318" s="44"/>
+      <c r="E318" s="46"/>
+      <c r="F318" s="46"/>
+      <c r="G318" s="44"/>
+      <c r="H318" s="44"/>
+      <c r="I318" s="44"/>
+      <c r="J318" s="44"/>
+      <c r="K318" s="44"/>
+      <c r="L318" s="50"/>
+      <c r="M318" s="50"/>
+      <c r="N318" s="50"/>
+      <c r="O318" s="49"/>
+      <c r="P318" s="51"/>
+      <c r="Q318" s="46"/>
+      <c r="R318" s="49"/>
+      <c r="S318" s="49"/>
+      <c r="T318" s="44"/>
+      <c r="U318" s="49"/>
+      <c r="V318" s="49"/>
+      <c r="W318" s="44"/>
+      <c r="X318" s="49"/>
+      <c r="Y318" s="46"/>
+      <c r="Z318" s="52"/>
+    </row>
+    <row r="319" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A319" s="48"/>
+      <c r="B319" s="49"/>
+      <c r="C319" s="44"/>
+      <c r="D319" s="44"/>
+      <c r="E319" s="46"/>
+      <c r="F319" s="46"/>
+      <c r="G319" s="44"/>
+      <c r="H319" s="44"/>
+      <c r="I319" s="44"/>
+      <c r="J319" s="44"/>
+      <c r="K319" s="44"/>
+      <c r="L319" s="50"/>
+      <c r="M319" s="50"/>
+      <c r="N319" s="50"/>
+      <c r="O319" s="49"/>
+      <c r="P319" s="51"/>
+      <c r="Q319" s="46"/>
+      <c r="R319" s="49"/>
+      <c r="S319" s="49"/>
+      <c r="T319" s="44"/>
+      <c r="U319" s="49"/>
+      <c r="V319" s="49"/>
+      <c r="W319" s="44"/>
+      <c r="X319" s="49"/>
+      <c r="Y319" s="46"/>
+      <c r="Z319" s="52"/>
+    </row>
+    <row r="320" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A320" s="48"/>
+      <c r="B320" s="49"/>
+      <c r="C320" s="44"/>
+      <c r="D320" s="44"/>
+      <c r="E320" s="46"/>
+      <c r="F320" s="46"/>
+      <c r="G320" s="44"/>
+      <c r="H320" s="44"/>
+      <c r="I320" s="44"/>
+      <c r="J320" s="44"/>
+      <c r="K320" s="44"/>
+      <c r="L320" s="50"/>
+      <c r="M320" s="50"/>
+      <c r="N320" s="50"/>
+      <c r="O320" s="49"/>
+      <c r="P320" s="51"/>
+      <c r="Q320" s="46"/>
+      <c r="R320" s="49"/>
+      <c r="S320" s="49"/>
+      <c r="T320" s="44"/>
+      <c r="U320" s="49"/>
+      <c r="V320" s="49"/>
+      <c r="W320" s="44"/>
+      <c r="X320" s="49"/>
+      <c r="Y320" s="46"/>
+      <c r="Z320" s="52"/>
+    </row>
+    <row r="321" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A321" s="48"/>
+      <c r="B321" s="49"/>
+      <c r="C321" s="44"/>
+      <c r="D321" s="44"/>
+      <c r="E321" s="46"/>
+      <c r="F321" s="46"/>
+      <c r="G321" s="44"/>
+      <c r="H321" s="44"/>
+      <c r="I321" s="44"/>
+      <c r="J321" s="44"/>
+      <c r="K321" s="44"/>
+      <c r="L321" s="50"/>
+      <c r="M321" s="50"/>
+      <c r="N321" s="50"/>
+      <c r="O321" s="49"/>
+      <c r="P321" s="51"/>
+      <c r="Q321" s="46"/>
+      <c r="R321" s="49"/>
+      <c r="S321" s="49"/>
+      <c r="T321" s="44"/>
+      <c r="U321" s="49"/>
+      <c r="V321" s="49"/>
+      <c r="W321" s="44"/>
+      <c r="X321" s="49"/>
+      <c r="Y321" s="46"/>
+      <c r="Z321" s="52"/>
+    </row>
+    <row r="322" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A322" s="48"/>
+      <c r="B322" s="49"/>
+      <c r="C322" s="44"/>
+      <c r="D322" s="44"/>
+      <c r="E322" s="46"/>
+      <c r="F322" s="46"/>
+      <c r="G322" s="44"/>
+      <c r="H322" s="44"/>
+      <c r="I322" s="44"/>
+      <c r="J322" s="44"/>
+      <c r="K322" s="44"/>
+      <c r="L322" s="50"/>
+      <c r="M322" s="50"/>
+      <c r="N322" s="50"/>
+      <c r="O322" s="49"/>
+      <c r="P322" s="51"/>
+      <c r="Q322" s="46"/>
+      <c r="R322" s="49"/>
+      <c r="S322" s="49"/>
+      <c r="T322" s="44"/>
+      <c r="U322" s="49"/>
+      <c r="V322" s="49"/>
+      <c r="W322" s="44"/>
+      <c r="X322" s="49"/>
+      <c r="Y322" s="46"/>
+      <c r="Z322" s="52"/>
+    </row>
+    <row r="323" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A323" s="48"/>
+      <c r="B323" s="49"/>
+      <c r="C323" s="44"/>
+      <c r="D323" s="44"/>
+      <c r="E323" s="46"/>
+      <c r="F323" s="46"/>
+      <c r="G323" s="44"/>
+      <c r="H323" s="44"/>
+      <c r="I323" s="44"/>
+      <c r="J323" s="44"/>
+      <c r="K323" s="44"/>
+      <c r="L323" s="50"/>
+      <c r="M323" s="50"/>
+      <c r="N323" s="50"/>
+      <c r="O323" s="49"/>
+      <c r="P323" s="51"/>
+      <c r="Q323" s="46"/>
+      <c r="R323" s="49"/>
+      <c r="S323" s="49"/>
+      <c r="T323" s="44"/>
+      <c r="U323" s="49"/>
+      <c r="V323" s="49"/>
+      <c r="W323" s="44"/>
+      <c r="X323" s="49"/>
+      <c r="Y323" s="46"/>
+      <c r="Z323" s="52"/>
+    </row>
+    <row r="324" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A324" s="48"/>
+      <c r="B324" s="49"/>
+      <c r="C324" s="44"/>
+      <c r="D324" s="44"/>
+      <c r="E324" s="46"/>
+      <c r="F324" s="46"/>
+      <c r="G324" s="44"/>
+      <c r="H324" s="44"/>
+      <c r="I324" s="44"/>
+      <c r="J324" s="44"/>
+      <c r="K324" s="44"/>
+      <c r="L324" s="50"/>
+      <c r="M324" s="50"/>
+      <c r="N324" s="50"/>
+      <c r="O324" s="49"/>
+      <c r="P324" s="51"/>
+      <c r="Q324" s="46"/>
+      <c r="R324" s="49"/>
+      <c r="S324" s="49"/>
+      <c r="T324" s="44"/>
+      <c r="U324" s="49"/>
+      <c r="V324" s="49"/>
+      <c r="W324" s="44"/>
+      <c r="X324" s="49"/>
+      <c r="Y324" s="46"/>
+      <c r="Z324" s="52"/>
+    </row>
+    <row r="325" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A325" s="48"/>
+      <c r="B325" s="49"/>
+      <c r="C325" s="44"/>
+      <c r="D325" s="44"/>
+      <c r="E325" s="46"/>
+      <c r="F325" s="46"/>
+      <c r="G325" s="44"/>
+      <c r="H325" s="44"/>
+      <c r="I325" s="44"/>
+      <c r="J325" s="44"/>
+      <c r="K325" s="44"/>
+      <c r="L325" s="50"/>
+      <c r="M325" s="50"/>
+      <c r="N325" s="50"/>
+      <c r="O325" s="49"/>
+      <c r="P325" s="51"/>
+      <c r="Q325" s="46"/>
+      <c r="R325" s="49"/>
+      <c r="S325" s="49"/>
+      <c r="T325" s="44"/>
+      <c r="U325" s="49"/>
+      <c r="V325" s="49"/>
+      <c r="W325" s="44"/>
+      <c r="X325" s="49"/>
+      <c r="Y325" s="46"/>
+      <c r="Z325" s="52"/>
+    </row>
+    <row r="326" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A326" s="48"/>
+      <c r="B326" s="49"/>
+      <c r="C326" s="44"/>
+      <c r="D326" s="44"/>
+      <c r="E326" s="46"/>
+      <c r="F326" s="46"/>
+      <c r="G326" s="44"/>
+      <c r="H326" s="44"/>
+      <c r="I326" s="44"/>
+      <c r="J326" s="44"/>
+      <c r="K326" s="44"/>
+      <c r="L326" s="50"/>
+      <c r="M326" s="50"/>
+      <c r="N326" s="50"/>
+      <c r="O326" s="49"/>
+      <c r="P326" s="51"/>
+      <c r="Q326" s="46"/>
+      <c r="R326" s="49"/>
+      <c r="S326" s="49"/>
+      <c r="T326" s="44"/>
+      <c r="U326" s="49"/>
+      <c r="V326" s="49"/>
+      <c r="W326" s="44"/>
+      <c r="X326" s="49"/>
+      <c r="Y326" s="46"/>
+      <c r="Z326" s="52"/>
+    </row>
+    <row r="327" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A327" s="48"/>
+      <c r="B327" s="49"/>
+      <c r="C327" s="44"/>
+      <c r="D327" s="44"/>
+      <c r="E327" s="46"/>
+      <c r="F327" s="46"/>
+      <c r="G327" s="44"/>
+      <c r="H327" s="44"/>
+      <c r="I327" s="44"/>
+      <c r="J327" s="44"/>
+      <c r="K327" s="44"/>
+      <c r="L327" s="50"/>
+      <c r="M327" s="50"/>
+      <c r="N327" s="50"/>
+      <c r="O327" s="49"/>
+      <c r="P327" s="51"/>
+      <c r="Q327" s="46"/>
+      <c r="R327" s="49"/>
+      <c r="S327" s="49"/>
+      <c r="T327" s="44"/>
+      <c r="U327" s="49"/>
+      <c r="V327" s="49"/>
+      <c r="W327" s="44"/>
+      <c r="X327" s="49"/>
+      <c r="Y327" s="46"/>
+      <c r="Z327" s="52"/>
+    </row>
+    <row r="328" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A328" s="48"/>
+      <c r="B328" s="49"/>
+      <c r="C328" s="44"/>
+      <c r="D328" s="44"/>
+      <c r="E328" s="46"/>
+      <c r="F328" s="46"/>
+      <c r="G328" s="44"/>
+      <c r="H328" s="44"/>
+      <c r="I328" s="44"/>
+      <c r="J328" s="44"/>
+      <c r="K328" s="44"/>
+      <c r="L328" s="50"/>
+      <c r="M328" s="50"/>
+      <c r="N328" s="50"/>
+      <c r="O328" s="49"/>
+      <c r="P328" s="51"/>
+      <c r="Q328" s="46"/>
+      <c r="R328" s="49"/>
+      <c r="S328" s="49"/>
+      <c r="T328" s="44"/>
+      <c r="U328" s="49"/>
+      <c r="V328" s="49"/>
+      <c r="W328" s="44"/>
+      <c r="X328" s="49"/>
+      <c r="Y328" s="46"/>
+      <c r="Z328" s="52"/>
+    </row>
+    <row r="329" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A329" s="48"/>
+      <c r="B329" s="49"/>
+      <c r="C329" s="44"/>
+      <c r="D329" s="44"/>
+      <c r="E329" s="46"/>
+      <c r="F329" s="46"/>
+      <c r="G329" s="44"/>
+      <c r="H329" s="44"/>
+      <c r="I329" s="44"/>
+      <c r="J329" s="44"/>
+      <c r="K329" s="44"/>
+      <c r="L329" s="50"/>
+      <c r="M329" s="50"/>
+      <c r="N329" s="50"/>
+      <c r="O329" s="49"/>
+      <c r="P329" s="51"/>
+      <c r="Q329" s="46"/>
+      <c r="R329" s="49"/>
+      <c r="S329" s="49"/>
+      <c r="T329" s="44"/>
+      <c r="U329" s="49"/>
+      <c r="V329" s="49"/>
+      <c r="W329" s="44"/>
+      <c r="X329" s="49"/>
+      <c r="Y329" s="46"/>
+      <c r="Z329" s="52"/>
+    </row>
+    <row r="330" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A330" s="48"/>
+      <c r="B330" s="49"/>
+      <c r="C330" s="44"/>
+      <c r="D330" s="44"/>
+      <c r="E330" s="46"/>
+      <c r="F330" s="46"/>
+      <c r="G330" s="44"/>
+      <c r="H330" s="44"/>
+      <c r="I330" s="44"/>
+      <c r="J330" s="44"/>
+      <c r="K330" s="44"/>
+      <c r="L330" s="50"/>
+      <c r="M330" s="50"/>
+      <c r="N330" s="50"/>
+      <c r="O330" s="49"/>
+      <c r="P330" s="51"/>
+      <c r="Q330" s="46"/>
+      <c r="R330" s="49"/>
+      <c r="S330" s="49"/>
+      <c r="T330" s="44"/>
+      <c r="U330" s="49"/>
+      <c r="V330" s="49"/>
+      <c r="W330" s="44"/>
+      <c r="X330" s="49"/>
+      <c r="Y330" s="46"/>
+      <c r="Z330" s="52"/>
+    </row>
+    <row r="331" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A331" s="48"/>
+      <c r="B331" s="49"/>
+      <c r="C331" s="44"/>
+      <c r="D331" s="44"/>
+      <c r="E331" s="46"/>
+      <c r="F331" s="46"/>
+      <c r="G331" s="44"/>
+      <c r="H331" s="44"/>
+      <c r="I331" s="44"/>
+      <c r="J331" s="44"/>
+      <c r="K331" s="44"/>
+      <c r="L331" s="50"/>
+      <c r="M331" s="50"/>
+      <c r="N331" s="50"/>
+      <c r="O331" s="49"/>
+      <c r="P331" s="51"/>
+      <c r="Q331" s="46"/>
+      <c r="R331" s="49"/>
+      <c r="S331" s="49"/>
+      <c r="T331" s="44"/>
+      <c r="U331" s="49"/>
+      <c r="V331" s="49"/>
+      <c r="W331" s="44"/>
+      <c r="X331" s="49"/>
+      <c r="Y331" s="46"/>
+      <c r="Z331" s="52"/>
+    </row>
+    <row r="332" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A332" s="48"/>
+      <c r="B332" s="49"/>
+      <c r="C332" s="44"/>
+      <c r="D332" s="44"/>
+      <c r="E332" s="46"/>
+      <c r="F332" s="46"/>
+      <c r="G332" s="44"/>
+      <c r="H332" s="44"/>
+      <c r="I332" s="44"/>
+      <c r="J332" s="44"/>
+      <c r="K332" s="44"/>
+      <c r="L332" s="50"/>
+      <c r="M332" s="50"/>
+      <c r="N332" s="50"/>
+      <c r="O332" s="49"/>
+      <c r="P332" s="51"/>
+      <c r="Q332" s="46"/>
+      <c r="R332" s="49"/>
+      <c r="S332" s="49"/>
+      <c r="T332" s="44"/>
+      <c r="U332" s="49"/>
+      <c r="V332" s="49"/>
+      <c r="W332" s="44"/>
+      <c r="X332" s="49"/>
+      <c r="Y332" s="46"/>
+      <c r="Z332" s="52"/>
+    </row>
+    <row r="333" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A333" s="48"/>
+      <c r="B333" s="49"/>
+      <c r="C333" s="44"/>
+      <c r="D333" s="44"/>
+      <c r="E333" s="46"/>
+      <c r="F333" s="46"/>
+      <c r="G333" s="44"/>
+      <c r="H333" s="44"/>
+      <c r="I333" s="44"/>
+      <c r="J333" s="44"/>
+      <c r="K333" s="44"/>
+      <c r="L333" s="50"/>
+      <c r="M333" s="50"/>
+      <c r="N333" s="50"/>
+      <c r="O333" s="49"/>
+      <c r="P333" s="51"/>
+      <c r="Q333" s="46"/>
+      <c r="R333" s="49"/>
+      <c r="S333" s="49"/>
+      <c r="T333" s="44"/>
+      <c r="U333" s="49"/>
+      <c r="V333" s="49"/>
+      <c r="W333" s="44"/>
+      <c r="X333" s="49"/>
+      <c r="Y333" s="46"/>
+      <c r="Z333" s="52"/>
+    </row>
+    <row r="334" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A334" s="48"/>
+      <c r="B334" s="49"/>
+      <c r="C334" s="44"/>
+      <c r="D334" s="44"/>
+      <c r="E334" s="46"/>
+      <c r="F334" s="46"/>
+      <c r="G334" s="44"/>
+      <c r="H334" s="44"/>
+      <c r="I334" s="44"/>
+      <c r="J334" s="44"/>
+      <c r="K334" s="44"/>
+      <c r="L334" s="50"/>
+      <c r="M334" s="50"/>
+      <c r="N334" s="50"/>
+      <c r="O334" s="49"/>
+      <c r="P334" s="51"/>
+      <c r="Q334" s="46"/>
+      <c r="R334" s="49"/>
+      <c r="S334" s="49"/>
+      <c r="T334" s="44"/>
+      <c r="U334" s="49"/>
+      <c r="V334" s="49"/>
+      <c r="W334" s="44"/>
+      <c r="X334" s="49"/>
+      <c r="Y334" s="46"/>
+      <c r="Z334" s="52"/>
+    </row>
+    <row r="335" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A335" s="48"/>
+      <c r="B335" s="49"/>
+      <c r="C335" s="44"/>
+      <c r="D335" s="44"/>
+      <c r="E335" s="46"/>
+      <c r="F335" s="46"/>
+      <c r="G335" s="44"/>
+      <c r="H335" s="44"/>
+      <c r="I335" s="44"/>
+      <c r="J335" s="44"/>
+      <c r="K335" s="44"/>
+      <c r="L335" s="50"/>
+      <c r="M335" s="50"/>
+      <c r="N335" s="50"/>
+      <c r="O335" s="49"/>
+      <c r="P335" s="51"/>
+      <c r="Q335" s="46"/>
+      <c r="R335" s="49"/>
+      <c r="S335" s="49"/>
+      <c r="T335" s="44"/>
+      <c r="U335" s="49"/>
+      <c r="V335" s="49"/>
+      <c r="W335" s="44"/>
+      <c r="X335" s="49"/>
+      <c r="Y335" s="46"/>
+      <c r="Z335" s="52"/>
+    </row>
+    <row r="336" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A336" s="48"/>
+      <c r="B336" s="49"/>
+      <c r="C336" s="44"/>
+      <c r="D336" s="44"/>
+      <c r="E336" s="46"/>
+      <c r="F336" s="46"/>
+      <c r="G336" s="44"/>
+      <c r="H336" s="44"/>
+      <c r="I336" s="44"/>
+      <c r="J336" s="44"/>
+      <c r="K336" s="44"/>
+      <c r="L336" s="50"/>
+      <c r="M336" s="50"/>
+      <c r="N336" s="50"/>
+      <c r="O336" s="49"/>
+      <c r="P336" s="51"/>
+      <c r="Q336" s="46"/>
+      <c r="R336" s="49"/>
+      <c r="S336" s="49"/>
+      <c r="T336" s="44"/>
+      <c r="U336" s="49"/>
+      <c r="V336" s="49"/>
+      <c r="W336" s="44"/>
+      <c r="X336" s="49"/>
+      <c r="Y336" s="46"/>
+      <c r="Z336" s="52"/>
+    </row>
+    <row r="337" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A337" s="48"/>
+      <c r="B337" s="49"/>
+      <c r="C337" s="44"/>
+      <c r="D337" s="44"/>
+      <c r="E337" s="46"/>
+      <c r="F337" s="46"/>
+      <c r="G337" s="44"/>
+      <c r="H337" s="44"/>
+      <c r="I337" s="44"/>
+      <c r="J337" s="44"/>
+      <c r="K337" s="44"/>
+      <c r="L337" s="50"/>
+      <c r="M337" s="50"/>
+      <c r="N337" s="50"/>
+      <c r="O337" s="49"/>
+      <c r="P337" s="51"/>
+      <c r="Q337" s="46"/>
+      <c r="R337" s="49"/>
+      <c r="S337" s="49"/>
+      <c r="T337" s="44"/>
+      <c r="U337" s="49"/>
+      <c r="V337" s="49"/>
+      <c r="W337" s="44"/>
+      <c r="X337" s="49"/>
+      <c r="Y337" s="46"/>
+      <c r="Z337" s="52"/>
+    </row>
+    <row r="338" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A338" s="48"/>
+      <c r="B338" s="49"/>
+      <c r="C338" s="44"/>
+      <c r="D338" s="44"/>
+      <c r="E338" s="46"/>
+      <c r="F338" s="46"/>
+      <c r="G338" s="44"/>
+      <c r="H338" s="44"/>
+      <c r="I338" s="44"/>
+      <c r="J338" s="44"/>
+      <c r="K338" s="44"/>
+      <c r="L338" s="50"/>
+      <c r="M338" s="50"/>
+      <c r="N338" s="50"/>
+      <c r="O338" s="49"/>
+      <c r="P338" s="51"/>
+      <c r="Q338" s="46"/>
+      <c r="R338" s="49"/>
+      <c r="S338" s="49"/>
+      <c r="T338" s="44"/>
+      <c r="U338" s="49"/>
+      <c r="V338" s="49"/>
+      <c r="W338" s="44"/>
+      <c r="X338" s="49"/>
+      <c r="Y338" s="46"/>
+      <c r="Z338" s="52"/>
+    </row>
+    <row r="339" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A339" s="48"/>
+      <c r="B339" s="49"/>
+      <c r="C339" s="44"/>
+      <c r="D339" s="44"/>
+      <c r="E339" s="46"/>
+      <c r="F339" s="46"/>
+      <c r="G339" s="44"/>
+      <c r="H339" s="44"/>
+      <c r="I339" s="44"/>
+      <c r="J339" s="44"/>
+      <c r="K339" s="44"/>
+      <c r="L339" s="50"/>
+      <c r="M339" s="50"/>
+      <c r="N339" s="50"/>
+      <c r="O339" s="49"/>
+      <c r="P339" s="51"/>
+      <c r="Q339" s="46"/>
+      <c r="R339" s="49"/>
+      <c r="S339" s="49"/>
+      <c r="T339" s="44"/>
+      <c r="U339" s="49"/>
+      <c r="V339" s="49"/>
+      <c r="W339" s="44"/>
+      <c r="X339" s="49"/>
+      <c r="Y339" s="46"/>
+      <c r="Z339" s="52"/>
+    </row>
+    <row r="340" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A340" s="48"/>
+      <c r="B340" s="49"/>
+      <c r="C340" s="44"/>
+      <c r="D340" s="44"/>
+      <c r="E340" s="46"/>
+      <c r="F340" s="46"/>
+      <c r="G340" s="44"/>
+      <c r="H340" s="44"/>
+      <c r="I340" s="44"/>
+      <c r="J340" s="44"/>
+      <c r="K340" s="44"/>
+      <c r="L340" s="50"/>
+      <c r="M340" s="50"/>
+      <c r="N340" s="50"/>
+      <c r="O340" s="49"/>
+      <c r="P340" s="51"/>
+      <c r="Q340" s="46"/>
+      <c r="R340" s="49"/>
+      <c r="S340" s="49"/>
+      <c r="T340" s="44"/>
+      <c r="U340" s="49"/>
+      <c r="V340" s="49"/>
+      <c r="W340" s="44"/>
+      <c r="X340" s="49"/>
+      <c r="Y340" s="46"/>
+      <c r="Z340" s="52"/>
+    </row>
+    <row r="341" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A341" s="48"/>
+      <c r="B341" s="49"/>
+      <c r="C341" s="44"/>
+      <c r="D341" s="44"/>
+      <c r="E341" s="46"/>
+      <c r="F341" s="46"/>
+      <c r="G341" s="44"/>
+      <c r="H341" s="44"/>
+      <c r="I341" s="44"/>
+      <c r="J341" s="44"/>
+      <c r="K341" s="44"/>
+      <c r="L341" s="50"/>
+      <c r="M341" s="50"/>
+      <c r="N341" s="50"/>
+      <c r="O341" s="49"/>
+      <c r="P341" s="51"/>
+      <c r="Q341" s="46"/>
+      <c r="R341" s="49"/>
+      <c r="S341" s="49"/>
+      <c r="T341" s="44"/>
+      <c r="U341" s="49"/>
+      <c r="V341" s="49"/>
+      <c r="W341" s="44"/>
+      <c r="X341" s="49"/>
+      <c r="Y341" s="46"/>
+      <c r="Z341" s="52"/>
+    </row>
+    <row r="342" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A342" s="48"/>
+      <c r="B342" s="49"/>
+      <c r="C342" s="44"/>
+      <c r="D342" s="44"/>
+      <c r="E342" s="46"/>
+      <c r="F342" s="46"/>
+      <c r="G342" s="44"/>
+      <c r="H342" s="44"/>
+      <c r="I342" s="44"/>
+      <c r="J342" s="44"/>
+      <c r="K342" s="44"/>
+      <c r="L342" s="50"/>
+      <c r="M342" s="50"/>
+      <c r="N342" s="50"/>
+      <c r="O342" s="49"/>
+      <c r="P342" s="51"/>
+      <c r="Q342" s="46"/>
+      <c r="R342" s="49"/>
+      <c r="S342" s="49"/>
+      <c r="T342" s="44"/>
+      <c r="U342" s="49"/>
+      <c r="V342" s="49"/>
+      <c r="W342" s="44"/>
+      <c r="X342" s="49"/>
+      <c r="Y342" s="46"/>
+      <c r="Z342" s="52"/>
+    </row>
+    <row r="343" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A343" s="48"/>
+      <c r="B343" s="49"/>
+      <c r="C343" s="44"/>
+      <c r="D343" s="44"/>
+      <c r="E343" s="46"/>
+      <c r="F343" s="46"/>
+      <c r="G343" s="44"/>
+      <c r="H343" s="44"/>
+      <c r="I343" s="44"/>
+      <c r="J343" s="44"/>
+      <c r="K343" s="44"/>
+      <c r="L343" s="50"/>
+      <c r="M343" s="50"/>
+      <c r="N343" s="50"/>
+      <c r="O343" s="49"/>
+      <c r="P343" s="51"/>
+      <c r="Q343" s="46"/>
+      <c r="R343" s="49"/>
+      <c r="S343" s="49"/>
+      <c r="T343" s="44"/>
+      <c r="U343" s="49"/>
+      <c r="V343" s="49"/>
+      <c r="W343" s="44"/>
+      <c r="X343" s="49"/>
+      <c r="Y343" s="46"/>
+      <c r="Z343" s="52"/>
+    </row>
+    <row r="344" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A344" s="48"/>
+      <c r="B344" s="49"/>
+      <c r="C344" s="44"/>
+      <c r="D344" s="44"/>
+      <c r="E344" s="46"/>
+      <c r="F344" s="46"/>
+      <c r="G344" s="44"/>
+      <c r="H344" s="44"/>
+      <c r="I344" s="44"/>
+      <c r="J344" s="44"/>
+      <c r="K344" s="44"/>
+      <c r="L344" s="50"/>
+      <c r="M344" s="50"/>
+      <c r="N344" s="50"/>
+      <c r="O344" s="49"/>
+      <c r="P344" s="51"/>
+      <c r="Q344" s="46"/>
+      <c r="R344" s="49"/>
+      <c r="S344" s="49"/>
+      <c r="T344" s="44"/>
+      <c r="U344" s="49"/>
+      <c r="V344" s="49"/>
+      <c r="W344" s="44"/>
+      <c r="X344" s="49"/>
+      <c r="Y344" s="46"/>
+      <c r="Z344" s="52"/>
+    </row>
+    <row r="345" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A345" s="48"/>
+      <c r="B345" s="49"/>
+      <c r="C345" s="44"/>
+      <c r="D345" s="44"/>
+      <c r="E345" s="46"/>
+      <c r="F345" s="46"/>
+      <c r="G345" s="44"/>
+      <c r="H345" s="44"/>
+      <c r="I345" s="44"/>
+      <c r="J345" s="44"/>
+      <c r="K345" s="44"/>
+      <c r="L345" s="50"/>
+      <c r="M345" s="50"/>
+      <c r="N345" s="50"/>
+      <c r="O345" s="49"/>
+      <c r="P345" s="51"/>
+      <c r="Q345" s="46"/>
+      <c r="R345" s="49"/>
+      <c r="S345" s="49"/>
+      <c r="T345" s="44"/>
+      <c r="U345" s="49"/>
+      <c r="V345" s="49"/>
+      <c r="W345" s="44"/>
+      <c r="X345" s="49"/>
+      <c r="Y345" s="46"/>
+      <c r="Z345" s="52"/>
+    </row>
+    <row r="346" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A346" s="48"/>
+      <c r="B346" s="49"/>
+      <c r="C346" s="44"/>
+      <c r="D346" s="44"/>
+      <c r="E346" s="46"/>
+      <c r="F346" s="46"/>
+      <c r="G346" s="44"/>
+      <c r="H346" s="44"/>
+      <c r="I346" s="44"/>
+      <c r="J346" s="44"/>
+      <c r="K346" s="44"/>
+      <c r="L346" s="50"/>
+      <c r="M346" s="50"/>
+      <c r="N346" s="50"/>
+      <c r="O346" s="49"/>
+      <c r="P346" s="51"/>
+      <c r="Q346" s="46"/>
+      <c r="R346" s="49"/>
+      <c r="S346" s="49"/>
+      <c r="T346" s="44"/>
+      <c r="U346" s="49"/>
+      <c r="V346" s="49"/>
+      <c r="W346" s="44"/>
+      <c r="X346" s="49"/>
+      <c r="Y346" s="46"/>
+      <c r="Z346" s="52"/>
+    </row>
+    <row r="347" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A347" s="48"/>
+      <c r="B347" s="49"/>
+      <c r="C347" s="44"/>
+      <c r="D347" s="44"/>
+      <c r="E347" s="46"/>
+      <c r="F347" s="46"/>
+      <c r="G347" s="44"/>
+      <c r="H347" s="44"/>
+      <c r="I347" s="44"/>
+      <c r="J347" s="44"/>
+      <c r="K347" s="44"/>
+      <c r="L347" s="50"/>
+      <c r="M347" s="50"/>
+      <c r="N347" s="50"/>
+      <c r="O347" s="49"/>
+      <c r="P347" s="51"/>
+      <c r="Q347" s="46"/>
+      <c r="R347" s="49"/>
+      <c r="S347" s="49"/>
+      <c r="T347" s="44"/>
+      <c r="U347" s="49"/>
+      <c r="V347" s="49"/>
+      <c r="W347" s="44"/>
+      <c r="X347" s="49"/>
+      <c r="Y347" s="46"/>
+      <c r="Z347" s="52"/>
+    </row>
+    <row r="348" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A348" s="48"/>
+      <c r="B348" s="49"/>
+      <c r="C348" s="44"/>
+      <c r="D348" s="44"/>
+      <c r="E348" s="46"/>
+      <c r="F348" s="46"/>
+      <c r="G348" s="44"/>
+      <c r="H348" s="44"/>
+      <c r="I348" s="44"/>
+      <c r="J348" s="44"/>
+      <c r="K348" s="44"/>
+      <c r="L348" s="50"/>
+      <c r="M348" s="50"/>
+      <c r="N348" s="50"/>
+      <c r="O348" s="49"/>
+      <c r="P348" s="51"/>
+      <c r="Q348" s="46"/>
+      <c r="R348" s="49"/>
+      <c r="S348" s="49"/>
+      <c r="T348" s="44"/>
+      <c r="U348" s="49"/>
+      <c r="V348" s="49"/>
+      <c r="W348" s="44"/>
+      <c r="X348" s="49"/>
+      <c r="Y348" s="46"/>
+      <c r="Z348" s="52"/>
+    </row>
+    <row r="349" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A349" s="48"/>
+      <c r="B349" s="49"/>
+      <c r="C349" s="44"/>
+      <c r="D349" s="44"/>
+      <c r="E349" s="46"/>
+      <c r="F349" s="46"/>
+      <c r="G349" s="44"/>
+      <c r="H349" s="44"/>
+      <c r="I349" s="44"/>
+      <c r="J349" s="44"/>
+      <c r="K349" s="44"/>
+      <c r="L349" s="50"/>
+      <c r="M349" s="50"/>
+      <c r="N349" s="50"/>
+      <c r="O349" s="49"/>
+      <c r="P349" s="51"/>
+      <c r="Q349" s="46"/>
+      <c r="R349" s="49"/>
+      <c r="S349" s="49"/>
+      <c r="T349" s="44"/>
+      <c r="U349" s="49"/>
+      <c r="V349" s="49"/>
+      <c r="W349" s="44"/>
+      <c r="X349" s="49"/>
+      <c r="Y349" s="46"/>
+      <c r="Z349" s="52"/>
+    </row>
+    <row r="350" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A350" s="48"/>
+      <c r="B350" s="49"/>
+      <c r="C350" s="44"/>
+      <c r="D350" s="44"/>
+      <c r="E350" s="46"/>
+      <c r="F350" s="46"/>
+      <c r="G350" s="44"/>
+      <c r="H350" s="44"/>
+      <c r="I350" s="44"/>
+      <c r="J350" s="44"/>
+      <c r="K350" s="44"/>
+      <c r="L350" s="50"/>
+      <c r="M350" s="50"/>
+      <c r="N350" s="50"/>
+      <c r="O350" s="49"/>
+      <c r="P350" s="51"/>
+      <c r="Q350" s="46"/>
+      <c r="R350" s="49"/>
+      <c r="S350" s="49"/>
+      <c r="T350" s="44"/>
+      <c r="U350" s="49"/>
+      <c r="V350" s="49"/>
+      <c r="W350" s="44"/>
+      <c r="X350" s="49"/>
+      <c r="Y350" s="46"/>
+      <c r="Z350" s="52"/>
+    </row>
+    <row r="351" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A351" s="48"/>
+      <c r="B351" s="49"/>
+      <c r="C351" s="44"/>
+      <c r="D351" s="44"/>
+      <c r="E351" s="46"/>
+      <c r="F351" s="46"/>
+      <c r="G351" s="44"/>
+      <c r="H351" s="44"/>
+      <c r="I351" s="44"/>
+      <c r="J351" s="44"/>
+      <c r="K351" s="44"/>
+      <c r="L351" s="50"/>
+      <c r="M351" s="50"/>
+      <c r="N351" s="50"/>
+      <c r="O351" s="49"/>
+      <c r="P351" s="51"/>
+      <c r="Q351" s="46"/>
+      <c r="R351" s="49"/>
+      <c r="S351" s="49"/>
+      <c r="T351" s="44"/>
+      <c r="U351" s="49"/>
+      <c r="V351" s="49"/>
+      <c r="W351" s="44"/>
+      <c r="X351" s="49"/>
+      <c r="Y351" s="46"/>
+      <c r="Z351" s="52"/>
+    </row>
+    <row r="352" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A352" s="48"/>
+      <c r="B352" s="49"/>
+      <c r="C352" s="44"/>
+      <c r="D352" s="44"/>
+      <c r="E352" s="46"/>
+      <c r="F352" s="46"/>
+      <c r="G352" s="44"/>
+      <c r="H352" s="44"/>
+      <c r="I352" s="44"/>
+      <c r="J352" s="44"/>
+      <c r="K352" s="44"/>
+      <c r="L352" s="50"/>
+      <c r="M352" s="50"/>
+      <c r="N352" s="50"/>
+      <c r="O352" s="49"/>
+      <c r="P352" s="51"/>
+      <c r="Q352" s="46"/>
+      <c r="R352" s="49"/>
+      <c r="S352" s="49"/>
+      <c r="T352" s="44"/>
+      <c r="U352" s="49"/>
+      <c r="V352" s="49"/>
+      <c r="W352" s="44"/>
+      <c r="X352" s="49"/>
+      <c r="Y352" s="46"/>
+      <c r="Z352" s="52"/>
+    </row>
+    <row r="353" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A353" s="48"/>
+      <c r="B353" s="49"/>
+      <c r="C353" s="44"/>
+      <c r="D353" s="44"/>
+      <c r="E353" s="46"/>
+      <c r="F353" s="46"/>
+      <c r="G353" s="44"/>
+      <c r="H353" s="44"/>
+      <c r="I353" s="44"/>
+      <c r="J353" s="44"/>
+      <c r="K353" s="44"/>
+      <c r="L353" s="50"/>
+      <c r="M353" s="50"/>
+      <c r="N353" s="50"/>
+      <c r="O353" s="49"/>
+      <c r="P353" s="51"/>
+      <c r="Q353" s="46"/>
+      <c r="R353" s="49"/>
+      <c r="S353" s="49"/>
+      <c r="T353" s="44"/>
+      <c r="U353" s="49"/>
+      <c r="V353" s="49"/>
+      <c r="W353" s="44"/>
+      <c r="X353" s="49"/>
+      <c r="Y353" s="46"/>
+      <c r="Z353" s="52"/>
+    </row>
+    <row r="354" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A354" s="48"/>
+      <c r="B354" s="49"/>
+      <c r="C354" s="44"/>
+      <c r="D354" s="44"/>
+      <c r="E354" s="46"/>
+      <c r="F354" s="46"/>
+      <c r="G354" s="44"/>
+      <c r="H354" s="44"/>
+      <c r="I354" s="44"/>
+      <c r="J354" s="44"/>
+      <c r="K354" s="44"/>
+      <c r="L354" s="50"/>
+      <c r="M354" s="50"/>
+      <c r="N354" s="50"/>
+      <c r="O354" s="49"/>
+      <c r="P354" s="51"/>
+      <c r="Q354" s="46"/>
+      <c r="R354" s="49"/>
+      <c r="S354" s="49"/>
+      <c r="T354" s="44"/>
+      <c r="U354" s="49"/>
+      <c r="V354" s="49"/>
+      <c r="W354" s="44"/>
+      <c r="X354" s="49"/>
+      <c r="Y354" s="46"/>
+      <c r="Z354" s="52"/>
+    </row>
+    <row r="355" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A355" s="48"/>
+      <c r="B355" s="49"/>
+      <c r="C355" s="44"/>
+      <c r="D355" s="44"/>
+      <c r="E355" s="46"/>
+      <c r="F355" s="46"/>
+      <c r="G355" s="44"/>
+      <c r="H355" s="44"/>
+      <c r="I355" s="44"/>
+      <c r="J355" s="44"/>
+      <c r="K355" s="44"/>
+      <c r="L355" s="50"/>
+      <c r="M355" s="50"/>
+      <c r="N355" s="50"/>
+      <c r="O355" s="49"/>
+      <c r="P355" s="51"/>
+      <c r="Q355" s="46"/>
+      <c r="R355" s="49"/>
+      <c r="S355" s="49"/>
+      <c r="T355" s="44"/>
+      <c r="U355" s="49"/>
+      <c r="V355" s="49"/>
+      <c r="W355" s="44"/>
+      <c r="X355" s="49"/>
+      <c r="Y355" s="46"/>
+      <c r="Z355" s="52"/>
+    </row>
+    <row r="356" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A356" s="48"/>
+      <c r="B356" s="49"/>
+      <c r="C356" s="44"/>
+      <c r="D356" s="44"/>
+      <c r="E356" s="46"/>
+      <c r="F356" s="46"/>
+      <c r="G356" s="44"/>
+      <c r="H356" s="44"/>
+      <c r="I356" s="44"/>
+      <c r="J356" s="44"/>
+      <c r="K356" s="44"/>
+      <c r="L356" s="50"/>
+      <c r="M356" s="50"/>
+      <c r="N356" s="50"/>
+      <c r="O356" s="49"/>
+      <c r="P356" s="51"/>
+      <c r="Q356" s="46"/>
+      <c r="R356" s="49"/>
+      <c r="S356" s="49"/>
+      <c r="T356" s="44"/>
+      <c r="U356" s="49"/>
+      <c r="V356" s="49"/>
+      <c r="W356" s="44"/>
+      <c r="X356" s="49"/>
+      <c r="Y356" s="46"/>
+      <c r="Z356" s="52"/>
+    </row>
+    <row r="357" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A357" s="48"/>
+      <c r="B357" s="49"/>
+      <c r="C357" s="44"/>
+      <c r="D357" s="44"/>
+      <c r="E357" s="46"/>
+      <c r="F357" s="46"/>
+      <c r="G357" s="44"/>
+      <c r="H357" s="44"/>
+      <c r="I357" s="44"/>
+      <c r="J357" s="44"/>
+      <c r="K357" s="44"/>
+      <c r="L357" s="50"/>
+      <c r="M357" s="50"/>
+      <c r="N357" s="50"/>
+      <c r="O357" s="49"/>
+      <c r="P357" s="51"/>
+      <c r="Q357" s="46"/>
+      <c r="R357" s="49"/>
+      <c r="S357" s="49"/>
+      <c r="T357" s="44"/>
+      <c r="U357" s="49"/>
+      <c r="V357" s="49"/>
+      <c r="W357" s="44"/>
+      <c r="X357" s="49"/>
+      <c r="Y357" s="46"/>
+      <c r="Z357" s="52"/>
+    </row>
+    <row r="358" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A358" s="48"/>
+      <c r="B358" s="49"/>
+      <c r="C358" s="44"/>
+      <c r="D358" s="44"/>
+      <c r="E358" s="46"/>
+      <c r="F358" s="46"/>
+      <c r="G358" s="44"/>
+      <c r="H358" s="44"/>
+      <c r="I358" s="44"/>
+      <c r="J358" s="44"/>
+      <c r="K358" s="44"/>
+      <c r="L358" s="50"/>
+      <c r="M358" s="50"/>
+      <c r="N358" s="50"/>
+      <c r="O358" s="49"/>
+      <c r="P358" s="51"/>
+      <c r="Q358" s="46"/>
+      <c r="R358" s="49"/>
+      <c r="S358" s="49"/>
+      <c r="T358" s="44"/>
+      <c r="U358" s="49"/>
+      <c r="V358" s="49"/>
+      <c r="W358" s="44"/>
+      <c r="X358" s="49"/>
+      <c r="Y358" s="46"/>
+      <c r="Z358" s="52"/>
+    </row>
+    <row r="359" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A359" s="48"/>
+      <c r="B359" s="49"/>
+      <c r="C359" s="44"/>
+      <c r="D359" s="44"/>
+      <c r="E359" s="46"/>
+      <c r="F359" s="46"/>
+      <c r="G359" s="44"/>
+      <c r="H359" s="44"/>
+      <c r="I359" s="44"/>
+      <c r="J359" s="44"/>
+      <c r="K359" s="44"/>
+      <c r="L359" s="50"/>
+      <c r="M359" s="50"/>
+      <c r="N359" s="50"/>
+      <c r="O359" s="49"/>
+      <c r="P359" s="51"/>
+      <c r="Q359" s="46"/>
+      <c r="R359" s="49"/>
+      <c r="S359" s="49"/>
+      <c r="T359" s="44"/>
+      <c r="U359" s="49"/>
+      <c r="V359" s="49"/>
+      <c r="W359" s="44"/>
+      <c r="X359" s="49"/>
+      <c r="Y359" s="46"/>
+      <c r="Z359" s="52"/>
+    </row>
+    <row r="360" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A360" s="48"/>
+      <c r="B360" s="49"/>
+      <c r="C360" s="44"/>
+      <c r="D360" s="44"/>
+      <c r="E360" s="46"/>
+      <c r="F360" s="46"/>
+      <c r="G360" s="44"/>
+      <c r="H360" s="44"/>
+      <c r="I360" s="44"/>
+      <c r="J360" s="44"/>
+      <c r="K360" s="44"/>
+      <c r="L360" s="50"/>
+      <c r="M360" s="50"/>
+      <c r="N360" s="50"/>
+      <c r="O360" s="49"/>
+      <c r="P360" s="51"/>
+      <c r="Q360" s="46"/>
+      <c r="R360" s="49"/>
+      <c r="S360" s="49"/>
+      <c r="T360" s="44"/>
+      <c r="U360" s="49"/>
+      <c r="V360" s="49"/>
+      <c r="W360" s="44"/>
+      <c r="X360" s="49"/>
+      <c r="Y360" s="46"/>
+      <c r="Z360" s="52"/>
+    </row>
+    <row r="361" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A361" s="48"/>
+      <c r="B361" s="49"/>
+      <c r="C361" s="44"/>
+      <c r="D361" s="44"/>
+      <c r="E361" s="46"/>
+      <c r="F361" s="46"/>
+      <c r="G361" s="44"/>
+      <c r="H361" s="44"/>
+      <c r="I361" s="44"/>
+      <c r="J361" s="44"/>
+      <c r="K361" s="44"/>
+      <c r="L361" s="50"/>
+      <c r="M361" s="50"/>
+      <c r="N361" s="50"/>
+      <c r="O361" s="49"/>
+      <c r="P361" s="51"/>
+      <c r="Q361" s="46"/>
+      <c r="R361" s="49"/>
+      <c r="S361" s="49"/>
+      <c r="T361" s="44"/>
+      <c r="U361" s="49"/>
+      <c r="V361" s="49"/>
+      <c r="W361" s="44"/>
+      <c r="X361" s="49"/>
+      <c r="Y361" s="46"/>
+      <c r="Z361" s="52"/>
+    </row>
+    <row r="362" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A362" s="48"/>
+      <c r="B362" s="49"/>
+      <c r="C362" s="44"/>
+      <c r="D362" s="44"/>
+      <c r="E362" s="46"/>
+      <c r="F362" s="46"/>
+      <c r="G362" s="44"/>
+      <c r="H362" s="44"/>
+      <c r="I362" s="44"/>
+      <c r="J362" s="44"/>
+      <c r="K362" s="44"/>
+      <c r="L362" s="50"/>
+      <c r="M362" s="50"/>
+      <c r="N362" s="50"/>
+      <c r="O362" s="49"/>
+      <c r="P362" s="51"/>
+      <c r="Q362" s="46"/>
+      <c r="R362" s="49"/>
+      <c r="S362" s="49"/>
+      <c r="T362" s="44"/>
+      <c r="U362" s="49"/>
+      <c r="V362" s="49"/>
+      <c r="W362" s="44"/>
+      <c r="X362" s="49"/>
+      <c r="Y362" s="46"/>
+      <c r="Z362" s="52"/>
+    </row>
+    <row r="363" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A363" s="48"/>
+      <c r="B363" s="49"/>
+      <c r="C363" s="44"/>
+      <c r="D363" s="44"/>
+      <c r="E363" s="46"/>
+      <c r="F363" s="46"/>
+      <c r="G363" s="44"/>
+      <c r="H363" s="44"/>
+      <c r="I363" s="44"/>
+      <c r="J363" s="44"/>
+      <c r="K363" s="44"/>
+      <c r="L363" s="50"/>
+      <c r="M363" s="50"/>
+      <c r="N363" s="50"/>
+      <c r="O363" s="49"/>
+      <c r="P363" s="51"/>
+      <c r="Q363" s="46"/>
+      <c r="R363" s="49"/>
+      <c r="S363" s="49"/>
+      <c r="T363" s="44"/>
+      <c r="U363" s="49"/>
+      <c r="V363" s="49"/>
+      <c r="W363" s="44"/>
+      <c r="X363" s="49"/>
+      <c r="Y363" s="46"/>
+      <c r="Z363" s="52"/>
+    </row>
+    <row r="364" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A364" s="48"/>
+      <c r="B364" s="49"/>
+      <c r="C364" s="44"/>
+      <c r="D364" s="44"/>
+      <c r="E364" s="46"/>
+      <c r="F364" s="46"/>
+      <c r="G364" s="44"/>
+      <c r="H364" s="44"/>
+      <c r="I364" s="44"/>
+      <c r="J364" s="44"/>
+      <c r="K364" s="44"/>
+      <c r="L364" s="50"/>
+      <c r="M364" s="50"/>
+      <c r="N364" s="50"/>
+      <c r="O364" s="49"/>
+      <c r="P364" s="51"/>
+      <c r="Q364" s="46"/>
+      <c r="R364" s="49"/>
+      <c r="S364" s="49"/>
+      <c r="T364" s="44"/>
+      <c r="U364" s="49"/>
+      <c r="V364" s="49"/>
+      <c r="W364" s="44"/>
+      <c r="X364" s="49"/>
+      <c r="Y364" s="46"/>
+      <c r="Z364" s="52"/>
+    </row>
+    <row r="365" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A365" s="48"/>
+      <c r="B365" s="49"/>
+      <c r="C365" s="44"/>
+      <c r="D365" s="44"/>
+      <c r="E365" s="46"/>
+      <c r="F365" s="46"/>
+      <c r="G365" s="44"/>
+      <c r="H365" s="44"/>
+      <c r="I365" s="44"/>
+      <c r="J365" s="44"/>
+      <c r="K365" s="44"/>
+      <c r="L365" s="50"/>
+      <c r="M365" s="50"/>
+      <c r="N365" s="50"/>
+      <c r="O365" s="49"/>
+      <c r="P365" s="51"/>
+      <c r="Q365" s="46"/>
+      <c r="R365" s="49"/>
+      <c r="S365" s="49"/>
+      <c r="T365" s="44"/>
+      <c r="U365" s="49"/>
+      <c r="V365" s="49"/>
+      <c r="W365" s="44"/>
+      <c r="X365" s="49"/>
+      <c r="Y365" s="46"/>
+      <c r="Z365" s="52"/>
+    </row>
+    <row r="366" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A366" s="48"/>
+      <c r="B366" s="49"/>
+      <c r="C366" s="44"/>
+      <c r="D366" s="44"/>
+      <c r="E366" s="46"/>
+      <c r="F366" s="46"/>
+      <c r="G366" s="44"/>
+      <c r="H366" s="44"/>
+      <c r="I366" s="44"/>
+      <c r="J366" s="44"/>
+      <c r="K366" s="44"/>
+      <c r="L366" s="50"/>
+      <c r="M366" s="50"/>
+      <c r="N366" s="50"/>
+      <c r="O366" s="49"/>
+      <c r="P366" s="51"/>
+      <c r="Q366" s="46"/>
+      <c r="R366" s="49"/>
+      <c r="S366" s="49"/>
+      <c r="T366" s="44"/>
+      <c r="U366" s="49"/>
+      <c r="V366" s="49"/>
+      <c r="W366" s="44"/>
+      <c r="X366" s="49"/>
+      <c r="Y366" s="46"/>
+      <c r="Z366" s="52"/>
+    </row>
+    <row r="367" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A367" s="48"/>
+      <c r="B367" s="49"/>
+      <c r="C367" s="44"/>
+      <c r="D367" s="44"/>
+      <c r="E367" s="46"/>
+      <c r="F367" s="46"/>
+      <c r="G367" s="44"/>
+      <c r="H367" s="44"/>
+      <c r="I367" s="44"/>
+      <c r="J367" s="44"/>
+      <c r="K367" s="44"/>
+      <c r="L367" s="50"/>
+      <c r="M367" s="50"/>
+      <c r="N367" s="50"/>
+      <c r="O367" s="49"/>
+      <c r="P367" s="51"/>
+      <c r="Q367" s="46"/>
+      <c r="R367" s="49"/>
+      <c r="S367" s="49"/>
+      <c r="T367" s="44"/>
+      <c r="U367" s="49"/>
+      <c r="V367" s="49"/>
+      <c r="W367" s="44"/>
+      <c r="X367" s="49"/>
+      <c r="Y367" s="46"/>
+      <c r="Z367" s="52"/>
+    </row>
+    <row r="368" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A368" s="48"/>
+      <c r="B368" s="49"/>
+      <c r="C368" s="44"/>
+      <c r="D368" s="44"/>
+      <c r="E368" s="46"/>
+      <c r="F368" s="46"/>
+      <c r="G368" s="44"/>
+      <c r="H368" s="44"/>
+      <c r="I368" s="44"/>
+      <c r="J368" s="44"/>
+      <c r="K368" s="44"/>
+      <c r="L368" s="50"/>
+      <c r="M368" s="50"/>
+      <c r="N368" s="50"/>
+      <c r="O368" s="49"/>
+      <c r="P368" s="51"/>
+      <c r="Q368" s="46"/>
+      <c r="R368" s="49"/>
+      <c r="S368" s="49"/>
+      <c r="T368" s="44"/>
+      <c r="U368" s="49"/>
+      <c r="V368" s="49"/>
+      <c r="W368" s="44"/>
+      <c r="X368" s="49"/>
+      <c r="Y368" s="46"/>
+      <c r="Z368" s="52"/>
+    </row>
+    <row r="369" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A369" s="48"/>
+      <c r="B369" s="49"/>
+      <c r="C369" s="44"/>
+      <c r="D369" s="44"/>
+      <c r="E369" s="46"/>
+      <c r="F369" s="46"/>
+      <c r="G369" s="44"/>
+      <c r="H369" s="44"/>
+      <c r="I369" s="44"/>
+      <c r="J369" s="44"/>
+      <c r="K369" s="44"/>
+      <c r="L369" s="50"/>
+      <c r="M369" s="50"/>
+      <c r="N369" s="50"/>
+      <c r="O369" s="49"/>
+      <c r="P369" s="51"/>
+      <c r="Q369" s="46"/>
+      <c r="R369" s="49"/>
+      <c r="S369" s="49"/>
+      <c r="T369" s="44"/>
+      <c r="U369" s="49"/>
+      <c r="V369" s="49"/>
+      <c r="W369" s="44"/>
+      <c r="X369" s="49"/>
+      <c r="Y369" s="46"/>
+      <c r="Z369" s="52"/>
+    </row>
+    <row r="370" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A370" s="48"/>
+      <c r="B370" s="49"/>
+      <c r="C370" s="44"/>
+      <c r="D370" s="44"/>
+      <c r="E370" s="46"/>
+      <c r="F370" s="46"/>
+      <c r="G370" s="44"/>
+      <c r="H370" s="44"/>
+      <c r="I370" s="44"/>
+      <c r="J370" s="44"/>
+      <c r="K370" s="44"/>
+      <c r="L370" s="50"/>
+      <c r="M370" s="50"/>
+      <c r="N370" s="50"/>
+      <c r="O370" s="49"/>
+      <c r="P370" s="51"/>
+      <c r="Q370" s="46"/>
+      <c r="R370" s="49"/>
+      <c r="S370" s="49"/>
+      <c r="T370" s="44"/>
+      <c r="U370" s="49"/>
+      <c r="V370" s="49"/>
+      <c r="W370" s="44"/>
+      <c r="X370" s="49"/>
+      <c r="Y370" s="46"/>
+      <c r="Z370" s="52"/>
+    </row>
+    <row r="371" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A371" s="48"/>
+      <c r="B371" s="49"/>
+      <c r="C371" s="44"/>
+      <c r="D371" s="44"/>
+      <c r="E371" s="46"/>
+      <c r="F371" s="46"/>
+      <c r="G371" s="44"/>
+      <c r="H371" s="44"/>
+      <c r="I371" s="44"/>
+      <c r="J371" s="44"/>
+      <c r="K371" s="44"/>
+      <c r="L371" s="50"/>
+      <c r="M371" s="50"/>
+      <c r="N371" s="50"/>
+      <c r="O371" s="49"/>
+      <c r="P371" s="51"/>
+      <c r="Q371" s="46"/>
+      <c r="R371" s="49"/>
+      <c r="S371" s="49"/>
+      <c r="T371" s="44"/>
+      <c r="U371" s="49"/>
+      <c r="V371" s="49"/>
+      <c r="W371" s="44"/>
+      <c r="X371" s="49"/>
+      <c r="Y371" s="46"/>
+      <c r="Z371" s="52"/>
+    </row>
+    <row r="372" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A372" s="48"/>
+      <c r="B372" s="49"/>
+      <c r="C372" s="44"/>
+      <c r="D372" s="44"/>
+      <c r="E372" s="46"/>
+      <c r="F372" s="46"/>
+      <c r="G372" s="44"/>
+      <c r="H372" s="44"/>
+      <c r="I372" s="44"/>
+      <c r="J372" s="44"/>
+      <c r="K372" s="44"/>
+      <c r="L372" s="50"/>
+      <c r="M372" s="50"/>
+      <c r="N372" s="50"/>
+      <c r="O372" s="49"/>
+      <c r="P372" s="51"/>
+      <c r="Q372" s="46"/>
+      <c r="R372" s="49"/>
+      <c r="S372" s="49"/>
+      <c r="T372" s="44"/>
+      <c r="U372" s="49"/>
+      <c r="V372" s="49"/>
+      <c r="W372" s="44"/>
+      <c r="X372" s="49"/>
+      <c r="Y372" s="46"/>
+      <c r="Z372" s="52"/>
+    </row>
+    <row r="373" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A373" s="48"/>
+      <c r="B373" s="49"/>
+      <c r="C373" s="44"/>
+      <c r="D373" s="44"/>
+      <c r="E373" s="46"/>
+      <c r="F373" s="46"/>
+      <c r="G373" s="44"/>
+      <c r="H373" s="44"/>
+      <c r="I373" s="44"/>
+      <c r="J373" s="44"/>
+      <c r="K373" s="44"/>
+      <c r="L373" s="50"/>
+      <c r="M373" s="50"/>
+      <c r="N373" s="50"/>
+      <c r="O373" s="49"/>
+      <c r="P373" s="51"/>
+      <c r="Q373" s="46"/>
+      <c r="R373" s="49"/>
+      <c r="S373" s="49"/>
+      <c r="T373" s="44"/>
+      <c r="U373" s="49"/>
+      <c r="V373" s="49"/>
+      <c r="W373" s="44"/>
+      <c r="X373" s="49"/>
+      <c r="Y373" s="46"/>
+      <c r="Z373" s="52"/>
+    </row>
+    <row r="374" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A374" s="48"/>
+      <c r="B374" s="49"/>
+      <c r="C374" s="44"/>
+      <c r="D374" s="44"/>
+      <c r="E374" s="46"/>
+      <c r="F374" s="46"/>
+      <c r="G374" s="44"/>
+      <c r="H374" s="44"/>
+      <c r="I374" s="44"/>
+      <c r="J374" s="44"/>
+      <c r="K374" s="44"/>
+      <c r="L374" s="50"/>
+      <c r="M374" s="50"/>
+      <c r="N374" s="50"/>
+      <c r="O374" s="49"/>
+      <c r="P374" s="51"/>
+      <c r="Q374" s="46"/>
+      <c r="R374" s="49"/>
+      <c r="S374" s="49"/>
+      <c r="T374" s="44"/>
+      <c r="U374" s="49"/>
+      <c r="V374" s="49"/>
+      <c r="W374" s="44"/>
+      <c r="X374" s="49"/>
+      <c r="Y374" s="46"/>
+      <c r="Z374" s="52"/>
+    </row>
+    <row r="375" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A375" s="48"/>
+      <c r="B375" s="49"/>
+      <c r="C375" s="44"/>
+      <c r="D375" s="44"/>
+      <c r="E375" s="46"/>
+      <c r="F375" s="46"/>
+      <c r="G375" s="44"/>
+      <c r="H375" s="44"/>
+      <c r="I375" s="44"/>
+      <c r="J375" s="44"/>
+      <c r="K375" s="44"/>
+      <c r="L375" s="50"/>
+      <c r="M375" s="50"/>
+      <c r="N375" s="50"/>
+      <c r="O375" s="49"/>
+      <c r="P375" s="51"/>
+      <c r="Q375" s="46"/>
+      <c r="R375" s="49"/>
+      <c r="S375" s="49"/>
+      <c r="T375" s="44"/>
+      <c r="U375" s="49"/>
+      <c r="V375" s="49"/>
+      <c r="W375" s="44"/>
+      <c r="X375" s="49"/>
+      <c r="Y375" s="46"/>
+      <c r="Z375" s="52"/>
+    </row>
+    <row r="376" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A376" s="48"/>
+      <c r="B376" s="49"/>
+      <c r="C376" s="44"/>
+      <c r="D376" s="44"/>
+      <c r="E376" s="46"/>
+      <c r="F376" s="46"/>
+      <c r="G376" s="44"/>
+      <c r="H376" s="44"/>
+      <c r="I376" s="44"/>
+      <c r="J376" s="44"/>
+      <c r="K376" s="44"/>
+      <c r="L376" s="50"/>
+      <c r="M376" s="50"/>
+      <c r="N376" s="50"/>
+      <c r="O376" s="49"/>
+      <c r="P376" s="51"/>
+      <c r="Q376" s="46"/>
+      <c r="R376" s="49"/>
+      <c r="S376" s="49"/>
+      <c r="T376" s="44"/>
+      <c r="U376" s="49"/>
+      <c r="V376" s="49"/>
+      <c r="W376" s="44"/>
+      <c r="X376" s="49"/>
+      <c r="Y376" s="46"/>
+      <c r="Z376" s="52"/>
+    </row>
+    <row r="377" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A377" s="48"/>
+      <c r="B377" s="49"/>
+      <c r="C377" s="44"/>
+      <c r="D377" s="44"/>
+      <c r="E377" s="46"/>
+      <c r="F377" s="46"/>
+      <c r="G377" s="44"/>
+      <c r="H377" s="44"/>
+      <c r="I377" s="44"/>
+      <c r="J377" s="44"/>
+      <c r="K377" s="44"/>
+      <c r="L377" s="50"/>
+      <c r="M377" s="50"/>
+      <c r="N377" s="50"/>
+      <c r="O377" s="49"/>
+      <c r="P377" s="51"/>
+      <c r="Q377" s="46"/>
+      <c r="R377" s="49"/>
+      <c r="S377" s="49"/>
+      <c r="T377" s="44"/>
+      <c r="U377" s="49"/>
+      <c r="V377" s="49"/>
+      <c r="W377" s="44"/>
+      <c r="X377" s="49"/>
+      <c r="Y377" s="46"/>
+      <c r="Z377" s="52"/>
+    </row>
+    <row r="378" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A378" s="48"/>
+      <c r="B378" s="49"/>
+      <c r="C378" s="44"/>
+      <c r="D378" s="44"/>
+      <c r="E378" s="46"/>
+      <c r="F378" s="46"/>
+      <c r="G378" s="44"/>
+      <c r="H378" s="44"/>
+      <c r="I378" s="44"/>
+      <c r="J378" s="44"/>
+      <c r="K378" s="44"/>
+      <c r="L378" s="50"/>
+      <c r="M378" s="50"/>
+      <c r="N378" s="50"/>
+      <c r="O378" s="49"/>
+      <c r="P378" s="51"/>
+      <c r="Q378" s="46"/>
+      <c r="R378" s="49"/>
+      <c r="S378" s="49"/>
+      <c r="T378" s="44"/>
+      <c r="U378" s="49"/>
+      <c r="V378" s="49"/>
+      <c r="W378" s="44"/>
+      <c r="X378" s="49"/>
+      <c r="Y378" s="46"/>
+      <c r="Z378" s="52"/>
+    </row>
+    <row r="379" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A379" s="48"/>
+      <c r="B379" s="49"/>
+      <c r="C379" s="44"/>
+      <c r="D379" s="44"/>
+      <c r="E379" s="46"/>
+      <c r="F379" s="46"/>
+      <c r="G379" s="44"/>
+      <c r="H379" s="44"/>
+      <c r="I379" s="44"/>
+      <c r="J379" s="44"/>
+      <c r="K379" s="44"/>
+      <c r="L379" s="50"/>
+      <c r="M379" s="50"/>
+      <c r="N379" s="50"/>
+      <c r="O379" s="49"/>
+      <c r="P379" s="51"/>
+      <c r="Q379" s="46"/>
+      <c r="R379" s="49"/>
+      <c r="S379" s="49"/>
+      <c r="T379" s="44"/>
+      <c r="U379" s="49"/>
+      <c r="V379" s="49"/>
+      <c r="W379" s="44"/>
+      <c r="X379" s="49"/>
+      <c r="Y379" s="46"/>
+      <c r="Z379" s="52"/>
+    </row>
+    <row r="380" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A380" s="48"/>
+      <c r="B380" s="49"/>
+      <c r="C380" s="44"/>
+      <c r="D380" s="44"/>
+      <c r="E380" s="46"/>
+      <c r="F380" s="46"/>
+      <c r="G380" s="44"/>
+      <c r="H380" s="44"/>
+      <c r="I380" s="44"/>
+      <c r="J380" s="44"/>
+      <c r="K380" s="44"/>
+      <c r="L380" s="50"/>
+      <c r="M380" s="50"/>
+      <c r="N380" s="50"/>
+      <c r="O380" s="49"/>
+      <c r="P380" s="51"/>
+      <c r="Q380" s="46"/>
+      <c r="R380" s="49"/>
+      <c r="S380" s="49"/>
+      <c r="T380" s="44"/>
+      <c r="U380" s="49"/>
+      <c r="V380" s="49"/>
+      <c r="W380" s="44"/>
+      <c r="X380" s="49"/>
+      <c r="Y380" s="46"/>
+      <c r="Z380" s="52"/>
+    </row>
+    <row r="381" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A381" s="48"/>
+      <c r="B381" s="49"/>
+      <c r="C381" s="44"/>
+      <c r="D381" s="44"/>
+      <c r="E381" s="46"/>
+      <c r="F381" s="46"/>
+      <c r="G381" s="44"/>
+      <c r="H381" s="44"/>
+      <c r="I381" s="44"/>
+      <c r="J381" s="44"/>
+      <c r="K381" s="44"/>
+      <c r="L381" s="50"/>
+      <c r="M381" s="50"/>
+      <c r="N381" s="50"/>
+      <c r="O381" s="49"/>
+      <c r="P381" s="51"/>
+      <c r="Q381" s="46"/>
+      <c r="R381" s="49"/>
+      <c r="S381" s="49"/>
+      <c r="T381" s="44"/>
+      <c r="U381" s="49"/>
+      <c r="V381" s="49"/>
+      <c r="W381" s="44"/>
+      <c r="X381" s="49"/>
+      <c r="Y381" s="46"/>
+      <c r="Z381" s="52"/>
+    </row>
+    <row r="382" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A382" s="48"/>
+      <c r="B382" s="49"/>
+      <c r="C382" s="44"/>
+      <c r="D382" s="44"/>
+      <c r="E382" s="46"/>
+      <c r="F382" s="46"/>
+      <c r="G382" s="44"/>
+      <c r="H382" s="44"/>
+      <c r="I382" s="44"/>
+      <c r="J382" s="44"/>
+      <c r="K382" s="44"/>
+      <c r="L382" s="50"/>
+      <c r="M382" s="50"/>
+      <c r="N382" s="50"/>
+      <c r="O382" s="49"/>
+      <c r="P382" s="51"/>
+      <c r="Q382" s="46"/>
+      <c r="R382" s="49"/>
+      <c r="S382" s="49"/>
+      <c r="T382" s="44"/>
+      <c r="U382" s="49"/>
+      <c r="V382" s="49"/>
+      <c r="W382" s="44"/>
+      <c r="X382" s="49"/>
+      <c r="Y382" s="46"/>
+      <c r="Z382" s="52"/>
+    </row>
+    <row r="383" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A383" s="48"/>
+      <c r="B383" s="49"/>
+      <c r="C383" s="44"/>
+      <c r="D383" s="44"/>
+      <c r="E383" s="46"/>
+      <c r="F383" s="46"/>
+      <c r="G383" s="44"/>
+      <c r="H383" s="44"/>
+      <c r="I383" s="44"/>
+      <c r="J383" s="44"/>
+      <c r="K383" s="44"/>
+      <c r="L383" s="50"/>
+      <c r="M383" s="50"/>
+      <c r="N383" s="50"/>
+      <c r="O383" s="49"/>
+      <c r="P383" s="51"/>
+      <c r="Q383" s="46"/>
+      <c r="R383" s="49"/>
+      <c r="S383" s="49"/>
+      <c r="T383" s="44"/>
+      <c r="U383" s="49"/>
+      <c r="V383" s="49"/>
+      <c r="W383" s="44"/>
+      <c r="X383" s="49"/>
+      <c r="Y383" s="46"/>
+      <c r="Z383" s="52"/>
+    </row>
+    <row r="384" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A384" s="48"/>
+      <c r="B384" s="49"/>
+      <c r="C384" s="44"/>
+      <c r="D384" s="44"/>
+      <c r="E384" s="46"/>
+      <c r="F384" s="46"/>
+      <c r="G384" s="44"/>
+      <c r="H384" s="44"/>
+      <c r="I384" s="44"/>
+      <c r="J384" s="44"/>
+      <c r="K384" s="44"/>
+      <c r="L384" s="50"/>
+      <c r="M384" s="50"/>
+      <c r="N384" s="50"/>
+      <c r="O384" s="49"/>
+      <c r="P384" s="51"/>
+      <c r="Q384" s="46"/>
+      <c r="R384" s="49"/>
+      <c r="S384" s="49"/>
+      <c r="T384" s="44"/>
+      <c r="U384" s="49"/>
+      <c r="V384" s="49"/>
+      <c r="W384" s="44"/>
+      <c r="X384" s="49"/>
+      <c r="Y384" s="46"/>
+      <c r="Z384" s="52"/>
+    </row>
+    <row r="385" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A385" s="48"/>
+      <c r="B385" s="49"/>
+      <c r="C385" s="44"/>
+      <c r="D385" s="44"/>
+      <c r="E385" s="46"/>
+      <c r="F385" s="46"/>
+      <c r="G385" s="44"/>
+      <c r="H385" s="44"/>
+      <c r="I385" s="44"/>
+      <c r="J385" s="44"/>
+      <c r="K385" s="44"/>
+      <c r="L385" s="50"/>
+      <c r="M385" s="50"/>
+      <c r="N385" s="50"/>
+      <c r="O385" s="49"/>
+      <c r="P385" s="51"/>
+      <c r="Q385" s="46"/>
+      <c r="R385" s="49"/>
+      <c r="S385" s="49"/>
+      <c r="T385" s="44"/>
+      <c r="U385" s="49"/>
+      <c r="V385" s="49"/>
+      <c r="W385" s="44"/>
+      <c r="X385" s="49"/>
+      <c r="Y385" s="46"/>
+      <c r="Z385" s="52"/>
+    </row>
+    <row r="386" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A386" s="48"/>
+      <c r="B386" s="49"/>
+      <c r="C386" s="44"/>
+      <c r="D386" s="44"/>
+      <c r="E386" s="46"/>
+      <c r="F386" s="46"/>
+      <c r="G386" s="44"/>
+      <c r="H386" s="44"/>
+      <c r="I386" s="44"/>
+      <c r="J386" s="44"/>
+      <c r="K386" s="44"/>
+      <c r="L386" s="50"/>
+      <c r="M386" s="50"/>
+      <c r="N386" s="50"/>
+      <c r="O386" s="49"/>
+      <c r="P386" s="51"/>
+      <c r="Q386" s="46"/>
+      <c r="R386" s="49"/>
+      <c r="S386" s="49"/>
+      <c r="T386" s="44"/>
+      <c r="U386" s="49"/>
+      <c r="V386" s="49"/>
+      <c r="W386" s="44"/>
+      <c r="X386" s="49"/>
+      <c r="Y386" s="46"/>
+      <c r="Z386" s="52"/>
+    </row>
+    <row r="387" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A387" s="48"/>
+      <c r="B387" s="49"/>
+      <c r="C387" s="44"/>
+      <c r="D387" s="44"/>
+      <c r="E387" s="46"/>
+      <c r="F387" s="46"/>
+      <c r="G387" s="44"/>
+      <c r="H387" s="44"/>
+      <c r="I387" s="44"/>
+      <c r="J387" s="44"/>
+      <c r="K387" s="44"/>
+      <c r="L387" s="50"/>
+      <c r="M387" s="50"/>
+      <c r="N387" s="50"/>
+      <c r="O387" s="49"/>
+      <c r="P387" s="51"/>
+      <c r="Q387" s="46"/>
+      <c r="R387" s="49"/>
+      <c r="S387" s="49"/>
+      <c r="T387" s="44"/>
+      <c r="U387" s="49"/>
+      <c r="V387" s="49"/>
+      <c r="W387" s="44"/>
+      <c r="X387" s="49"/>
+      <c r="Y387" s="46"/>
+      <c r="Z387" s="52"/>
+    </row>
+    <row r="388" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A388" s="48"/>
+      <c r="B388" s="49"/>
+      <c r="C388" s="44"/>
+      <c r="D388" s="44"/>
+      <c r="E388" s="46"/>
+      <c r="F388" s="46"/>
+      <c r="G388" s="44"/>
+      <c r="H388" s="44"/>
+      <c r="I388" s="44"/>
+      <c r="J388" s="44"/>
+      <c r="K388" s="44"/>
+      <c r="L388" s="50"/>
+      <c r="M388" s="50"/>
+      <c r="N388" s="50"/>
+      <c r="O388" s="49"/>
+      <c r="P388" s="51"/>
+      <c r="Q388" s="46"/>
+      <c r="R388" s="49"/>
+      <c r="S388" s="49"/>
+      <c r="T388" s="44"/>
+      <c r="U388" s="49"/>
+      <c r="V388" s="49"/>
+      <c r="W388" s="44"/>
+      <c r="X388" s="49"/>
+      <c r="Y388" s="46"/>
+      <c r="Z388" s="52"/>
+    </row>
+    <row r="389" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A389" s="48"/>
+      <c r="B389" s="49"/>
+      <c r="C389" s="44"/>
+      <c r="D389" s="44"/>
+      <c r="E389" s="46"/>
+      <c r="F389" s="46"/>
+      <c r="G389" s="44"/>
+      <c r="H389" s="44"/>
+      <c r="I389" s="44"/>
+      <c r="J389" s="44"/>
+      <c r="K389" s="44"/>
+      <c r="L389" s="50"/>
+      <c r="M389" s="50"/>
+      <c r="N389" s="50"/>
+      <c r="O389" s="49"/>
+      <c r="P389" s="51"/>
+      <c r="Q389" s="46"/>
+      <c r="R389" s="49"/>
+      <c r="S389" s="49"/>
+      <c r="T389" s="44"/>
+      <c r="U389" s="49"/>
+      <c r="V389" s="49"/>
+      <c r="W389" s="44"/>
+      <c r="X389" s="49"/>
+      <c r="Y389" s="46"/>
+      <c r="Z389" s="52"/>
+    </row>
+    <row r="390" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A390" s="48"/>
+      <c r="B390" s="49"/>
+      <c r="C390" s="44"/>
+      <c r="D390" s="44"/>
+      <c r="E390" s="46"/>
+      <c r="F390" s="46"/>
+      <c r="G390" s="44"/>
+      <c r="H390" s="44"/>
+      <c r="I390" s="44"/>
+      <c r="J390" s="44"/>
+      <c r="K390" s="44"/>
+      <c r="L390" s="50"/>
+      <c r="M390" s="50"/>
+      <c r="N390" s="50"/>
+      <c r="O390" s="49"/>
+      <c r="P390" s="51"/>
+      <c r="Q390" s="46"/>
+      <c r="R390" s="49"/>
+      <c r="S390" s="49"/>
+      <c r="T390" s="44"/>
+      <c r="U390" s="49"/>
+      <c r="V390" s="49"/>
+      <c r="W390" s="44"/>
+      <c r="X390" s="49"/>
+      <c r="Y390" s="46"/>
+      <c r="Z390" s="52"/>
+    </row>
+    <row r="391" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A391" s="48"/>
+      <c r="B391" s="49"/>
+      <c r="C391" s="44"/>
+      <c r="D391" s="44"/>
+      <c r="E391" s="46"/>
+      <c r="F391" s="46"/>
+      <c r="G391" s="44"/>
+      <c r="H391" s="44"/>
+      <c r="I391" s="44"/>
+      <c r="J391" s="44"/>
+      <c r="K391" s="44"/>
+      <c r="L391" s="50"/>
+      <c r="M391" s="50"/>
+      <c r="N391" s="50"/>
+      <c r="O391" s="49"/>
+      <c r="P391" s="51"/>
+      <c r="Q391" s="46"/>
+      <c r="R391" s="49"/>
+      <c r="S391" s="49"/>
+      <c r="T391" s="44"/>
+      <c r="U391" s="49"/>
+      <c r="V391" s="49"/>
+      <c r="W391" s="44"/>
+      <c r="X391" s="49"/>
+      <c r="Y391" s="46"/>
+      <c r="Z391" s="52"/>
+    </row>
+    <row r="392" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A392" s="48"/>
+      <c r="B392" s="49"/>
+      <c r="C392" s="44"/>
+      <c r="D392" s="44"/>
+      <c r="E392" s="46"/>
+      <c r="F392" s="46"/>
+      <c r="G392" s="44"/>
+      <c r="H392" s="44"/>
+      <c r="I392" s="44"/>
+      <c r="J392" s="44"/>
+      <c r="K392" s="44"/>
+      <c r="L392" s="50"/>
+      <c r="M392" s="50"/>
+      <c r="N392" s="50"/>
+      <c r="O392" s="49"/>
+      <c r="P392" s="51"/>
+      <c r="Q392" s="46"/>
+      <c r="R392" s="49"/>
+      <c r="S392" s="49"/>
+      <c r="T392" s="44"/>
+      <c r="U392" s="49"/>
+      <c r="V392" s="49"/>
+      <c r="W392" s="44"/>
+      <c r="X392" s="49"/>
+      <c r="Y392" s="46"/>
+      <c r="Z392" s="52"/>
+    </row>
+    <row r="393" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A393" s="48"/>
+      <c r="B393" s="49"/>
+      <c r="C393" s="44"/>
+      <c r="D393" s="44"/>
+      <c r="E393" s="46"/>
+      <c r="F393" s="46"/>
+      <c r="G393" s="44"/>
+      <c r="H393" s="44"/>
+      <c r="I393" s="44"/>
+      <c r="J393" s="44"/>
+      <c r="K393" s="44"/>
+      <c r="L393" s="50"/>
+      <c r="M393" s="50"/>
+      <c r="N393" s="50"/>
+      <c r="O393" s="49"/>
+      <c r="P393" s="51"/>
+      <c r="Q393" s="46"/>
+      <c r="R393" s="49"/>
+      <c r="S393" s="49"/>
+      <c r="T393" s="44"/>
+      <c r="U393" s="49"/>
+      <c r="V393" s="49"/>
+      <c r="W393" s="44"/>
+      <c r="X393" s="49"/>
+      <c r="Y393" s="46"/>
+      <c r="Z393" s="52"/>
+    </row>
+    <row r="394" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A394" s="48"/>
+      <c r="B394" s="49"/>
+      <c r="C394" s="44"/>
+      <c r="D394" s="44"/>
+      <c r="E394" s="46"/>
+      <c r="F394" s="46"/>
+      <c r="G394" s="44"/>
+      <c r="H394" s="44"/>
+      <c r="I394" s="44"/>
+      <c r="J394" s="44"/>
+      <c r="K394" s="44"/>
+      <c r="L394" s="50"/>
+      <c r="M394" s="50"/>
+      <c r="N394" s="50"/>
+      <c r="O394" s="49"/>
+      <c r="P394" s="51"/>
+      <c r="Q394" s="46"/>
+      <c r="R394" s="49"/>
+      <c r="S394" s="49"/>
+      <c r="T394" s="44"/>
+      <c r="U394" s="49"/>
+      <c r="V394" s="49"/>
+      <c r="W394" s="44"/>
+      <c r="X394" s="49"/>
+      <c r="Y394" s="46"/>
+      <c r="Z394" s="52"/>
+    </row>
+    <row r="395" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A395" s="48"/>
+      <c r="B395" s="49"/>
+      <c r="C395" s="44"/>
+      <c r="D395" s="44"/>
+      <c r="E395" s="46"/>
+      <c r="F395" s="46"/>
+      <c r="G395" s="44"/>
+      <c r="H395" s="44"/>
+      <c r="I395" s="44"/>
+      <c r="J395" s="44"/>
+      <c r="K395" s="44"/>
+      <c r="L395" s="50"/>
+      <c r="M395" s="50"/>
+      <c r="N395" s="50"/>
+      <c r="O395" s="49"/>
+      <c r="P395" s="51"/>
+      <c r="Q395" s="46"/>
+      <c r="R395" s="49"/>
+      <c r="S395" s="49"/>
+      <c r="T395" s="44"/>
+      <c r="U395" s="49"/>
+      <c r="V395" s="49"/>
+      <c r="W395" s="44"/>
+      <c r="X395" s="49"/>
+      <c r="Y395" s="46"/>
+      <c r="Z395" s="52"/>
+    </row>
+    <row r="396" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A396" s="48"/>
+      <c r="B396" s="49"/>
+      <c r="C396" s="44"/>
+      <c r="D396" s="44"/>
+      <c r="E396" s="46"/>
+      <c r="F396" s="46"/>
+      <c r="G396" s="44"/>
+      <c r="H396" s="44"/>
+      <c r="I396" s="44"/>
+      <c r="J396" s="44"/>
+      <c r="K396" s="44"/>
+      <c r="L396" s="50"/>
+      <c r="M396" s="50"/>
+      <c r="N396" s="50"/>
+      <c r="O396" s="49"/>
+      <c r="P396" s="51"/>
+      <c r="Q396" s="46"/>
+      <c r="R396" s="49"/>
+      <c r="S396" s="49"/>
+      <c r="T396" s="44"/>
+      <c r="U396" s="49"/>
+      <c r="V396" s="49"/>
+      <c r="W396" s="44"/>
+      <c r="X396" s="49"/>
+      <c r="Y396" s="46"/>
+      <c r="Z396" s="52"/>
+    </row>
+    <row r="397" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A397" s="48"/>
+      <c r="B397" s="49"/>
+      <c r="C397" s="44"/>
+      <c r="D397" s="44"/>
+      <c r="E397" s="46"/>
+      <c r="F397" s="46"/>
+      <c r="G397" s="44"/>
+      <c r="H397" s="44"/>
+      <c r="I397" s="44"/>
+      <c r="J397" s="44"/>
+      <c r="K397" s="44"/>
+      <c r="L397" s="50"/>
+      <c r="M397" s="50"/>
+      <c r="N397" s="50"/>
+      <c r="O397" s="49"/>
+      <c r="P397" s="51"/>
+      <c r="Q397" s="46"/>
+      <c r="R397" s="49"/>
+      <c r="S397" s="49"/>
+      <c r="T397" s="44"/>
+      <c r="U397" s="49"/>
+      <c r="V397" s="49"/>
+      <c r="W397" s="44"/>
+      <c r="X397" s="49"/>
+      <c r="Y397" s="46"/>
+      <c r="Z397" s="52"/>
+    </row>
+    <row r="398" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A398" s="48"/>
+      <c r="B398" s="49"/>
+      <c r="C398" s="44"/>
+      <c r="D398" s="44"/>
+      <c r="E398" s="46"/>
+      <c r="F398" s="46"/>
+      <c r="G398" s="44"/>
+      <c r="H398" s="44"/>
+      <c r="I398" s="44"/>
+      <c r="J398" s="44"/>
+      <c r="K398" s="44"/>
+      <c r="L398" s="50"/>
+      <c r="M398" s="50"/>
+      <c r="N398" s="50"/>
+      <c r="O398" s="49"/>
+      <c r="P398" s="51"/>
+      <c r="Q398" s="46"/>
+      <c r="R398" s="49"/>
+      <c r="S398" s="49"/>
+      <c r="T398" s="44"/>
+      <c r="U398" s="49"/>
+      <c r="V398" s="49"/>
+      <c r="W398" s="44"/>
+      <c r="X398" s="49"/>
+      <c r="Y398" s="46"/>
+      <c r="Z398" s="52"/>
+    </row>
+    <row r="399" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A399" s="48"/>
+      <c r="B399" s="49"/>
+      <c r="C399" s="44"/>
+      <c r="D399" s="44"/>
+      <c r="E399" s="46"/>
+      <c r="F399" s="46"/>
+      <c r="G399" s="44"/>
+      <c r="H399" s="44"/>
+      <c r="I399" s="44"/>
+      <c r="J399" s="44"/>
+      <c r="K399" s="44"/>
+      <c r="L399" s="50"/>
+      <c r="M399" s="50"/>
+      <c r="N399" s="50"/>
+      <c r="O399" s="49"/>
+      <c r="P399" s="51"/>
+      <c r="Q399" s="46"/>
+      <c r="R399" s="49"/>
+      <c r="S399" s="49"/>
+      <c r="T399" s="44"/>
+      <c r="U399" s="49"/>
+      <c r="V399" s="49"/>
+      <c r="W399" s="44"/>
+      <c r="X399" s="49"/>
+      <c r="Y399" s="46"/>
+      <c r="Z399" s="52"/>
+    </row>
+    <row r="400" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A400" s="48"/>
+      <c r="B400" s="49"/>
+      <c r="C400" s="44"/>
+      <c r="D400" s="44"/>
+      <c r="E400" s="46"/>
+      <c r="F400" s="46"/>
+      <c r="G400" s="44"/>
+      <c r="H400" s="44"/>
+      <c r="I400" s="44"/>
+      <c r="J400" s="44"/>
+      <c r="K400" s="44"/>
+      <c r="L400" s="50"/>
+      <c r="M400" s="50"/>
+      <c r="N400" s="50"/>
+      <c r="O400" s="49"/>
+      <c r="P400" s="51"/>
+      <c r="Q400" s="46"/>
+      <c r="R400" s="49"/>
+      <c r="S400" s="49"/>
+      <c r="T400" s="44"/>
+      <c r="U400" s="49"/>
+      <c r="V400" s="49"/>
+      <c r="W400" s="44"/>
+      <c r="X400" s="49"/>
+      <c r="Y400" s="46"/>
+      <c r="Z400" s="52"/>
+    </row>
+    <row r="401" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A401" s="48"/>
+      <c r="B401" s="49"/>
+      <c r="C401" s="44"/>
+      <c r="D401" s="44"/>
+      <c r="E401" s="46"/>
+      <c r="F401" s="46"/>
+      <c r="G401" s="44"/>
+      <c r="H401" s="44"/>
+      <c r="I401" s="44"/>
+      <c r="J401" s="44"/>
+      <c r="K401" s="44"/>
+      <c r="L401" s="50"/>
+      <c r="M401" s="50"/>
+      <c r="N401" s="50"/>
+      <c r="O401" s="49"/>
+      <c r="P401" s="51"/>
+      <c r="Q401" s="46"/>
+      <c r="R401" s="49"/>
+      <c r="S401" s="49"/>
+      <c r="T401" s="44"/>
+      <c r="U401" s="49"/>
+      <c r="V401" s="49"/>
+      <c r="W401" s="44"/>
+      <c r="X401" s="49"/>
+      <c r="Y401" s="46"/>
+      <c r="Z401" s="52"/>
+    </row>
+    <row r="402" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A402" s="48"/>
+      <c r="B402" s="49"/>
+      <c r="C402" s="44"/>
+      <c r="D402" s="44"/>
+      <c r="E402" s="46"/>
+      <c r="F402" s="46"/>
+      <c r="G402" s="44"/>
+      <c r="H402" s="44"/>
+      <c r="I402" s="44"/>
+      <c r="J402" s="44"/>
+      <c r="K402" s="44"/>
+      <c r="L402" s="50"/>
+      <c r="M402" s="50"/>
+      <c r="N402" s="50"/>
+      <c r="O402" s="49"/>
+      <c r="P402" s="51"/>
+      <c r="Q402" s="46"/>
+      <c r="R402" s="49"/>
+      <c r="S402" s="49"/>
+      <c r="T402" s="44"/>
+      <c r="U402" s="49"/>
+      <c r="V402" s="49"/>
+      <c r="W402" s="44"/>
+      <c r="X402" s="49"/>
+      <c r="Y402" s="46"/>
+      <c r="Z402" s="52"/>
+    </row>
+    <row r="403" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A403" s="48"/>
+      <c r="B403" s="49"/>
+      <c r="C403" s="44"/>
+      <c r="D403" s="44"/>
+      <c r="E403" s="46"/>
+      <c r="F403" s="46"/>
+      <c r="G403" s="44"/>
+      <c r="H403" s="44"/>
+      <c r="I403" s="44"/>
+      <c r="J403" s="44"/>
+      <c r="K403" s="44"/>
+      <c r="L403" s="50"/>
+      <c r="M403" s="50"/>
+      <c r="N403" s="50"/>
+      <c r="O403" s="49"/>
+      <c r="P403" s="51"/>
+      <c r="Q403" s="46"/>
+      <c r="R403" s="49"/>
+      <c r="S403" s="49"/>
+      <c r="T403" s="44"/>
+      <c r="U403" s="49"/>
+      <c r="V403" s="49"/>
+      <c r="W403" s="44"/>
+      <c r="X403" s="49"/>
+      <c r="Y403" s="46"/>
+      <c r="Z403" s="52"/>
+    </row>
+    <row r="404" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A404" s="48"/>
+      <c r="B404" s="49"/>
+      <c r="C404" s="44"/>
+      <c r="D404" s="44"/>
+      <c r="E404" s="46"/>
+      <c r="F404" s="46"/>
+      <c r="G404" s="44"/>
+      <c r="H404" s="44"/>
+      <c r="I404" s="44"/>
+      <c r="J404" s="44"/>
+      <c r="K404" s="44"/>
+      <c r="L404" s="50"/>
+      <c r="M404" s="50"/>
+      <c r="N404" s="50"/>
+      <c r="O404" s="49"/>
+      <c r="P404" s="51"/>
+      <c r="Q404" s="46"/>
+      <c r="R404" s="49"/>
+      <c r="S404" s="49"/>
+      <c r="T404" s="44"/>
+      <c r="U404" s="49"/>
+      <c r="V404" s="49"/>
+      <c r="W404" s="44"/>
+      <c r="X404" s="49"/>
+      <c r="Y404" s="46"/>
+      <c r="Z404" s="52"/>
+    </row>
+    <row r="405" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A405" s="48"/>
+      <c r="B405" s="49"/>
+      <c r="C405" s="44"/>
+      <c r="D405" s="44"/>
+      <c r="E405" s="46"/>
+      <c r="F405" s="46"/>
+      <c r="G405" s="44"/>
+      <c r="H405" s="44"/>
+      <c r="I405" s="44"/>
+      <c r="J405" s="44"/>
+      <c r="K405" s="44"/>
+      <c r="L405" s="50"/>
+      <c r="M405" s="50"/>
+      <c r="N405" s="50"/>
+      <c r="O405" s="49"/>
+      <c r="P405" s="51"/>
+      <c r="Q405" s="46"/>
+      <c r="R405" s="49"/>
+      <c r="S405" s="49"/>
+      <c r="T405" s="44"/>
+      <c r="U405" s="49"/>
+      <c r="V405" s="49"/>
+      <c r="W405" s="44"/>
+      <c r="X405" s="49"/>
+      <c r="Y405" s="46"/>
+      <c r="Z405" s="52"/>
+    </row>
+    <row r="406" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A406" s="48"/>
+      <c r="B406" s="49"/>
+      <c r="C406" s="44"/>
+      <c r="D406" s="44"/>
+      <c r="E406" s="46"/>
+      <c r="F406" s="46"/>
+      <c r="G406" s="44"/>
+      <c r="H406" s="44"/>
+      <c r="I406" s="44"/>
+      <c r="J406" s="44"/>
+      <c r="K406" s="44"/>
+      <c r="L406" s="50"/>
+      <c r="M406" s="50"/>
+      <c r="N406" s="50"/>
+      <c r="O406" s="49"/>
+      <c r="P406" s="51"/>
+      <c r="Q406" s="46"/>
+      <c r="R406" s="49"/>
+      <c r="S406" s="49"/>
+      <c r="T406" s="44"/>
+      <c r="U406" s="49"/>
+      <c r="V406" s="49"/>
+      <c r="W406" s="44"/>
+      <c r="X406" s="49"/>
+      <c r="Y406" s="46"/>
+      <c r="Z406" s="52"/>
+    </row>
+    <row r="407" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A407" s="48"/>
+      <c r="B407" s="49"/>
+      <c r="C407" s="44"/>
+      <c r="D407" s="44"/>
+      <c r="E407" s="46"/>
+      <c r="F407" s="46"/>
+      <c r="G407" s="44"/>
+      <c r="H407" s="44"/>
+      <c r="I407" s="44"/>
+      <c r="J407" s="44"/>
+      <c r="K407" s="44"/>
+      <c r="L407" s="50"/>
+      <c r="M407" s="50"/>
+      <c r="N407" s="50"/>
+      <c r="O407" s="49"/>
+      <c r="P407" s="51"/>
+      <c r="Q407" s="46"/>
+      <c r="R407" s="49"/>
+      <c r="S407" s="49"/>
+      <c r="T407" s="44"/>
+      <c r="U407" s="49"/>
+      <c r="V407" s="49"/>
+      <c r="W407" s="44"/>
+      <c r="X407" s="49"/>
+      <c r="Y407" s="46"/>
+      <c r="Z407" s="52"/>
+    </row>
+    <row r="408" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A408" s="48"/>
+      <c r="B408" s="49"/>
+      <c r="C408" s="44"/>
+      <c r="D408" s="44"/>
+      <c r="E408" s="46"/>
+      <c r="F408" s="46"/>
+      <c r="G408" s="44"/>
+      <c r="H408" s="44"/>
+      <c r="I408" s="44"/>
+      <c r="J408" s="44"/>
+      <c r="K408" s="44"/>
+      <c r="L408" s="50"/>
+      <c r="M408" s="50"/>
+      <c r="N408" s="50"/>
+      <c r="O408" s="49"/>
+      <c r="P408" s="51"/>
+      <c r="Q408" s="46"/>
+      <c r="R408" s="49"/>
+      <c r="S408" s="49"/>
+      <c r="T408" s="44"/>
+      <c r="U408" s="49"/>
+      <c r="V408" s="49"/>
+      <c r="W408" s="44"/>
+      <c r="X408" s="49"/>
+      <c r="Y408" s="46"/>
+      <c r="Z408" s="52"/>
+    </row>
+    <row r="409" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A409" s="48"/>
+      <c r="B409" s="49"/>
+      <c r="C409" s="44"/>
+      <c r="D409" s="44"/>
+      <c r="E409" s="46"/>
+      <c r="F409" s="46"/>
+      <c r="G409" s="44"/>
+      <c r="H409" s="44"/>
+      <c r="I409" s="44"/>
+      <c r="J409" s="44"/>
+      <c r="K409" s="44"/>
+      <c r="L409" s="50"/>
+      <c r="M409" s="50"/>
+      <c r="N409" s="50"/>
+      <c r="O409" s="49"/>
+      <c r="P409" s="51"/>
+      <c r="Q409" s="46"/>
+      <c r="R409" s="49"/>
+      <c r="S409" s="49"/>
+      <c r="T409" s="44"/>
+      <c r="U409" s="49"/>
+      <c r="V409" s="49"/>
+      <c r="W409" s="44"/>
+      <c r="X409" s="49"/>
+      <c r="Y409" s="46"/>
+      <c r="Z409" s="52"/>
+    </row>
+    <row r="410" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A410" s="48"/>
+      <c r="B410" s="49"/>
+      <c r="C410" s="44"/>
+      <c r="D410" s="44"/>
+      <c r="E410" s="46"/>
+      <c r="F410" s="46"/>
+      <c r="G410" s="44"/>
+      <c r="H410" s="44"/>
+      <c r="I410" s="44"/>
+      <c r="J410" s="44"/>
+      <c r="K410" s="44"/>
+      <c r="L410" s="50"/>
+      <c r="M410" s="50"/>
+      <c r="N410" s="50"/>
+      <c r="O410" s="49"/>
+      <c r="P410" s="51"/>
+      <c r="Q410" s="46"/>
+      <c r="R410" s="49"/>
+      <c r="S410" s="49"/>
+      <c r="T410" s="44"/>
+      <c r="U410" s="49"/>
+      <c r="V410" s="49"/>
+      <c r="W410" s="44"/>
+      <c r="X410" s="49"/>
+      <c r="Y410" s="46"/>
+      <c r="Z410" s="52"/>
+    </row>
+    <row r="411" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A411" s="48"/>
+      <c r="B411" s="49"/>
+      <c r="C411" s="44"/>
+      <c r="D411" s="44"/>
+      <c r="E411" s="46"/>
+      <c r="F411" s="46"/>
+      <c r="G411" s="44"/>
+      <c r="H411" s="44"/>
+      <c r="I411" s="44"/>
+      <c r="J411" s="44"/>
+      <c r="K411" s="44"/>
+      <c r="L411" s="50"/>
+      <c r="M411" s="50"/>
+      <c r="N411" s="50"/>
+      <c r="O411" s="49"/>
+      <c r="P411" s="51"/>
+      <c r="Q411" s="46"/>
+      <c r="R411" s="49"/>
+      <c r="S411" s="49"/>
+      <c r="T411" s="44"/>
+      <c r="U411" s="49"/>
+      <c r="V411" s="49"/>
+      <c r="W411" s="44"/>
+      <c r="X411" s="49"/>
+      <c r="Y411" s="46"/>
+      <c r="Z411" s="52"/>
+    </row>
+    <row r="412" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A412" s="48"/>
+      <c r="B412" s="49"/>
+      <c r="C412" s="44"/>
+      <c r="D412" s="44"/>
+      <c r="E412" s="46"/>
+      <c r="F412" s="46"/>
+      <c r="G412" s="44"/>
+      <c r="H412" s="44"/>
+      <c r="I412" s="44"/>
+      <c r="J412" s="44"/>
+      <c r="K412" s="44"/>
+      <c r="L412" s="50"/>
+      <c r="M412" s="50"/>
+      <c r="N412" s="50"/>
+      <c r="O412" s="49"/>
+      <c r="P412" s="51"/>
+      <c r="Q412" s="46"/>
+      <c r="R412" s="49"/>
+      <c r="S412" s="49"/>
+      <c r="T412" s="44"/>
+      <c r="U412" s="49"/>
+      <c r="V412" s="49"/>
+      <c r="W412" s="44"/>
+      <c r="X412" s="49"/>
+      <c r="Y412" s="46"/>
+      <c r="Z412" s="52"/>
+    </row>
+    <row r="413" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A413" s="48"/>
+      <c r="B413" s="49"/>
+      <c r="C413" s="44"/>
+      <c r="D413" s="44"/>
+      <c r="E413" s="46"/>
+      <c r="F413" s="46"/>
+      <c r="G413" s="44"/>
+      <c r="H413" s="44"/>
+      <c r="I413" s="44"/>
+      <c r="J413" s="44"/>
+      <c r="K413" s="44"/>
+      <c r="L413" s="50"/>
+      <c r="M413" s="50"/>
+      <c r="N413" s="50"/>
+      <c r="O413" s="49"/>
+      <c r="P413" s="51"/>
+      <c r="Q413" s="46"/>
+      <c r="R413" s="49"/>
+      <c r="S413" s="49"/>
+      <c r="T413" s="44"/>
+      <c r="U413" s="49"/>
+      <c r="V413" s="49"/>
+      <c r="W413" s="44"/>
+      <c r="X413" s="49"/>
+      <c r="Y413" s="46"/>
+      <c r="Z413" s="52"/>
+    </row>
+    <row r="414" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A414" s="48"/>
+      <c r="B414" s="49"/>
+      <c r="C414" s="44"/>
+      <c r="D414" s="44"/>
+      <c r="E414" s="46"/>
+      <c r="F414" s="46"/>
+      <c r="G414" s="44"/>
+      <c r="H414" s="44"/>
+      <c r="I414" s="44"/>
+      <c r="J414" s="44"/>
+      <c r="K414" s="44"/>
+      <c r="L414" s="50"/>
+      <c r="M414" s="50"/>
+      <c r="N414" s="50"/>
+      <c r="O414" s="49"/>
+      <c r="P414" s="51"/>
+      <c r="Q414" s="46"/>
+      <c r="R414" s="49"/>
+      <c r="S414" s="49"/>
+      <c r="T414" s="44"/>
+      <c r="U414" s="49"/>
+      <c r="V414" s="49"/>
+      <c r="W414" s="44"/>
+      <c r="X414" s="49"/>
+      <c r="Y414" s="46"/>
+      <c r="Z414" s="52"/>
+    </row>
+    <row r="415" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A415" s="48"/>
+      <c r="B415" s="49"/>
+      <c r="C415" s="44"/>
+      <c r="D415" s="44"/>
+      <c r="E415" s="46"/>
+      <c r="F415" s="46"/>
+      <c r="G415" s="44"/>
+      <c r="H415" s="44"/>
+      <c r="I415" s="44"/>
+      <c r="J415" s="44"/>
+      <c r="K415" s="44"/>
+      <c r="L415" s="50"/>
+      <c r="M415" s="50"/>
+      <c r="N415" s="50"/>
+      <c r="O415" s="49"/>
+      <c r="P415" s="51"/>
+      <c r="Q415" s="46"/>
+      <c r="R415" s="49"/>
+      <c r="S415" s="49"/>
+      <c r="T415" s="44"/>
+      <c r="U415" s="49"/>
+      <c r="V415" s="49"/>
+      <c r="W415" s="44"/>
+      <c r="X415" s="49"/>
+      <c r="Y415" s="46"/>
+      <c r="Z415" s="52"/>
+    </row>
+    <row r="416" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A416" s="48"/>
+      <c r="B416" s="49"/>
+      <c r="C416" s="44"/>
+      <c r="D416" s="44"/>
+      <c r="E416" s="46"/>
+      <c r="F416" s="46"/>
+      <c r="G416" s="44"/>
+      <c r="H416" s="44"/>
+      <c r="I416" s="44"/>
+      <c r="J416" s="44"/>
+      <c r="K416" s="44"/>
+      <c r="L416" s="50"/>
+      <c r="M416" s="50"/>
+      <c r="N416" s="50"/>
+      <c r="O416" s="49"/>
+      <c r="P416" s="51"/>
+      <c r="Q416" s="46"/>
+      <c r="R416" s="49"/>
+      <c r="S416" s="49"/>
+      <c r="T416" s="44"/>
+      <c r="U416" s="49"/>
+      <c r="V416" s="49"/>
+      <c r="W416" s="44"/>
+      <c r="X416" s="49"/>
+      <c r="Y416" s="46"/>
+      <c r="Z416" s="52"/>
+    </row>
+    <row r="417" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A417" s="48"/>
+      <c r="B417" s="49"/>
+      <c r="C417" s="44"/>
+      <c r="D417" s="44"/>
+      <c r="E417" s="46"/>
+      <c r="F417" s="46"/>
+      <c r="G417" s="44"/>
+      <c r="H417" s="44"/>
+      <c r="I417" s="44"/>
+      <c r="J417" s="44"/>
+      <c r="K417" s="44"/>
+      <c r="L417" s="50"/>
+      <c r="M417" s="50"/>
+      <c r="N417" s="50"/>
+      <c r="O417" s="49"/>
+      <c r="P417" s="51"/>
+      <c r="Q417" s="46"/>
+      <c r="R417" s="49"/>
+      <c r="S417" s="49"/>
+      <c r="T417" s="44"/>
+      <c r="U417" s="49"/>
+      <c r="V417" s="49"/>
+      <c r="W417" s="44"/>
+      <c r="X417" s="49"/>
+      <c r="Y417" s="46"/>
+      <c r="Z417" s="52"/>
+    </row>
+    <row r="418" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A418" s="48"/>
+      <c r="B418" s="49"/>
+      <c r="C418" s="44"/>
+      <c r="D418" s="44"/>
+      <c r="E418" s="46"/>
+      <c r="F418" s="46"/>
+      <c r="G418" s="44"/>
+      <c r="H418" s="44"/>
+      <c r="I418" s="44"/>
+      <c r="J418" s="44"/>
+      <c r="K418" s="44"/>
+      <c r="L418" s="50"/>
+      <c r="M418" s="50"/>
+      <c r="N418" s="50"/>
+      <c r="O418" s="49"/>
+      <c r="P418" s="51"/>
+      <c r="Q418" s="46"/>
+      <c r="R418" s="49"/>
+      <c r="S418" s="49"/>
+      <c r="T418" s="44"/>
+      <c r="U418" s="49"/>
+      <c r="V418" s="49"/>
+      <c r="W418" s="44"/>
+      <c r="X418" s="49"/>
+      <c r="Y418" s="46"/>
+      <c r="Z418" s="52"/>
+    </row>
+    <row r="419" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A419" s="48"/>
+      <c r="B419" s="49"/>
+      <c r="C419" s="44"/>
+      <c r="D419" s="44"/>
+      <c r="E419" s="46"/>
+      <c r="F419" s="46"/>
+      <c r="G419" s="44"/>
+      <c r="H419" s="44"/>
+      <c r="I419" s="44"/>
+      <c r="J419" s="44"/>
+      <c r="K419" s="44"/>
+      <c r="L419" s="50"/>
+      <c r="M419" s="50"/>
+      <c r="N419" s="50"/>
+      <c r="O419" s="49"/>
+      <c r="P419" s="51"/>
+      <c r="Q419" s="46"/>
+      <c r="R419" s="49"/>
+      <c r="S419" s="49"/>
+      <c r="T419" s="44"/>
+      <c r="U419" s="49"/>
+      <c r="V419" s="49"/>
+      <c r="W419" s="44"/>
+      <c r="X419" s="49"/>
+      <c r="Y419" s="46"/>
+      <c r="Z419" s="52"/>
+    </row>
+    <row r="420" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A420" s="48"/>
+      <c r="B420" s="49"/>
+      <c r="C420" s="44"/>
+      <c r="D420" s="44"/>
+      <c r="E420" s="46"/>
+      <c r="F420" s="46"/>
+      <c r="G420" s="44"/>
+      <c r="H420" s="44"/>
+      <c r="I420" s="44"/>
+      <c r="J420" s="44"/>
+      <c r="K420" s="44"/>
+      <c r="L420" s="50"/>
+      <c r="M420" s="50"/>
+      <c r="N420" s="50"/>
+      <c r="O420" s="49"/>
+      <c r="P420" s="51"/>
+      <c r="Q420" s="46"/>
+      <c r="R420" s="49"/>
+      <c r="S420" s="49"/>
+      <c r="T420" s="44"/>
+      <c r="U420" s="49"/>
+      <c r="V420" s="49"/>
+      <c r="W420" s="44"/>
+      <c r="X420" s="49"/>
+      <c r="Y420" s="46"/>
+      <c r="Z420" s="52"/>
+    </row>
+    <row r="421" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A421" s="48"/>
+      <c r="B421" s="49"/>
+      <c r="C421" s="44"/>
+      <c r="D421" s="44"/>
+      <c r="E421" s="46"/>
+      <c r="F421" s="46"/>
+      <c r="G421" s="44"/>
+      <c r="H421" s="44"/>
+      <c r="I421" s="44"/>
+      <c r="J421" s="44"/>
+      <c r="K421" s="44"/>
+      <c r="L421" s="50"/>
+      <c r="M421" s="50"/>
+      <c r="N421" s="50"/>
+      <c r="O421" s="49"/>
+      <c r="P421" s="51"/>
+      <c r="Q421" s="46"/>
+      <c r="R421" s="49"/>
+      <c r="S421" s="49"/>
+      <c r="T421" s="44"/>
+      <c r="U421" s="49"/>
+      <c r="V421" s="49"/>
+      <c r="W421" s="44"/>
+      <c r="X421" s="49"/>
+      <c r="Y421" s="46"/>
+      <c r="Z421" s="52"/>
+    </row>
+    <row r="422" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A422" s="48"/>
+      <c r="B422" s="49"/>
+      <c r="C422" s="44"/>
+      <c r="D422" s="44"/>
+      <c r="E422" s="46"/>
+      <c r="F422" s="46"/>
+      <c r="G422" s="44"/>
+      <c r="H422" s="44"/>
+      <c r="I422" s="44"/>
+      <c r="J422" s="44"/>
+      <c r="K422" s="44"/>
+      <c r="L422" s="50"/>
+      <c r="M422" s="50"/>
+      <c r="N422" s="50"/>
+      <c r="O422" s="49"/>
+      <c r="P422" s="51"/>
+      <c r="Q422" s="46"/>
+      <c r="R422" s="49"/>
+      <c r="S422" s="49"/>
+      <c r="T422" s="44"/>
+      <c r="U422" s="49"/>
+      <c r="V422" s="49"/>
+      <c r="W422" s="44"/>
+      <c r="X422" s="49"/>
+      <c r="Y422" s="46"/>
+      <c r="Z422" s="52"/>
+    </row>
+    <row r="423" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A423" s="48"/>
+      <c r="B423" s="49"/>
+      <c r="C423" s="44"/>
+      <c r="D423" s="44"/>
+      <c r="E423" s="46"/>
+      <c r="F423" s="46"/>
+      <c r="G423" s="44"/>
+      <c r="H423" s="44"/>
+      <c r="I423" s="44"/>
+      <c r="J423" s="44"/>
+      <c r="K423" s="44"/>
+      <c r="L423" s="50"/>
+      <c r="M423" s="50"/>
+      <c r="N423" s="50"/>
+      <c r="O423" s="49"/>
+      <c r="P423" s="51"/>
+      <c r="Q423" s="46"/>
+      <c r="R423" s="49"/>
+      <c r="S423" s="49"/>
+      <c r="T423" s="44"/>
+      <c r="U423" s="49"/>
+      <c r="V423" s="49"/>
+      <c r="W423" s="44"/>
+      <c r="X423" s="49"/>
+      <c r="Y423" s="46"/>
+      <c r="Z423" s="52"/>
+    </row>
+    <row r="424" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A424" s="48"/>
+      <c r="B424" s="49"/>
+      <c r="C424" s="44"/>
+      <c r="D424" s="44"/>
+      <c r="E424" s="46"/>
+      <c r="F424" s="46"/>
+      <c r="G424" s="44"/>
+      <c r="H424" s="44"/>
+      <c r="I424" s="44"/>
+      <c r="J424" s="44"/>
+      <c r="K424" s="44"/>
+      <c r="L424" s="50"/>
+      <c r="M424" s="50"/>
+      <c r="N424" s="50"/>
+      <c r="O424" s="49"/>
+      <c r="P424" s="51"/>
+      <c r="Q424" s="46"/>
+      <c r="R424" s="49"/>
+      <c r="S424" s="49"/>
+      <c r="T424" s="44"/>
+      <c r="U424" s="49"/>
+      <c r="V424" s="49"/>
+      <c r="W424" s="44"/>
+      <c r="X424" s="49"/>
+      <c r="Y424" s="46"/>
+      <c r="Z424" s="52"/>
+    </row>
+    <row r="425" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A425" s="48"/>
+      <c r="B425" s="49"/>
+      <c r="C425" s="44"/>
+      <c r="D425" s="44"/>
+      <c r="E425" s="46"/>
+      <c r="F425" s="46"/>
+      <c r="G425" s="44"/>
+      <c r="H425" s="44"/>
+      <c r="I425" s="44"/>
+      <c r="J425" s="44"/>
+      <c r="K425" s="44"/>
+      <c r="L425" s="50"/>
+      <c r="M425" s="50"/>
+      <c r="N425" s="50"/>
+      <c r="O425" s="49"/>
+      <c r="P425" s="51"/>
+      <c r="Q425" s="46"/>
+      <c r="R425" s="49"/>
+      <c r="S425" s="49"/>
+      <c r="T425" s="44"/>
+      <c r="U425" s="49"/>
+      <c r="V425" s="49"/>
+      <c r="W425" s="44"/>
+      <c r="X425" s="49"/>
+      <c r="Y425" s="46"/>
+      <c r="Z425" s="52"/>
+    </row>
+    <row r="426" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A426" s="48"/>
+      <c r="B426" s="49"/>
+      <c r="C426" s="44"/>
+      <c r="D426" s="44"/>
+      <c r="E426" s="46"/>
+      <c r="F426" s="46"/>
+      <c r="G426" s="44"/>
+      <c r="H426" s="44"/>
+      <c r="I426" s="44"/>
+      <c r="J426" s="44"/>
+      <c r="K426" s="44"/>
+      <c r="L426" s="50"/>
+      <c r="M426" s="50"/>
+      <c r="N426" s="50"/>
+      <c r="O426" s="49"/>
+      <c r="P426" s="51"/>
+      <c r="Q426" s="46"/>
+      <c r="R426" s="49"/>
+      <c r="S426" s="49"/>
+      <c r="T426" s="44"/>
+      <c r="U426" s="49"/>
+      <c r="V426" s="49"/>
+      <c r="W426" s="44"/>
+      <c r="X426" s="49"/>
+      <c r="Y426" s="46"/>
+      <c r="Z426" s="52"/>
+    </row>
+    <row r="427" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A427" s="48"/>
+      <c r="B427" s="49"/>
+      <c r="C427" s="44"/>
+      <c r="D427" s="44"/>
+      <c r="E427" s="46"/>
+      <c r="F427" s="46"/>
+      <c r="G427" s="44"/>
+      <c r="H427" s="44"/>
+      <c r="I427" s="44"/>
+      <c r="J427" s="44"/>
+      <c r="K427" s="44"/>
+      <c r="L427" s="50"/>
+      <c r="M427" s="50"/>
+      <c r="N427" s="50"/>
+      <c r="O427" s="49"/>
+      <c r="P427" s="51"/>
+      <c r="Q427" s="46"/>
+      <c r="R427" s="49"/>
+      <c r="S427" s="49"/>
+      <c r="T427" s="44"/>
+      <c r="U427" s="49"/>
+      <c r="V427" s="49"/>
+      <c r="W427" s="44"/>
+      <c r="X427" s="49"/>
+      <c r="Y427" s="46"/>
+      <c r="Z427" s="52"/>
+    </row>
+    <row r="428" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A428" s="48"/>
+      <c r="B428" s="49"/>
+      <c r="C428" s="44"/>
+      <c r="D428" s="44"/>
+      <c r="E428" s="46"/>
+      <c r="F428" s="46"/>
+      <c r="G428" s="44"/>
+      <c r="H428" s="44"/>
+      <c r="I428" s="44"/>
+      <c r="J428" s="44"/>
+      <c r="K428" s="44"/>
+      <c r="L428" s="50"/>
+      <c r="M428" s="50"/>
+      <c r="N428" s="50"/>
+      <c r="O428" s="49"/>
+      <c r="P428" s="51"/>
+      <c r="Q428" s="46"/>
+      <c r="R428" s="49"/>
+      <c r="S428" s="49"/>
+      <c r="T428" s="44"/>
+      <c r="U428" s="49"/>
+      <c r="V428" s="49"/>
+      <c r="W428" s="44"/>
+      <c r="X428" s="49"/>
+      <c r="Y428" s="46"/>
+      <c r="Z428" s="52"/>
+    </row>
+    <row r="429" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A429" s="48"/>
+      <c r="B429" s="49"/>
+      <c r="C429" s="44"/>
+      <c r="D429" s="44"/>
+      <c r="E429" s="46"/>
+      <c r="F429" s="46"/>
+      <c r="G429" s="44"/>
+      <c r="H429" s="44"/>
+      <c r="I429" s="44"/>
+      <c r="J429" s="44"/>
+      <c r="K429" s="44"/>
+      <c r="L429" s="50"/>
+      <c r="M429" s="50"/>
+      <c r="N429" s="50"/>
+      <c r="O429" s="49"/>
+      <c r="P429" s="51"/>
+      <c r="Q429" s="46"/>
+      <c r="R429" s="49"/>
+      <c r="S429" s="49"/>
+      <c r="T429" s="44"/>
+      <c r="U429" s="49"/>
+      <c r="V429" s="49"/>
+      <c r="W429" s="44"/>
+      <c r="X429" s="49"/>
+      <c r="Y429" s="46"/>
+      <c r="Z429" s="52"/>
+    </row>
+    <row r="430" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A430" s="48"/>
+      <c r="B430" s="49"/>
+      <c r="C430" s="44"/>
+      <c r="D430" s="44"/>
+      <c r="E430" s="46"/>
+      <c r="F430" s="46"/>
+      <c r="G430" s="44"/>
+      <c r="H430" s="44"/>
+      <c r="I430" s="44"/>
+      <c r="J430" s="44"/>
+      <c r="K430" s="44"/>
+      <c r="L430" s="50"/>
+      <c r="M430" s="50"/>
+      <c r="N430" s="50"/>
+      <c r="O430" s="49"/>
+      <c r="P430" s="51"/>
+      <c r="Q430" s="46"/>
+      <c r="R430" s="49"/>
+      <c r="S430" s="49"/>
+      <c r="T430" s="44"/>
+      <c r="U430" s="49"/>
+      <c r="V430" s="49"/>
+      <c r="W430" s="44"/>
+      <c r="X430" s="49"/>
+      <c r="Y430" s="46"/>
+      <c r="Z430" s="52"/>
+    </row>
+    <row r="431" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A431" s="48"/>
+      <c r="B431" s="49"/>
+      <c r="C431" s="44"/>
+      <c r="D431" s="44"/>
+      <c r="E431" s="46"/>
+      <c r="F431" s="46"/>
+      <c r="G431" s="44"/>
+      <c r="H431" s="44"/>
+      <c r="I431" s="44"/>
+      <c r="J431" s="44"/>
+      <c r="K431" s="44"/>
+      <c r="L431" s="50"/>
+      <c r="M431" s="50"/>
+      <c r="N431" s="50"/>
+      <c r="O431" s="49"/>
+      <c r="P431" s="51"/>
+      <c r="Q431" s="46"/>
+      <c r="R431" s="49"/>
+      <c r="S431" s="49"/>
+      <c r="T431" s="44"/>
+      <c r="U431" s="49"/>
+      <c r="V431" s="49"/>
+      <c r="W431" s="44"/>
+      <c r="X431" s="49"/>
+      <c r="Y431" s="46"/>
+      <c r="Z431" s="52"/>
+    </row>
+    <row r="432" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A432" s="48"/>
+      <c r="B432" s="49"/>
+      <c r="C432" s="44"/>
+      <c r="D432" s="44"/>
+      <c r="E432" s="46"/>
+      <c r="F432" s="46"/>
+      <c r="G432" s="44"/>
+      <c r="H432" s="44"/>
+      <c r="I432" s="44"/>
+      <c r="J432" s="44"/>
+      <c r="K432" s="44"/>
+      <c r="L432" s="50"/>
+      <c r="M432" s="50"/>
+      <c r="N432" s="50"/>
+      <c r="O432" s="49"/>
+      <c r="P432" s="51"/>
+      <c r="Q432" s="46"/>
+      <c r="R432" s="49"/>
+      <c r="S432" s="49"/>
+      <c r="T432" s="44"/>
+      <c r="U432" s="49"/>
+      <c r="V432" s="49"/>
+      <c r="W432" s="44"/>
+      <c r="X432" s="49"/>
+      <c r="Y432" s="46"/>
+      <c r="Z432" s="52"/>
+    </row>
+    <row r="433" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A433" s="48"/>
+      <c r="B433" s="49"/>
+      <c r="C433" s="44"/>
+      <c r="D433" s="44"/>
+      <c r="E433" s="46"/>
+      <c r="F433" s="46"/>
+      <c r="G433" s="44"/>
+      <c r="H433" s="44"/>
+      <c r="I433" s="44"/>
+      <c r="J433" s="44"/>
+      <c r="K433" s="44"/>
+      <c r="L433" s="50"/>
+      <c r="M433" s="50"/>
+      <c r="N433" s="50"/>
+      <c r="O433" s="49"/>
+      <c r="P433" s="51"/>
+      <c r="Q433" s="46"/>
+      <c r="R433" s="49"/>
+      <c r="S433" s="49"/>
+      <c r="T433" s="44"/>
+      <c r="U433" s="49"/>
+      <c r="V433" s="49"/>
+      <c r="W433" s="44"/>
+      <c r="X433" s="49"/>
+      <c r="Y433" s="46"/>
+      <c r="Z433" s="52"/>
+    </row>
+    <row r="434" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A434" s="48"/>
+      <c r="B434" s="49"/>
+      <c r="C434" s="44"/>
+      <c r="D434" s="44"/>
+      <c r="E434" s="46"/>
+      <c r="F434" s="46"/>
+      <c r="G434" s="44"/>
+      <c r="H434" s="44"/>
+      <c r="I434" s="44"/>
+      <c r="J434" s="44"/>
+      <c r="K434" s="44"/>
+      <c r="L434" s="50"/>
+      <c r="M434" s="50"/>
+      <c r="N434" s="50"/>
+      <c r="O434" s="49"/>
+      <c r="P434" s="51"/>
+      <c r="Q434" s="46"/>
+      <c r="R434" s="49"/>
+      <c r="S434" s="49"/>
+      <c r="T434" s="44"/>
+      <c r="U434" s="49"/>
+      <c r="V434" s="49"/>
+      <c r="W434" s="44"/>
+      <c r="X434" s="49"/>
+      <c r="Y434" s="46"/>
+      <c r="Z434" s="52"/>
+    </row>
+    <row r="435" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A435" s="48"/>
+      <c r="B435" s="49"/>
+      <c r="C435" s="44"/>
+      <c r="D435" s="44"/>
+      <c r="E435" s="46"/>
+      <c r="F435" s="46"/>
+      <c r="G435" s="44"/>
+      <c r="H435" s="44"/>
+      <c r="I435" s="44"/>
+      <c r="J435" s="44"/>
+      <c r="K435" s="44"/>
+      <c r="L435" s="50"/>
+      <c r="M435" s="50"/>
+      <c r="N435" s="50"/>
+      <c r="O435" s="49"/>
+      <c r="P435" s="51"/>
+      <c r="Q435" s="46"/>
+      <c r="R435" s="49"/>
+      <c r="S435" s="49"/>
+      <c r="T435" s="44"/>
+      <c r="U435" s="49"/>
+      <c r="V435" s="49"/>
+      <c r="W435" s="44"/>
+      <c r="X435" s="49"/>
+      <c r="Y435" s="46"/>
+      <c r="Z435" s="52"/>
+    </row>
+    <row r="436" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A436" s="48"/>
+      <c r="B436" s="49"/>
+      <c r="C436" s="44"/>
+      <c r="D436" s="44"/>
+      <c r="E436" s="46"/>
+      <c r="F436" s="46"/>
+      <c r="G436" s="44"/>
+      <c r="H436" s="44"/>
+      <c r="I436" s="44"/>
+      <c r="J436" s="44"/>
+      <c r="K436" s="44"/>
+      <c r="L436" s="50"/>
+      <c r="M436" s="50"/>
+      <c r="N436" s="50"/>
+      <c r="O436" s="49"/>
+      <c r="P436" s="51"/>
+      <c r="Q436" s="46"/>
+      <c r="R436" s="49"/>
+      <c r="S436" s="49"/>
+      <c r="T436" s="44"/>
+      <c r="U436" s="49"/>
+      <c r="V436" s="49"/>
+      <c r="W436" s="44"/>
+      <c r="X436" s="49"/>
+      <c r="Y436" s="46"/>
+      <c r="Z436" s="52"/>
+    </row>
+    <row r="437" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A437" s="48"/>
+      <c r="B437" s="49"/>
+      <c r="C437" s="44"/>
+      <c r="D437" s="44"/>
+      <c r="E437" s="46"/>
+      <c r="F437" s="46"/>
+      <c r="G437" s="44"/>
+      <c r="H437" s="44"/>
+      <c r="I437" s="44"/>
+      <c r="J437" s="44"/>
+      <c r="K437" s="44"/>
+      <c r="L437" s="50"/>
+      <c r="M437" s="50"/>
+      <c r="N437" s="50"/>
+      <c r="O437" s="49"/>
+      <c r="P437" s="51"/>
+      <c r="Q437" s="46"/>
+      <c r="R437" s="49"/>
+      <c r="S437" s="49"/>
+      <c r="T437" s="44"/>
+      <c r="U437" s="49"/>
+      <c r="V437" s="49"/>
+      <c r="W437" s="44"/>
+      <c r="X437" s="49"/>
+      <c r="Y437" s="46"/>
+      <c r="Z437" s="52"/>
+    </row>
+    <row r="438" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A438" s="48"/>
+      <c r="B438" s="49"/>
+      <c r="C438" s="44"/>
+      <c r="D438" s="44"/>
+      <c r="E438" s="46"/>
+      <c r="F438" s="46"/>
+      <c r="G438" s="44"/>
+      <c r="H438" s="44"/>
+      <c r="I438" s="44"/>
+      <c r="J438" s="44"/>
+      <c r="K438" s="44"/>
+      <c r="L438" s="50"/>
+      <c r="M438" s="50"/>
+      <c r="N438" s="50"/>
+      <c r="O438" s="49"/>
+      <c r="P438" s="51"/>
+      <c r="Q438" s="46"/>
+      <c r="R438" s="49"/>
+      <c r="S438" s="49"/>
+      <c r="T438" s="44"/>
+      <c r="U438" s="49"/>
+      <c r="V438" s="49"/>
+      <c r="W438" s="44"/>
+      <c r="X438" s="49"/>
+      <c r="Y438" s="46"/>
+      <c r="Z438" s="52"/>
+    </row>
+    <row r="439" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A439" s="48"/>
+      <c r="B439" s="49"/>
+      <c r="C439" s="44"/>
+      <c r="D439" s="44"/>
+      <c r="E439" s="46"/>
+      <c r="F439" s="46"/>
+      <c r="G439" s="44"/>
+      <c r="H439" s="44"/>
+      <c r="I439" s="44"/>
+      <c r="J439" s="44"/>
+      <c r="K439" s="44"/>
+      <c r="L439" s="50"/>
+      <c r="M439" s="50"/>
+      <c r="N439" s="50"/>
+      <c r="O439" s="49"/>
+      <c r="P439" s="51"/>
+      <c r="Q439" s="46"/>
+      <c r="R439" s="49"/>
+      <c r="S439" s="49"/>
+      <c r="T439" s="44"/>
+      <c r="U439" s="49"/>
+      <c r="V439" s="49"/>
+      <c r="W439" s="44"/>
+      <c r="X439" s="49"/>
+      <c r="Y439" s="46"/>
+      <c r="Z439" s="52"/>
+    </row>
+    <row r="440" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A440" s="48"/>
+      <c r="B440" s="49"/>
+      <c r="C440" s="44"/>
+      <c r="D440" s="44"/>
+      <c r="E440" s="46"/>
+      <c r="F440" s="46"/>
+      <c r="G440" s="44"/>
+      <c r="H440" s="44"/>
+      <c r="I440" s="44"/>
+      <c r="J440" s="44"/>
+      <c r="K440" s="44"/>
+      <c r="L440" s="50"/>
+      <c r="M440" s="50"/>
+      <c r="N440" s="50"/>
+      <c r="O440" s="49"/>
+      <c r="P440" s="51"/>
+      <c r="Q440" s="46"/>
+      <c r="R440" s="49"/>
+      <c r="S440" s="49"/>
+      <c r="T440" s="44"/>
+      <c r="U440" s="49"/>
+      <c r="V440" s="49"/>
+      <c r="W440" s="44"/>
+      <c r="X440" s="49"/>
+      <c r="Y440" s="46"/>
+      <c r="Z440" s="52"/>
+    </row>
+    <row r="441" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A441" s="48"/>
+      <c r="B441" s="49"/>
+      <c r="C441" s="44"/>
+      <c r="D441" s="44"/>
+      <c r="E441" s="46"/>
+      <c r="F441" s="46"/>
+      <c r="G441" s="44"/>
+      <c r="H441" s="44"/>
+      <c r="I441" s="44"/>
+      <c r="J441" s="44"/>
+      <c r="K441" s="44"/>
+      <c r="L441" s="50"/>
+      <c r="M441" s="50"/>
+      <c r="N441" s="50"/>
+      <c r="O441" s="49"/>
+      <c r="P441" s="51"/>
+      <c r="Q441" s="46"/>
+      <c r="R441" s="49"/>
+      <c r="S441" s="49"/>
+      <c r="T441" s="44"/>
+      <c r="U441" s="49"/>
+      <c r="V441" s="49"/>
+      <c r="W441" s="44"/>
+      <c r="X441" s="49"/>
+      <c r="Y441" s="46"/>
+      <c r="Z441" s="52"/>
+    </row>
+    <row r="442" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A442" s="48"/>
+      <c r="B442" s="49"/>
+      <c r="C442" s="44"/>
+      <c r="D442" s="44"/>
+      <c r="E442" s="46"/>
+      <c r="F442" s="46"/>
+      <c r="G442" s="44"/>
+      <c r="H442" s="44"/>
+      <c r="I442" s="44"/>
+      <c r="J442" s="44"/>
+      <c r="K442" s="44"/>
+      <c r="L442" s="50"/>
+      <c r="M442" s="50"/>
+      <c r="N442" s="50"/>
+      <c r="O442" s="49"/>
+      <c r="P442" s="51"/>
+      <c r="Q442" s="46"/>
+      <c r="R442" s="49"/>
+      <c r="S442" s="49"/>
+      <c r="T442" s="44"/>
+      <c r="U442" s="49"/>
+      <c r="V442" s="49"/>
+      <c r="W442" s="44"/>
+      <c r="X442" s="49"/>
+      <c r="Y442" s="46"/>
+      <c r="Z442" s="52"/>
+    </row>
+    <row r="443" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A443" s="48"/>
+      <c r="B443" s="49"/>
+      <c r="C443" s="44"/>
+      <c r="D443" s="44"/>
+      <c r="E443" s="46"/>
+      <c r="F443" s="46"/>
+      <c r="G443" s="44"/>
+      <c r="H443" s="44"/>
+      <c r="I443" s="44"/>
+      <c r="J443" s="44"/>
+      <c r="K443" s="44"/>
+      <c r="L443" s="50"/>
+      <c r="M443" s="50"/>
+      <c r="N443" s="50"/>
+      <c r="O443" s="49"/>
+      <c r="P443" s="51"/>
+      <c r="Q443" s="46"/>
+      <c r="R443" s="49"/>
+      <c r="S443" s="49"/>
+      <c r="T443" s="44"/>
+      <c r="U443" s="49"/>
+      <c r="V443" s="49"/>
+      <c r="W443" s="44"/>
+      <c r="X443" s="49"/>
+      <c r="Y443" s="46"/>
+      <c r="Z443" s="52"/>
+    </row>
+    <row r="444" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A444" s="48"/>
+      <c r="B444" s="49"/>
+      <c r="C444" s="44"/>
+      <c r="D444" s="44"/>
+      <c r="E444" s="46"/>
+      <c r="F444" s="46"/>
+      <c r="G444" s="44"/>
+      <c r="H444" s="44"/>
+      <c r="I444" s="44"/>
+      <c r="J444" s="44"/>
+      <c r="K444" s="44"/>
+      <c r="L444" s="50"/>
+      <c r="M444" s="50"/>
+      <c r="N444" s="50"/>
+      <c r="O444" s="49"/>
+      <c r="P444" s="51"/>
+      <c r="Q444" s="46"/>
+      <c r="R444" s="49"/>
+      <c r="S444" s="49"/>
+      <c r="T444" s="44"/>
+      <c r="U444" s="49"/>
+      <c r="V444" s="49"/>
+      <c r="W444" s="44"/>
+      <c r="X444" s="49"/>
+      <c r="Y444" s="46"/>
+      <c r="Z444" s="52"/>
+    </row>
+    <row r="445" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A445" s="48"/>
+      <c r="B445" s="49"/>
+      <c r="C445" s="44"/>
+      <c r="D445" s="44"/>
+      <c r="E445" s="46"/>
+      <c r="F445" s="46"/>
+      <c r="G445" s="44"/>
+      <c r="H445" s="44"/>
+      <c r="I445" s="44"/>
+      <c r="J445" s="44"/>
+      <c r="K445" s="44"/>
+      <c r="L445" s="50"/>
+      <c r="M445" s="50"/>
+      <c r="N445" s="50"/>
+      <c r="O445" s="49"/>
+      <c r="P445" s="51"/>
+      <c r="Q445" s="46"/>
+      <c r="R445" s="49"/>
+      <c r="S445" s="49"/>
+      <c r="T445" s="44"/>
+      <c r="U445" s="49"/>
+      <c r="V445" s="49"/>
+      <c r="W445" s="44"/>
+      <c r="X445" s="49"/>
+      <c r="Y445" s="46"/>
+      <c r="Z445" s="52"/>
+    </row>
+    <row r="446" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A446" s="48"/>
+      <c r="B446" s="49"/>
+      <c r="C446" s="44"/>
+      <c r="D446" s="44"/>
+      <c r="E446" s="46"/>
+      <c r="F446" s="46"/>
+      <c r="G446" s="44"/>
+      <c r="H446" s="44"/>
+      <c r="I446" s="44"/>
+      <c r="J446" s="44"/>
+      <c r="K446" s="44"/>
+      <c r="L446" s="50"/>
+      <c r="M446" s="50"/>
+      <c r="N446" s="50"/>
+      <c r="O446" s="49"/>
+      <c r="P446" s="51"/>
+      <c r="Q446" s="46"/>
+      <c r="R446" s="49"/>
+      <c r="S446" s="49"/>
+      <c r="T446" s="44"/>
+      <c r="U446" s="49"/>
+      <c r="V446" s="49"/>
+      <c r="W446" s="44"/>
+      <c r="X446" s="49"/>
+      <c r="Y446" s="46"/>
+      <c r="Z446" s="52"/>
+    </row>
+    <row r="447" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A447" s="48"/>
+      <c r="B447" s="49"/>
+      <c r="C447" s="44"/>
+      <c r="D447" s="44"/>
+      <c r="E447" s="46"/>
+      <c r="F447" s="46"/>
+      <c r="G447" s="44"/>
+      <c r="H447" s="44"/>
+      <c r="I447" s="44"/>
+      <c r="J447" s="44"/>
+      <c r="K447" s="44"/>
+      <c r="L447" s="50"/>
+      <c r="M447" s="50"/>
+      <c r="N447" s="50"/>
+      <c r="O447" s="49"/>
+      <c r="P447" s="51"/>
+      <c r="Q447" s="46"/>
+      <c r="R447" s="49"/>
+      <c r="S447" s="49"/>
+      <c r="T447" s="44"/>
+      <c r="U447" s="49"/>
+      <c r="V447" s="49"/>
+      <c r="W447" s="44"/>
+      <c r="X447" s="49"/>
+      <c r="Y447" s="46"/>
+      <c r="Z447" s="52"/>
+    </row>
+    <row r="448" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A448" s="48"/>
+      <c r="B448" s="49"/>
+      <c r="C448" s="44"/>
+      <c r="D448" s="44"/>
+      <c r="E448" s="46"/>
+      <c r="F448" s="46"/>
+      <c r="G448" s="44"/>
+      <c r="H448" s="44"/>
+      <c r="I448" s="44"/>
+      <c r="J448" s="44"/>
+      <c r="K448" s="44"/>
+      <c r="L448" s="50"/>
+      <c r="M448" s="50"/>
+      <c r="N448" s="50"/>
+      <c r="O448" s="49"/>
+      <c r="P448" s="51"/>
+      <c r="Q448" s="46"/>
+      <c r="R448" s="49"/>
+      <c r="S448" s="49"/>
+      <c r="T448" s="44"/>
+      <c r="U448" s="49"/>
+      <c r="V448" s="49"/>
+      <c r="W448" s="44"/>
+      <c r="X448" s="49"/>
+      <c r="Y448" s="46"/>
+      <c r="Z448" s="52"/>
+    </row>
+    <row r="449" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A449" s="48"/>
+      <c r="B449" s="49"/>
+      <c r="C449" s="44"/>
+      <c r="D449" s="44"/>
+      <c r="E449" s="46"/>
+      <c r="F449" s="46"/>
+      <c r="G449" s="44"/>
+      <c r="H449" s="44"/>
+      <c r="I449" s="44"/>
+      <c r="J449" s="44"/>
+      <c r="K449" s="44"/>
+      <c r="L449" s="50"/>
+      <c r="M449" s="50"/>
+      <c r="N449" s="50"/>
+      <c r="O449" s="49"/>
+      <c r="P449" s="51"/>
+      <c r="Q449" s="46"/>
+      <c r="R449" s="49"/>
+      <c r="S449" s="49"/>
+      <c r="T449" s="44"/>
+      <c r="U449" s="49"/>
+      <c r="V449" s="49"/>
+      <c r="W449" s="44"/>
+      <c r="X449" s="49"/>
+      <c r="Y449" s="46"/>
+      <c r="Z449" s="52"/>
+    </row>
+    <row r="450" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A450" s="48"/>
+      <c r="B450" s="49"/>
+      <c r="C450" s="44"/>
+      <c r="D450" s="44"/>
+      <c r="E450" s="46"/>
+      <c r="F450" s="46"/>
+      <c r="G450" s="44"/>
+      <c r="H450" s="44"/>
+      <c r="I450" s="44"/>
+      <c r="J450" s="44"/>
+      <c r="K450" s="44"/>
+      <c r="L450" s="50"/>
+      <c r="M450" s="50"/>
+      <c r="N450" s="50"/>
+      <c r="O450" s="49"/>
+      <c r="P450" s="51"/>
+      <c r="Q450" s="46"/>
+      <c r="R450" s="49"/>
+      <c r="S450" s="49"/>
+      <c r="T450" s="44"/>
+      <c r="U450" s="49"/>
+      <c r="V450" s="49"/>
+      <c r="W450" s="44"/>
+      <c r="X450" s="49"/>
+      <c r="Y450" s="46"/>
+      <c r="Z450" s="52"/>
+    </row>
+    <row r="451" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A451" s="48"/>
+      <c r="B451" s="49"/>
+      <c r="C451" s="44"/>
+      <c r="D451" s="44"/>
+      <c r="E451" s="46"/>
+      <c r="F451" s="46"/>
+      <c r="G451" s="44"/>
+      <c r="H451" s="44"/>
+      <c r="I451" s="44"/>
+      <c r="J451" s="44"/>
+      <c r="K451" s="44"/>
+      <c r="L451" s="50"/>
+      <c r="M451" s="50"/>
+      <c r="N451" s="50"/>
+      <c r="O451" s="49"/>
+      <c r="P451" s="51"/>
+      <c r="Q451" s="46"/>
+      <c r="R451" s="49"/>
+      <c r="S451" s="49"/>
+      <c r="T451" s="44"/>
+      <c r="U451" s="49"/>
+      <c r="V451" s="49"/>
+      <c r="W451" s="44"/>
+      <c r="X451" s="49"/>
+      <c r="Y451" s="46"/>
+      <c r="Z451" s="52"/>
+    </row>
+    <row r="452" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A452" s="48"/>
+      <c r="B452" s="49"/>
+      <c r="C452" s="44"/>
+      <c r="D452" s="44"/>
+      <c r="E452" s="46"/>
+      <c r="F452" s="46"/>
+      <c r="G452" s="44"/>
+      <c r="H452" s="44"/>
+      <c r="I452" s="44"/>
+      <c r="J452" s="44"/>
+      <c r="K452" s="44"/>
+      <c r="L452" s="50"/>
+      <c r="M452" s="50"/>
+      <c r="N452" s="50"/>
+      <c r="O452" s="49"/>
+      <c r="P452" s="51"/>
+      <c r="Q452" s="46"/>
+      <c r="R452" s="49"/>
+      <c r="S452" s="49"/>
+      <c r="T452" s="44"/>
+      <c r="U452" s="49"/>
+      <c r="V452" s="49"/>
+      <c r="W452" s="44"/>
+      <c r="X452" s="49"/>
+      <c r="Y452" s="46"/>
+      <c r="Z452" s="52"/>
+    </row>
+    <row r="453" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A453" s="48"/>
+      <c r="B453" s="49"/>
+      <c r="C453" s="44"/>
+      <c r="D453" s="44"/>
+      <c r="E453" s="46"/>
+      <c r="F453" s="46"/>
+      <c r="G453" s="44"/>
+      <c r="H453" s="44"/>
+      <c r="I453" s="44"/>
+      <c r="J453" s="44"/>
+      <c r="K453" s="44"/>
+      <c r="L453" s="50"/>
+      <c r="M453" s="50"/>
+      <c r="N453" s="50"/>
+      <c r="O453" s="49"/>
+      <c r="P453" s="51"/>
+      <c r="Q453" s="46"/>
+      <c r="R453" s="49"/>
+      <c r="S453" s="49"/>
+      <c r="T453" s="44"/>
+      <c r="U453" s="49"/>
+      <c r="V453" s="49"/>
+      <c r="W453" s="44"/>
+      <c r="X453" s="49"/>
+      <c r="Y453" s="46"/>
+      <c r="Z453" s="52"/>
+    </row>
+    <row r="454" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A454" s="48"/>
+      <c r="B454" s="49"/>
+      <c r="C454" s="44"/>
+      <c r="D454" s="44"/>
+      <c r="E454" s="46"/>
+      <c r="F454" s="46"/>
+      <c r="G454" s="44"/>
+      <c r="H454" s="44"/>
+      <c r="I454" s="44"/>
+      <c r="J454" s="44"/>
+      <c r="K454" s="44"/>
+      <c r="L454" s="50"/>
+      <c r="M454" s="50"/>
+      <c r="N454" s="50"/>
+      <c r="O454" s="49"/>
+      <c r="P454" s="51"/>
+      <c r="Q454" s="46"/>
+      <c r="R454" s="49"/>
+      <c r="S454" s="49"/>
+      <c r="T454" s="44"/>
+      <c r="U454" s="49"/>
+      <c r="V454" s="49"/>
+      <c r="W454" s="44"/>
+      <c r="X454" s="49"/>
+      <c r="Y454" s="46"/>
+      <c r="Z454" s="52"/>
+    </row>
+    <row r="455" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A455" s="48"/>
+      <c r="B455" s="49"/>
+      <c r="C455" s="44"/>
+      <c r="D455" s="44"/>
+      <c r="E455" s="46"/>
+      <c r="F455" s="46"/>
+      <c r="G455" s="44"/>
+      <c r="H455" s="44"/>
+      <c r="I455" s="44"/>
+      <c r="J455" s="44"/>
+      <c r="K455" s="44"/>
+      <c r="L455" s="50"/>
+      <c r="M455" s="50"/>
+      <c r="N455" s="50"/>
+      <c r="O455" s="49"/>
+      <c r="P455" s="51"/>
+      <c r="Q455" s="46"/>
+      <c r="R455" s="49"/>
+      <c r="S455" s="49"/>
+      <c r="T455" s="44"/>
+      <c r="U455" s="49"/>
+      <c r="V455" s="49"/>
+      <c r="W455" s="44"/>
+      <c r="X455" s="49"/>
+      <c r="Y455" s="46"/>
+      <c r="Z455" s="52"/>
+    </row>
+    <row r="456" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A456" s="48"/>
+      <c r="B456" s="49"/>
+      <c r="C456" s="44"/>
+      <c r="D456" s="44"/>
+      <c r="E456" s="46"/>
+      <c r="F456" s="46"/>
+      <c r="G456" s="44"/>
+      <c r="H456" s="44"/>
+      <c r="I456" s="44"/>
+      <c r="J456" s="44"/>
+      <c r="K456" s="44"/>
+      <c r="L456" s="50"/>
+      <c r="M456" s="50"/>
+      <c r="N456" s="50"/>
+      <c r="O456" s="49"/>
+      <c r="P456" s="51"/>
+      <c r="Q456" s="46"/>
+      <c r="R456" s="49"/>
+      <c r="S456" s="49"/>
+      <c r="T456" s="44"/>
+      <c r="U456" s="49"/>
+      <c r="V456" s="49"/>
+      <c r="W456" s="44"/>
+      <c r="X456" s="49"/>
+      <c r="Y456" s="46"/>
+      <c r="Z456" s="52"/>
+    </row>
+    <row r="457" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A457" s="48"/>
+      <c r="B457" s="49"/>
+      <c r="C457" s="44"/>
+      <c r="D457" s="44"/>
+      <c r="E457" s="46"/>
+      <c r="F457" s="46"/>
+      <c r="G457" s="44"/>
+      <c r="H457" s="44"/>
+      <c r="I457" s="44"/>
+      <c r="J457" s="44"/>
+      <c r="K457" s="44"/>
+      <c r="L457" s="50"/>
+      <c r="M457" s="50"/>
+      <c r="N457" s="50"/>
+      <c r="O457" s="49"/>
+      <c r="P457" s="51"/>
+      <c r="Q457" s="46"/>
+      <c r="R457" s="49"/>
+      <c r="S457" s="49"/>
+      <c r="T457" s="44"/>
+      <c r="U457" s="49"/>
+      <c r="V457" s="49"/>
+      <c r="W457" s="44"/>
+      <c r="X457" s="49"/>
+      <c r="Y457" s="46"/>
+      <c r="Z457" s="52"/>
+    </row>
+    <row r="458" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A458" s="48"/>
+      <c r="B458" s="49"/>
+      <c r="C458" s="44"/>
+      <c r="D458" s="44"/>
+      <c r="E458" s="46"/>
+      <c r="F458" s="46"/>
+      <c r="G458" s="44"/>
+      <c r="H458" s="44"/>
+      <c r="I458" s="44"/>
+      <c r="J458" s="44"/>
+      <c r="K458" s="44"/>
+      <c r="L458" s="50"/>
+      <c r="M458" s="50"/>
+      <c r="N458" s="50"/>
+      <c r="O458" s="49"/>
+      <c r="P458" s="51"/>
+      <c r="Q458" s="46"/>
+      <c r="R458" s="49"/>
+      <c r="S458" s="49"/>
+      <c r="T458" s="44"/>
+      <c r="U458" s="49"/>
+      <c r="V458" s="49"/>
+      <c r="W458" s="44"/>
+      <c r="X458" s="49"/>
+      <c r="Y458" s="46"/>
+      <c r="Z458" s="52"/>
+    </row>
+    <row r="459" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A459" s="48"/>
+      <c r="B459" s="49"/>
+      <c r="C459" s="44"/>
+      <c r="D459" s="44"/>
+      <c r="E459" s="46"/>
+      <c r="F459" s="46"/>
+      <c r="G459" s="44"/>
+      <c r="H459" s="44"/>
+      <c r="I459" s="44"/>
+      <c r="J459" s="44"/>
+      <c r="K459" s="44"/>
+      <c r="L459" s="50"/>
+      <c r="M459" s="50"/>
+      <c r="N459" s="50"/>
+      <c r="O459" s="49"/>
+      <c r="P459" s="51"/>
+      <c r="Q459" s="46"/>
+      <c r="R459" s="49"/>
+      <c r="S459" s="49"/>
+      <c r="T459" s="44"/>
+      <c r="U459" s="49"/>
+      <c r="V459" s="49"/>
+      <c r="W459" s="44"/>
+      <c r="X459" s="49"/>
+      <c r="Y459" s="46"/>
+      <c r="Z459" s="52"/>
+    </row>
+    <row r="460" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A460" s="48"/>
+      <c r="B460" s="49"/>
+      <c r="C460" s="44"/>
+      <c r="D460" s="44"/>
+      <c r="E460" s="46"/>
+      <c r="F460" s="46"/>
+      <c r="G460" s="44"/>
+      <c r="H460" s="44"/>
+      <c r="I460" s="44"/>
+      <c r="J460" s="44"/>
+      <c r="K460" s="44"/>
+      <c r="L460" s="50"/>
+      <c r="M460" s="50"/>
+      <c r="N460" s="50"/>
+      <c r="O460" s="49"/>
+      <c r="P460" s="51"/>
+      <c r="Q460" s="46"/>
+      <c r="R460" s="49"/>
+      <c r="S460" s="49"/>
+      <c r="T460" s="44"/>
+      <c r="U460" s="49"/>
+      <c r="V460" s="49"/>
+      <c r="W460" s="44"/>
+      <c r="X460" s="49"/>
+      <c r="Y460" s="46"/>
+      <c r="Z460" s="52"/>
+    </row>
+    <row r="461" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A461" s="48"/>
+      <c r="B461" s="49"/>
+      <c r="C461" s="44"/>
+      <c r="D461" s="44"/>
+      <c r="E461" s="46"/>
+      <c r="F461" s="46"/>
+      <c r="G461" s="44"/>
+      <c r="H461" s="44"/>
+      <c r="I461" s="44"/>
+      <c r="J461" s="44"/>
+      <c r="K461" s="44"/>
+      <c r="L461" s="50"/>
+      <c r="M461" s="50"/>
+      <c r="N461" s="50"/>
+      <c r="O461" s="49"/>
+      <c r="P461" s="51"/>
+      <c r="Q461" s="46"/>
+      <c r="R461" s="49"/>
+      <c r="S461" s="49"/>
+      <c r="T461" s="44"/>
+      <c r="U461" s="49"/>
+      <c r="V461" s="49"/>
+      <c r="W461" s="44"/>
+      <c r="X461" s="49"/>
+      <c r="Y461" s="46"/>
+      <c r="Z461" s="52"/>
+    </row>
+    <row r="462" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A462" s="48"/>
+      <c r="B462" s="49"/>
+      <c r="C462" s="44"/>
+      <c r="D462" s="44"/>
+      <c r="E462" s="46"/>
+      <c r="F462" s="46"/>
+      <c r="G462" s="44"/>
+      <c r="H462" s="44"/>
+      <c r="I462" s="44"/>
+      <c r="J462" s="44"/>
+      <c r="K462" s="44"/>
+      <c r="L462" s="50"/>
+      <c r="M462" s="50"/>
+      <c r="N462" s="50"/>
+      <c r="O462" s="49"/>
+      <c r="P462" s="51"/>
+      <c r="Q462" s="46"/>
+      <c r="R462" s="49"/>
+      <c r="S462" s="49"/>
+      <c r="T462" s="44"/>
+      <c r="U462" s="49"/>
+      <c r="V462" s="49"/>
+      <c r="W462" s="44"/>
+      <c r="X462" s="49"/>
+      <c r="Y462" s="46"/>
+      <c r="Z462" s="52"/>
+    </row>
+    <row r="463" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A463" s="48"/>
+      <c r="B463" s="49"/>
+      <c r="C463" s="44"/>
+      <c r="D463" s="44"/>
+      <c r="E463" s="46"/>
+      <c r="F463" s="46"/>
+      <c r="G463" s="44"/>
+      <c r="H463" s="44"/>
+      <c r="I463" s="44"/>
+      <c r="J463" s="44"/>
+      <c r="K463" s="44"/>
+      <c r="L463" s="50"/>
+      <c r="M463" s="50"/>
+      <c r="N463" s="50"/>
+      <c r="O463" s="49"/>
+      <c r="P463" s="51"/>
+      <c r="Q463" s="46"/>
+      <c r="R463" s="49"/>
+      <c r="S463" s="49"/>
+      <c r="T463" s="44"/>
+      <c r="U463" s="49"/>
+      <c r="V463" s="49"/>
+      <c r="W463" s="44"/>
+      <c r="X463" s="49"/>
+      <c r="Y463" s="46"/>
+      <c r="Z463" s="52"/>
+    </row>
+    <row r="464" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A464" s="48"/>
+      <c r="B464" s="49"/>
+      <c r="C464" s="44"/>
+      <c r="D464" s="44"/>
+      <c r="E464" s="46"/>
+      <c r="F464" s="46"/>
+      <c r="G464" s="44"/>
+      <c r="H464" s="44"/>
+      <c r="I464" s="44"/>
+      <c r="J464" s="44"/>
+      <c r="K464" s="44"/>
+      <c r="L464" s="50"/>
+      <c r="M464" s="50"/>
+      <c r="N464" s="50"/>
+      <c r="O464" s="49"/>
+      <c r="P464" s="51"/>
+      <c r="Q464" s="46"/>
+      <c r="R464" s="49"/>
+      <c r="S464" s="49"/>
+      <c r="T464" s="44"/>
+      <c r="U464" s="49"/>
+      <c r="V464" s="49"/>
+      <c r="W464" s="44"/>
+      <c r="X464" s="49"/>
+      <c r="Y464" s="46"/>
+      <c r="Z464" s="52"/>
+    </row>
+    <row r="465" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A465" s="48"/>
+      <c r="B465" s="49"/>
+      <c r="C465" s="44"/>
+      <c r="D465" s="44"/>
+      <c r="E465" s="46"/>
+      <c r="F465" s="46"/>
+      <c r="G465" s="44"/>
+      <c r="H465" s="44"/>
+      <c r="I465" s="44"/>
+      <c r="J465" s="44"/>
+      <c r="K465" s="44"/>
+      <c r="L465" s="50"/>
+      <c r="M465" s="50"/>
+      <c r="N465" s="50"/>
+      <c r="O465" s="49"/>
+      <c r="P465" s="51"/>
+      <c r="Q465" s="46"/>
+      <c r="R465" s="49"/>
+      <c r="S465" s="49"/>
+      <c r="T465" s="44"/>
+      <c r="U465" s="49"/>
+      <c r="V465" s="49"/>
+      <c r="W465" s="44"/>
+      <c r="X465" s="49"/>
+      <c r="Y465" s="46"/>
+      <c r="Z465" s="52"/>
+    </row>
+    <row r="466" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A466" s="48"/>
+      <c r="B466" s="49"/>
+      <c r="C466" s="44"/>
+      <c r="D466" s="44"/>
+      <c r="E466" s="46"/>
+      <c r="F466" s="46"/>
+      <c r="G466" s="44"/>
+      <c r="H466" s="44"/>
+      <c r="I466" s="44"/>
+      <c r="J466" s="44"/>
+      <c r="K466" s="44"/>
+      <c r="L466" s="50"/>
+      <c r="M466" s="50"/>
+      <c r="N466" s="50"/>
+      <c r="O466" s="49"/>
+      <c r="P466" s="51"/>
+      <c r="Q466" s="46"/>
+      <c r="R466" s="49"/>
+      <c r="S466" s="49"/>
+      <c r="T466" s="44"/>
+      <c r="U466" s="49"/>
+      <c r="V466" s="49"/>
+      <c r="W466" s="44"/>
+      <c r="X466" s="49"/>
+      <c r="Y466" s="46"/>
+      <c r="Z466" s="52"/>
+    </row>
+    <row r="467" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A467" s="48"/>
+      <c r="B467" s="49"/>
+      <c r="C467" s="44"/>
+      <c r="D467" s="44"/>
+      <c r="E467" s="46"/>
+      <c r="F467" s="46"/>
+      <c r="G467" s="44"/>
+      <c r="H467" s="44"/>
+      <c r="I467" s="44"/>
+      <c r="J467" s="44"/>
+      <c r="K467" s="44"/>
+      <c r="L467" s="50"/>
+      <c r="M467" s="50"/>
+      <c r="N467" s="50"/>
+      <c r="O467" s="49"/>
+      <c r="P467" s="51"/>
+      <c r="Q467" s="46"/>
+      <c r="R467" s="49"/>
+      <c r="S467" s="49"/>
+      <c r="T467" s="44"/>
+      <c r="U467" s="49"/>
+      <c r="V467" s="49"/>
+      <c r="W467" s="44"/>
+      <c r="X467" s="49"/>
+      <c r="Y467" s="46"/>
+      <c r="Z467" s="52"/>
+    </row>
+    <row r="468" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A468" s="48"/>
+      <c r="B468" s="49"/>
+      <c r="C468" s="44"/>
+      <c r="D468" s="44"/>
+      <c r="E468" s="46"/>
+      <c r="F468" s="46"/>
+      <c r="G468" s="44"/>
+      <c r="H468" s="44"/>
+      <c r="I468" s="44"/>
+      <c r="J468" s="44"/>
+      <c r="K468" s="44"/>
+      <c r="L468" s="50"/>
+      <c r="M468" s="50"/>
+      <c r="N468" s="50"/>
+      <c r="O468" s="49"/>
+      <c r="P468" s="51"/>
+      <c r="Q468" s="46"/>
+      <c r="R468" s="49"/>
+      <c r="S468" s="49"/>
+      <c r="T468" s="44"/>
+      <c r="U468" s="49"/>
+      <c r="V468" s="49"/>
+      <c r="W468" s="44"/>
+      <c r="X468" s="49"/>
+      <c r="Y468" s="46"/>
+      <c r="Z468" s="52"/>
+    </row>
+    <row r="469" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A469" s="48"/>
+      <c r="B469" s="49"/>
+      <c r="C469" s="44"/>
+      <c r="D469" s="44"/>
+      <c r="E469" s="46"/>
+      <c r="F469" s="46"/>
+      <c r="G469" s="44"/>
+      <c r="H469" s="44"/>
+      <c r="I469" s="44"/>
+      <c r="J469" s="44"/>
+      <c r="K469" s="44"/>
+      <c r="L469" s="50"/>
+      <c r="M469" s="50"/>
+      <c r="N469" s="50"/>
+      <c r="O469" s="49"/>
+      <c r="P469" s="51"/>
+      <c r="Q469" s="46"/>
+      <c r="R469" s="49"/>
+      <c r="S469" s="49"/>
+      <c r="T469" s="44"/>
+      <c r="U469" s="49"/>
+      <c r="V469" s="49"/>
+      <c r="W469" s="44"/>
+      <c r="X469" s="49"/>
+      <c r="Y469" s="46"/>
+      <c r="Z469" s="52"/>
+    </row>
+    <row r="470" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A470" s="48"/>
+      <c r="B470" s="49"/>
+      <c r="C470" s="44"/>
+      <c r="D470" s="44"/>
+      <c r="E470" s="46"/>
+      <c r="F470" s="46"/>
+      <c r="G470" s="44"/>
+      <c r="H470" s="44"/>
+      <c r="I470" s="44"/>
+      <c r="J470" s="44"/>
+      <c r="K470" s="44"/>
+      <c r="L470" s="50"/>
+      <c r="M470" s="50"/>
+      <c r="N470" s="50"/>
+      <c r="O470" s="49"/>
+      <c r="P470" s="51"/>
+      <c r="Q470" s="46"/>
+      <c r="R470" s="49"/>
+      <c r="S470" s="49"/>
+      <c r="T470" s="44"/>
+      <c r="U470" s="49"/>
+      <c r="V470" s="49"/>
+      <c r="W470" s="44"/>
+      <c r="X470" s="49"/>
+      <c r="Y470" s="46"/>
+      <c r="Z470" s="52"/>
+    </row>
+    <row r="471" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A471" s="48"/>
+      <c r="B471" s="49"/>
+      <c r="C471" s="44"/>
+      <c r="D471" s="44"/>
+      <c r="E471" s="46"/>
+      <c r="F471" s="46"/>
+      <c r="G471" s="44"/>
+      <c r="H471" s="44"/>
+      <c r="I471" s="44"/>
+      <c r="J471" s="44"/>
+      <c r="K471" s="44"/>
+      <c r="L471" s="50"/>
+      <c r="M471" s="50"/>
+      <c r="N471" s="50"/>
+      <c r="O471" s="49"/>
+      <c r="P471" s="51"/>
+      <c r="Q471" s="46"/>
+      <c r="R471" s="49"/>
+      <c r="S471" s="49"/>
+      <c r="T471" s="44"/>
+      <c r="U471" s="49"/>
+      <c r="V471" s="49"/>
+      <c r="W471" s="44"/>
+      <c r="X471" s="49"/>
+      <c r="Y471" s="46"/>
+      <c r="Z471" s="52"/>
+    </row>
+    <row r="472" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A472" s="48"/>
+      <c r="B472" s="49"/>
+      <c r="C472" s="44"/>
+      <c r="D472" s="44"/>
+      <c r="E472" s="46"/>
+      <c r="F472" s="46"/>
+      <c r="G472" s="44"/>
+      <c r="H472" s="44"/>
+      <c r="I472" s="44"/>
+      <c r="J472" s="44"/>
+      <c r="K472" s="44"/>
+      <c r="L472" s="50"/>
+      <c r="M472" s="50"/>
+      <c r="N472" s="50"/>
+      <c r="O472" s="49"/>
+      <c r="P472" s="51"/>
+      <c r="Q472" s="46"/>
+      <c r="R472" s="49"/>
+      <c r="S472" s="49"/>
+      <c r="T472" s="44"/>
+      <c r="U472" s="49"/>
+      <c r="V472" s="49"/>
+      <c r="W472" s="44"/>
+      <c r="X472" s="49"/>
+      <c r="Y472" s="46"/>
+      <c r="Z472" s="52"/>
+    </row>
+    <row r="473" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A473" s="48"/>
+      <c r="B473" s="49"/>
+      <c r="C473" s="44"/>
+      <c r="D473" s="44"/>
+      <c r="E473" s="46"/>
+      <c r="F473" s="46"/>
+      <c r="G473" s="44"/>
+      <c r="H473" s="44"/>
+      <c r="I473" s="44"/>
+      <c r="J473" s="44"/>
+      <c r="K473" s="44"/>
+      <c r="L473" s="50"/>
+      <c r="M473" s="50"/>
+      <c r="N473" s="50"/>
+      <c r="O473" s="49"/>
+      <c r="P473" s="51"/>
+      <c r="Q473" s="46"/>
+      <c r="R473" s="49"/>
+      <c r="S473" s="49"/>
+      <c r="T473" s="44"/>
+      <c r="U473" s="49"/>
+      <c r="V473" s="49"/>
+      <c r="W473" s="44"/>
+      <c r="X473" s="49"/>
+      <c r="Y473" s="46"/>
+      <c r="Z473" s="52"/>
+    </row>
+    <row r="474" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A474" s="48"/>
+      <c r="B474" s="49"/>
+      <c r="C474" s="44"/>
+      <c r="D474" s="44"/>
+      <c r="E474" s="46"/>
+      <c r="F474" s="46"/>
+      <c r="G474" s="44"/>
+      <c r="H474" s="44"/>
+      <c r="I474" s="44"/>
+      <c r="J474" s="44"/>
+      <c r="K474" s="44"/>
+      <c r="L474" s="50"/>
+      <c r="M474" s="50"/>
+      <c r="N474" s="50"/>
+      <c r="O474" s="49"/>
+      <c r="P474" s="51"/>
+      <c r="Q474" s="46"/>
+      <c r="R474" s="49"/>
+      <c r="S474" s="49"/>
+      <c r="T474" s="44"/>
+      <c r="U474" s="49"/>
+      <c r="V474" s="49"/>
+      <c r="W474" s="44"/>
+      <c r="X474" s="49"/>
+      <c r="Y474" s="46"/>
+      <c r="Z474" s="52"/>
+    </row>
+    <row r="475" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A475" s="48"/>
+      <c r="B475" s="49"/>
+      <c r="C475" s="44"/>
+      <c r="D475" s="44"/>
+      <c r="E475" s="46"/>
+      <c r="F475" s="46"/>
+      <c r="G475" s="44"/>
+      <c r="H475" s="44"/>
+      <c r="I475" s="44"/>
+      <c r="J475" s="44"/>
+      <c r="K475" s="44"/>
+      <c r="L475" s="50"/>
+      <c r="M475" s="50"/>
+      <c r="N475" s="50"/>
+      <c r="O475" s="49"/>
+      <c r="P475" s="51"/>
+      <c r="Q475" s="46"/>
+      <c r="R475" s="49"/>
+      <c r="S475" s="49"/>
+      <c r="T475" s="44"/>
+      <c r="U475" s="49"/>
+      <c r="V475" s="49"/>
+      <c r="W475" s="44"/>
+      <c r="X475" s="49"/>
+      <c r="Y475" s="46"/>
+      <c r="Z475" s="52"/>
+    </row>
+    <row r="476" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A476" s="48"/>
+      <c r="B476" s="49"/>
+      <c r="C476" s="44"/>
+      <c r="D476" s="44"/>
+      <c r="E476" s="46"/>
+      <c r="F476" s="46"/>
+      <c r="G476" s="44"/>
+      <c r="H476" s="44"/>
+      <c r="I476" s="44"/>
+      <c r="J476" s="44"/>
+      <c r="K476" s="44"/>
+      <c r="L476" s="50"/>
+      <c r="M476" s="50"/>
+      <c r="N476" s="50"/>
+      <c r="O476" s="49"/>
+      <c r="P476" s="51"/>
+      <c r="Q476" s="46"/>
+      <c r="R476" s="49"/>
+      <c r="S476" s="49"/>
+      <c r="T476" s="44"/>
+      <c r="U476" s="49"/>
+      <c r="V476" s="49"/>
+      <c r="W476" s="44"/>
+      <c r="X476" s="49"/>
+      <c r="Y476" s="46"/>
+      <c r="Z476" s="52"/>
+    </row>
+    <row r="477" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A477" s="48"/>
+      <c r="B477" s="49"/>
+      <c r="C477" s="44"/>
+      <c r="D477" s="44"/>
+      <c r="E477" s="46"/>
+      <c r="F477" s="46"/>
+      <c r="G477" s="44"/>
+      <c r="H477" s="44"/>
+      <c r="I477" s="44"/>
+      <c r="J477" s="44"/>
+      <c r="K477" s="44"/>
+      <c r="L477" s="50"/>
+      <c r="M477" s="50"/>
+      <c r="N477" s="50"/>
+      <c r="O477" s="49"/>
+      <c r="P477" s="51"/>
+      <c r="Q477" s="46"/>
+      <c r="R477" s="49"/>
+      <c r="S477" s="49"/>
+      <c r="T477" s="44"/>
+      <c r="U477" s="49"/>
+      <c r="V477" s="49"/>
+      <c r="W477" s="44"/>
+      <c r="X477" s="49"/>
+      <c r="Y477" s="46"/>
+      <c r="Z477" s="52"/>
+    </row>
+    <row r="478" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A478" s="48"/>
+      <c r="B478" s="49"/>
+      <c r="C478" s="44"/>
+      <c r="D478" s="44"/>
+      <c r="E478" s="46"/>
+      <c r="F478" s="46"/>
+      <c r="G478" s="44"/>
+      <c r="H478" s="44"/>
+      <c r="I478" s="44"/>
+      <c r="J478" s="44"/>
+      <c r="K478" s="44"/>
+      <c r="L478" s="50"/>
+      <c r="M478" s="50"/>
+      <c r="N478" s="50"/>
+      <c r="O478" s="49"/>
+      <c r="P478" s="51"/>
+      <c r="Q478" s="46"/>
+      <c r="R478" s="49"/>
+      <c r="S478" s="49"/>
+      <c r="T478" s="44"/>
+      <c r="U478" s="49"/>
+      <c r="V478" s="49"/>
+      <c r="W478" s="44"/>
+      <c r="X478" s="49"/>
+      <c r="Y478" s="46"/>
+      <c r="Z478" s="52"/>
+    </row>
+    <row r="479" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A479" s="48"/>
+      <c r="B479" s="49"/>
+      <c r="C479" s="44"/>
+      <c r="D479" s="44"/>
+      <c r="E479" s="46"/>
+      <c r="F479" s="46"/>
+      <c r="G479" s="44"/>
+      <c r="H479" s="44"/>
+      <c r="I479" s="44"/>
+      <c r="J479" s="44"/>
+      <c r="K479" s="44"/>
+      <c r="L479" s="50"/>
+      <c r="M479" s="50"/>
+      <c r="N479" s="50"/>
+      <c r="O479" s="49"/>
+      <c r="P479" s="51"/>
+      <c r="Q479" s="46"/>
+      <c r="R479" s="49"/>
+      <c r="S479" s="49"/>
+      <c r="T479" s="44"/>
+      <c r="U479" s="49"/>
+      <c r="V479" s="49"/>
+      <c r="W479" s="44"/>
+      <c r="X479" s="49"/>
+      <c r="Y479" s="46"/>
+      <c r="Z479" s="52"/>
+    </row>
+    <row r="480" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A480" s="48"/>
+      <c r="B480" s="49"/>
+      <c r="C480" s="44"/>
+      <c r="D480" s="44"/>
+      <c r="E480" s="46"/>
+      <c r="F480" s="46"/>
+      <c r="G480" s="44"/>
+      <c r="H480" s="44"/>
+      <c r="I480" s="44"/>
+      <c r="J480" s="44"/>
+      <c r="K480" s="44"/>
+      <c r="L480" s="50"/>
+      <c r="M480" s="50"/>
+      <c r="N480" s="50"/>
+      <c r="O480" s="49"/>
+      <c r="P480" s="51"/>
+      <c r="Q480" s="46"/>
+      <c r="R480" s="49"/>
+      <c r="S480" s="49"/>
+      <c r="T480" s="44"/>
+      <c r="U480" s="49"/>
+      <c r="V480" s="49"/>
+      <c r="W480" s="44"/>
+      <c r="X480" s="49"/>
+      <c r="Y480" s="46"/>
+      <c r="Z480" s="52"/>
+    </row>
+    <row r="481" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A481" s="48"/>
+      <c r="B481" s="49"/>
+      <c r="C481" s="44"/>
+      <c r="D481" s="44"/>
+      <c r="E481" s="46"/>
+      <c r="F481" s="46"/>
+      <c r="G481" s="44"/>
+      <c r="H481" s="44"/>
+      <c r="I481" s="44"/>
+      <c r="J481" s="44"/>
+      <c r="K481" s="44"/>
+      <c r="L481" s="50"/>
+      <c r="M481" s="50"/>
+      <c r="N481" s="50"/>
+      <c r="O481" s="49"/>
+      <c r="P481" s="51"/>
+      <c r="Q481" s="46"/>
+      <c r="R481" s="49"/>
+      <c r="S481" s="49"/>
+      <c r="T481" s="44"/>
+      <c r="U481" s="49"/>
+      <c r="V481" s="49"/>
+      <c r="W481" s="44"/>
+      <c r="X481" s="49"/>
+      <c r="Y481" s="46"/>
+      <c r="Z481" s="52"/>
+    </row>
+    <row r="482" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A482" s="48"/>
+      <c r="B482" s="49"/>
+      <c r="C482" s="44"/>
+      <c r="D482" s="44"/>
+      <c r="E482" s="46"/>
+      <c r="F482" s="46"/>
+      <c r="G482" s="44"/>
+      <c r="H482" s="44"/>
+      <c r="I482" s="44"/>
+      <c r="J482" s="44"/>
+      <c r="K482" s="44"/>
+      <c r="L482" s="50"/>
+      <c r="M482" s="50"/>
+      <c r="N482" s="50"/>
+      <c r="O482" s="49"/>
+      <c r="P482" s="51"/>
+      <c r="Q482" s="46"/>
+      <c r="R482" s="49"/>
+      <c r="S482" s="49"/>
+      <c r="T482" s="44"/>
+      <c r="U482" s="49"/>
+      <c r="V482" s="49"/>
+      <c r="W482" s="44"/>
+      <c r="X482" s="49"/>
+      <c r="Y482" s="46"/>
+      <c r="Z482" s="52"/>
+    </row>
+    <row r="483" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A483" s="48"/>
+      <c r="B483" s="49"/>
+      <c r="C483" s="44"/>
+      <c r="D483" s="44"/>
+      <c r="E483" s="46"/>
+      <c r="F483" s="46"/>
+      <c r="G483" s="44"/>
+      <c r="H483" s="44"/>
+      <c r="I483" s="44"/>
+      <c r="J483" s="44"/>
+      <c r="K483" s="44"/>
+      <c r="L483" s="50"/>
+      <c r="M483" s="50"/>
+      <c r="N483" s="50"/>
+      <c r="O483" s="49"/>
+      <c r="P483" s="51"/>
+      <c r="Q483" s="46"/>
+      <c r="R483" s="49"/>
+      <c r="S483" s="49"/>
+      <c r="T483" s="44"/>
+      <c r="U483" s="49"/>
+      <c r="V483" s="49"/>
+      <c r="W483" s="44"/>
+      <c r="X483" s="49"/>
+      <c r="Y483" s="46"/>
+      <c r="Z483" s="52"/>
+    </row>
+    <row r="484" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A484" s="48"/>
+      <c r="B484" s="49"/>
+      <c r="C484" s="44"/>
+      <c r="D484" s="44"/>
+      <c r="E484" s="46"/>
+      <c r="F484" s="46"/>
+      <c r="G484" s="44"/>
+      <c r="H484" s="44"/>
+      <c r="I484" s="44"/>
+      <c r="J484" s="44"/>
+      <c r="K484" s="44"/>
+      <c r="L484" s="50"/>
+      <c r="M484" s="50"/>
+      <c r="N484" s="50"/>
+      <c r="O484" s="49"/>
+      <c r="P484" s="51"/>
+      <c r="Q484" s="46"/>
+      <c r="R484" s="49"/>
+      <c r="S484" s="49"/>
+      <c r="T484" s="44"/>
+      <c r="U484" s="49"/>
+      <c r="V484" s="49"/>
+      <c r="W484" s="44"/>
+      <c r="X484" s="49"/>
+      <c r="Y484" s="46"/>
+      <c r="Z484" s="52"/>
+    </row>
+    <row r="485" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A485" s="48"/>
+      <c r="B485" s="49"/>
+      <c r="C485" s="44"/>
+      <c r="D485" s="44"/>
+      <c r="E485" s="46"/>
+      <c r="F485" s="46"/>
+      <c r="G485" s="44"/>
+      <c r="H485" s="44"/>
+      <c r="I485" s="44"/>
+      <c r="J485" s="44"/>
+      <c r="K485" s="44"/>
+      <c r="L485" s="50"/>
+      <c r="M485" s="50"/>
+      <c r="N485" s="50"/>
+      <c r="O485" s="49"/>
+      <c r="P485" s="51"/>
+      <c r="Q485" s="46"/>
+      <c r="R485" s="49"/>
+      <c r="S485" s="49"/>
+      <c r="T485" s="44"/>
+      <c r="U485" s="49"/>
+      <c r="V485" s="49"/>
+      <c r="W485" s="44"/>
+      <c r="X485" s="49"/>
+      <c r="Y485" s="46"/>
+      <c r="Z485" s="52"/>
+    </row>
+    <row r="486" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A486" s="48"/>
+      <c r="B486" s="49"/>
+      <c r="C486" s="44"/>
+      <c r="D486" s="44"/>
+      <c r="E486" s="46"/>
+      <c r="F486" s="46"/>
+      <c r="G486" s="44"/>
+      <c r="H486" s="44"/>
+      <c r="I486" s="44"/>
+      <c r="J486" s="44"/>
+      <c r="K486" s="44"/>
+      <c r="L486" s="50"/>
+      <c r="M486" s="50"/>
+      <c r="N486" s="50"/>
+      <c r="O486" s="49"/>
+      <c r="P486" s="51"/>
+      <c r="Q486" s="46"/>
+      <c r="R486" s="49"/>
+      <c r="S486" s="49"/>
+      <c r="T486" s="44"/>
+      <c r="U486" s="49"/>
+      <c r="V486" s="49"/>
+      <c r="W486" s="44"/>
+      <c r="X486" s="49"/>
+      <c r="Y486" s="46"/>
+      <c r="Z486" s="52"/>
+    </row>
+    <row r="487" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A487" s="48"/>
+      <c r="B487" s="49"/>
+      <c r="C487" s="44"/>
+      <c r="D487" s="44"/>
+      <c r="E487" s="46"/>
+      <c r="F487" s="46"/>
+      <c r="G487" s="44"/>
+      <c r="H487" s="44"/>
+      <c r="I487" s="44"/>
+      <c r="J487" s="44"/>
+      <c r="K487" s="44"/>
+      <c r="L487" s="50"/>
+      <c r="M487" s="50"/>
+      <c r="N487" s="50"/>
+      <c r="O487" s="49"/>
+      <c r="P487" s="51"/>
+      <c r="Q487" s="46"/>
+      <c r="R487" s="49"/>
+      <c r="S487" s="49"/>
+      <c r="T487" s="44"/>
+      <c r="U487" s="49"/>
+      <c r="V487" s="49"/>
+      <c r="W487" s="44"/>
+      <c r="X487" s="49"/>
+      <c r="Y487" s="46"/>
+      <c r="Z487" s="52"/>
+    </row>
+    <row r="488" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A488" s="48"/>
+      <c r="B488" s="49"/>
+      <c r="C488" s="44"/>
+      <c r="D488" s="44"/>
+      <c r="E488" s="46"/>
+      <c r="F488" s="46"/>
+      <c r="G488" s="44"/>
+      <c r="H488" s="44"/>
+      <c r="I488" s="44"/>
+      <c r="J488" s="44"/>
+      <c r="K488" s="44"/>
+      <c r="L488" s="50"/>
+      <c r="M488" s="50"/>
+      <c r="N488" s="50"/>
+      <c r="O488" s="49"/>
+      <c r="P488" s="51"/>
+      <c r="Q488" s="46"/>
+      <c r="R488" s="49"/>
+      <c r="S488" s="49"/>
+      <c r="T488" s="44"/>
+      <c r="U488" s="49"/>
+      <c r="V488" s="49"/>
+      <c r="W488" s="44"/>
+      <c r="X488" s="49"/>
+      <c r="Y488" s="46"/>
+      <c r="Z488" s="52"/>
+    </row>
+    <row r="489" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A489" s="48"/>
+      <c r="B489" s="49"/>
+      <c r="C489" s="44"/>
+      <c r="D489" s="44"/>
+      <c r="E489" s="46"/>
+      <c r="F489" s="46"/>
+      <c r="G489" s="44"/>
+      <c r="H489" s="44"/>
+      <c r="I489" s="44"/>
+      <c r="J489" s="44"/>
+      <c r="K489" s="44"/>
+      <c r="L489" s="50"/>
+      <c r="M489" s="50"/>
+      <c r="N489" s="50"/>
+      <c r="O489" s="49"/>
+      <c r="P489" s="51"/>
+      <c r="Q489" s="46"/>
+      <c r="R489" s="49"/>
+      <c r="S489" s="49"/>
+      <c r="T489" s="44"/>
+      <c r="U489" s="49"/>
+      <c r="V489" s="49"/>
+      <c r="W489" s="44"/>
+      <c r="X489" s="49"/>
+      <c r="Y489" s="46"/>
+      <c r="Z489" s="52"/>
+    </row>
+    <row r="490" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A490" s="48"/>
+      <c r="B490" s="49"/>
+      <c r="C490" s="44"/>
+      <c r="D490" s="44"/>
+      <c r="E490" s="46"/>
+      <c r="F490" s="46"/>
+      <c r="G490" s="44"/>
+      <c r="H490" s="44"/>
+      <c r="I490" s="44"/>
+      <c r="J490" s="44"/>
+      <c r="K490" s="44"/>
+      <c r="L490" s="50"/>
+      <c r="M490" s="50"/>
+      <c r="N490" s="50"/>
+      <c r="O490" s="49"/>
+      <c r="P490" s="51"/>
+      <c r="Q490" s="46"/>
+      <c r="R490" s="49"/>
+      <c r="S490" s="49"/>
+      <c r="T490" s="44"/>
+      <c r="U490" s="49"/>
+      <c r="V490" s="49"/>
+      <c r="W490" s="44"/>
+      <c r="X490" s="49"/>
+      <c r="Y490" s="46"/>
+      <c r="Z490" s="52"/>
+    </row>
+    <row r="491" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A491" s="48"/>
+      <c r="B491" s="49"/>
+      <c r="C491" s="44"/>
+      <c r="D491" s="44"/>
+      <c r="E491" s="46"/>
+      <c r="F491" s="46"/>
+      <c r="G491" s="44"/>
+      <c r="H491" s="44"/>
+      <c r="I491" s="44"/>
+      <c r="J491" s="44"/>
+      <c r="K491" s="44"/>
+      <c r="L491" s="50"/>
+      <c r="M491" s="50"/>
+      <c r="N491" s="50"/>
+      <c r="O491" s="49"/>
+      <c r="P491" s="51"/>
+      <c r="Q491" s="46"/>
+      <c r="R491" s="49"/>
+      <c r="S491" s="49"/>
+      <c r="T491" s="44"/>
+      <c r="U491" s="49"/>
+      <c r="V491" s="49"/>
+      <c r="W491" s="44"/>
+      <c r="X491" s="49"/>
+      <c r="Y491" s="46"/>
+      <c r="Z491" s="52"/>
+    </row>
+    <row r="492" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A492" s="48"/>
+      <c r="B492" s="49"/>
+      <c r="C492" s="44"/>
+      <c r="D492" s="44"/>
+      <c r="E492" s="46"/>
+      <c r="F492" s="46"/>
+      <c r="G492" s="44"/>
+      <c r="H492" s="44"/>
+      <c r="I492" s="44"/>
+      <c r="J492" s="44"/>
+      <c r="K492" s="44"/>
+      <c r="L492" s="50"/>
+      <c r="M492" s="50"/>
+      <c r="N492" s="50"/>
+      <c r="O492" s="49"/>
+      <c r="P492" s="51"/>
+      <c r="Q492" s="46"/>
+      <c r="R492" s="49"/>
+      <c r="S492" s="49"/>
+      <c r="T492" s="44"/>
+      <c r="U492" s="49"/>
+      <c r="V492" s="49"/>
+      <c r="W492" s="44"/>
+      <c r="X492" s="49"/>
+      <c r="Y492" s="46"/>
+      <c r="Z492" s="52"/>
+    </row>
+    <row r="493" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A493" s="48"/>
+      <c r="B493" s="49"/>
+      <c r="C493" s="44"/>
+      <c r="D493" s="44"/>
+      <c r="E493" s="46"/>
+      <c r="F493" s="46"/>
+      <c r="G493" s="44"/>
+      <c r="H493" s="44"/>
+      <c r="I493" s="44"/>
+      <c r="J493" s="44"/>
+      <c r="K493" s="44"/>
+      <c r="L493" s="50"/>
+      <c r="M493" s="50"/>
+      <c r="N493" s="50"/>
+      <c r="O493" s="49"/>
+      <c r="P493" s="51"/>
+      <c r="Q493" s="46"/>
+      <c r="R493" s="49"/>
+      <c r="S493" s="49"/>
+      <c r="T493" s="44"/>
+      <c r="U493" s="49"/>
+      <c r="V493" s="49"/>
+      <c r="W493" s="44"/>
+      <c r="X493" s="49"/>
+      <c r="Y493" s="46"/>
+      <c r="Z493" s="52"/>
+    </row>
+    <row r="494" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A494" s="48"/>
+      <c r="B494" s="49"/>
+      <c r="C494" s="44"/>
+      <c r="D494" s="44"/>
+      <c r="E494" s="46"/>
+      <c r="F494" s="46"/>
+      <c r="G494" s="44"/>
+      <c r="H494" s="44"/>
+      <c r="I494" s="44"/>
+      <c r="J494" s="44"/>
+      <c r="K494" s="44"/>
+      <c r="L494" s="50"/>
+      <c r="M494" s="50"/>
+      <c r="N494" s="50"/>
+      <c r="O494" s="49"/>
+      <c r="P494" s="51"/>
+      <c r="Q494" s="46"/>
+      <c r="R494" s="49"/>
+      <c r="S494" s="49"/>
+      <c r="T494" s="44"/>
+      <c r="U494" s="49"/>
+      <c r="V494" s="49"/>
+      <c r="W494" s="44"/>
+      <c r="X494" s="49"/>
+      <c r="Y494" s="46"/>
+      <c r="Z494" s="52"/>
+    </row>
+    <row r="495" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A495" s="48"/>
+      <c r="B495" s="49"/>
+      <c r="C495" s="44"/>
+      <c r="D495" s="44"/>
+      <c r="E495" s="46"/>
+      <c r="F495" s="46"/>
+      <c r="G495" s="44"/>
+      <c r="H495" s="44"/>
+      <c r="I495" s="44"/>
+      <c r="J495" s="44"/>
+      <c r="K495" s="44"/>
+      <c r="L495" s="50"/>
+      <c r="M495" s="50"/>
+      <c r="N495" s="50"/>
+      <c r="O495" s="49"/>
+      <c r="P495" s="51"/>
+      <c r="Q495" s="46"/>
+      <c r="R495" s="49"/>
+      <c r="S495" s="49"/>
+      <c r="T495" s="44"/>
+      <c r="U495" s="49"/>
+      <c r="V495" s="49"/>
+      <c r="W495" s="44"/>
+      <c r="X495" s="49"/>
+      <c r="Y495" s="46"/>
+      <c r="Z495" s="52"/>
+    </row>
+    <row r="496" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A496" s="48"/>
+      <c r="B496" s="49"/>
+      <c r="C496" s="44"/>
+      <c r="D496" s="44"/>
+      <c r="E496" s="46"/>
+      <c r="F496" s="46"/>
+      <c r="G496" s="44"/>
+      <c r="H496" s="44"/>
+      <c r="I496" s="44"/>
+      <c r="J496" s="44"/>
+      <c r="K496" s="44"/>
+      <c r="L496" s="50"/>
+      <c r="M496" s="50"/>
+      <c r="N496" s="50"/>
+      <c r="O496" s="49"/>
+      <c r="P496" s="51"/>
+      <c r="Q496" s="46"/>
+      <c r="R496" s="49"/>
+      <c r="S496" s="49"/>
+      <c r="T496" s="44"/>
+      <c r="U496" s="49"/>
+      <c r="V496" s="49"/>
+      <c r="W496" s="44"/>
+      <c r="X496" s="49"/>
+      <c r="Y496" s="46"/>
+      <c r="Z496" s="52"/>
+    </row>
+    <row r="497" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A497" s="48"/>
+      <c r="B497" s="49"/>
+      <c r="C497" s="44"/>
+      <c r="D497" s="44"/>
+      <c r="E497" s="46"/>
+      <c r="F497" s="46"/>
+      <c r="G497" s="44"/>
+      <c r="H497" s="44"/>
+      <c r="I497" s="44"/>
+      <c r="J497" s="44"/>
+      <c r="K497" s="44"/>
+      <c r="L497" s="50"/>
+      <c r="M497" s="50"/>
+      <c r="N497" s="50"/>
+      <c r="O497" s="49"/>
+      <c r="P497" s="51"/>
+      <c r="Q497" s="46"/>
+      <c r="R497" s="49"/>
+      <c r="S497" s="49"/>
+      <c r="T497" s="44"/>
+      <c r="U497" s="49"/>
+      <c r="V497" s="49"/>
+      <c r="W497" s="44"/>
+      <c r="X497" s="49"/>
+      <c r="Y497" s="46"/>
+      <c r="Z497" s="52"/>
+    </row>
+    <row r="498" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A498" s="48"/>
+      <c r="B498" s="49"/>
+      <c r="C498" s="44"/>
+      <c r="D498" s="44"/>
+      <c r="E498" s="46"/>
+      <c r="F498" s="46"/>
+      <c r="G498" s="44"/>
+      <c r="H498" s="44"/>
+      <c r="I498" s="44"/>
+      <c r="J498" s="44"/>
+      <c r="K498" s="44"/>
+      <c r="L498" s="50"/>
+      <c r="M498" s="50"/>
+      <c r="N498" s="50"/>
+      <c r="O498" s="49"/>
+      <c r="P498" s="51"/>
+      <c r="Q498" s="46"/>
+      <c r="R498" s="49"/>
+      <c r="S498" s="49"/>
+      <c r="T498" s="44"/>
+      <c r="U498" s="49"/>
+      <c r="V498" s="49"/>
+      <c r="W498" s="44"/>
+      <c r="X498" s="49"/>
+      <c r="Y498" s="46"/>
+      <c r="Z498" s="52"/>
+    </row>
+    <row r="499" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A499" s="48"/>
+      <c r="B499" s="49"/>
+      <c r="C499" s="44"/>
+      <c r="D499" s="44"/>
+      <c r="E499" s="46"/>
+      <c r="F499" s="46"/>
+      <c r="G499" s="44"/>
+      <c r="H499" s="44"/>
+      <c r="I499" s="44"/>
+      <c r="J499" s="44"/>
+      <c r="K499" s="44"/>
+      <c r="L499" s="50"/>
+      <c r="M499" s="50"/>
+      <c r="N499" s="50"/>
+      <c r="O499" s="49"/>
+      <c r="P499" s="51"/>
+      <c r="Q499" s="46"/>
+      <c r="R499" s="49"/>
+      <c r="S499" s="49"/>
+      <c r="T499" s="44"/>
+      <c r="U499" s="49"/>
+      <c r="V499" s="49"/>
+      <c r="W499" s="44"/>
+      <c r="X499" s="49"/>
+      <c r="Y499" s="46"/>
+      <c r="Z499" s="52"/>
+    </row>
+    <row r="500" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A500" s="48"/>
+      <c r="B500" s="49"/>
+      <c r="C500" s="44"/>
+      <c r="D500" s="44"/>
+      <c r="E500" s="46"/>
+      <c r="F500" s="46"/>
+      <c r="G500" s="44"/>
+      <c r="H500" s="44"/>
+      <c r="I500" s="44"/>
+      <c r="J500" s="44"/>
+      <c r="K500" s="44"/>
+      <c r="L500" s="50"/>
+      <c r="M500" s="50"/>
+      <c r="N500" s="50"/>
+      <c r="O500" s="49"/>
+      <c r="P500" s="51"/>
+      <c r="Q500" s="46"/>
+      <c r="R500" s="49"/>
+      <c r="S500" s="49"/>
+      <c r="T500" s="44"/>
+      <c r="U500" s="49"/>
+      <c r="V500" s="49"/>
+      <c r="W500" s="44"/>
+      <c r="X500" s="49"/>
+      <c r="Y500" s="46"/>
+      <c r="Z500" s="52"/>
+    </row>
+    <row r="501" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A501" s="48"/>
+      <c r="B501" s="49"/>
+      <c r="C501" s="44"/>
+      <c r="D501" s="44"/>
+      <c r="E501" s="46"/>
+      <c r="F501" s="46"/>
+      <c r="G501" s="44"/>
+      <c r="H501" s="44"/>
+      <c r="I501" s="44"/>
+      <c r="J501" s="44"/>
+      <c r="K501" s="44"/>
+      <c r="L501" s="50"/>
+      <c r="M501" s="50"/>
+      <c r="N501" s="50"/>
+      <c r="O501" s="49"/>
+      <c r="P501" s="51"/>
+      <c r="Q501" s="46"/>
+      <c r="R501" s="49"/>
+      <c r="S501" s="49"/>
+      <c r="T501" s="44"/>
+      <c r="U501" s="49"/>
+      <c r="V501" s="49"/>
+      <c r="W501" s="44"/>
+      <c r="X501" s="49"/>
+      <c r="Y501" s="46"/>
+      <c r="Z501" s="52"/>
+    </row>
+    <row r="502" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A502" s="48"/>
+      <c r="B502" s="49"/>
+      <c r="C502" s="44"/>
+      <c r="D502" s="44"/>
+      <c r="E502" s="46"/>
+      <c r="F502" s="46"/>
+      <c r="G502" s="44"/>
+      <c r="H502" s="44"/>
+      <c r="I502" s="44"/>
+      <c r="J502" s="44"/>
+      <c r="K502" s="44"/>
+      <c r="L502" s="50"/>
+      <c r="M502" s="50"/>
+      <c r="N502" s="50"/>
+      <c r="O502" s="49"/>
+      <c r="P502" s="51"/>
+      <c r="Q502" s="46"/>
+      <c r="R502" s="49"/>
+      <c r="S502" s="49"/>
+      <c r="T502" s="44"/>
+      <c r="U502" s="49"/>
+      <c r="V502" s="49"/>
+      <c r="W502" s="44"/>
+      <c r="X502" s="49"/>
+      <c r="Y502" s="46"/>
+      <c r="Z502" s="52"/>
+    </row>
+    <row r="503" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A503" s="48"/>
+      <c r="B503" s="49"/>
+      <c r="C503" s="44"/>
+      <c r="D503" s="44"/>
+      <c r="E503" s="46"/>
+      <c r="F503" s="46"/>
+      <c r="G503" s="44"/>
+      <c r="H503" s="44"/>
+      <c r="I503" s="44"/>
+      <c r="J503" s="44"/>
+      <c r="K503" s="44"/>
+      <c r="L503" s="50"/>
+      <c r="M503" s="50"/>
+      <c r="N503" s="50"/>
+      <c r="O503" s="49"/>
+      <c r="P503" s="51"/>
+      <c r="Q503" s="46"/>
+      <c r="R503" s="49"/>
+      <c r="S503" s="49"/>
+      <c r="T503" s="44"/>
+      <c r="U503" s="49"/>
+      <c r="V503" s="49"/>
+      <c r="W503" s="44"/>
+      <c r="X503" s="49"/>
+      <c r="Y503" s="46"/>
+      <c r="Z503" s="52"/>
+    </row>
+    <row r="504" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A504" s="48"/>
+      <c r="B504" s="49"/>
+      <c r="C504" s="44"/>
+      <c r="D504" s="44"/>
+      <c r="E504" s="46"/>
+      <c r="F504" s="46"/>
+      <c r="G504" s="44"/>
+      <c r="H504" s="44"/>
+      <c r="I504" s="44"/>
+      <c r="J504" s="44"/>
+      <c r="K504" s="44"/>
+      <c r="L504" s="50"/>
+      <c r="M504" s="50"/>
+      <c r="N504" s="50"/>
+      <c r="O504" s="49"/>
+      <c r="P504" s="51"/>
+      <c r="Q504" s="46"/>
+      <c r="R504" s="49"/>
+      <c r="S504" s="49"/>
+      <c r="T504" s="44"/>
+      <c r="U504" s="49"/>
+      <c r="V504" s="49"/>
+      <c r="W504" s="44"/>
+      <c r="X504" s="49"/>
+      <c r="Y504" s="46"/>
+      <c r="Z504" s="52"/>
+    </row>
+    <row r="505" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A505" s="48"/>
+      <c r="B505" s="49"/>
+      <c r="C505" s="44"/>
+      <c r="D505" s="44"/>
+      <c r="E505" s="46"/>
+      <c r="F505" s="46"/>
+      <c r="G505" s="44"/>
+      <c r="H505" s="44"/>
+      <c r="I505" s="44"/>
+      <c r="J505" s="44"/>
+      <c r="K505" s="44"/>
+      <c r="L505" s="50"/>
+      <c r="M505" s="50"/>
+      <c r="N505" s="50"/>
+      <c r="O505" s="49"/>
+      <c r="P505" s="51"/>
+      <c r="Q505" s="46"/>
+      <c r="R505" s="49"/>
+      <c r="S505" s="49"/>
+      <c r="T505" s="44"/>
+      <c r="U505" s="49"/>
+      <c r="V505" s="49"/>
+      <c r="W505" s="44"/>
+      <c r="X505" s="49"/>
+      <c r="Y505" s="46"/>
+      <c r="Z505" s="52"/>
+    </row>
+    <row r="506" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A506" s="48"/>
+      <c r="B506" s="49"/>
+      <c r="C506" s="44"/>
+      <c r="D506" s="44"/>
+      <c r="E506" s="46"/>
+      <c r="F506" s="46"/>
+      <c r="G506" s="44"/>
+      <c r="H506" s="44"/>
+      <c r="I506" s="44"/>
+      <c r="J506" s="44"/>
+      <c r="K506" s="44"/>
+      <c r="L506" s="50"/>
+      <c r="M506" s="50"/>
+      <c r="N506" s="50"/>
+      <c r="O506" s="49"/>
+      <c r="P506" s="51"/>
+      <c r="Q506" s="46"/>
+      <c r="R506" s="49"/>
+      <c r="S506" s="49"/>
+      <c r="T506" s="44"/>
+      <c r="U506" s="49"/>
+      <c r="V506" s="49"/>
+      <c r="W506" s="44"/>
+      <c r="X506" s="49"/>
+      <c r="Y506" s="46"/>
+      <c r="Z506" s="52"/>
+    </row>
+    <row r="507" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A507" s="48"/>
+      <c r="B507" s="49"/>
+      <c r="C507" s="44"/>
+      <c r="D507" s="44"/>
+      <c r="E507" s="46"/>
+      <c r="F507" s="46"/>
+      <c r="G507" s="44"/>
+      <c r="H507" s="44"/>
+      <c r="I507" s="44"/>
+      <c r="J507" s="44"/>
+      <c r="K507" s="44"/>
+      <c r="L507" s="50"/>
+      <c r="M507" s="50"/>
+      <c r="N507" s="50"/>
+      <c r="O507" s="49"/>
+      <c r="P507" s="51"/>
+      <c r="Q507" s="46"/>
+      <c r="R507" s="49"/>
+      <c r="S507" s="49"/>
+      <c r="T507" s="44"/>
+      <c r="U507" s="49"/>
+      <c r="V507" s="49"/>
+      <c r="W507" s="44"/>
+      <c r="X507" s="49"/>
+      <c r="Y507" s="46"/>
+      <c r="Z507" s="52"/>
+    </row>
+    <row r="508" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A508" s="48"/>
+      <c r="B508" s="49"/>
+      <c r="C508" s="44"/>
+      <c r="D508" s="44"/>
+      <c r="E508" s="46"/>
+      <c r="F508" s="46"/>
+      <c r="G508" s="44"/>
+      <c r="H508" s="44"/>
+      <c r="I508" s="44"/>
+      <c r="J508" s="44"/>
+      <c r="K508" s="44"/>
+      <c r="L508" s="50"/>
+      <c r="M508" s="50"/>
+      <c r="N508" s="50"/>
+      <c r="O508" s="49"/>
+      <c r="P508" s="51"/>
+      <c r="Q508" s="46"/>
+      <c r="R508" s="49"/>
+      <c r="S508" s="49"/>
+      <c r="T508" s="44"/>
+      <c r="U508" s="49"/>
+      <c r="V508" s="49"/>
+      <c r="W508" s="44"/>
+      <c r="X508" s="49"/>
+      <c r="Y508" s="46"/>
+      <c r="Z508" s="52"/>
+    </row>
+    <row r="509" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A509" s="48"/>
+      <c r="B509" s="49"/>
+      <c r="C509" s="44"/>
+      <c r="D509" s="44"/>
+      <c r="E509" s="46"/>
+      <c r="F509" s="46"/>
+      <c r="G509" s="44"/>
+      <c r="H509" s="44"/>
+      <c r="I509" s="44"/>
+      <c r="J509" s="44"/>
+      <c r="K509" s="44"/>
+      <c r="L509" s="50"/>
+      <c r="M509" s="50"/>
+      <c r="N509" s="50"/>
+      <c r="O509" s="49"/>
+      <c r="P509" s="51"/>
+      <c r="Q509" s="46"/>
+      <c r="R509" s="49"/>
+      <c r="S509" s="49"/>
+      <c r="T509" s="44"/>
+      <c r="U509" s="49"/>
+      <c r="V509" s="49"/>
+      <c r="W509" s="44"/>
+      <c r="X509" s="49"/>
+      <c r="Y509" s="46"/>
+      <c r="Z509" s="52"/>
+    </row>
+    <row r="510" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A510" s="48"/>
+      <c r="B510" s="49"/>
+      <c r="C510" s="44"/>
+      <c r="D510" s="44"/>
+      <c r="E510" s="46"/>
+      <c r="F510" s="46"/>
+      <c r="G510" s="44"/>
+      <c r="H510" s="44"/>
+      <c r="I510" s="44"/>
+      <c r="J510" s="44"/>
+      <c r="K510" s="44"/>
+      <c r="L510" s="50"/>
+      <c r="M510" s="50"/>
+      <c r="N510" s="50"/>
+      <c r="O510" s="49"/>
+      <c r="P510" s="51"/>
+      <c r="Q510" s="46"/>
+      <c r="R510" s="49"/>
+      <c r="S510" s="49"/>
+      <c r="T510" s="44"/>
+      <c r="U510" s="49"/>
+      <c r="V510" s="49"/>
+      <c r="W510" s="44"/>
+      <c r="X510" s="49"/>
+      <c r="Y510" s="46"/>
+      <c r="Z510" s="52"/>
+    </row>
+    <row r="511" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A511" s="48"/>
+      <c r="B511" s="49"/>
+      <c r="C511" s="44"/>
+      <c r="D511" s="44"/>
+      <c r="E511" s="46"/>
+      <c r="F511" s="46"/>
+      <c r="G511" s="44"/>
+      <c r="H511" s="44"/>
+      <c r="I511" s="44"/>
+      <c r="J511" s="44"/>
+      <c r="K511" s="44"/>
+      <c r="L511" s="50"/>
+      <c r="M511" s="50"/>
+      <c r="N511" s="50"/>
+      <c r="O511" s="49"/>
+      <c r="P511" s="51"/>
+      <c r="Q511" s="46"/>
+      <c r="R511" s="49"/>
+      <c r="S511" s="49"/>
+      <c r="T511" s="44"/>
+      <c r="U511" s="49"/>
+      <c r="V511" s="49"/>
+      <c r="W511" s="44"/>
+      <c r="X511" s="49"/>
+      <c r="Y511" s="46"/>
+      <c r="Z511" s="52"/>
+    </row>
+    <row r="512" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A512" s="48"/>
+      <c r="B512" s="49"/>
+      <c r="C512" s="44"/>
+      <c r="D512" s="44"/>
+      <c r="E512" s="46"/>
+      <c r="F512" s="46"/>
+      <c r="G512" s="44"/>
+      <c r="H512" s="44"/>
+      <c r="I512" s="44"/>
+      <c r="J512" s="44"/>
+      <c r="K512" s="44"/>
+      <c r="L512" s="50"/>
+      <c r="M512" s="50"/>
+      <c r="N512" s="50"/>
+      <c r="O512" s="49"/>
+      <c r="P512" s="51"/>
+      <c r="Q512" s="46"/>
+      <c r="R512" s="49"/>
+      <c r="S512" s="49"/>
+      <c r="T512" s="44"/>
+      <c r="U512" s="49"/>
+      <c r="V512" s="49"/>
+      <c r="W512" s="44"/>
+      <c r="X512" s="49"/>
+      <c r="Y512" s="46"/>
+      <c r="Z512" s="52"/>
+    </row>
+    <row r="513" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A513" s="48"/>
+      <c r="B513" s="49"/>
+      <c r="C513" s="44"/>
+      <c r="D513" s="44"/>
+      <c r="E513" s="46"/>
+      <c r="F513" s="46"/>
+      <c r="G513" s="44"/>
+      <c r="H513" s="44"/>
+      <c r="I513" s="44"/>
+      <c r="J513" s="44"/>
+      <c r="K513" s="44"/>
+      <c r="L513" s="50"/>
+      <c r="M513" s="50"/>
+      <c r="N513" s="50"/>
+      <c r="O513" s="49"/>
+      <c r="P513" s="51"/>
+      <c r="Q513" s="46"/>
+      <c r="R513" s="49"/>
+      <c r="S513" s="49"/>
+      <c r="T513" s="44"/>
+      <c r="U513" s="49"/>
+      <c r="V513" s="49"/>
+      <c r="W513" s="44"/>
+      <c r="X513" s="49"/>
+      <c r="Y513" s="46"/>
+      <c r="Z513" s="52"/>
+    </row>
+    <row r="514" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A514" s="48"/>
+      <c r="B514" s="49"/>
+      <c r="C514" s="44"/>
+      <c r="D514" s="44"/>
+      <c r="E514" s="46"/>
+      <c r="F514" s="46"/>
+      <c r="G514" s="44"/>
+      <c r="H514" s="44"/>
+      <c r="I514" s="44"/>
+      <c r="J514" s="44"/>
+      <c r="K514" s="44"/>
+      <c r="L514" s="50"/>
+      <c r="M514" s="50"/>
+      <c r="N514" s="50"/>
+      <c r="O514" s="49"/>
+      <c r="P514" s="51"/>
+      <c r="Q514" s="46"/>
+      <c r="R514" s="49"/>
+      <c r="S514" s="49"/>
+      <c r="T514" s="44"/>
+      <c r="U514" s="49"/>
+      <c r="V514" s="49"/>
+      <c r="W514" s="44"/>
+      <c r="X514" s="49"/>
+      <c r="Y514" s="46"/>
+      <c r="Z514" s="52"/>
+    </row>
+    <row r="515" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A515" s="48"/>
+      <c r="B515" s="49"/>
+      <c r="C515" s="44"/>
+      <c r="D515" s="44"/>
+      <c r="E515" s="46"/>
+      <c r="F515" s="46"/>
+      <c r="G515" s="44"/>
+      <c r="H515" s="44"/>
+      <c r="I515" s="44"/>
+      <c r="J515" s="44"/>
+      <c r="K515" s="44"/>
+      <c r="L515" s="50"/>
+      <c r="M515" s="50"/>
+      <c r="N515" s="50"/>
+      <c r="O515" s="49"/>
+      <c r="P515" s="51"/>
+      <c r="Q515" s="46"/>
+      <c r="R515" s="49"/>
+      <c r="S515" s="49"/>
+      <c r="T515" s="44"/>
+      <c r="U515" s="49"/>
+      <c r="V515" s="49"/>
+      <c r="W515" s="44"/>
+      <c r="X515" s="49"/>
+      <c r="Y515" s="46"/>
+      <c r="Z515" s="52"/>
+    </row>
+    <row r="516" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A516" s="48"/>
+      <c r="B516" s="49"/>
+      <c r="C516" s="44"/>
+      <c r="D516" s="44"/>
+      <c r="E516" s="46"/>
+      <c r="F516" s="46"/>
+      <c r="G516" s="44"/>
+      <c r="H516" s="44"/>
+      <c r="I516" s="44"/>
+      <c r="J516" s="44"/>
+      <c r="K516" s="44"/>
+      <c r="L516" s="50"/>
+      <c r="M516" s="50"/>
+      <c r="N516" s="50"/>
+      <c r="O516" s="49"/>
+      <c r="P516" s="51"/>
+      <c r="Q516" s="46"/>
+      <c r="R516" s="49"/>
+      <c r="S516" s="49"/>
+      <c r="T516" s="44"/>
+      <c r="U516" s="49"/>
+      <c r="V516" s="49"/>
+      <c r="W516" s="44"/>
+      <c r="X516" s="49"/>
+      <c r="Y516" s="46"/>
+      <c r="Z516" s="52"/>
+    </row>
+    <row r="517" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A517" s="48"/>
+      <c r="B517" s="49"/>
+      <c r="C517" s="44"/>
+      <c r="D517" s="44"/>
+      <c r="E517" s="46"/>
+      <c r="F517" s="46"/>
+      <c r="G517" s="44"/>
+      <c r="H517" s="44"/>
+      <c r="I517" s="44"/>
+      <c r="J517" s="44"/>
+      <c r="K517" s="44"/>
+      <c r="L517" s="50"/>
+      <c r="M517" s="50"/>
+      <c r="N517" s="50"/>
+      <c r="O517" s="49"/>
+      <c r="P517" s="51"/>
+      <c r="Q517" s="46"/>
+      <c r="R517" s="49"/>
+      <c r="S517" s="49"/>
+      <c r="T517" s="44"/>
+      <c r="U517" s="49"/>
+      <c r="V517" s="49"/>
+      <c r="W517" s="44"/>
+      <c r="X517" s="49"/>
+      <c r="Y517" s="46"/>
+      <c r="Z517" s="52"/>
+    </row>
+    <row r="518" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A518" s="48"/>
+      <c r="B518" s="49"/>
+      <c r="C518" s="44"/>
+      <c r="D518" s="44"/>
+      <c r="E518" s="46"/>
+      <c r="F518" s="46"/>
+      <c r="G518" s="44"/>
+      <c r="H518" s="44"/>
+      <c r="I518" s="44"/>
+      <c r="J518" s="44"/>
+      <c r="K518" s="44"/>
+      <c r="L518" s="50"/>
+      <c r="M518" s="50"/>
+      <c r="N518" s="50"/>
+      <c r="O518" s="49"/>
+      <c r="P518" s="51"/>
+      <c r="Q518" s="46"/>
+      <c r="R518" s="49"/>
+      <c r="S518" s="49"/>
+      <c r="T518" s="44"/>
+      <c r="U518" s="49"/>
+      <c r="V518" s="49"/>
+      <c r="W518" s="44"/>
+      <c r="X518" s="49"/>
+      <c r="Y518" s="46"/>
+      <c r="Z518" s="52"/>
+    </row>
+    <row r="519" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A519" s="48"/>
+      <c r="B519" s="49"/>
+      <c r="C519" s="44"/>
+      <c r="D519" s="44"/>
+      <c r="E519" s="46"/>
+      <c r="F519" s="46"/>
+      <c r="G519" s="44"/>
+      <c r="H519" s="44"/>
+      <c r="I519" s="44"/>
+      <c r="J519" s="44"/>
+      <c r="K519" s="44"/>
+      <c r="L519" s="50"/>
+      <c r="M519" s="50"/>
+      <c r="N519" s="50"/>
+      <c r="O519" s="49"/>
+      <c r="P519" s="51"/>
+      <c r="Q519" s="46"/>
+      <c r="R519" s="49"/>
+      <c r="S519" s="49"/>
+      <c r="T519" s="44"/>
+      <c r="U519" s="49"/>
+      <c r="V519" s="49"/>
+      <c r="W519" s="44"/>
+      <c r="X519" s="49"/>
+      <c r="Y519" s="46"/>
+      <c r="Z519" s="52"/>
+    </row>
+    <row r="520" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A520" s="48"/>
+      <c r="B520" s="49"/>
+      <c r="C520" s="44"/>
+      <c r="D520" s="44"/>
+      <c r="E520" s="46"/>
+      <c r="F520" s="46"/>
+      <c r="G520" s="44"/>
+      <c r="H520" s="44"/>
+      <c r="I520" s="44"/>
+      <c r="J520" s="44"/>
+      <c r="K520" s="44"/>
+      <c r="L520" s="50"/>
+      <c r="M520" s="50"/>
+      <c r="N520" s="50"/>
+      <c r="O520" s="49"/>
+      <c r="P520" s="51"/>
+      <c r="Q520" s="46"/>
+      <c r="R520" s="49"/>
+      <c r="S520" s="49"/>
+      <c r="T520" s="44"/>
+      <c r="U520" s="49"/>
+      <c r="V520" s="49"/>
+      <c r="W520" s="44"/>
+      <c r="X520" s="49"/>
+      <c r="Y520" s="46"/>
+      <c r="Z520" s="52"/>
+    </row>
+    <row r="521" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A521" s="48"/>
+      <c r="B521" s="49"/>
+      <c r="C521" s="44"/>
+      <c r="D521" s="44"/>
+      <c r="E521" s="46"/>
+      <c r="F521" s="46"/>
+      <c r="G521" s="44"/>
+      <c r="H521" s="44"/>
+      <c r="I521" s="44"/>
+      <c r="J521" s="44"/>
+      <c r="K521" s="44"/>
+      <c r="L521" s="50"/>
+      <c r="M521" s="50"/>
+      <c r="N521" s="50"/>
+      <c r="O521" s="49"/>
+      <c r="P521" s="51"/>
+      <c r="Q521" s="46"/>
+      <c r="R521" s="49"/>
+      <c r="S521" s="49"/>
+      <c r="T521" s="44"/>
+      <c r="U521" s="49"/>
+      <c r="V521" s="49"/>
+      <c r="W521" s="44"/>
+      <c r="X521" s="49"/>
+      <c r="Y521" s="46"/>
+      <c r="Z521" s="52"/>
+    </row>
+    <row r="522" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A522" s="48"/>
+      <c r="B522" s="49"/>
+      <c r="C522" s="44"/>
+      <c r="D522" s="44"/>
+      <c r="E522" s="46"/>
+      <c r="F522" s="46"/>
+      <c r="G522" s="44"/>
+      <c r="H522" s="44"/>
+      <c r="I522" s="44"/>
+      <c r="J522" s="44"/>
+      <c r="K522" s="44"/>
+      <c r="L522" s="50"/>
+      <c r="M522" s="50"/>
+      <c r="N522" s="50"/>
+      <c r="O522" s="49"/>
+      <c r="P522" s="51"/>
+      <c r="Q522" s="46"/>
+      <c r="R522" s="49"/>
+      <c r="S522" s="49"/>
+      <c r="T522" s="44"/>
+      <c r="U522" s="49"/>
+      <c r="V522" s="49"/>
+      <c r="W522" s="44"/>
+      <c r="X522" s="49"/>
+      <c r="Y522" s="46"/>
+      <c r="Z522" s="52"/>
+    </row>
+    <row r="523" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A523" s="48"/>
+      <c r="B523" s="49"/>
+      <c r="C523" s="44"/>
+      <c r="D523" s="44"/>
+      <c r="E523" s="46"/>
+      <c r="F523" s="46"/>
+      <c r="G523" s="44"/>
+      <c r="H523" s="44"/>
+      <c r="I523" s="44"/>
+      <c r="J523" s="44"/>
+      <c r="K523" s="44"/>
+      <c r="L523" s="50"/>
+      <c r="M523" s="50"/>
+      <c r="N523" s="50"/>
+      <c r="O523" s="49"/>
+      <c r="P523" s="51"/>
+      <c r="Q523" s="46"/>
+      <c r="R523" s="49"/>
+      <c r="S523" s="49"/>
+      <c r="T523" s="44"/>
+      <c r="U523" s="49"/>
+      <c r="V523" s="49"/>
+      <c r="W523" s="44"/>
+      <c r="X523" s="49"/>
+      <c r="Y523" s="46"/>
+      <c r="Z523" s="52"/>
+    </row>
+    <row r="524" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A524" s="48"/>
+      <c r="B524" s="49"/>
+      <c r="C524" s="44"/>
+      <c r="D524" s="44"/>
+      <c r="E524" s="46"/>
+      <c r="F524" s="46"/>
+      <c r="G524" s="44"/>
+      <c r="H524" s="44"/>
+      <c r="I524" s="44"/>
+      <c r="J524" s="44"/>
+      <c r="K524" s="44"/>
+      <c r="L524" s="50"/>
+      <c r="M524" s="50"/>
+      <c r="N524" s="50"/>
+      <c r="O524" s="49"/>
+      <c r="P524" s="51"/>
+      <c r="Q524" s="46"/>
+      <c r="R524" s="49"/>
+      <c r="S524" s="49"/>
+      <c r="T524" s="44"/>
+      <c r="U524" s="49"/>
+      <c r="V524" s="49"/>
+      <c r="W524" s="44"/>
+      <c r="X524" s="49"/>
+      <c r="Y524" s="46"/>
+      <c r="Z524" s="52"/>
+    </row>
+    <row r="525" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A525" s="48"/>
+      <c r="B525" s="49"/>
+      <c r="C525" s="44"/>
+      <c r="D525" s="44"/>
+      <c r="E525" s="46"/>
+      <c r="F525" s="46"/>
+      <c r="G525" s="44"/>
+      <c r="H525" s="44"/>
+      <c r="I525" s="44"/>
+      <c r="J525" s="44"/>
+      <c r="K525" s="44"/>
+      <c r="L525" s="50"/>
+      <c r="M525" s="50"/>
+      <c r="N525" s="50"/>
+      <c r="O525" s="49"/>
+      <c r="P525" s="51"/>
+      <c r="Q525" s="46"/>
+      <c r="R525" s="49"/>
+      <c r="S525" s="49"/>
+      <c r="T525" s="44"/>
+      <c r="U525" s="49"/>
+      <c r="V525" s="49"/>
+      <c r="W525" s="44"/>
+      <c r="X525" s="49"/>
+      <c r="Y525" s="46"/>
+      <c r="Z525" s="52"/>
+    </row>
+    <row r="526" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A526" s="48"/>
+      <c r="B526" s="49"/>
+      <c r="C526" s="44"/>
+      <c r="D526" s="44"/>
+      <c r="E526" s="46"/>
+      <c r="F526" s="46"/>
+      <c r="G526" s="44"/>
+      <c r="H526" s="44"/>
+      <c r="I526" s="44"/>
+      <c r="J526" s="44"/>
+      <c r="K526" s="44"/>
+      <c r="L526" s="50"/>
+      <c r="M526" s="50"/>
+      <c r="N526" s="50"/>
+      <c r="O526" s="49"/>
+      <c r="P526" s="51"/>
+      <c r="Q526" s="46"/>
+      <c r="R526" s="49"/>
+      <c r="S526" s="49"/>
+      <c r="T526" s="44"/>
+      <c r="U526" s="49"/>
+      <c r="V526" s="49"/>
+      <c r="W526" s="44"/>
+      <c r="X526" s="49"/>
+      <c r="Y526" s="46"/>
+      <c r="Z526" s="52"/>
+    </row>
+    <row r="527" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A527" s="48"/>
+      <c r="B527" s="49"/>
+      <c r="C527" s="44"/>
+      <c r="D527" s="44"/>
+      <c r="E527" s="46"/>
+      <c r="F527" s="46"/>
+      <c r="G527" s="44"/>
+      <c r="H527" s="44"/>
+      <c r="I527" s="44"/>
+      <c r="J527" s="44"/>
+      <c r="K527" s="44"/>
+      <c r="L527" s="50"/>
+      <c r="M527" s="50"/>
+      <c r="N527" s="50"/>
+      <c r="O527" s="49"/>
+      <c r="P527" s="51"/>
+      <c r="Q527" s="46"/>
+      <c r="R527" s="49"/>
+      <c r="S527" s="49"/>
+      <c r="T527" s="44"/>
+      <c r="U527" s="49"/>
+      <c r="V527" s="49"/>
+      <c r="W527" s="44"/>
+      <c r="X527" s="49"/>
+      <c r="Y527" s="46"/>
+      <c r="Z527" s="52"/>
+    </row>
+    <row r="528" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A528" s="48"/>
+      <c r="B528" s="49"/>
+      <c r="C528" s="44"/>
+      <c r="D528" s="44"/>
+      <c r="E528" s="46"/>
+      <c r="F528" s="46"/>
+      <c r="G528" s="44"/>
+      <c r="H528" s="44"/>
+      <c r="I528" s="44"/>
+      <c r="J528" s="44"/>
+      <c r="K528" s="44"/>
+      <c r="L528" s="50"/>
+      <c r="M528" s="50"/>
+      <c r="N528" s="50"/>
+      <c r="O528" s="49"/>
+      <c r="P528" s="51"/>
+      <c r="Q528" s="46"/>
+      <c r="R528" s="49"/>
+      <c r="S528" s="49"/>
+      <c r="T528" s="44"/>
+      <c r="U528" s="49"/>
+      <c r="V528" s="49"/>
+      <c r="W528" s="44"/>
+      <c r="X528" s="49"/>
+      <c r="Y528" s="46"/>
+      <c r="Z528" s="52"/>
+    </row>
+    <row r="529" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A529" s="48"/>
+      <c r="B529" s="49"/>
+      <c r="C529" s="44"/>
+      <c r="D529" s="44"/>
+      <c r="E529" s="46"/>
+      <c r="F529" s="46"/>
+      <c r="G529" s="44"/>
+      <c r="H529" s="44"/>
+      <c r="I529" s="44"/>
+      <c r="J529" s="44"/>
+      <c r="K529" s="44"/>
+      <c r="L529" s="50"/>
+      <c r="M529" s="50"/>
+      <c r="N529" s="50"/>
+      <c r="O529" s="49"/>
+      <c r="P529" s="51"/>
+      <c r="Q529" s="46"/>
+      <c r="R529" s="49"/>
+      <c r="S529" s="49"/>
+      <c r="T529" s="44"/>
+      <c r="U529" s="49"/>
+      <c r="V529" s="49"/>
+      <c r="W529" s="44"/>
+      <c r="X529" s="49"/>
+      <c r="Y529" s="46"/>
+      <c r="Z529" s="52"/>
+    </row>
+    <row r="530" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A530" s="48"/>
+      <c r="B530" s="49"/>
+      <c r="C530" s="44"/>
+      <c r="D530" s="44"/>
+      <c r="E530" s="46"/>
+      <c r="F530" s="46"/>
+      <c r="G530" s="44"/>
+      <c r="H530" s="44"/>
+      <c r="I530" s="44"/>
+      <c r="J530" s="44"/>
+      <c r="K530" s="44"/>
+      <c r="L530" s="50"/>
+      <c r="M530" s="50"/>
+      <c r="N530" s="50"/>
+      <c r="O530" s="49"/>
+      <c r="P530" s="51"/>
+      <c r="Q530" s="46"/>
+      <c r="R530" s="49"/>
+      <c r="S530" s="49"/>
+      <c r="T530" s="44"/>
+      <c r="U530" s="49"/>
+      <c r="V530" s="49"/>
+      <c r="W530" s="44"/>
+      <c r="X530" s="49"/>
+      <c r="Y530" s="46"/>
+      <c r="Z530" s="52"/>
+    </row>
+    <row r="531" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A531" s="48"/>
+      <c r="B531" s="49"/>
+      <c r="C531" s="44"/>
+      <c r="D531" s="44"/>
+      <c r="E531" s="46"/>
+      <c r="F531" s="46"/>
+      <c r="G531" s="44"/>
+      <c r="H531" s="44"/>
+      <c r="I531" s="44"/>
+      <c r="J531" s="44"/>
+      <c r="K531" s="44"/>
+      <c r="L531" s="50"/>
+      <c r="M531" s="50"/>
+      <c r="N531" s="50"/>
+      <c r="O531" s="49"/>
+      <c r="P531" s="51"/>
+      <c r="Q531" s="46"/>
+      <c r="R531" s="49"/>
+      <c r="S531" s="49"/>
+      <c r="T531" s="44"/>
+      <c r="U531" s="49"/>
+      <c r="V531" s="49"/>
+      <c r="W531" s="44"/>
+      <c r="X531" s="49"/>
+      <c r="Y531" s="46"/>
+      <c r="Z531" s="52"/>
+    </row>
+    <row r="532" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A532" s="48"/>
+      <c r="B532" s="49"/>
+      <c r="C532" s="44"/>
+      <c r="D532" s="44"/>
+      <c r="E532" s="46"/>
+      <c r="F532" s="46"/>
+      <c r="G532" s="44"/>
+      <c r="H532" s="44"/>
+      <c r="I532" s="44"/>
+      <c r="J532" s="44"/>
+      <c r="K532" s="44"/>
+      <c r="L532" s="50"/>
+      <c r="M532" s="50"/>
+      <c r="N532" s="50"/>
+      <c r="O532" s="49"/>
+      <c r="P532" s="51"/>
+      <c r="Q532" s="46"/>
+      <c r="R532" s="49"/>
+      <c r="S532" s="49"/>
+      <c r="T532" s="44"/>
+      <c r="U532" s="49"/>
+      <c r="V532" s="49"/>
+      <c r="W532" s="44"/>
+      <c r="X532" s="49"/>
+      <c r="Y532" s="46"/>
+      <c r="Z532" s="52"/>
+    </row>
+    <row r="533" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A533" s="48"/>
+      <c r="B533" s="49"/>
+      <c r="C533" s="44"/>
+      <c r="D533" s="44"/>
+      <c r="E533" s="46"/>
+      <c r="F533" s="46"/>
+      <c r="G533" s="44"/>
+      <c r="H533" s="44"/>
+      <c r="I533" s="44"/>
+      <c r="J533" s="44"/>
+      <c r="K533" s="44"/>
+      <c r="L533" s="50"/>
+      <c r="M533" s="50"/>
+      <c r="N533" s="50"/>
+      <c r="O533" s="49"/>
+      <c r="P533" s="51"/>
+      <c r="Q533" s="46"/>
+      <c r="R533" s="49"/>
+      <c r="S533" s="49"/>
+      <c r="T533" s="44"/>
+      <c r="U533" s="49"/>
+      <c r="V533" s="49"/>
+      <c r="W533" s="44"/>
+      <c r="X533" s="49"/>
+      <c r="Y533" s="46"/>
+      <c r="Z533" s="52"/>
+    </row>
+    <row r="534" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A534" s="48"/>
+      <c r="B534" s="49"/>
+      <c r="C534" s="44"/>
+      <c r="D534" s="44"/>
+      <c r="E534" s="46"/>
+      <c r="F534" s="46"/>
+      <c r="G534" s="44"/>
+      <c r="H534" s="44"/>
+      <c r="I534" s="44"/>
+      <c r="J534" s="44"/>
+      <c r="K534" s="44"/>
+      <c r="L534" s="50"/>
+      <c r="M534" s="50"/>
+      <c r="N534" s="50"/>
+      <c r="O534" s="49"/>
+      <c r="P534" s="51"/>
+      <c r="Q534" s="46"/>
+      <c r="R534" s="49"/>
+      <c r="S534" s="49"/>
+      <c r="T534" s="44"/>
+      <c r="U534" s="49"/>
+      <c r="V534" s="49"/>
+      <c r="W534" s="44"/>
+      <c r="X534" s="49"/>
+      <c r="Y534" s="46"/>
+      <c r="Z534" s="52"/>
+    </row>
+    <row r="535" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A535" s="48"/>
+      <c r="B535" s="49"/>
+      <c r="C535" s="44"/>
+      <c r="D535" s="44"/>
+      <c r="E535" s="46"/>
+      <c r="F535" s="46"/>
+      <c r="G535" s="44"/>
+      <c r="H535" s="44"/>
+      <c r="I535" s="44"/>
+      <c r="J535" s="44"/>
+      <c r="K535" s="44"/>
+      <c r="L535" s="50"/>
+      <c r="M535" s="50"/>
+      <c r="N535" s="50"/>
+      <c r="O535" s="49"/>
+      <c r="P535" s="51"/>
+      <c r="Q535" s="46"/>
+      <c r="R535" s="49"/>
+      <c r="S535" s="49"/>
+      <c r="T535" s="44"/>
+      <c r="U535" s="49"/>
+      <c r="V535" s="49"/>
+      <c r="W535" s="44"/>
+      <c r="X535" s="49"/>
+      <c r="Y535" s="46"/>
+      <c r="Z535" s="52"/>
+    </row>
+    <row r="536" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A536" s="48"/>
+      <c r="B536" s="49"/>
+      <c r="C536" s="44"/>
+      <c r="D536" s="44"/>
+      <c r="E536" s="46"/>
+      <c r="F536" s="46"/>
+      <c r="G536" s="44"/>
+      <c r="H536" s="44"/>
+      <c r="I536" s="44"/>
+      <c r="J536" s="44"/>
+      <c r="K536" s="44"/>
+      <c r="L536" s="50"/>
+      <c r="M536" s="50"/>
+      <c r="N536" s="50"/>
+      <c r="O536" s="49"/>
+      <c r="P536" s="51"/>
+      <c r="Q536" s="46"/>
+      <c r="R536" s="49"/>
+      <c r="S536" s="49"/>
+      <c r="T536" s="44"/>
+      <c r="U536" s="49"/>
+      <c r="V536" s="49"/>
+      <c r="W536" s="44"/>
+      <c r="X536" s="49"/>
+      <c r="Y536" s="46"/>
+      <c r="Z536" s="52"/>
+    </row>
+    <row r="537" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A537" s="48"/>
+      <c r="B537" s="49"/>
+      <c r="C537" s="44"/>
+      <c r="D537" s="44"/>
+      <c r="E537" s="46"/>
+      <c r="F537" s="46"/>
+      <c r="G537" s="44"/>
+      <c r="H537" s="44"/>
+      <c r="I537" s="44"/>
+      <c r="J537" s="44"/>
+      <c r="K537" s="44"/>
+      <c r="L537" s="50"/>
+      <c r="M537" s="50"/>
+      <c r="N537" s="50"/>
+      <c r="O537" s="49"/>
+      <c r="P537" s="51"/>
+      <c r="Q537" s="46"/>
+      <c r="R537" s="49"/>
+      <c r="S537" s="49"/>
+      <c r="T537" s="44"/>
+      <c r="U537" s="49"/>
+      <c r="V537" s="49"/>
+      <c r="W537" s="44"/>
+      <c r="X537" s="49"/>
+      <c r="Y537" s="46"/>
+      <c r="Z537" s="52"/>
+    </row>
+    <row r="538" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A538" s="48"/>
+      <c r="B538" s="49"/>
+      <c r="C538" s="44"/>
+      <c r="D538" s="44"/>
+      <c r="E538" s="46"/>
+      <c r="F538" s="46"/>
+      <c r="G538" s="44"/>
+      <c r="H538" s="44"/>
+      <c r="I538" s="44"/>
+      <c r="J538" s="44"/>
+      <c r="K538" s="44"/>
+      <c r="L538" s="50"/>
+      <c r="M538" s="50"/>
+      <c r="N538" s="50"/>
+      <c r="O538" s="49"/>
+      <c r="P538" s="51"/>
+      <c r="Q538" s="46"/>
+      <c r="R538" s="49"/>
+      <c r="S538" s="49"/>
+      <c r="T538" s="44"/>
+      <c r="U538" s="49"/>
+      <c r="V538" s="49"/>
+      <c r="W538" s="44"/>
+      <c r="X538" s="49"/>
+      <c r="Y538" s="46"/>
+      <c r="Z538" s="52"/>
+    </row>
+    <row r="539" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A539" s="48"/>
+      <c r="B539" s="49"/>
+      <c r="C539" s="44"/>
+      <c r="D539" s="44"/>
+      <c r="E539" s="46"/>
+      <c r="F539" s="46"/>
+      <c r="G539" s="44"/>
+      <c r="H539" s="44"/>
+      <c r="I539" s="44"/>
+      <c r="J539" s="44"/>
+      <c r="K539" s="44"/>
+      <c r="L539" s="50"/>
+      <c r="M539" s="50"/>
+      <c r="N539" s="50"/>
+      <c r="O539" s="49"/>
+      <c r="P539" s="51"/>
+      <c r="Q539" s="46"/>
+      <c r="R539" s="49"/>
+      <c r="S539" s="49"/>
+      <c r="T539" s="44"/>
+      <c r="U539" s="49"/>
+      <c r="V539" s="49"/>
+      <c r="W539" s="44"/>
+      <c r="X539" s="49"/>
+      <c r="Y539" s="46"/>
+      <c r="Z539" s="52"/>
+    </row>
+    <row r="540" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A540" s="48"/>
+      <c r="B540" s="49"/>
+      <c r="C540" s="44"/>
+      <c r="D540" s="44"/>
+      <c r="E540" s="46"/>
+      <c r="F540" s="46"/>
+      <c r="G540" s="44"/>
+      <c r="H540" s="44"/>
+      <c r="I540" s="44"/>
+      <c r="J540" s="44"/>
+      <c r="K540" s="44"/>
+      <c r="L540" s="50"/>
+      <c r="M540" s="50"/>
+      <c r="N540" s="50"/>
+      <c r="O540" s="49"/>
+      <c r="P540" s="51"/>
+      <c r="Q540" s="46"/>
+      <c r="R540" s="49"/>
+      <c r="S540" s="49"/>
+      <c r="T540" s="44"/>
+      <c r="U540" s="49"/>
+      <c r="V540" s="49"/>
+      <c r="W540" s="44"/>
+      <c r="X540" s="49"/>
+      <c r="Y540" s="46"/>
+      <c r="Z540" s="52"/>
+    </row>
+    <row r="541" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A541" s="48"/>
+      <c r="B541" s="49"/>
+      <c r="C541" s="44"/>
+      <c r="D541" s="44"/>
+      <c r="E541" s="46"/>
+      <c r="F541" s="46"/>
+      <c r="G541" s="44"/>
+      <c r="H541" s="44"/>
+      <c r="I541" s="44"/>
+      <c r="J541" s="44"/>
+      <c r="K541" s="44"/>
+      <c r="L541" s="50"/>
+      <c r="M541" s="50"/>
+      <c r="N541" s="50"/>
+      <c r="O541" s="49"/>
+      <c r="P541" s="51"/>
+      <c r="Q541" s="46"/>
+      <c r="R541" s="49"/>
+      <c r="S541" s="49"/>
+      <c r="T541" s="44"/>
+      <c r="U541" s="49"/>
+      <c r="V541" s="49"/>
+      <c r="W541" s="44"/>
+      <c r="X541" s="49"/>
+      <c r="Y541" s="46"/>
+      <c r="Z541" s="52"/>
+    </row>
+    <row r="542" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A542" s="48"/>
+      <c r="B542" s="49"/>
+      <c r="C542" s="44"/>
+      <c r="D542" s="44"/>
+      <c r="E542" s="46"/>
+      <c r="F542" s="46"/>
+      <c r="G542" s="44"/>
+      <c r="H542" s="44"/>
+      <c r="I542" s="44"/>
+      <c r="J542" s="44"/>
+      <c r="K542" s="44"/>
+      <c r="L542" s="50"/>
+      <c r="M542" s="50"/>
+      <c r="N542" s="50"/>
+      <c r="O542" s="49"/>
+      <c r="P542" s="51"/>
+      <c r="Q542" s="46"/>
+      <c r="R542" s="49"/>
+      <c r="S542" s="49"/>
+      <c r="T542" s="44"/>
+      <c r="U542" s="49"/>
+      <c r="V542" s="49"/>
+      <c r="W542" s="44"/>
+      <c r="X542" s="49"/>
+      <c r="Y542" s="46"/>
+      <c r="Z542" s="52"/>
+    </row>
+    <row r="543" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A543" s="48"/>
+      <c r="B543" s="49"/>
+      <c r="C543" s="44"/>
+      <c r="D543" s="44"/>
+      <c r="E543" s="46"/>
+      <c r="F543" s="46"/>
+      <c r="G543" s="44"/>
+      <c r="H543" s="44"/>
+      <c r="I543" s="44"/>
+      <c r="J543" s="44"/>
+      <c r="K543" s="44"/>
+      <c r="L543" s="50"/>
+      <c r="M543" s="50"/>
+      <c r="N543" s="50"/>
+      <c r="O543" s="49"/>
+      <c r="P543" s="51"/>
+      <c r="Q543" s="46"/>
+      <c r="R543" s="49"/>
+      <c r="S543" s="49"/>
+      <c r="T543" s="44"/>
+      <c r="U543" s="49"/>
+      <c r="V543" s="49"/>
+      <c r="W543" s="44"/>
+      <c r="X543" s="49"/>
+      <c r="Y543" s="46"/>
+      <c r="Z543" s="52"/>
+    </row>
+    <row r="544" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A544" s="48"/>
+      <c r="B544" s="49"/>
+      <c r="C544" s="44"/>
+      <c r="D544" s="44"/>
+      <c r="E544" s="46"/>
+      <c r="F544" s="46"/>
+      <c r="G544" s="44"/>
+      <c r="H544" s="44"/>
+      <c r="I544" s="44"/>
+      <c r="J544" s="44"/>
+      <c r="K544" s="44"/>
+      <c r="L544" s="50"/>
+      <c r="M544" s="50"/>
+      <c r="N544" s="50"/>
+      <c r="O544" s="49"/>
+      <c r="P544" s="51"/>
+      <c r="Q544" s="46"/>
+      <c r="R544" s="49"/>
+      <c r="S544" s="49"/>
+      <c r="T544" s="44"/>
+      <c r="U544" s="49"/>
+      <c r="V544" s="49"/>
+      <c r="W544" s="44"/>
+      <c r="X544" s="49"/>
+      <c r="Y544" s="46"/>
+      <c r="Z544" s="52"/>
+    </row>
+    <row r="545" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A545" s="48"/>
+      <c r="B545" s="49"/>
+      <c r="C545" s="44"/>
+      <c r="D545" s="44"/>
+      <c r="E545" s="46"/>
+      <c r="F545" s="46"/>
+      <c r="G545" s="44"/>
+      <c r="H545" s="44"/>
+      <c r="I545" s="44"/>
+      <c r="J545" s="44"/>
+      <c r="K545" s="44"/>
+      <c r="L545" s="50"/>
+      <c r="M545" s="50"/>
+      <c r="N545" s="50"/>
+      <c r="O545" s="49"/>
+      <c r="P545" s="51"/>
+      <c r="Q545" s="46"/>
+      <c r="R545" s="49"/>
+      <c r="S545" s="49"/>
+      <c r="T545" s="44"/>
+      <c r="U545" s="49"/>
+      <c r="V545" s="49"/>
+      <c r="W545" s="44"/>
+      <c r="X545" s="49"/>
+      <c r="Y545" s="46"/>
+      <c r="Z545" s="52"/>
+    </row>
+    <row r="546" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A546" s="48"/>
+      <c r="B546" s="49"/>
+      <c r="C546" s="44"/>
+      <c r="D546" s="44"/>
+      <c r="E546" s="46"/>
+      <c r="F546" s="46"/>
+      <c r="G546" s="44"/>
+      <c r="H546" s="44"/>
+      <c r="I546" s="44"/>
+      <c r="J546" s="44"/>
+      <c r="K546" s="44"/>
+      <c r="L546" s="50"/>
+      <c r="M546" s="50"/>
+      <c r="N546" s="50"/>
+      <c r="O546" s="49"/>
+      <c r="P546" s="51"/>
+      <c r="Q546" s="46"/>
+      <c r="R546" s="49"/>
+      <c r="S546" s="49"/>
+      <c r="T546" s="44"/>
+      <c r="U546" s="49"/>
+      <c r="V546" s="49"/>
+      <c r="W546" s="44"/>
+      <c r="X546" s="49"/>
+      <c r="Y546" s="46"/>
+      <c r="Z546" s="52"/>
+    </row>
+    <row r="547" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A547" s="48"/>
+      <c r="B547" s="49"/>
+      <c r="C547" s="44"/>
+      <c r="D547" s="44"/>
+      <c r="E547" s="46"/>
+      <c r="F547" s="46"/>
+      <c r="G547" s="44"/>
+      <c r="H547" s="44"/>
+      <c r="I547" s="44"/>
+      <c r="J547" s="44"/>
+      <c r="K547" s="44"/>
+      <c r="L547" s="50"/>
+      <c r="M547" s="50"/>
+      <c r="N547" s="50"/>
+      <c r="O547" s="49"/>
+      <c r="P547" s="51"/>
+      <c r="Q547" s="46"/>
+      <c r="R547" s="49"/>
+      <c r="S547" s="49"/>
+      <c r="T547" s="44"/>
+      <c r="U547" s="49"/>
+      <c r="V547" s="49"/>
+      <c r="W547" s="44"/>
+      <c r="X547" s="49"/>
+      <c r="Y547" s="46"/>
+      <c r="Z547" s="52"/>
+    </row>
+    <row r="548" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A548" s="48"/>
+      <c r="B548" s="49"/>
+      <c r="C548" s="44"/>
+      <c r="D548" s="44"/>
+      <c r="E548" s="46"/>
+      <c r="F548" s="46"/>
+      <c r="G548" s="44"/>
+      <c r="H548" s="44"/>
+      <c r="I548" s="44"/>
+      <c r="J548" s="44"/>
+      <c r="K548" s="44"/>
+      <c r="L548" s="50"/>
+      <c r="M548" s="50"/>
+      <c r="N548" s="50"/>
+      <c r="O548" s="49"/>
+      <c r="P548" s="51"/>
+      <c r="Q548" s="46"/>
+      <c r="R548" s="49"/>
+      <c r="S548" s="49"/>
+      <c r="T548" s="44"/>
+      <c r="U548" s="49"/>
+      <c r="V548" s="49"/>
+      <c r="W548" s="44"/>
+      <c r="X548" s="49"/>
+      <c r="Y548" s="46"/>
+      <c r="Z548" s="52"/>
+    </row>
+    <row r="549" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A549" s="48"/>
+      <c r="B549" s="49"/>
+      <c r="C549" s="44"/>
+      <c r="D549" s="44"/>
+      <c r="E549" s="46"/>
+      <c r="F549" s="46"/>
+      <c r="G549" s="44"/>
+      <c r="H549" s="44"/>
+      <c r="I549" s="44"/>
+      <c r="J549" s="44"/>
+      <c r="K549" s="44"/>
+      <c r="L549" s="50"/>
+      <c r="M549" s="50"/>
+      <c r="N549" s="50"/>
+      <c r="O549" s="49"/>
+      <c r="P549" s="51"/>
+      <c r="Q549" s="46"/>
+      <c r="R549" s="49"/>
+      <c r="S549" s="49"/>
+      <c r="T549" s="44"/>
+      <c r="U549" s="49"/>
+      <c r="V549" s="49"/>
+      <c r="W549" s="44"/>
+      <c r="X549" s="49"/>
+      <c r="Y549" s="46"/>
+      <c r="Z549" s="52"/>
+    </row>
+    <row r="550" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A550" s="48"/>
+      <c r="B550" s="49"/>
+      <c r="C550" s="44"/>
+      <c r="D550" s="44"/>
+      <c r="E550" s="46"/>
+      <c r="F550" s="46"/>
+      <c r="G550" s="44"/>
+      <c r="H550" s="44"/>
+      <c r="I550" s="44"/>
+      <c r="J550" s="44"/>
+      <c r="K550" s="44"/>
+      <c r="L550" s="50"/>
+      <c r="M550" s="50"/>
+      <c r="N550" s="50"/>
+      <c r="O550" s="49"/>
+      <c r="P550" s="51"/>
+      <c r="Q550" s="46"/>
+      <c r="R550" s="49"/>
+      <c r="S550" s="49"/>
+      <c r="T550" s="44"/>
+      <c r="U550" s="49"/>
+      <c r="V550" s="49"/>
+      <c r="W550" s="44"/>
+      <c r="X550" s="49"/>
+      <c r="Y550" s="46"/>
+      <c r="Z550" s="52"/>
+    </row>
+    <row r="551" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A551" s="48"/>
+      <c r="B551" s="49"/>
+      <c r="C551" s="44"/>
+      <c r="D551" s="44"/>
+      <c r="E551" s="46"/>
+      <c r="F551" s="46"/>
+      <c r="G551" s="44"/>
+      <c r="H551" s="44"/>
+      <c r="I551" s="44"/>
+      <c r="J551" s="44"/>
+      <c r="K551" s="44"/>
+      <c r="L551" s="50"/>
+      <c r="M551" s="50"/>
+      <c r="N551" s="50"/>
+      <c r="O551" s="49"/>
+      <c r="P551" s="51"/>
+      <c r="Q551" s="46"/>
+      <c r="R551" s="49"/>
+      <c r="S551" s="49"/>
+      <c r="T551" s="44"/>
+      <c r="U551" s="49"/>
+      <c r="V551" s="49"/>
+      <c r="W551" s="44"/>
+      <c r="X551" s="49"/>
+      <c r="Y551" s="46"/>
+      <c r="Z551" s="52"/>
+    </row>
+    <row r="552" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A552" s="48"/>
+      <c r="B552" s="49"/>
+      <c r="C552" s="44"/>
+      <c r="D552" s="44"/>
+      <c r="E552" s="46"/>
+      <c r="F552" s="46"/>
+      <c r="G552" s="44"/>
+      <c r="H552" s="44"/>
+      <c r="I552" s="44"/>
+      <c r="J552" s="44"/>
+      <c r="K552" s="44"/>
+      <c r="L552" s="50"/>
+      <c r="M552" s="50"/>
+      <c r="N552" s="50"/>
+      <c r="O552" s="49"/>
+      <c r="P552" s="51"/>
+      <c r="Q552" s="46"/>
+      <c r="R552" s="49"/>
+      <c r="S552" s="49"/>
+      <c r="T552" s="44"/>
+      <c r="U552" s="49"/>
+      <c r="V552" s="49"/>
+      <c r="W552" s="44"/>
+      <c r="X552" s="49"/>
+      <c r="Y552" s="46"/>
+      <c r="Z552" s="52"/>
+    </row>
+    <row r="553" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A553" s="48"/>
+      <c r="B553" s="49"/>
+      <c r="C553" s="44"/>
+      <c r="D553" s="44"/>
+      <c r="E553" s="46"/>
+      <c r="F553" s="46"/>
+      <c r="G553" s="44"/>
+      <c r="H553" s="44"/>
+      <c r="I553" s="44"/>
+      <c r="J553" s="44"/>
+      <c r="K553" s="44"/>
+      <c r="L553" s="50"/>
+      <c r="M553" s="50"/>
+      <c r="N553" s="50"/>
+      <c r="O553" s="49"/>
+      <c r="P553" s="51"/>
+      <c r="Q553" s="46"/>
+      <c r="R553" s="49"/>
+      <c r="S553" s="49"/>
+      <c r="T553" s="44"/>
+      <c r="U553" s="49"/>
+      <c r="V553" s="49"/>
+      <c r="W553" s="44"/>
+      <c r="X553" s="49"/>
+      <c r="Y553" s="46"/>
+      <c r="Z553" s="52"/>
+    </row>
+    <row r="554" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A554" s="48"/>
+      <c r="B554" s="49"/>
+      <c r="C554" s="44"/>
+      <c r="D554" s="44"/>
+      <c r="E554" s="46"/>
+      <c r="F554" s="46"/>
+      <c r="G554" s="44"/>
+      <c r="H554" s="44"/>
+      <c r="I554" s="44"/>
+      <c r="J554" s="44"/>
+      <c r="K554" s="44"/>
+      <c r="L554" s="50"/>
+      <c r="M554" s="50"/>
+      <c r="N554" s="50"/>
+      <c r="O554" s="49"/>
+      <c r="P554" s="51"/>
+      <c r="Q554" s="46"/>
+      <c r="R554" s="49"/>
+      <c r="S554" s="49"/>
+      <c r="T554" s="44"/>
+      <c r="U554" s="49"/>
+      <c r="V554" s="49"/>
+      <c r="W554" s="44"/>
+      <c r="X554" s="49"/>
+      <c r="Y554" s="46"/>
+      <c r="Z554" s="52"/>
+    </row>
+    <row r="555" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A555" s="48"/>
+      <c r="B555" s="49"/>
+      <c r="C555" s="44"/>
+      <c r="D555" s="44"/>
+      <c r="E555" s="46"/>
+      <c r="F555" s="46"/>
+      <c r="G555" s="44"/>
+      <c r="H555" s="44"/>
+      <c r="I555" s="44"/>
+      <c r="J555" s="44"/>
+      <c r="K555" s="44"/>
+      <c r="L555" s="50"/>
+      <c r="M555" s="50"/>
+      <c r="N555" s="50"/>
+      <c r="O555" s="49"/>
+      <c r="P555" s="51"/>
+      <c r="Q555" s="46"/>
+      <c r="R555" s="49"/>
+      <c r="S555" s="49"/>
+      <c r="T555" s="44"/>
+      <c r="U555" s="49"/>
+      <c r="V555" s="49"/>
+      <c r="W555" s="44"/>
+      <c r="X555" s="49"/>
+      <c r="Y555" s="46"/>
+      <c r="Z555" s="52"/>
+    </row>
+    <row r="556" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A556" s="48"/>
+      <c r="B556" s="49"/>
+      <c r="C556" s="44"/>
+      <c r="D556" s="44"/>
+      <c r="E556" s="46"/>
+      <c r="F556" s="46"/>
+      <c r="G556" s="44"/>
+      <c r="H556" s="44"/>
+      <c r="I556" s="44"/>
+      <c r="J556" s="44"/>
+      <c r="K556" s="44"/>
+      <c r="L556" s="50"/>
+      <c r="M556" s="50"/>
+      <c r="N556" s="50"/>
+      <c r="O556" s="49"/>
+      <c r="P556" s="51"/>
+      <c r="Q556" s="46"/>
+      <c r="R556" s="49"/>
+      <c r="S556" s="49"/>
+      <c r="T556" s="44"/>
+      <c r="U556" s="49"/>
+      <c r="V556" s="49"/>
+      <c r="W556" s="44"/>
+      <c r="X556" s="49"/>
+      <c r="Y556" s="46"/>
+      <c r="Z556" s="52"/>
+    </row>
+    <row r="557" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A557" s="48"/>
+      <c r="B557" s="49"/>
+      <c r="C557" s="44"/>
+      <c r="D557" s="44"/>
+      <c r="E557" s="46"/>
+      <c r="F557" s="46"/>
+      <c r="G557" s="44"/>
+      <c r="H557" s="44"/>
+      <c r="I557" s="44"/>
+      <c r="J557" s="44"/>
+      <c r="K557" s="44"/>
+      <c r="L557" s="50"/>
+      <c r="M557" s="50"/>
+      <c r="N557" s="50"/>
+      <c r="O557" s="49"/>
+      <c r="P557" s="51"/>
+      <c r="Q557" s="46"/>
+      <c r="R557" s="49"/>
+      <c r="S557" s="49"/>
+      <c r="T557" s="44"/>
+      <c r="U557" s="49"/>
+      <c r="V557" s="49"/>
+      <c r="W557" s="44"/>
+      <c r="X557" s="49"/>
+      <c r="Y557" s="46"/>
+      <c r="Z557" s="52"/>
+    </row>
+    <row r="558" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A558" s="48"/>
+      <c r="B558" s="49"/>
+      <c r="C558" s="44"/>
+      <c r="D558" s="44"/>
+      <c r="E558" s="46"/>
+      <c r="F558" s="46"/>
+      <c r="G558" s="44"/>
+      <c r="H558" s="44"/>
+      <c r="I558" s="44"/>
+      <c r="J558" s="44"/>
+      <c r="K558" s="44"/>
+      <c r="L558" s="50"/>
+      <c r="M558" s="50"/>
+      <c r="N558" s="50"/>
+      <c r="O558" s="49"/>
+      <c r="P558" s="51"/>
+      <c r="Q558" s="46"/>
+      <c r="R558" s="49"/>
+      <c r="S558" s="49"/>
+      <c r="T558" s="44"/>
+      <c r="U558" s="49"/>
+      <c r="V558" s="49"/>
+      <c r="W558" s="44"/>
+      <c r="X558" s="49"/>
+      <c r="Y558" s="46"/>
+      <c r="Z558" s="52"/>
+    </row>
+    <row r="559" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A559" s="48"/>
+      <c r="B559" s="49"/>
+      <c r="C559" s="44"/>
+      <c r="D559" s="44"/>
+      <c r="E559" s="46"/>
+      <c r="F559" s="46"/>
+      <c r="G559" s="44"/>
+      <c r="H559" s="44"/>
+      <c r="I559" s="44"/>
+      <c r="J559" s="44"/>
+      <c r="K559" s="44"/>
+      <c r="L559" s="50"/>
+      <c r="M559" s="50"/>
+      <c r="N559" s="50"/>
+      <c r="O559" s="49"/>
+      <c r="P559" s="51"/>
+      <c r="Q559" s="46"/>
+      <c r="R559" s="49"/>
+      <c r="S559" s="49"/>
+      <c r="T559" s="44"/>
+      <c r="U559" s="49"/>
+      <c r="V559" s="49"/>
+      <c r="W559" s="44"/>
+      <c r="X559" s="49"/>
+      <c r="Y559" s="46"/>
+      <c r="Z559" s="52"/>
+    </row>
+    <row r="560" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A560" s="48"/>
+      <c r="B560" s="49"/>
+      <c r="C560" s="44"/>
+      <c r="D560" s="44"/>
+      <c r="E560" s="46"/>
+      <c r="F560" s="46"/>
+      <c r="G560" s="44"/>
+      <c r="H560" s="44"/>
+      <c r="I560" s="44"/>
+      <c r="J560" s="44"/>
+      <c r="K560" s="44"/>
+      <c r="L560" s="50"/>
+      <c r="M560" s="50"/>
+      <c r="N560" s="50"/>
+      <c r="O560" s="49"/>
+      <c r="P560" s="51"/>
+      <c r="Q560" s="46"/>
+      <c r="R560" s="49"/>
+      <c r="S560" s="49"/>
+      <c r="T560" s="44"/>
+      <c r="U560" s="49"/>
+      <c r="V560" s="49"/>
+      <c r="W560" s="44"/>
+      <c r="X560" s="49"/>
+      <c r="Y560" s="46"/>
+      <c r="Z560" s="52"/>
+    </row>
+    <row r="561" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A561" s="48"/>
+      <c r="B561" s="49"/>
+      <c r="C561" s="44"/>
+      <c r="D561" s="44"/>
+      <c r="E561" s="46"/>
+      <c r="F561" s="46"/>
+      <c r="G561" s="44"/>
+      <c r="H561" s="44"/>
+      <c r="I561" s="44"/>
+      <c r="J561" s="44"/>
+      <c r="K561" s="44"/>
+      <c r="L561" s="50"/>
+      <c r="M561" s="50"/>
+      <c r="N561" s="50"/>
+      <c r="O561" s="49"/>
+      <c r="P561" s="51"/>
+      <c r="Q561" s="46"/>
+      <c r="R561" s="49"/>
+      <c r="S561" s="49"/>
+      <c r="T561" s="44"/>
+      <c r="U561" s="49"/>
+      <c r="V561" s="49"/>
+      <c r="W561" s="44"/>
+      <c r="X561" s="49"/>
+      <c r="Y561" s="46"/>
+      <c r="Z561" s="52"/>
+    </row>
+    <row r="562" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A562" s="48"/>
+      <c r="B562" s="49"/>
+      <c r="C562" s="44"/>
+      <c r="D562" s="44"/>
+      <c r="E562" s="46"/>
+      <c r="F562" s="46"/>
+      <c r="G562" s="44"/>
+      <c r="H562" s="44"/>
+      <c r="I562" s="44"/>
+      <c r="J562" s="44"/>
+      <c r="K562" s="44"/>
+      <c r="L562" s="50"/>
+      <c r="M562" s="50"/>
+      <c r="N562" s="50"/>
+      <c r="O562" s="49"/>
+      <c r="P562" s="51"/>
+      <c r="Q562" s="46"/>
+      <c r="R562" s="49"/>
+      <c r="S562" s="49"/>
+      <c r="T562" s="44"/>
+      <c r="U562" s="49"/>
+      <c r="V562" s="49"/>
+      <c r="W562" s="44"/>
+      <c r="X562" s="49"/>
+      <c r="Y562" s="46"/>
+      <c r="Z562" s="52"/>
+    </row>
+    <row r="563" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A563" s="48"/>
+      <c r="B563" s="49"/>
+      <c r="C563" s="44"/>
+      <c r="D563" s="44"/>
+      <c r="E563" s="46"/>
+      <c r="F563" s="46"/>
+      <c r="G563" s="44"/>
+      <c r="H563" s="44"/>
+      <c r="I563" s="44"/>
+      <c r="J563" s="44"/>
+      <c r="K563" s="44"/>
+      <c r="L563" s="50"/>
+      <c r="M563" s="50"/>
+      <c r="N563" s="50"/>
+      <c r="O563" s="49"/>
+      <c r="P563" s="51"/>
+      <c r="Q563" s="46"/>
+      <c r="R563" s="49"/>
+      <c r="S563" s="49"/>
+      <c r="T563" s="44"/>
+      <c r="U563" s="49"/>
+      <c r="V563" s="49"/>
+      <c r="W563" s="44"/>
+      <c r="X563" s="49"/>
+      <c r="Y563" s="46"/>
+      <c r="Z563" s="52"/>
+    </row>
+    <row r="564" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A564" s="48"/>
+      <c r="B564" s="49"/>
+      <c r="C564" s="44"/>
+      <c r="D564" s="44"/>
+      <c r="E564" s="46"/>
+      <c r="F564" s="46"/>
+      <c r="G564" s="44"/>
+      <c r="H564" s="44"/>
+      <c r="I564" s="44"/>
+      <c r="J564" s="44"/>
+      <c r="K564" s="44"/>
+      <c r="L564" s="50"/>
+      <c r="M564" s="50"/>
+      <c r="N564" s="50"/>
+      <c r="O564" s="49"/>
+      <c r="P564" s="51"/>
+      <c r="Q564" s="46"/>
+      <c r="R564" s="49"/>
+      <c r="S564" s="49"/>
+      <c r="T564" s="44"/>
+      <c r="U564" s="49"/>
+      <c r="V564" s="49"/>
+      <c r="W564" s="44"/>
+      <c r="X564" s="49"/>
+      <c r="Y564" s="46"/>
+      <c r="Z564" s="52"/>
+    </row>
+    <row r="565" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A565" s="48"/>
+      <c r="B565" s="49"/>
+      <c r="C565" s="44"/>
+      <c r="D565" s="44"/>
+      <c r="E565" s="46"/>
+      <c r="F565" s="46"/>
+      <c r="G565" s="44"/>
+      <c r="H565" s="44"/>
+      <c r="I565" s="44"/>
+      <c r="J565" s="44"/>
+      <c r="K565" s="44"/>
+      <c r="L565" s="50"/>
+      <c r="M565" s="50"/>
+      <c r="N565" s="50"/>
+      <c r="O565" s="49"/>
+      <c r="P565" s="51"/>
+      <c r="Q565" s="46"/>
+      <c r="R565" s="49"/>
+      <c r="S565" s="49"/>
+      <c r="T565" s="44"/>
+      <c r="U565" s="49"/>
+      <c r="V565" s="49"/>
+      <c r="W565" s="44"/>
+      <c r="X565" s="49"/>
+      <c r="Y565" s="46"/>
+      <c r="Z565" s="52"/>
+    </row>
+    <row r="566" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A566" s="48"/>
+      <c r="B566" s="49"/>
+      <c r="C566" s="44"/>
+      <c r="D566" s="44"/>
+      <c r="E566" s="46"/>
+      <c r="F566" s="46"/>
+      <c r="G566" s="44"/>
+      <c r="H566" s="44"/>
+      <c r="I566" s="44"/>
+      <c r="J566" s="44"/>
+      <c r="K566" s="44"/>
+      <c r="L566" s="50"/>
+      <c r="M566" s="50"/>
+      <c r="N566" s="50"/>
+      <c r="O566" s="49"/>
+      <c r="P566" s="51"/>
+      <c r="Q566" s="46"/>
+      <c r="R566" s="49"/>
+      <c r="S566" s="49"/>
+      <c r="T566" s="44"/>
+      <c r="U566" s="49"/>
+      <c r="V566" s="49"/>
+      <c r="W566" s="44"/>
+      <c r="X566" s="49"/>
+      <c r="Y566" s="46"/>
+      <c r="Z566" s="52"/>
+    </row>
+    <row r="567" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A567" s="48"/>
+      <c r="B567" s="49"/>
+      <c r="C567" s="44"/>
+      <c r="D567" s="44"/>
+      <c r="E567" s="46"/>
+      <c r="F567" s="46"/>
+      <c r="G567" s="44"/>
+      <c r="H567" s="44"/>
+      <c r="I567" s="44"/>
+      <c r="J567" s="44"/>
+      <c r="K567" s="44"/>
+      <c r="L567" s="50"/>
+      <c r="M567" s="50"/>
+      <c r="N567" s="50"/>
+      <c r="O567" s="49"/>
+      <c r="P567" s="51"/>
+      <c r="Q567" s="46"/>
+      <c r="R567" s="49"/>
+      <c r="S567" s="49"/>
+      <c r="T567" s="44"/>
+      <c r="U567" s="49"/>
+      <c r="V567" s="49"/>
+      <c r="W567" s="44"/>
+      <c r="X567" s="49"/>
+      <c r="Y567" s="46"/>
+      <c r="Z567" s="52"/>
+    </row>
+    <row r="568" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A568" s="48"/>
+      <c r="B568" s="49"/>
+      <c r="C568" s="44"/>
+      <c r="D568" s="44"/>
+      <c r="E568" s="46"/>
+      <c r="F568" s="46"/>
+      <c r="G568" s="44"/>
+      <c r="H568" s="44"/>
+      <c r="I568" s="44"/>
+      <c r="J568" s="44"/>
+      <c r="K568" s="44"/>
+      <c r="L568" s="50"/>
+      <c r="M568" s="50"/>
+      <c r="N568" s="50"/>
+      <c r="O568" s="49"/>
+      <c r="P568" s="51"/>
+      <c r="Q568" s="46"/>
+      <c r="R568" s="49"/>
+      <c r="S568" s="49"/>
+      <c r="T568" s="44"/>
+      <c r="U568" s="49"/>
+      <c r="V568" s="49"/>
+      <c r="W568" s="44"/>
+      <c r="X568" s="49"/>
+      <c r="Y568" s="46"/>
+      <c r="Z568" s="52"/>
+    </row>
+    <row r="569" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A569" s="48"/>
+      <c r="B569" s="49"/>
+      <c r="C569" s="44"/>
+      <c r="D569" s="44"/>
+      <c r="E569" s="46"/>
+      <c r="F569" s="46"/>
+      <c r="G569" s="44"/>
+      <c r="H569" s="44"/>
+      <c r="I569" s="44"/>
+      <c r="J569" s="44"/>
+      <c r="K569" s="44"/>
+      <c r="L569" s="50"/>
+      <c r="M569" s="50"/>
+      <c r="N569" s="50"/>
+      <c r="O569" s="49"/>
+      <c r="P569" s="51"/>
+      <c r="Q569" s="46"/>
+      <c r="R569" s="49"/>
+      <c r="S569" s="49"/>
+      <c r="T569" s="44"/>
+      <c r="U569" s="49"/>
+      <c r="V569" s="49"/>
+      <c r="W569" s="44"/>
+      <c r="X569" s="49"/>
+      <c r="Y569" s="46"/>
+      <c r="Z569" s="52"/>
+    </row>
+    <row r="570" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A570" s="48"/>
+      <c r="B570" s="49"/>
+      <c r="C570" s="44"/>
+      <c r="D570" s="44"/>
+      <c r="E570" s="46"/>
+      <c r="F570" s="46"/>
+      <c r="G570" s="44"/>
+      <c r="H570" s="44"/>
+      <c r="I570" s="44"/>
+      <c r="J570" s="44"/>
+      <c r="K570" s="44"/>
+      <c r="L570" s="50"/>
+      <c r="M570" s="50"/>
+      <c r="N570" s="50"/>
+      <c r="O570" s="49"/>
+      <c r="P570" s="51"/>
+      <c r="Q570" s="46"/>
+      <c r="R570" s="49"/>
+      <c r="S570" s="49"/>
+      <c r="T570" s="44"/>
+      <c r="U570" s="49"/>
+      <c r="V570" s="49"/>
+      <c r="W570" s="44"/>
+      <c r="X570" s="49"/>
+      <c r="Y570" s="46"/>
+      <c r="Z570" s="52"/>
+    </row>
+    <row r="571" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A571" s="48"/>
+      <c r="B571" s="49"/>
+      <c r="C571" s="44"/>
+      <c r="D571" s="44"/>
+      <c r="E571" s="46"/>
+      <c r="F571" s="46"/>
+      <c r="G571" s="44"/>
+      <c r="H571" s="44"/>
+      <c r="I571" s="44"/>
+      <c r="J571" s="44"/>
+      <c r="K571" s="44"/>
+      <c r="L571" s="50"/>
+      <c r="M571" s="50"/>
+      <c r="N571" s="50"/>
+      <c r="O571" s="49"/>
+      <c r="P571" s="51"/>
+      <c r="Q571" s="46"/>
+      <c r="R571" s="49"/>
+      <c r="S571" s="49"/>
+      <c r="T571" s="44"/>
+      <c r="U571" s="49"/>
+      <c r="V571" s="49"/>
+      <c r="W571" s="44"/>
+      <c r="X571" s="49"/>
+      <c r="Y571" s="46"/>
+      <c r="Z571" s="52"/>
+    </row>
+    <row r="572" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A572" s="48"/>
+      <c r="B572" s="49"/>
+      <c r="C572" s="44"/>
+      <c r="D572" s="44"/>
+      <c r="E572" s="46"/>
+      <c r="F572" s="46"/>
+      <c r="G572" s="44"/>
+      <c r="H572" s="44"/>
+      <c r="I572" s="44"/>
+      <c r="J572" s="44"/>
+      <c r="K572" s="44"/>
+      <c r="L572" s="50"/>
+      <c r="M572" s="50"/>
+      <c r="N572" s="50"/>
+      <c r="O572" s="49"/>
+      <c r="P572" s="51"/>
+      <c r="Q572" s="46"/>
+      <c r="R572" s="49"/>
+      <c r="S572" s="49"/>
+      <c r="T572" s="44"/>
+      <c r="U572" s="49"/>
+      <c r="V572" s="49"/>
+      <c r="W572" s="44"/>
+      <c r="X572" s="49"/>
+      <c r="Y572" s="46"/>
+      <c r="Z572" s="52"/>
+    </row>
+    <row r="573" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A573" s="48"/>
+      <c r="B573" s="49"/>
+      <c r="C573" s="44"/>
+      <c r="D573" s="44"/>
+      <c r="E573" s="46"/>
+      <c r="F573" s="46"/>
+      <c r="G573" s="44"/>
+      <c r="H573" s="44"/>
+      <c r="I573" s="44"/>
+      <c r="J573" s="44"/>
+      <c r="K573" s="44"/>
+      <c r="L573" s="50"/>
+      <c r="M573" s="50"/>
+      <c r="N573" s="50"/>
+      <c r="O573" s="49"/>
+      <c r="P573" s="51"/>
+      <c r="Q573" s="46"/>
+      <c r="R573" s="49"/>
+      <c r="S573" s="49"/>
+      <c r="T573" s="44"/>
+      <c r="U573" s="49"/>
+      <c r="V573" s="49"/>
+      <c r="W573" s="44"/>
+      <c r="X573" s="49"/>
+      <c r="Y573" s="46"/>
+      <c r="Z573" s="52"/>
+    </row>
+    <row r="574" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A574" s="48"/>
+      <c r="B574" s="49"/>
+      <c r="C574" s="44"/>
+      <c r="D574" s="44"/>
+      <c r="E574" s="46"/>
+      <c r="F574" s="46"/>
+      <c r="G574" s="44"/>
+      <c r="H574" s="44"/>
+      <c r="I574" s="44"/>
+      <c r="J574" s="44"/>
+      <c r="K574" s="44"/>
+      <c r="L574" s="50"/>
+      <c r="M574" s="50"/>
+      <c r="N574" s="50"/>
+      <c r="O574" s="49"/>
+      <c r="P574" s="51"/>
+      <c r="Q574" s="46"/>
+      <c r="R574" s="49"/>
+      <c r="S574" s="49"/>
+      <c r="T574" s="44"/>
+      <c r="U574" s="49"/>
+      <c r="V574" s="49"/>
+      <c r="W574" s="44"/>
+      <c r="X574" s="49"/>
+      <c r="Y574" s="46"/>
+      <c r="Z574" s="52"/>
+    </row>
+    <row r="575" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A575" s="48"/>
+      <c r="B575" s="49"/>
+      <c r="C575" s="44"/>
+      <c r="D575" s="44"/>
+      <c r="E575" s="46"/>
+      <c r="F575" s="46"/>
+      <c r="G575" s="44"/>
+      <c r="H575" s="44"/>
+      <c r="I575" s="44"/>
+      <c r="J575" s="44"/>
+      <c r="K575" s="44"/>
+      <c r="L575" s="50"/>
+      <c r="M575" s="50"/>
+      <c r="N575" s="50"/>
+      <c r="O575" s="49"/>
+      <c r="P575" s="51"/>
+      <c r="Q575" s="46"/>
+      <c r="R575" s="49"/>
+      <c r="S575" s="49"/>
+      <c r="T575" s="44"/>
+      <c r="U575" s="49"/>
+      <c r="V575" s="49"/>
+      <c r="W575" s="44"/>
+      <c r="X575" s="49"/>
+      <c r="Y575" s="46"/>
+      <c r="Z575" s="52"/>
+    </row>
+    <row r="576" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A576" s="48"/>
+      <c r="B576" s="49"/>
+      <c r="C576" s="44"/>
+      <c r="D576" s="44"/>
+      <c r="E576" s="46"/>
+      <c r="F576" s="46"/>
+      <c r="G576" s="44"/>
+      <c r="H576" s="44"/>
+      <c r="I576" s="44"/>
+      <c r="J576" s="44"/>
+      <c r="K576" s="44"/>
+      <c r="L576" s="50"/>
+      <c r="M576" s="50"/>
+      <c r="N576" s="50"/>
+      <c r="O576" s="49"/>
+      <c r="P576" s="51"/>
+      <c r="Q576" s="46"/>
+      <c r="R576" s="49"/>
+      <c r="S576" s="49"/>
+      <c r="T576" s="44"/>
+      <c r="U576" s="49"/>
+      <c r="V576" s="49"/>
+      <c r="W576" s="44"/>
+      <c r="X576" s="49"/>
+      <c r="Y576" s="46"/>
+      <c r="Z576" s="52"/>
+    </row>
+    <row r="577" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A577" s="48"/>
+      <c r="B577" s="49"/>
+      <c r="C577" s="44"/>
+      <c r="D577" s="44"/>
+      <c r="E577" s="46"/>
+      <c r="F577" s="46"/>
+      <c r="G577" s="44"/>
+      <c r="H577" s="44"/>
+      <c r="I577" s="44"/>
+      <c r="J577" s="44"/>
+      <c r="K577" s="44"/>
+      <c r="L577" s="50"/>
+      <c r="M577" s="50"/>
+      <c r="N577" s="50"/>
+      <c r="O577" s="49"/>
+      <c r="P577" s="51"/>
+      <c r="Q577" s="46"/>
+      <c r="R577" s="49"/>
+      <c r="S577" s="49"/>
+      <c r="T577" s="44"/>
+      <c r="U577" s="49"/>
+      <c r="V577" s="49"/>
+      <c r="W577" s="44"/>
+      <c r="X577" s="49"/>
+      <c r="Y577" s="46"/>
+      <c r="Z577" s="52"/>
+    </row>
+    <row r="578" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A578" s="48"/>
+      <c r="B578" s="49"/>
+      <c r="C578" s="44"/>
+      <c r="D578" s="44"/>
+      <c r="E578" s="46"/>
+      <c r="F578" s="46"/>
+      <c r="G578" s="44"/>
+      <c r="H578" s="44"/>
+      <c r="I578" s="44"/>
+      <c r="J578" s="44"/>
+      <c r="K578" s="44"/>
+      <c r="L578" s="50"/>
+      <c r="M578" s="50"/>
+      <c r="N578" s="50"/>
+      <c r="O578" s="49"/>
+      <c r="P578" s="51"/>
+      <c r="Q578" s="46"/>
+      <c r="R578" s="49"/>
+      <c r="S578" s="49"/>
+      <c r="T578" s="44"/>
+      <c r="U578" s="49"/>
+      <c r="V578" s="49"/>
+      <c r="W578" s="44"/>
+      <c r="X578" s="49"/>
+      <c r="Y578" s="46"/>
+      <c r="Z578" s="52"/>
+    </row>
+    <row r="579" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A579" s="48"/>
+      <c r="B579" s="49"/>
+      <c r="C579" s="44"/>
+      <c r="D579" s="44"/>
+      <c r="E579" s="46"/>
+      <c r="F579" s="46"/>
+      <c r="G579" s="44"/>
+      <c r="H579" s="44"/>
+      <c r="I579" s="44"/>
+      <c r="J579" s="44"/>
+      <c r="K579" s="44"/>
+      <c r="L579" s="50"/>
+      <c r="M579" s="50"/>
+      <c r="N579" s="50"/>
+      <c r="O579" s="49"/>
+      <c r="P579" s="51"/>
+      <c r="Q579" s="46"/>
+      <c r="R579" s="49"/>
+      <c r="S579" s="49"/>
+      <c r="T579" s="44"/>
+      <c r="U579" s="49"/>
+      <c r="V579" s="49"/>
+      <c r="W579" s="44"/>
+      <c r="X579" s="49"/>
+      <c r="Y579" s="46"/>
+      <c r="Z579" s="52"/>
+    </row>
+    <row r="580" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A580" s="48"/>
+      <c r="B580" s="49"/>
+      <c r="C580" s="44"/>
+      <c r="D580" s="44"/>
+      <c r="E580" s="46"/>
+      <c r="F580" s="46"/>
+      <c r="G580" s="44"/>
+      <c r="H580" s="44"/>
+      <c r="I580" s="44"/>
+      <c r="J580" s="44"/>
+      <c r="K580" s="44"/>
+      <c r="L580" s="50"/>
+      <c r="M580" s="50"/>
+      <c r="N580" s="50"/>
+      <c r="O580" s="49"/>
+      <c r="P580" s="51"/>
+      <c r="Q580" s="46"/>
+      <c r="R580" s="49"/>
+      <c r="S580" s="49"/>
+      <c r="T580" s="44"/>
+      <c r="U580" s="49"/>
+      <c r="V580" s="49"/>
+      <c r="W580" s="44"/>
+      <c r="X580" s="49"/>
+      <c r="Y580" s="46"/>
+      <c r="Z580" s="52"/>
+    </row>
+    <row r="581" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A581" s="48"/>
+      <c r="B581" s="49"/>
+      <c r="C581" s="44"/>
+      <c r="D581" s="44"/>
+      <c r="E581" s="46"/>
+      <c r="F581" s="46"/>
+      <c r="G581" s="44"/>
+      <c r="H581" s="44"/>
+      <c r="I581" s="44"/>
+      <c r="J581" s="44"/>
+      <c r="K581" s="44"/>
+      <c r="L581" s="50"/>
+      <c r="M581" s="50"/>
+      <c r="N581" s="50"/>
+      <c r="O581" s="49"/>
+      <c r="P581" s="51"/>
+      <c r="Q581" s="46"/>
+      <c r="R581" s="49"/>
+      <c r="S581" s="49"/>
+      <c r="T581" s="44"/>
+      <c r="U581" s="49"/>
+      <c r="V581" s="49"/>
+      <c r="W581" s="44"/>
+      <c r="X581" s="49"/>
+      <c r="Y581" s="46"/>
+      <c r="Z581" s="52"/>
+    </row>
+    <row r="582" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A582" s="48"/>
+      <c r="B582" s="49"/>
+      <c r="C582" s="44"/>
+      <c r="D582" s="44"/>
+      <c r="E582" s="46"/>
+      <c r="F582" s="46"/>
+      <c r="G582" s="44"/>
+      <c r="H582" s="44"/>
+      <c r="I582" s="44"/>
+      <c r="J582" s="44"/>
+      <c r="K582" s="44"/>
+      <c r="L582" s="50"/>
+      <c r="M582" s="50"/>
+      <c r="N582" s="50"/>
+      <c r="O582" s="49"/>
+      <c r="P582" s="51"/>
+      <c r="Q582" s="46"/>
+      <c r="R582" s="49"/>
+      <c r="S582" s="49"/>
+      <c r="T582" s="44"/>
+      <c r="U582" s="49"/>
+      <c r="V582" s="49"/>
+      <c r="W582" s="44"/>
+      <c r="X582" s="49"/>
+      <c r="Y582" s="46"/>
+      <c r="Z582" s="52"/>
+    </row>
+    <row r="583" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A583" s="48"/>
+      <c r="B583" s="49"/>
+      <c r="C583" s="44"/>
+      <c r="D583" s="44"/>
+      <c r="E583" s="46"/>
+      <c r="F583" s="46"/>
+      <c r="G583" s="44"/>
+      <c r="H583" s="44"/>
+      <c r="I583" s="44"/>
+      <c r="J583" s="44"/>
+      <c r="K583" s="44"/>
+      <c r="L583" s="50"/>
+      <c r="M583" s="50"/>
+      <c r="N583" s="50"/>
+      <c r="O583" s="49"/>
+      <c r="P583" s="51"/>
+      <c r="Q583" s="46"/>
+      <c r="R583" s="49"/>
+      <c r="S583" s="49"/>
+      <c r="T583" s="44"/>
+      <c r="U583" s="49"/>
+      <c r="V583" s="49"/>
+      <c r="W583" s="44"/>
+      <c r="X583" s="49"/>
+      <c r="Y583" s="46"/>
+      <c r="Z583" s="52"/>
+    </row>
+    <row r="584" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A584" s="48"/>
+      <c r="B584" s="49"/>
+      <c r="C584" s="44"/>
+      <c r="D584" s="44"/>
+      <c r="E584" s="46"/>
+      <c r="F584" s="46"/>
+      <c r="G584" s="44"/>
+      <c r="H584" s="44"/>
+      <c r="I584" s="44"/>
+      <c r="J584" s="44"/>
+      <c r="K584" s="44"/>
+      <c r="L584" s="50"/>
+      <c r="M584" s="50"/>
+      <c r="N584" s="50"/>
+      <c r="O584" s="49"/>
+      <c r="P584" s="51"/>
+      <c r="Q584" s="46"/>
+      <c r="R584" s="49"/>
+      <c r="S584" s="49"/>
+      <c r="T584" s="44"/>
+      <c r="U584" s="49"/>
+      <c r="V584" s="49"/>
+      <c r="W584" s="44"/>
+      <c r="X584" s="49"/>
+      <c r="Y584" s="46"/>
+      <c r="Z584" s="52"/>
+    </row>
+    <row r="585" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A585" s="48"/>
+      <c r="B585" s="49"/>
+      <c r="C585" s="44"/>
+      <c r="D585" s="44"/>
+      <c r="E585" s="46"/>
+      <c r="F585" s="46"/>
+      <c r="G585" s="44"/>
+      <c r="H585" s="44"/>
+      <c r="I585" s="44"/>
+      <c r="J585" s="44"/>
+      <c r="K585" s="44"/>
+      <c r="L585" s="50"/>
+      <c r="M585" s="50"/>
+      <c r="N585" s="50"/>
+      <c r="O585" s="49"/>
+      <c r="P585" s="51"/>
+      <c r="Q585" s="46"/>
+      <c r="R585" s="49"/>
+      <c r="S585" s="49"/>
+      <c r="T585" s="44"/>
+      <c r="U585" s="49"/>
+      <c r="V585" s="49"/>
+      <c r="W585" s="44"/>
+      <c r="X585" s="49"/>
+      <c r="Y585" s="46"/>
+      <c r="Z585" s="52"/>
+    </row>
+    <row r="586" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A586" s="48"/>
+      <c r="B586" s="49"/>
+      <c r="C586" s="44"/>
+      <c r="D586" s="44"/>
+      <c r="E586" s="46"/>
+      <c r="F586" s="46"/>
+      <c r="G586" s="44"/>
+      <c r="H586" s="44"/>
+      <c r="I586" s="44"/>
+      <c r="J586" s="44"/>
+      <c r="K586" s="44"/>
+      <c r="L586" s="50"/>
+      <c r="M586" s="50"/>
+      <c r="N586" s="50"/>
+      <c r="O586" s="49"/>
+      <c r="P586" s="51"/>
+      <c r="Q586" s="46"/>
+      <c r="R586" s="49"/>
+      <c r="S586" s="49"/>
+      <c r="T586" s="44"/>
+      <c r="U586" s="49"/>
+      <c r="V586" s="49"/>
+      <c r="W586" s="44"/>
+      <c r="X586" s="49"/>
+      <c r="Y586" s="46"/>
+      <c r="Z586" s="52"/>
+    </row>
+    <row r="587" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A587" s="48"/>
+      <c r="B587" s="49"/>
+      <c r="C587" s="44"/>
+      <c r="D587" s="44"/>
+      <c r="E587" s="46"/>
+      <c r="F587" s="46"/>
+      <c r="G587" s="44"/>
+      <c r="H587" s="44"/>
+      <c r="I587" s="44"/>
+      <c r="J587" s="44"/>
+      <c r="K587" s="44"/>
+      <c r="L587" s="50"/>
+      <c r="M587" s="50"/>
+      <c r="N587" s="50"/>
+      <c r="O587" s="49"/>
+      <c r="P587" s="51"/>
+      <c r="Q587" s="46"/>
+      <c r="R587" s="49"/>
+      <c r="S587" s="49"/>
+      <c r="T587" s="44"/>
+      <c r="U587" s="49"/>
+      <c r="V587" s="49"/>
+      <c r="W587" s="44"/>
+      <c r="X587" s="49"/>
+      <c r="Y587" s="46"/>
+      <c r="Z587" s="52"/>
+    </row>
+    <row r="588" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A588" s="48"/>
+      <c r="B588" s="49"/>
+      <c r="C588" s="44"/>
+      <c r="D588" s="44"/>
+      <c r="E588" s="46"/>
+      <c r="F588" s="46"/>
+      <c r="G588" s="44"/>
+      <c r="H588" s="44"/>
+      <c r="I588" s="44"/>
+      <c r="J588" s="44"/>
+      <c r="K588" s="44"/>
+      <c r="L588" s="50"/>
+      <c r="M588" s="50"/>
+      <c r="N588" s="50"/>
+      <c r="O588" s="49"/>
+      <c r="P588" s="51"/>
+      <c r="Q588" s="46"/>
+      <c r="R588" s="49"/>
+      <c r="S588" s="49"/>
+      <c r="T588" s="44"/>
+      <c r="U588" s="49"/>
+      <c r="V588" s="49"/>
+      <c r="W588" s="44"/>
+      <c r="X588" s="49"/>
+      <c r="Y588" s="46"/>
+      <c r="Z588" s="52"/>
+    </row>
+    <row r="589" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A589" s="48"/>
+      <c r="B589" s="49"/>
+      <c r="C589" s="44"/>
+      <c r="D589" s="44"/>
+      <c r="E589" s="46"/>
+      <c r="F589" s="46"/>
+      <c r="G589" s="44"/>
+      <c r="H589" s="44"/>
+      <c r="I589" s="44"/>
+      <c r="J589" s="44"/>
+      <c r="K589" s="44"/>
+      <c r="L589" s="50"/>
+      <c r="M589" s="50"/>
+      <c r="N589" s="50"/>
+      <c r="O589" s="49"/>
+      <c r="P589" s="51"/>
+      <c r="Q589" s="46"/>
+      <c r="R589" s="49"/>
+      <c r="S589" s="49"/>
+      <c r="T589" s="44"/>
+      <c r="U589" s="49"/>
+      <c r="V589" s="49"/>
+      <c r="W589" s="44"/>
+      <c r="X589" s="49"/>
+      <c r="Y589" s="46"/>
+      <c r="Z589" s="52"/>
+    </row>
+    <row r="590" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A590" s="48"/>
+      <c r="B590" s="49"/>
+      <c r="C590" s="44"/>
+      <c r="D590" s="44"/>
+      <c r="E590" s="46"/>
+      <c r="F590" s="46"/>
+      <c r="G590" s="44"/>
+      <c r="H590" s="44"/>
+      <c r="I590" s="44"/>
+      <c r="J590" s="44"/>
+      <c r="K590" s="44"/>
+      <c r="L590" s="50"/>
+      <c r="M590" s="50"/>
+      <c r="N590" s="50"/>
+      <c r="O590" s="49"/>
+      <c r="P590" s="51"/>
+      <c r="Q590" s="46"/>
+      <c r="R590" s="49"/>
+      <c r="S590" s="49"/>
+      <c r="T590" s="44"/>
+      <c r="U590" s="49"/>
+      <c r="V590" s="49"/>
+      <c r="W590" s="44"/>
+      <c r="X590" s="49"/>
+      <c r="Y590" s="46"/>
+      <c r="Z590" s="52"/>
+    </row>
+    <row r="591" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A591" s="48"/>
+      <c r="B591" s="49"/>
+      <c r="C591" s="44"/>
+      <c r="D591" s="44"/>
+      <c r="E591" s="46"/>
+      <c r="F591" s="46"/>
+      <c r="G591" s="44"/>
+      <c r="H591" s="44"/>
+      <c r="I591" s="44"/>
+      <c r="J591" s="44"/>
+      <c r="K591" s="44"/>
+      <c r="L591" s="50"/>
+      <c r="M591" s="50"/>
+      <c r="N591" s="50"/>
+      <c r="O591" s="49"/>
+      <c r="P591" s="51"/>
+      <c r="Q591" s="46"/>
+      <c r="R591" s="49"/>
+      <c r="S591" s="49"/>
+      <c r="T591" s="44"/>
+      <c r="U591" s="49"/>
+      <c r="V591" s="49"/>
+      <c r="W591" s="44"/>
+      <c r="X591" s="49"/>
+      <c r="Y591" s="46"/>
+      <c r="Z591" s="52"/>
+    </row>
+    <row r="592" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A592" s="48"/>
+      <c r="B592" s="49"/>
+      <c r="C592" s="44"/>
+      <c r="D592" s="44"/>
+      <c r="E592" s="46"/>
+      <c r="F592" s="46"/>
+      <c r="G592" s="44"/>
+      <c r="H592" s="44"/>
+      <c r="I592" s="44"/>
+      <c r="J592" s="44"/>
+      <c r="K592" s="44"/>
+      <c r="L592" s="50"/>
+      <c r="M592" s="50"/>
+      <c r="N592" s="50"/>
+      <c r="O592" s="49"/>
+      <c r="P592" s="51"/>
+      <c r="Q592" s="46"/>
+      <c r="R592" s="49"/>
+      <c r="S592" s="49"/>
+      <c r="T592" s="44"/>
+      <c r="U592" s="49"/>
+      <c r="V592" s="49"/>
+      <c r="W592" s="44"/>
+      <c r="X592" s="49"/>
+      <c r="Y592" s="46"/>
+      <c r="Z592" s="52"/>
+    </row>
+    <row r="593" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A593" s="48"/>
+      <c r="B593" s="49"/>
+      <c r="C593" s="44"/>
+      <c r="D593" s="44"/>
+      <c r="E593" s="46"/>
+      <c r="F593" s="46"/>
+      <c r="G593" s="44"/>
+      <c r="H593" s="44"/>
+      <c r="I593" s="44"/>
+      <c r="J593" s="44"/>
+      <c r="K593" s="44"/>
+      <c r="L593" s="50"/>
+      <c r="M593" s="50"/>
+      <c r="N593" s="50"/>
+      <c r="O593" s="49"/>
+      <c r="P593" s="51"/>
+      <c r="Q593" s="46"/>
+      <c r="R593" s="49"/>
+      <c r="S593" s="49"/>
+      <c r="T593" s="44"/>
+      <c r="U593" s="49"/>
+      <c r="V593" s="49"/>
+      <c r="W593" s="44"/>
+      <c r="X593" s="49"/>
+      <c r="Y593" s="46"/>
+      <c r="Z593" s="52"/>
+    </row>
+    <row r="594" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A594" s="48"/>
+      <c r="B594" s="49"/>
+      <c r="C594" s="44"/>
+      <c r="D594" s="44"/>
+      <c r="E594" s="46"/>
+      <c r="F594" s="46"/>
+      <c r="G594" s="44"/>
+      <c r="H594" s="44"/>
+      <c r="I594" s="44"/>
+      <c r="J594" s="44"/>
+      <c r="K594" s="44"/>
+      <c r="L594" s="50"/>
+      <c r="M594" s="50"/>
+      <c r="N594" s="50"/>
+      <c r="O594" s="49"/>
+      <c r="P594" s="51"/>
+      <c r="Q594" s="46"/>
+      <c r="R594" s="49"/>
+      <c r="S594" s="49"/>
+      <c r="T594" s="44"/>
+      <c r="U594" s="49"/>
+      <c r="V594" s="49"/>
+      <c r="W594" s="44"/>
+      <c r="X594" s="49"/>
+      <c r="Y594" s="46"/>
+      <c r="Z594" s="52"/>
+    </row>
+    <row r="595" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A595" s="48"/>
+      <c r="B595" s="49"/>
+      <c r="C595" s="44"/>
+      <c r="D595" s="44"/>
+      <c r="E595" s="46"/>
+      <c r="F595" s="46"/>
+      <c r="G595" s="44"/>
+      <c r="H595" s="44"/>
+      <c r="I595" s="44"/>
+      <c r="J595" s="44"/>
+      <c r="K595" s="44"/>
+      <c r="L595" s="50"/>
+      <c r="M595" s="50"/>
+      <c r="N595" s="50"/>
+      <c r="O595" s="49"/>
+      <c r="P595" s="51"/>
+      <c r="Q595" s="46"/>
+      <c r="R595" s="49"/>
+      <c r="S595" s="49"/>
+      <c r="T595" s="44"/>
+      <c r="U595" s="49"/>
+      <c r="V595" s="49"/>
+      <c r="W595" s="44"/>
+      <c r="X595" s="49"/>
+      <c r="Y595" s="46"/>
+      <c r="Z595" s="52"/>
+    </row>
+    <row r="596" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A596" s="48"/>
+      <c r="B596" s="49"/>
+      <c r="C596" s="44"/>
+      <c r="D596" s="44"/>
+      <c r="E596" s="46"/>
+      <c r="F596" s="46"/>
+      <c r="G596" s="44"/>
+      <c r="H596" s="44"/>
+      <c r="I596" s="44"/>
+      <c r="J596" s="44"/>
+      <c r="K596" s="44"/>
+      <c r="L596" s="50"/>
+      <c r="M596" s="50"/>
+      <c r="N596" s="50"/>
+      <c r="O596" s="49"/>
+      <c r="P596" s="51"/>
+      <c r="Q596" s="46"/>
+      <c r="R596" s="49"/>
+      <c r="S596" s="49"/>
+      <c r="T596" s="44"/>
+      <c r="U596" s="49"/>
+      <c r="V596" s="49"/>
+      <c r="W596" s="44"/>
+      <c r="X596" s="49"/>
+      <c r="Y596" s="46"/>
+      <c r="Z596" s="52"/>
+    </row>
+    <row r="597" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A597" s="48"/>
+      <c r="B597" s="49"/>
+      <c r="C597" s="44"/>
+      <c r="D597" s="44"/>
+      <c r="E597" s="46"/>
+      <c r="F597" s="46"/>
+      <c r="G597" s="44"/>
+      <c r="H597" s="44"/>
+      <c r="I597" s="44"/>
+      <c r="J597" s="44"/>
+      <c r="K597" s="44"/>
+      <c r="L597" s="50"/>
+      <c r="M597" s="50"/>
+      <c r="N597" s="50"/>
+      <c r="O597" s="49"/>
+      <c r="P597" s="51"/>
+      <c r="Q597" s="46"/>
+      <c r="R597" s="49"/>
+      <c r="S597" s="49"/>
+      <c r="T597" s="44"/>
+      <c r="U597" s="49"/>
+      <c r="V597" s="49"/>
+      <c r="W597" s="44"/>
+      <c r="X597" s="49"/>
+      <c r="Y597" s="46"/>
+      <c r="Z597" s="52"/>
+    </row>
+    <row r="598" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A598" s="48"/>
+      <c r="B598" s="49"/>
+      <c r="C598" s="44"/>
+      <c r="D598" s="44"/>
+      <c r="E598" s="46"/>
+      <c r="F598" s="46"/>
+      <c r="G598" s="44"/>
+      <c r="H598" s="44"/>
+      <c r="I598" s="44"/>
+      <c r="J598" s="44"/>
+      <c r="K598" s="44"/>
+      <c r="L598" s="50"/>
+      <c r="M598" s="50"/>
+      <c r="N598" s="50"/>
+      <c r="O598" s="49"/>
+      <c r="P598" s="51"/>
+      <c r="Q598" s="46"/>
+      <c r="R598" s="49"/>
+      <c r="S598" s="49"/>
+      <c r="T598" s="44"/>
+      <c r="U598" s="49"/>
+      <c r="V598" s="49"/>
+      <c r="W598" s="44"/>
+      <c r="X598" s="49"/>
+      <c r="Y598" s="46"/>
+      <c r="Z598" s="52"/>
+    </row>
+    <row r="599" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A599" s="48"/>
+      <c r="B599" s="49"/>
+      <c r="C599" s="44"/>
+      <c r="D599" s="44"/>
+      <c r="E599" s="46"/>
+      <c r="F599" s="46"/>
+      <c r="G599" s="44"/>
+      <c r="H599" s="44"/>
+      <c r="I599" s="44"/>
+      <c r="J599" s="44"/>
+      <c r="K599" s="44"/>
+      <c r="L599" s="50"/>
+      <c r="M599" s="50"/>
+      <c r="N599" s="50"/>
+      <c r="O599" s="49"/>
+      <c r="P599" s="51"/>
+      <c r="Q599" s="46"/>
+      <c r="R599" s="49"/>
+      <c r="S599" s="49"/>
+      <c r="T599" s="44"/>
+      <c r="U599" s="49"/>
+      <c r="V599" s="49"/>
+      <c r="W599" s="44"/>
+      <c r="X599" s="49"/>
+      <c r="Y599" s="46"/>
+      <c r="Z599" s="52"/>
+    </row>
+    <row r="600" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A600" s="48"/>
+      <c r="B600" s="49"/>
+      <c r="C600" s="44"/>
+      <c r="D600" s="44"/>
+      <c r="E600" s="46"/>
+      <c r="F600" s="46"/>
+      <c r="G600" s="44"/>
+      <c r="H600" s="44"/>
+      <c r="I600" s="44"/>
+      <c r="J600" s="44"/>
+      <c r="K600" s="44"/>
+      <c r="L600" s="50"/>
+      <c r="M600" s="50"/>
+      <c r="N600" s="50"/>
+      <c r="O600" s="49"/>
+      <c r="P600" s="51"/>
+      <c r="Q600" s="46"/>
+      <c r="R600" s="49"/>
+      <c r="S600" s="49"/>
+      <c r="T600" s="44"/>
+      <c r="U600" s="49"/>
+      <c r="V600" s="49"/>
+      <c r="W600" s="44"/>
+      <c r="X600" s="49"/>
+      <c r="Y600" s="46"/>
+      <c r="Z600" s="52"/>
+    </row>
+    <row r="601" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A601" s="48"/>
+      <c r="B601" s="49"/>
+      <c r="C601" s="44"/>
+      <c r="D601" s="44"/>
+      <c r="E601" s="46"/>
+      <c r="F601" s="46"/>
+      <c r="G601" s="44"/>
+      <c r="H601" s="44"/>
+      <c r="I601" s="44"/>
+      <c r="J601" s="44"/>
+      <c r="K601" s="44"/>
+      <c r="L601" s="50"/>
+      <c r="M601" s="50"/>
+      <c r="N601" s="50"/>
+      <c r="O601" s="49"/>
+      <c r="P601" s="51"/>
+      <c r="Q601" s="46"/>
+      <c r="R601" s="49"/>
+      <c r="S601" s="49"/>
+      <c r="T601" s="44"/>
+      <c r="U601" s="49"/>
+      <c r="V601" s="49"/>
+      <c r="W601" s="44"/>
+      <c r="X601" s="49"/>
+      <c r="Y601" s="46"/>
+      <c r="Z601" s="52"/>
+    </row>
+    <row r="602" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A602" s="48"/>
+      <c r="B602" s="49"/>
+      <c r="C602" s="44"/>
+      <c r="D602" s="44"/>
+      <c r="E602" s="46"/>
+      <c r="F602" s="46"/>
+      <c r="G602" s="44"/>
+      <c r="H602" s="44"/>
+      <c r="I602" s="44"/>
+      <c r="J602" s="44"/>
+      <c r="K602" s="44"/>
+      <c r="L602" s="50"/>
+      <c r="M602" s="50"/>
+      <c r="N602" s="50"/>
+      <c r="O602" s="49"/>
+      <c r="P602" s="51"/>
+      <c r="Q602" s="46"/>
+      <c r="R602" s="49"/>
+      <c r="S602" s="49"/>
+      <c r="T602" s="44"/>
+      <c r="U602" s="49"/>
+      <c r="V602" s="49"/>
+      <c r="W602" s="44"/>
+      <c r="X602" s="49"/>
+      <c r="Y602" s="46"/>
+      <c r="Z602" s="52"/>
+    </row>
+    <row r="603" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A603" s="48"/>
+      <c r="B603" s="49"/>
+      <c r="C603" s="44"/>
+      <c r="D603" s="44"/>
+      <c r="E603" s="46"/>
+      <c r="F603" s="46"/>
+      <c r="G603" s="44"/>
+      <c r="H603" s="44"/>
+      <c r="I603" s="44"/>
+      <c r="J603" s="44"/>
+      <c r="K603" s="44"/>
+      <c r="L603" s="50"/>
+      <c r="M603" s="50"/>
+      <c r="N603" s="50"/>
+      <c r="O603" s="49"/>
+      <c r="P603" s="51"/>
+      <c r="Q603" s="46"/>
+      <c r="R603" s="49"/>
+      <c r="S603" s="49"/>
+      <c r="T603" s="44"/>
+      <c r="U603" s="49"/>
+      <c r="V603" s="49"/>
+      <c r="W603" s="44"/>
+      <c r="X603" s="49"/>
+      <c r="Y603" s="46"/>
+      <c r="Z603" s="52"/>
+    </row>
+    <row r="604" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A604" s="48"/>
+      <c r="B604" s="49"/>
+      <c r="C604" s="44"/>
+      <c r="D604" s="44"/>
+      <c r="E604" s="46"/>
+      <c r="F604" s="46"/>
+      <c r="G604" s="44"/>
+      <c r="H604" s="44"/>
+      <c r="I604" s="44"/>
+      <c r="J604" s="44"/>
+      <c r="K604" s="44"/>
+      <c r="L604" s="50"/>
+      <c r="M604" s="50"/>
+      <c r="N604" s="50"/>
+      <c r="O604" s="49"/>
+      <c r="P604" s="51"/>
+      <c r="Q604" s="46"/>
+      <c r="R604" s="49"/>
+      <c r="S604" s="49"/>
+      <c r="T604" s="44"/>
+      <c r="U604" s="49"/>
+      <c r="V604" s="49"/>
+      <c r="W604" s="44"/>
+      <c r="X604" s="49"/>
+      <c r="Y604" s="46"/>
+      <c r="Z604" s="52"/>
+    </row>
+    <row r="605" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A605" s="48"/>
+      <c r="B605" s="49"/>
+      <c r="C605" s="44"/>
+      <c r="D605" s="44"/>
+      <c r="E605" s="46"/>
+      <c r="F605" s="46"/>
+      <c r="G605" s="44"/>
+      <c r="H605" s="44"/>
+      <c r="I605" s="44"/>
+      <c r="J605" s="44"/>
+      <c r="K605" s="44"/>
+      <c r="L605" s="50"/>
+      <c r="M605" s="50"/>
+      <c r="N605" s="50"/>
+      <c r="O605" s="49"/>
+      <c r="P605" s="51"/>
+      <c r="Q605" s="46"/>
+      <c r="R605" s="49"/>
+      <c r="S605" s="49"/>
+      <c r="T605" s="44"/>
+      <c r="U605" s="49"/>
+      <c r="V605" s="49"/>
+      <c r="W605" s="44"/>
+      <c r="X605" s="49"/>
+      <c r="Y605" s="46"/>
+      <c r="Z605" s="52"/>
+    </row>
+    <row r="606" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A606" s="48"/>
+      <c r="B606" s="49"/>
+      <c r="C606" s="44"/>
+      <c r="D606" s="44"/>
+      <c r="E606" s="46"/>
+      <c r="F606" s="46"/>
+      <c r="G606" s="44"/>
+      <c r="H606" s="44"/>
+      <c r="I606" s="44"/>
+      <c r="J606" s="44"/>
+      <c r="K606" s="44"/>
+      <c r="L606" s="50"/>
+      <c r="M606" s="50"/>
+      <c r="N606" s="50"/>
+      <c r="O606" s="49"/>
+      <c r="P606" s="51"/>
+      <c r="Q606" s="46"/>
+      <c r="R606" s="49"/>
+      <c r="S606" s="49"/>
+      <c r="T606" s="44"/>
+      <c r="U606" s="49"/>
+      <c r="V606" s="49"/>
+      <c r="W606" s="44"/>
+      <c r="X606" s="49"/>
+      <c r="Y606" s="46"/>
+      <c r="Z606" s="52"/>
+    </row>
+    <row r="607" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A607" s="48"/>
+      <c r="B607" s="49"/>
+      <c r="C607" s="44"/>
+      <c r="D607" s="44"/>
+      <c r="E607" s="46"/>
+      <c r="F607" s="46"/>
+      <c r="G607" s="44"/>
+      <c r="H607" s="44"/>
+      <c r="I607" s="44"/>
+      <c r="J607" s="44"/>
+      <c r="K607" s="44"/>
+      <c r="L607" s="50"/>
+      <c r="M607" s="50"/>
+      <c r="N607" s="50"/>
+      <c r="O607" s="49"/>
+      <c r="P607" s="51"/>
+      <c r="Q607" s="46"/>
+      <c r="R607" s="49"/>
+      <c r="S607" s="49"/>
+      <c r="T607" s="44"/>
+      <c r="U607" s="49"/>
+      <c r="V607" s="49"/>
+      <c r="W607" s="44"/>
+      <c r="X607" s="49"/>
+      <c r="Y607" s="46"/>
+      <c r="Z607" s="52"/>
+    </row>
+    <row r="608" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A608" s="48"/>
+      <c r="B608" s="49"/>
+      <c r="C608" s="44"/>
+      <c r="D608" s="44"/>
+      <c r="E608" s="46"/>
+      <c r="F608" s="46"/>
+      <c r="G608" s="44"/>
+      <c r="H608" s="44"/>
+      <c r="I608" s="44"/>
+      <c r="J608" s="44"/>
+      <c r="K608" s="44"/>
+      <c r="L608" s="50"/>
+      <c r="M608" s="50"/>
+      <c r="N608" s="50"/>
+      <c r="O608" s="49"/>
+      <c r="P608" s="51"/>
+      <c r="Q608" s="46"/>
+      <c r="R608" s="49"/>
+      <c r="S608" s="49"/>
+      <c r="T608" s="44"/>
+      <c r="U608" s="49"/>
+      <c r="V608" s="49"/>
+      <c r="W608" s="44"/>
+      <c r="X608" s="49"/>
+      <c r="Y608" s="46"/>
+      <c r="Z608" s="52"/>
+    </row>
+    <row r="609" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A609" s="48"/>
+      <c r="B609" s="49"/>
+      <c r="C609" s="44"/>
+      <c r="D609" s="44"/>
+      <c r="E609" s="46"/>
+      <c r="F609" s="46"/>
+      <c r="G609" s="44"/>
+      <c r="H609" s="44"/>
+      <c r="I609" s="44"/>
+      <c r="J609" s="44"/>
+      <c r="K609" s="44"/>
+      <c r="L609" s="50"/>
+      <c r="M609" s="50"/>
+      <c r="N609" s="50"/>
+      <c r="O609" s="49"/>
+      <c r="P609" s="51"/>
+      <c r="Q609" s="46"/>
+      <c r="R609" s="49"/>
+      <c r="S609" s="49"/>
+      <c r="T609" s="44"/>
+      <c r="U609" s="49"/>
+      <c r="V609" s="49"/>
+      <c r="W609" s="44"/>
+      <c r="X609" s="49"/>
+      <c r="Y609" s="46"/>
+      <c r="Z609" s="52"/>
+    </row>
+    <row r="610" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A610" s="48"/>
+      <c r="B610" s="49"/>
+      <c r="C610" s="44"/>
+      <c r="D610" s="44"/>
+      <c r="E610" s="46"/>
+      <c r="F610" s="46"/>
+      <c r="G610" s="44"/>
+      <c r="H610" s="44"/>
+      <c r="I610" s="44"/>
+      <c r="J610" s="44"/>
+      <c r="K610" s="44"/>
+      <c r="L610" s="50"/>
+      <c r="M610" s="50"/>
+      <c r="N610" s="50"/>
+      <c r="O610" s="49"/>
+      <c r="P610" s="51"/>
+      <c r="Q610" s="46"/>
+      <c r="R610" s="49"/>
+      <c r="S610" s="49"/>
+      <c r="T610" s="44"/>
+      <c r="U610" s="49"/>
+      <c r="V610" s="49"/>
+      <c r="W610" s="44"/>
+      <c r="X610" s="49"/>
+      <c r="Y610" s="46"/>
+      <c r="Z610" s="52"/>
+    </row>
+    <row r="611" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A611" s="48"/>
+      <c r="B611" s="49"/>
+      <c r="C611" s="44"/>
+      <c r="D611" s="44"/>
+      <c r="E611" s="46"/>
+      <c r="F611" s="46"/>
+      <c r="G611" s="44"/>
+      <c r="H611" s="44"/>
+      <c r="I611" s="44"/>
+      <c r="J611" s="44"/>
+      <c r="K611" s="44"/>
+      <c r="L611" s="50"/>
+      <c r="M611" s="50"/>
+      <c r="N611" s="50"/>
+      <c r="O611" s="49"/>
+      <c r="P611" s="51"/>
+      <c r="Q611" s="46"/>
+      <c r="R611" s="49"/>
+      <c r="S611" s="49"/>
+      <c r="T611" s="44"/>
+      <c r="U611" s="49"/>
+      <c r="V611" s="49"/>
+      <c r="W611" s="44"/>
+      <c r="X611" s="49"/>
+      <c r="Y611" s="46"/>
+      <c r="Z611" s="52"/>
+    </row>
+    <row r="612" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A612" s="48"/>
+      <c r="B612" s="49"/>
+      <c r="C612" s="44"/>
+      <c r="D612" s="44"/>
+      <c r="E612" s="46"/>
+      <c r="F612" s="46"/>
+      <c r="G612" s="44"/>
+      <c r="H612" s="44"/>
+      <c r="I612" s="44"/>
+      <c r="J612" s="44"/>
+      <c r="K612" s="44"/>
+      <c r="L612" s="50"/>
+      <c r="M612" s="50"/>
+      <c r="N612" s="50"/>
+      <c r="O612" s="49"/>
+      <c r="P612" s="51"/>
+      <c r="Q612" s="46"/>
+      <c r="R612" s="49"/>
+      <c r="S612" s="49"/>
+      <c r="T612" s="44"/>
+      <c r="U612" s="49"/>
+      <c r="V612" s="49"/>
+      <c r="W612" s="44"/>
+      <c r="X612" s="49"/>
+      <c r="Y612" s="46"/>
+      <c r="Z612" s="52"/>
+    </row>
+    <row r="613" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A613" s="48"/>
+      <c r="B613" s="49"/>
+      <c r="C613" s="44"/>
+      <c r="D613" s="44"/>
+      <c r="E613" s="46"/>
+      <c r="F613" s="46"/>
+      <c r="G613" s="44"/>
+      <c r="H613" s="44"/>
+      <c r="I613" s="44"/>
+      <c r="J613" s="44"/>
+      <c r="K613" s="44"/>
+      <c r="L613" s="50"/>
+      <c r="M613" s="50"/>
+      <c r="N613" s="50"/>
+      <c r="O613" s="49"/>
+      <c r="P613" s="51"/>
+      <c r="Q613" s="46"/>
+      <c r="R613" s="49"/>
+      <c r="S613" s="49"/>
+      <c r="T613" s="44"/>
+      <c r="U613" s="49"/>
+      <c r="V613" s="49"/>
+      <c r="W613" s="44"/>
+      <c r="X613" s="49"/>
+      <c r="Y613" s="46"/>
+      <c r="Z613" s="52"/>
+    </row>
+    <row r="614" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A614" s="48"/>
+      <c r="B614" s="49"/>
+      <c r="C614" s="44"/>
+      <c r="D614" s="44"/>
+      <c r="E614" s="46"/>
+      <c r="F614" s="46"/>
+      <c r="G614" s="44"/>
+      <c r="H614" s="44"/>
+      <c r="I614" s="44"/>
+      <c r="J614" s="44"/>
+      <c r="K614" s="44"/>
+      <c r="L614" s="50"/>
+      <c r="M614" s="50"/>
+      <c r="N614" s="50"/>
+      <c r="O614" s="49"/>
+      <c r="P614" s="51"/>
+      <c r="Q614" s="46"/>
+      <c r="R614" s="49"/>
+      <c r="S614" s="49"/>
+      <c r="T614" s="44"/>
+      <c r="U614" s="49"/>
+      <c r="V614" s="49"/>
+      <c r="W614" s="44"/>
+      <c r="X614" s="49"/>
+      <c r="Y614" s="46"/>
+      <c r="Z614" s="52"/>
+    </row>
+    <row r="615" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A615" s="48"/>
+      <c r="B615" s="49"/>
+      <c r="C615" s="44"/>
+      <c r="D615" s="44"/>
+      <c r="E615" s="46"/>
+      <c r="F615" s="46"/>
+      <c r="G615" s="44"/>
+      <c r="H615" s="44"/>
+      <c r="I615" s="44"/>
+      <c r="J615" s="44"/>
+      <c r="K615" s="44"/>
+      <c r="L615" s="50"/>
+      <c r="M615" s="50"/>
+      <c r="N615" s="50"/>
+      <c r="O615" s="49"/>
+      <c r="P615" s="51"/>
+      <c r="Q615" s="46"/>
+      <c r="R615" s="49"/>
+      <c r="S615" s="49"/>
+      <c r="T615" s="44"/>
+      <c r="U615" s="49"/>
+      <c r="V615" s="49"/>
+      <c r="W615" s="44"/>
+      <c r="X615" s="49"/>
+      <c r="Y615" s="46"/>
+      <c r="Z615" s="52"/>
+    </row>
+    <row r="616" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A616" s="48"/>
+      <c r="B616" s="49"/>
+      <c r="C616" s="44"/>
+      <c r="D616" s="44"/>
+      <c r="E616" s="46"/>
+      <c r="F616" s="46"/>
+      <c r="G616" s="44"/>
+      <c r="H616" s="44"/>
+      <c r="I616" s="44"/>
+      <c r="J616" s="44"/>
+      <c r="K616" s="44"/>
+      <c r="L616" s="50"/>
+      <c r="M616" s="50"/>
+      <c r="N616" s="50"/>
+      <c r="O616" s="49"/>
+      <c r="P616" s="51"/>
+      <c r="Q616" s="46"/>
+      <c r="R616" s="49"/>
+      <c r="S616" s="49"/>
+      <c r="T616" s="44"/>
+      <c r="U616" s="49"/>
+      <c r="V616" s="49"/>
+      <c r="W616" s="44"/>
+      <c r="X616" s="49"/>
+      <c r="Y616" s="46"/>
+      <c r="Z616" s="52"/>
+    </row>
+    <row r="617" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A617" s="48"/>
+      <c r="B617" s="49"/>
+      <c r="C617" s="44"/>
+      <c r="D617" s="44"/>
+      <c r="E617" s="46"/>
+      <c r="F617" s="46"/>
+      <c r="G617" s="44"/>
+      <c r="H617" s="44"/>
+      <c r="I617" s="44"/>
+      <c r="J617" s="44"/>
+      <c r="K617" s="44"/>
+      <c r="L617" s="50"/>
+      <c r="M617" s="50"/>
+      <c r="N617" s="50"/>
+      <c r="O617" s="49"/>
+      <c r="P617" s="51"/>
+      <c r="Q617" s="46"/>
+      <c r="R617" s="49"/>
+      <c r="S617" s="49"/>
+      <c r="T617" s="44"/>
+      <c r="U617" s="49"/>
+      <c r="V617" s="49"/>
+      <c r="W617" s="44"/>
+      <c r="X617" s="49"/>
+      <c r="Y617" s="46"/>
+      <c r="Z617" s="52"/>
+    </row>
+    <row r="618" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A618" s="48"/>
+      <c r="B618" s="49"/>
+      <c r="C618" s="44"/>
+      <c r="D618" s="44"/>
+      <c r="E618" s="46"/>
+      <c r="F618" s="46"/>
+      <c r="G618" s="44"/>
+      <c r="H618" s="44"/>
+      <c r="I618" s="44"/>
+      <c r="J618" s="44"/>
+      <c r="K618" s="44"/>
+      <c r="L618" s="50"/>
+      <c r="M618" s="50"/>
+      <c r="N618" s="50"/>
+      <c r="O618" s="49"/>
+      <c r="P618" s="51"/>
+      <c r="Q618" s="46"/>
+      <c r="R618" s="49"/>
+      <c r="S618" s="49"/>
+      <c r="T618" s="44"/>
+      <c r="U618" s="49"/>
+      <c r="V618" s="49"/>
+      <c r="W618" s="44"/>
+      <c r="X618" s="49"/>
+      <c r="Y618" s="46"/>
+      <c r="Z618" s="52"/>
+    </row>
+    <row r="619" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A619" s="48"/>
+      <c r="B619" s="49"/>
+      <c r="C619" s="44"/>
+      <c r="D619" s="44"/>
+      <c r="E619" s="46"/>
+      <c r="F619" s="46"/>
+      <c r="G619" s="44"/>
+      <c r="H619" s="44"/>
+      <c r="I619" s="44"/>
+      <c r="J619" s="44"/>
+      <c r="K619" s="44"/>
+      <c r="L619" s="50"/>
+      <c r="M619" s="50"/>
+      <c r="N619" s="50"/>
+      <c r="O619" s="49"/>
+      <c r="P619" s="51"/>
+      <c r="Q619" s="46"/>
+      <c r="R619" s="49"/>
+      <c r="S619" s="49"/>
+      <c r="T619" s="44"/>
+      <c r="U619" s="49"/>
+      <c r="V619" s="49"/>
+      <c r="W619" s="44"/>
+      <c r="X619" s="49"/>
+      <c r="Y619" s="46"/>
+      <c r="Z619" s="52"/>
+    </row>
+    <row r="620" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A620" s="48"/>
+      <c r="B620" s="49"/>
+      <c r="C620" s="44"/>
+      <c r="D620" s="44"/>
+      <c r="E620" s="46"/>
+      <c r="F620" s="46"/>
+      <c r="G620" s="44"/>
+      <c r="H620" s="44"/>
+      <c r="I620" s="44"/>
+      <c r="J620" s="44"/>
+      <c r="K620" s="44"/>
+      <c r="L620" s="50"/>
+      <c r="M620" s="50"/>
+      <c r="N620" s="50"/>
+      <c r="O620" s="49"/>
+      <c r="P620" s="51"/>
+      <c r="Q620" s="46"/>
+      <c r="R620" s="49"/>
+      <c r="S620" s="49"/>
+      <c r="T620" s="44"/>
+      <c r="U620" s="49"/>
+      <c r="V620" s="49"/>
+      <c r="W620" s="44"/>
+      <c r="X620" s="49"/>
+      <c r="Y620" s="46"/>
+      <c r="Z620" s="52"/>
+    </row>
+    <row r="621" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A621" s="48"/>
+      <c r="B621" s="49"/>
+      <c r="C621" s="44"/>
+      <c r="D621" s="44"/>
+      <c r="E621" s="46"/>
+      <c r="F621" s="46"/>
+      <c r="G621" s="44"/>
+      <c r="H621" s="44"/>
+      <c r="I621" s="44"/>
+      <c r="J621" s="44"/>
+      <c r="K621" s="44"/>
+      <c r="L621" s="50"/>
+      <c r="M621" s="50"/>
+      <c r="N621" s="50"/>
+      <c r="O621" s="49"/>
+      <c r="P621" s="51"/>
+      <c r="Q621" s="46"/>
+      <c r="R621" s="49"/>
+      <c r="S621" s="49"/>
+      <c r="T621" s="44"/>
+      <c r="U621" s="49"/>
+      <c r="V621" s="49"/>
+      <c r="W621" s="44"/>
+      <c r="X621" s="49"/>
+      <c r="Y621" s="46"/>
+      <c r="Z621" s="52"/>
+    </row>
+    <row r="622" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A622" s="48"/>
+      <c r="B622" s="49"/>
+      <c r="C622" s="44"/>
+      <c r="D622" s="44"/>
+      <c r="E622" s="46"/>
+      <c r="F622" s="46"/>
+      <c r="G622" s="44"/>
+      <c r="H622" s="44"/>
+      <c r="I622" s="44"/>
+      <c r="J622" s="44"/>
+      <c r="K622" s="44"/>
+      <c r="L622" s="50"/>
+      <c r="M622" s="50"/>
+      <c r="N622" s="50"/>
+      <c r="O622" s="49"/>
+      <c r="P622" s="51"/>
+      <c r="Q622" s="46"/>
+      <c r="R622" s="49"/>
+      <c r="S622" s="49"/>
+      <c r="T622" s="44"/>
+      <c r="U622" s="49"/>
+      <c r="V622" s="49"/>
+      <c r="W622" s="44"/>
+      <c r="X622" s="49"/>
+      <c r="Y622" s="46"/>
+      <c r="Z622" s="52"/>
+    </row>
+    <row r="623" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A623" s="48"/>
+      <c r="B623" s="49"/>
+      <c r="C623" s="44"/>
+      <c r="D623" s="44"/>
+      <c r="E623" s="46"/>
+      <c r="F623" s="46"/>
+      <c r="G623" s="44"/>
+      <c r="H623" s="44"/>
+      <c r="I623" s="44"/>
+      <c r="J623" s="44"/>
+      <c r="K623" s="44"/>
+      <c r="L623" s="50"/>
+      <c r="M623" s="50"/>
+      <c r="N623" s="50"/>
+      <c r="O623" s="49"/>
+      <c r="P623" s="51"/>
+      <c r="Q623" s="46"/>
+      <c r="R623" s="49"/>
+      <c r="S623" s="49"/>
+      <c r="T623" s="44"/>
+      <c r="U623" s="49"/>
+      <c r="V623" s="49"/>
+      <c r="W623" s="44"/>
+      <c r="X623" s="49"/>
+      <c r="Y623" s="46"/>
+      <c r="Z623" s="52"/>
+    </row>
+    <row r="624" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A624" s="48"/>
+      <c r="B624" s="49"/>
+      <c r="C624" s="44"/>
+      <c r="D624" s="44"/>
+      <c r="E624" s="46"/>
+      <c r="F624" s="46"/>
+      <c r="G624" s="44"/>
+      <c r="H624" s="44"/>
+      <c r="I624" s="44"/>
+      <c r="J624" s="44"/>
+      <c r="K624" s="44"/>
+      <c r="L624" s="50"/>
+      <c r="M624" s="50"/>
+      <c r="N624" s="50"/>
+      <c r="O624" s="49"/>
+      <c r="P624" s="51"/>
+      <c r="Q624" s="46"/>
+      <c r="R624" s="49"/>
+      <c r="S624" s="49"/>
+      <c r="T624" s="44"/>
+      <c r="U624" s="49"/>
+      <c r="V624" s="49"/>
+      <c r="W624" s="44"/>
+      <c r="X624" s="49"/>
+      <c r="Y624" s="46"/>
+      <c r="Z624" s="52"/>
+    </row>
+    <row r="625" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A625" s="48"/>
+      <c r="B625" s="49"/>
+      <c r="C625" s="44"/>
+      <c r="D625" s="44"/>
+      <c r="E625" s="46"/>
+      <c r="F625" s="46"/>
+      <c r="G625" s="44"/>
+      <c r="H625" s="44"/>
+      <c r="I625" s="44"/>
+      <c r="J625" s="44"/>
+      <c r="K625" s="44"/>
+      <c r="L625" s="50"/>
+      <c r="M625" s="50"/>
+      <c r="N625" s="50"/>
+      <c r="O625" s="49"/>
+      <c r="P625" s="51"/>
+      <c r="Q625" s="46"/>
+      <c r="R625" s="49"/>
+      <c r="S625" s="49"/>
+      <c r="T625" s="44"/>
+      <c r="U625" s="49"/>
+      <c r="V625" s="49"/>
+      <c r="W625" s="44"/>
+      <c r="X625" s="49"/>
+      <c r="Y625" s="46"/>
+      <c r="Z625" s="52"/>
+    </row>
+    <row r="626" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A626" s="48"/>
+      <c r="B626" s="49"/>
+      <c r="C626" s="44"/>
+      <c r="D626" s="44"/>
+      <c r="E626" s="46"/>
+      <c r="F626" s="46"/>
+      <c r="G626" s="44"/>
+      <c r="H626" s="44"/>
+      <c r="I626" s="44"/>
+      <c r="J626" s="44"/>
+      <c r="K626" s="44"/>
+      <c r="L626" s="50"/>
+      <c r="M626" s="50"/>
+      <c r="N626" s="50"/>
+      <c r="O626" s="49"/>
+      <c r="P626" s="51"/>
+      <c r="Q626" s="46"/>
+      <c r="R626" s="49"/>
+      <c r="S626" s="49"/>
+      <c r="T626" s="44"/>
+      <c r="U626" s="49"/>
+      <c r="V626" s="49"/>
+      <c r="W626" s="44"/>
+      <c r="X626" s="49"/>
+      <c r="Y626" s="46"/>
+      <c r="Z626" s="52"/>
+    </row>
+    <row r="627" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A627" s="48"/>
+      <c r="B627" s="49"/>
+      <c r="C627" s="44"/>
+      <c r="D627" s="44"/>
+      <c r="E627" s="46"/>
+      <c r="F627" s="46"/>
+      <c r="G627" s="44"/>
+      <c r="H627" s="44"/>
+      <c r="I627" s="44"/>
+      <c r="J627" s="44"/>
+      <c r="K627" s="44"/>
+      <c r="L627" s="50"/>
+      <c r="M627" s="50"/>
+      <c r="N627" s="50"/>
+      <c r="O627" s="49"/>
+      <c r="P627" s="51"/>
+      <c r="Q627" s="46"/>
+      <c r="R627" s="49"/>
+      <c r="S627" s="49"/>
+      <c r="T627" s="44"/>
+      <c r="U627" s="49"/>
+      <c r="V627" s="49"/>
+      <c r="W627" s="44"/>
+      <c r="X627" s="49"/>
+      <c r="Y627" s="46"/>
+      <c r="Z627" s="52"/>
+    </row>
+    <row r="628" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A628" s="48"/>
+      <c r="B628" s="49"/>
+      <c r="C628" s="44"/>
+      <c r="D628" s="44"/>
+      <c r="E628" s="46"/>
+      <c r="F628" s="46"/>
+      <c r="G628" s="44"/>
+      <c r="H628" s="44"/>
+      <c r="I628" s="44"/>
+      <c r="J628" s="44"/>
+      <c r="K628" s="44"/>
+      <c r="L628" s="50"/>
+      <c r="M628" s="50"/>
+      <c r="N628" s="50"/>
+      <c r="O628" s="49"/>
+      <c r="P628" s="51"/>
+      <c r="Q628" s="46"/>
+      <c r="R628" s="49"/>
+      <c r="S628" s="49"/>
+      <c r="T628" s="44"/>
+      <c r="U628" s="49"/>
+      <c r="V628" s="49"/>
+      <c r="W628" s="44"/>
+      <c r="X628" s="49"/>
+      <c r="Y628" s="46"/>
+      <c r="Z628" s="52"/>
+    </row>
+    <row r="629" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A629" s="48"/>
+      <c r="B629" s="49"/>
+      <c r="C629" s="44"/>
+      <c r="D629" s="44"/>
+      <c r="E629" s="46"/>
+      <c r="F629" s="46"/>
+      <c r="G629" s="44"/>
+      <c r="H629" s="44"/>
+      <c r="I629" s="44"/>
+      <c r="J629" s="44"/>
+      <c r="K629" s="44"/>
+      <c r="L629" s="50"/>
+      <c r="M629" s="50"/>
+      <c r="N629" s="50"/>
+      <c r="O629" s="49"/>
+      <c r="P629" s="51"/>
+      <c r="Q629" s="46"/>
+      <c r="R629" s="49"/>
+      <c r="S629" s="49"/>
+      <c r="T629" s="44"/>
+      <c r="U629" s="49"/>
+      <c r="V629" s="49"/>
+      <c r="W629" s="44"/>
+      <c r="X629" s="49"/>
+      <c r="Y629" s="46"/>
+      <c r="Z629" s="52"/>
+    </row>
+    <row r="630" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A630" s="48"/>
+      <c r="B630" s="49"/>
+      <c r="C630" s="44"/>
+      <c r="D630" s="44"/>
+      <c r="E630" s="46"/>
+      <c r="F630" s="46"/>
+      <c r="G630" s="44"/>
+      <c r="H630" s="44"/>
+      <c r="I630" s="44"/>
+      <c r="J630" s="44"/>
+      <c r="K630" s="44"/>
+      <c r="L630" s="50"/>
+      <c r="M630" s="50"/>
+      <c r="N630" s="50"/>
+      <c r="O630" s="49"/>
+      <c r="P630" s="51"/>
+      <c r="Q630" s="46"/>
+      <c r="R630" s="49"/>
+      <c r="S630" s="49"/>
+      <c r="T630" s="44"/>
+      <c r="U630" s="49"/>
+      <c r="V630" s="49"/>
+      <c r="W630" s="44"/>
+      <c r="X630" s="49"/>
+      <c r="Y630" s="46"/>
+      <c r="Z630" s="52"/>
+    </row>
+    <row r="631" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A631" s="48"/>
+      <c r="B631" s="49"/>
+      <c r="C631" s="44"/>
+      <c r="D631" s="44"/>
+      <c r="E631" s="46"/>
+      <c r="F631" s="46"/>
+      <c r="G631" s="44"/>
+      <c r="H631" s="44"/>
+      <c r="I631" s="44"/>
+      <c r="J631" s="44"/>
+      <c r="K631" s="44"/>
+      <c r="L631" s="50"/>
+      <c r="M631" s="50"/>
+      <c r="N631" s="50"/>
+      <c r="O631" s="49"/>
+      <c r="P631" s="51"/>
+      <c r="Q631" s="46"/>
+      <c r="R631" s="49"/>
+      <c r="S631" s="49"/>
+      <c r="T631" s="44"/>
+      <c r="U631" s="49"/>
+      <c r="V631" s="49"/>
+      <c r="W631" s="44"/>
+      <c r="X631" s="49"/>
+      <c r="Y631" s="46"/>
+      <c r="Z631" s="52"/>
+    </row>
+    <row r="632" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A632" s="48"/>
+      <c r="B632" s="49"/>
+      <c r="C632" s="44"/>
+      <c r="D632" s="44"/>
+      <c r="E632" s="46"/>
+      <c r="F632" s="46"/>
+      <c r="G632" s="44"/>
+      <c r="H632" s="44"/>
+      <c r="I632" s="44"/>
+      <c r="J632" s="44"/>
+      <c r="K632" s="44"/>
+      <c r="L632" s="50"/>
+      <c r="M632" s="50"/>
+      <c r="N632" s="50"/>
+      <c r="O632" s="49"/>
+      <c r="P632" s="51"/>
+      <c r="Q632" s="46"/>
+      <c r="R632" s="49"/>
+      <c r="S632" s="49"/>
+      <c r="T632" s="44"/>
+      <c r="U632" s="49"/>
+      <c r="V632" s="49"/>
+      <c r="W632" s="44"/>
+      <c r="X632" s="49"/>
+      <c r="Y632" s="46"/>
+      <c r="Z632" s="52"/>
+    </row>
+    <row r="633" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A633" s="48"/>
+      <c r="B633" s="49"/>
+      <c r="C633" s="44"/>
+      <c r="D633" s="44"/>
+      <c r="E633" s="46"/>
+      <c r="F633" s="46"/>
+      <c r="G633" s="44"/>
+      <c r="H633" s="44"/>
+      <c r="I633" s="44"/>
+      <c r="J633" s="44"/>
+      <c r="K633" s="44"/>
+      <c r="L633" s="50"/>
+      <c r="M633" s="50"/>
+      <c r="N633" s="50"/>
+      <c r="O633" s="49"/>
+      <c r="P633" s="51"/>
+      <c r="Q633" s="46"/>
+      <c r="R633" s="49"/>
+      <c r="S633" s="49"/>
+      <c r="T633" s="44"/>
+      <c r="U633" s="49"/>
+      <c r="V633" s="49"/>
+      <c r="W633" s="44"/>
+      <c r="X633" s="49"/>
+      <c r="Y633" s="46"/>
+      <c r="Z633" s="52"/>
+    </row>
+    <row r="634" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A634" s="48"/>
+      <c r="B634" s="49"/>
+      <c r="C634" s="44"/>
+      <c r="D634" s="44"/>
+      <c r="E634" s="46"/>
+      <c r="F634" s="46"/>
+      <c r="G634" s="44"/>
+      <c r="H634" s="44"/>
+      <c r="I634" s="44"/>
+      <c r="J634" s="44"/>
+      <c r="K634" s="44"/>
+      <c r="L634" s="50"/>
+      <c r="M634" s="50"/>
+      <c r="N634" s="50"/>
+      <c r="O634" s="49"/>
+      <c r="P634" s="51"/>
+      <c r="Q634" s="46"/>
+      <c r="R634" s="49"/>
+      <c r="S634" s="49"/>
+      <c r="T634" s="44"/>
+      <c r="U634" s="49"/>
+      <c r="V634" s="49"/>
+      <c r="W634" s="44"/>
+      <c r="X634" s="49"/>
+      <c r="Y634" s="46"/>
+      <c r="Z634" s="52"/>
+    </row>
+    <row r="635" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A635" s="48"/>
+      <c r="B635" s="49"/>
+      <c r="C635" s="44"/>
+      <c r="D635" s="44"/>
+      <c r="E635" s="46"/>
+      <c r="F635" s="46"/>
+      <c r="G635" s="44"/>
+      <c r="H635" s="44"/>
+      <c r="I635" s="44"/>
+      <c r="J635" s="44"/>
+      <c r="K635" s="44"/>
+      <c r="L635" s="50"/>
+      <c r="M635" s="50"/>
+      <c r="N635" s="50"/>
+      <c r="O635" s="49"/>
+      <c r="P635" s="51"/>
+      <c r="Q635" s="46"/>
+      <c r="R635" s="49"/>
+      <c r="S635" s="49"/>
+      <c r="T635" s="44"/>
+      <c r="U635" s="49"/>
+      <c r="V635" s="49"/>
+      <c r="W635" s="44"/>
+      <c r="X635" s="49"/>
+      <c r="Y635" s="46"/>
+      <c r="Z635" s="52"/>
+    </row>
+    <row r="636" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A636" s="48"/>
+      <c r="B636" s="49"/>
+      <c r="C636" s="44"/>
+      <c r="D636" s="44"/>
+      <c r="E636" s="46"/>
+      <c r="F636" s="46"/>
+      <c r="G636" s="44"/>
+      <c r="H636" s="44"/>
+      <c r="I636" s="44"/>
+      <c r="J636" s="44"/>
+      <c r="K636" s="44"/>
+      <c r="L636" s="50"/>
+      <c r="M636" s="50"/>
+      <c r="N636" s="50"/>
+      <c r="O636" s="49"/>
+      <c r="P636" s="51"/>
+      <c r="Q636" s="46"/>
+      <c r="R636" s="49"/>
+      <c r="S636" s="49"/>
+      <c r="T636" s="44"/>
+      <c r="U636" s="49"/>
+      <c r="V636" s="49"/>
+      <c r="W636" s="44"/>
+      <c r="X636" s="49"/>
+      <c r="Y636" s="46"/>
+      <c r="Z636" s="52"/>
+    </row>
+    <row r="637" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A637" s="48"/>
+      <c r="B637" s="49"/>
+      <c r="C637" s="44"/>
+      <c r="D637" s="44"/>
+      <c r="E637" s="46"/>
+      <c r="F637" s="46"/>
+      <c r="G637" s="44"/>
+      <c r="H637" s="44"/>
+      <c r="I637" s="44"/>
+      <c r="J637" s="44"/>
+      <c r="K637" s="44"/>
+      <c r="L637" s="50"/>
+      <c r="M637" s="50"/>
+      <c r="N637" s="50"/>
+      <c r="O637" s="49"/>
+      <c r="P637" s="51"/>
+      <c r="Q637" s="46"/>
+      <c r="R637" s="49"/>
+      <c r="S637" s="49"/>
+      <c r="T637" s="44"/>
+      <c r="U637" s="49"/>
+      <c r="V637" s="49"/>
+      <c r="W637" s="44"/>
+      <c r="X637" s="49"/>
+      <c r="Y637" s="46"/>
+      <c r="Z637" s="52"/>
+    </row>
+    <row r="638" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A638" s="48"/>
+      <c r="B638" s="49"/>
+      <c r="C638" s="44"/>
+      <c r="D638" s="44"/>
+      <c r="E638" s="46"/>
+      <c r="F638" s="46"/>
+      <c r="G638" s="44"/>
+      <c r="H638" s="44"/>
+      <c r="I638" s="44"/>
+      <c r="J638" s="44"/>
+      <c r="K638" s="44"/>
+      <c r="L638" s="50"/>
+      <c r="M638" s="50"/>
+      <c r="N638" s="50"/>
+      <c r="O638" s="49"/>
+      <c r="P638" s="51"/>
+      <c r="Q638" s="46"/>
+      <c r="R638" s="49"/>
+      <c r="S638" s="49"/>
+      <c r="T638" s="44"/>
+      <c r="U638" s="49"/>
+      <c r="V638" s="49"/>
+      <c r="W638" s="44"/>
+      <c r="X638" s="49"/>
+      <c r="Y638" s="46"/>
+      <c r="Z638" s="52"/>
+    </row>
+    <row r="639" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A639" s="48"/>
+      <c r="B639" s="49"/>
+      <c r="C639" s="44"/>
+      <c r="D639" s="44"/>
+      <c r="E639" s="46"/>
+      <c r="F639" s="46"/>
+      <c r="G639" s="44"/>
+      <c r="H639" s="44"/>
+      <c r="I639" s="44"/>
+      <c r="J639" s="44"/>
+      <c r="K639" s="44"/>
+      <c r="L639" s="50"/>
+      <c r="M639" s="50"/>
+      <c r="N639" s="50"/>
+      <c r="O639" s="49"/>
+      <c r="P639" s="51"/>
+      <c r="Q639" s="46"/>
+      <c r="R639" s="49"/>
+      <c r="S639" s="49"/>
+      <c r="T639" s="44"/>
+      <c r="U639" s="49"/>
+      <c r="V639" s="49"/>
+      <c r="W639" s="44"/>
+      <c r="X639" s="49"/>
+      <c r="Y639" s="46"/>
+      <c r="Z639" s="52"/>
+    </row>
+    <row r="640" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A640" s="48"/>
+      <c r="B640" s="49"/>
+      <c r="C640" s="44"/>
+      <c r="D640" s="44"/>
+      <c r="E640" s="46"/>
+      <c r="F640" s="46"/>
+      <c r="G640" s="44"/>
+      <c r="H640" s="44"/>
+      <c r="I640" s="44"/>
+      <c r="J640" s="44"/>
+      <c r="K640" s="44"/>
+      <c r="L640" s="50"/>
+      <c r="M640" s="50"/>
+      <c r="N640" s="50"/>
+      <c r="O640" s="49"/>
+      <c r="P640" s="51"/>
+      <c r="Q640" s="46"/>
+      <c r="R640" s="49"/>
+      <c r="S640" s="49"/>
+      <c r="T640" s="44"/>
+      <c r="U640" s="49"/>
+      <c r="V640" s="49"/>
+      <c r="W640" s="44"/>
+      <c r="X640" s="49"/>
+      <c r="Y640" s="46"/>
+      <c r="Z640" s="52"/>
+    </row>
+    <row r="641" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A641" s="48"/>
+      <c r="B641" s="49"/>
+      <c r="C641" s="44"/>
+      <c r="D641" s="44"/>
+      <c r="E641" s="46"/>
+      <c r="F641" s="46"/>
+      <c r="G641" s="44"/>
+      <c r="H641" s="44"/>
+      <c r="I641" s="44"/>
+      <c r="J641" s="44"/>
+      <c r="K641" s="44"/>
+      <c r="L641" s="50"/>
+      <c r="M641" s="50"/>
+      <c r="N641" s="50"/>
+      <c r="O641" s="49"/>
+      <c r="P641" s="51"/>
+      <c r="Q641" s="46"/>
+      <c r="R641" s="49"/>
+      <c r="S641" s="49"/>
+      <c r="T641" s="44"/>
+      <c r="U641" s="49"/>
+      <c r="V641" s="49"/>
+      <c r="W641" s="44"/>
+      <c r="X641" s="49"/>
+      <c r="Y641" s="46"/>
+      <c r="Z641" s="52"/>
+    </row>
+    <row r="642" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A642" s="48"/>
+      <c r="B642" s="49"/>
+      <c r="C642" s="44"/>
+      <c r="D642" s="44"/>
+      <c r="E642" s="46"/>
+      <c r="F642" s="46"/>
+      <c r="G642" s="44"/>
+      <c r="H642" s="44"/>
+      <c r="I642" s="44"/>
+      <c r="J642" s="44"/>
+      <c r="K642" s="44"/>
+      <c r="L642" s="50"/>
+      <c r="M642" s="50"/>
+      <c r="N642" s="50"/>
+      <c r="O642" s="49"/>
+      <c r="P642" s="51"/>
+      <c r="Q642" s="46"/>
+      <c r="R642" s="49"/>
+      <c r="S642" s="49"/>
+      <c r="T642" s="44"/>
+      <c r="U642" s="49"/>
+      <c r="V642" s="49"/>
+      <c r="W642" s="44"/>
+      <c r="X642" s="49"/>
+      <c r="Y642" s="46"/>
+      <c r="Z642" s="52"/>
+    </row>
+    <row r="643" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A643" s="48"/>
+      <c r="B643" s="49"/>
+      <c r="C643" s="44"/>
+      <c r="D643" s="44"/>
+      <c r="E643" s="46"/>
+      <c r="F643" s="46"/>
+      <c r="G643" s="44"/>
+      <c r="H643" s="44"/>
+      <c r="I643" s="44"/>
+      <c r="J643" s="44"/>
+      <c r="K643" s="44"/>
+      <c r="L643" s="50"/>
+      <c r="M643" s="50"/>
+      <c r="N643" s="50"/>
+      <c r="O643" s="49"/>
+      <c r="P643" s="51"/>
+      <c r="Q643" s="46"/>
+      <c r="R643" s="49"/>
+      <c r="S643" s="49"/>
+      <c r="T643" s="44"/>
+      <c r="U643" s="49"/>
+      <c r="V643" s="49"/>
+      <c r="W643" s="44"/>
+      <c r="X643" s="49"/>
+      <c r="Y643" s="46"/>
+      <c r="Z643" s="52"/>
+    </row>
+    <row r="644" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A644" s="48"/>
+      <c r="B644" s="49"/>
+      <c r="C644" s="44"/>
+      <c r="D644" s="44"/>
+      <c r="E644" s="46"/>
+      <c r="F644" s="46"/>
+      <c r="G644" s="44"/>
+      <c r="H644" s="44"/>
+      <c r="I644" s="44"/>
+      <c r="J644" s="44"/>
+      <c r="K644" s="44"/>
+      <c r="L644" s="50"/>
+      <c r="M644" s="50"/>
+      <c r="N644" s="50"/>
+      <c r="O644" s="49"/>
+      <c r="P644" s="51"/>
+      <c r="Q644" s="46"/>
+      <c r="R644" s="49"/>
+      <c r="S644" s="49"/>
+      <c r="T644" s="44"/>
+      <c r="U644" s="49"/>
+      <c r="V644" s="49"/>
+      <c r="W644" s="44"/>
+      <c r="X644" s="49"/>
+      <c r="Y644" s="46"/>
+      <c r="Z644" s="52"/>
+    </row>
+    <row r="645" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A645" s="48"/>
+      <c r="B645" s="49"/>
+      <c r="C645" s="44"/>
+      <c r="D645" s="44"/>
+      <c r="E645" s="46"/>
+      <c r="F645" s="46"/>
+      <c r="G645" s="44"/>
+      <c r="H645" s="44"/>
+      <c r="I645" s="44"/>
+      <c r="J645" s="44"/>
+      <c r="K645" s="44"/>
+      <c r="L645" s="50"/>
+      <c r="M645" s="50"/>
+      <c r="N645" s="50"/>
+      <c r="O645" s="49"/>
+      <c r="P645" s="51"/>
+      <c r="Q645" s="46"/>
+      <c r="R645" s="49"/>
+      <c r="S645" s="49"/>
+      <c r="T645" s="44"/>
+      <c r="U645" s="49"/>
+      <c r="V645" s="49"/>
+      <c r="W645" s="44"/>
+      <c r="X645" s="49"/>
+      <c r="Y645" s="46"/>
+      <c r="Z645" s="52"/>
+    </row>
+    <row r="646" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A646" s="48"/>
+      <c r="B646" s="49"/>
+      <c r="C646" s="44"/>
+      <c r="D646" s="44"/>
+      <c r="E646" s="46"/>
+      <c r="F646" s="46"/>
+      <c r="G646" s="44"/>
+      <c r="H646" s="44"/>
+      <c r="I646" s="44"/>
+      <c r="J646" s="44"/>
+      <c r="K646" s="44"/>
+      <c r="L646" s="50"/>
+      <c r="M646" s="50"/>
+      <c r="N646" s="50"/>
+      <c r="O646" s="49"/>
+      <c r="P646" s="51"/>
+      <c r="Q646" s="46"/>
+      <c r="R646" s="49"/>
+      <c r="S646" s="49"/>
+      <c r="T646" s="44"/>
+      <c r="U646" s="49"/>
+      <c r="V646" s="49"/>
+      <c r="W646" s="44"/>
+      <c r="X646" s="49"/>
+      <c r="Y646" s="46"/>
+      <c r="Z646" s="52"/>
+    </row>
+    <row r="647" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A647" s="48"/>
+      <c r="B647" s="49"/>
+      <c r="C647" s="44"/>
+      <c r="D647" s="44"/>
+      <c r="E647" s="46"/>
+      <c r="F647" s="46"/>
+      <c r="G647" s="44"/>
+      <c r="H647" s="44"/>
+      <c r="I647" s="44"/>
+      <c r="J647" s="44"/>
+      <c r="K647" s="44"/>
+      <c r="L647" s="50"/>
+      <c r="M647" s="50"/>
+      <c r="N647" s="50"/>
+      <c r="O647" s="49"/>
+      <c r="P647" s="51"/>
+      <c r="Q647" s="46"/>
+      <c r="R647" s="49"/>
+      <c r="S647" s="49"/>
+      <c r="T647" s="44"/>
+      <c r="U647" s="49"/>
+      <c r="V647" s="49"/>
+      <c r="W647" s="44"/>
+      <c r="X647" s="49"/>
+      <c r="Y647" s="46"/>
+      <c r="Z647" s="52"/>
+    </row>
+    <row r="648" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A648" s="48"/>
+      <c r="B648" s="49"/>
+      <c r="C648" s="44"/>
+      <c r="D648" s="44"/>
+      <c r="E648" s="46"/>
+      <c r="F648" s="46"/>
+      <c r="G648" s="44"/>
+      <c r="H648" s="44"/>
+      <c r="I648" s="44"/>
+      <c r="J648" s="44"/>
+      <c r="K648" s="44"/>
+      <c r="L648" s="50"/>
+      <c r="M648" s="50"/>
+      <c r="N648" s="50"/>
+      <c r="O648" s="49"/>
+      <c r="P648" s="51"/>
+      <c r="Q648" s="46"/>
+      <c r="R648" s="49"/>
+      <c r="S648" s="49"/>
+      <c r="T648" s="44"/>
+      <c r="U648" s="49"/>
+      <c r="V648" s="49"/>
+      <c r="W648" s="44"/>
+      <c r="X648" s="49"/>
+      <c r="Y648" s="46"/>
+      <c r="Z648" s="52"/>
+    </row>
+    <row r="649" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A649" s="48"/>
+      <c r="B649" s="49"/>
+      <c r="C649" s="44"/>
+      <c r="D649" s="44"/>
+      <c r="E649" s="46"/>
+      <c r="F649" s="46"/>
+      <c r="G649" s="44"/>
+      <c r="H649" s="44"/>
+      <c r="I649" s="44"/>
+      <c r="J649" s="44"/>
+      <c r="K649" s="44"/>
+      <c r="L649" s="50"/>
+      <c r="M649" s="50"/>
+      <c r="N649" s="50"/>
+      <c r="O649" s="49"/>
+      <c r="P649" s="51"/>
+      <c r="Q649" s="46"/>
+      <c r="R649" s="49"/>
+      <c r="S649" s="49"/>
+      <c r="T649" s="44"/>
+      <c r="U649" s="49"/>
+      <c r="V649" s="49"/>
+      <c r="W649" s="44"/>
+      <c r="X649" s="49"/>
+      <c r="Y649" s="46"/>
+      <c r="Z649" s="52"/>
+    </row>
+    <row r="650" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A650" s="48"/>
+      <c r="B650" s="49"/>
+      <c r="C650" s="44"/>
+      <c r="D650" s="44"/>
+      <c r="E650" s="46"/>
+      <c r="F650" s="46"/>
+      <c r="G650" s="44"/>
+      <c r="H650" s="44"/>
+      <c r="I650" s="44"/>
+      <c r="J650" s="44"/>
+      <c r="K650" s="44"/>
+      <c r="L650" s="50"/>
+      <c r="M650" s="50"/>
+      <c r="N650" s="50"/>
+      <c r="O650" s="49"/>
+      <c r="P650" s="51"/>
+      <c r="Q650" s="46"/>
+      <c r="R650" s="49"/>
+      <c r="S650" s="49"/>
+      <c r="T650" s="44"/>
+      <c r="U650" s="49"/>
+      <c r="V650" s="49"/>
+      <c r="W650" s="44"/>
+      <c r="X650" s="49"/>
+      <c r="Y650" s="46"/>
+      <c r="Z650" s="52"/>
+    </row>
+    <row r="651" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A651" s="48"/>
+      <c r="B651" s="49"/>
+      <c r="C651" s="44"/>
+      <c r="D651" s="44"/>
+      <c r="E651" s="46"/>
+      <c r="F651" s="46"/>
+      <c r="G651" s="44"/>
+      <c r="H651" s="44"/>
+      <c r="I651" s="44"/>
+      <c r="J651" s="44"/>
+      <c r="K651" s="44"/>
+      <c r="L651" s="50"/>
+      <c r="M651" s="50"/>
+      <c r="N651" s="50"/>
+      <c r="O651" s="49"/>
+      <c r="P651" s="51"/>
+      <c r="Q651" s="46"/>
+      <c r="R651" s="49"/>
+      <c r="S651" s="49"/>
+      <c r="T651" s="44"/>
+      <c r="U651" s="49"/>
+      <c r="V651" s="49"/>
+      <c r="W651" s="44"/>
+      <c r="X651" s="49"/>
+      <c r="Y651" s="46"/>
+      <c r="Z651" s="52"/>
+    </row>
+    <row r="652" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A652" s="48"/>
+      <c r="B652" s="49"/>
+      <c r="C652" s="44"/>
+      <c r="D652" s="44"/>
+      <c r="E652" s="46"/>
+      <c r="F652" s="46"/>
+      <c r="G652" s="44"/>
+      <c r="H652" s="44"/>
+      <c r="I652" s="44"/>
+      <c r="J652" s="44"/>
+      <c r="K652" s="44"/>
+      <c r="L652" s="50"/>
+      <c r="M652" s="50"/>
+      <c r="N652" s="50"/>
+      <c r="O652" s="49"/>
+      <c r="P652" s="51"/>
+      <c r="Q652" s="46"/>
+      <c r="R652" s="49"/>
+      <c r="S652" s="49"/>
+      <c r="T652" s="44"/>
+      <c r="U652" s="49"/>
+      <c r="V652" s="49"/>
+      <c r="W652" s="44"/>
+      <c r="X652" s="49"/>
+      <c r="Y652" s="46"/>
+      <c r="Z652" s="52"/>
+    </row>
+    <row r="653" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A653" s="48"/>
+      <c r="B653" s="49"/>
+      <c r="C653" s="44"/>
+      <c r="D653" s="44"/>
+      <c r="E653" s="46"/>
+      <c r="F653" s="46"/>
+      <c r="G653" s="44"/>
+      <c r="H653" s="44"/>
+      <c r="I653" s="44"/>
+      <c r="J653" s="44"/>
+      <c r="K653" s="44"/>
+      <c r="L653" s="50"/>
+      <c r="M653" s="50"/>
+      <c r="N653" s="50"/>
+      <c r="O653" s="49"/>
+      <c r="P653" s="51"/>
+      <c r="Q653" s="46"/>
+      <c r="R653" s="49"/>
+      <c r="S653" s="49"/>
+      <c r="T653" s="44"/>
+      <c r="U653" s="49"/>
+      <c r="V653" s="49"/>
+      <c r="W653" s="44"/>
+      <c r="X653" s="49"/>
+      <c r="Y653" s="46"/>
+      <c r="Z653" s="52"/>
+    </row>
+    <row r="654" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A654" s="48"/>
+      <c r="B654" s="49"/>
+      <c r="C654" s="44"/>
+      <c r="D654" s="44"/>
+      <c r="E654" s="46"/>
+      <c r="F654" s="46"/>
+      <c r="G654" s="44"/>
+      <c r="H654" s="44"/>
+      <c r="I654" s="44"/>
+      <c r="J654" s="44"/>
+      <c r="K654" s="44"/>
+      <c r="L654" s="50"/>
+      <c r="M654" s="50"/>
+      <c r="N654" s="50"/>
+      <c r="O654" s="49"/>
+      <c r="P654" s="51"/>
+      <c r="Q654" s="46"/>
+      <c r="R654" s="49"/>
+      <c r="S654" s="49"/>
+      <c r="T654" s="44"/>
+      <c r="U654" s="49"/>
+      <c r="V654" s="49"/>
+      <c r="W654" s="44"/>
+      <c r="X654" s="49"/>
+      <c r="Y654" s="46"/>
+      <c r="Z654" s="52"/>
+    </row>
+    <row r="655" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A655" s="48"/>
+      <c r="B655" s="49"/>
+      <c r="C655" s="44"/>
+      <c r="D655" s="44"/>
+      <c r="E655" s="46"/>
+      <c r="F655" s="46"/>
+      <c r="G655" s="44"/>
+      <c r="H655" s="44"/>
+      <c r="I655" s="44"/>
+      <c r="J655" s="44"/>
+      <c r="K655" s="44"/>
+      <c r="L655" s="50"/>
+      <c r="M655" s="50"/>
+      <c r="N655" s="50"/>
+      <c r="O655" s="49"/>
+      <c r="P655" s="51"/>
+      <c r="Q655" s="46"/>
+      <c r="R655" s="49"/>
+      <c r="S655" s="49"/>
+      <c r="T655" s="44"/>
+      <c r="U655" s="49"/>
+      <c r="V655" s="49"/>
+      <c r="W655" s="44"/>
+      <c r="X655" s="49"/>
+      <c r="Y655" s="46"/>
+      <c r="Z655" s="52"/>
+    </row>
+    <row r="656" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A656" s="48"/>
+      <c r="B656" s="49"/>
+      <c r="C656" s="44"/>
+      <c r="D656" s="44"/>
+      <c r="E656" s="46"/>
+      <c r="F656" s="46"/>
+      <c r="G656" s="44"/>
+      <c r="H656" s="44"/>
+      <c r="I656" s="44"/>
+      <c r="J656" s="44"/>
+      <c r="K656" s="44"/>
+      <c r="L656" s="50"/>
+      <c r="M656" s="50"/>
+      <c r="N656" s="50"/>
+      <c r="O656" s="49"/>
+      <c r="P656" s="51"/>
+      <c r="Q656" s="46"/>
+      <c r="R656" s="49"/>
+      <c r="S656" s="49"/>
+      <c r="T656" s="44"/>
+      <c r="U656" s="49"/>
+      <c r="V656" s="49"/>
+      <c r="W656" s="44"/>
+      <c r="X656" s="49"/>
+      <c r="Y656" s="46"/>
+      <c r="Z656" s="52"/>
+    </row>
+    <row r="657" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A657" s="48"/>
+      <c r="B657" s="49"/>
+      <c r="C657" s="44"/>
+      <c r="D657" s="44"/>
+      <c r="E657" s="46"/>
+      <c r="F657" s="46"/>
+      <c r="G657" s="44"/>
+      <c r="H657" s="44"/>
+      <c r="I657" s="44"/>
+      <c r="J657" s="44"/>
+      <c r="K657" s="44"/>
+      <c r="L657" s="50"/>
+      <c r="M657" s="50"/>
+      <c r="N657" s="50"/>
+      <c r="O657" s="49"/>
+      <c r="P657" s="51"/>
+      <c r="Q657" s="46"/>
+      <c r="R657" s="49"/>
+      <c r="S657" s="49"/>
+      <c r="T657" s="44"/>
+      <c r="U657" s="49"/>
+      <c r="V657" s="49"/>
+      <c r="W657" s="44"/>
+      <c r="X657" s="49"/>
+      <c r="Y657" s="46"/>
+      <c r="Z657" s="52"/>
+    </row>
+    <row r="658" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A658" s="48"/>
+      <c r="B658" s="49"/>
+      <c r="C658" s="44"/>
+      <c r="D658" s="44"/>
+      <c r="E658" s="46"/>
+      <c r="F658" s="46"/>
+      <c r="G658" s="44"/>
+      <c r="H658" s="44"/>
+      <c r="I658" s="44"/>
+      <c r="J658" s="44"/>
+      <c r="K658" s="44"/>
+      <c r="L658" s="50"/>
+      <c r="M658" s="50"/>
+      <c r="N658" s="50"/>
+      <c r="O658" s="49"/>
+      <c r="P658" s="51"/>
+      <c r="Q658" s="46"/>
+      <c r="R658" s="49"/>
+      <c r="S658" s="49"/>
+      <c r="T658" s="44"/>
+      <c r="U658" s="49"/>
+      <c r="V658" s="49"/>
+      <c r="W658" s="44"/>
+      <c r="X658" s="49"/>
+      <c r="Y658" s="46"/>
+      <c r="Z658" s="52"/>
+    </row>
+    <row r="659" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A659" s="48"/>
+      <c r="B659" s="49"/>
+      <c r="C659" s="44"/>
+      <c r="D659" s="44"/>
+      <c r="E659" s="46"/>
+      <c r="F659" s="46"/>
+      <c r="G659" s="44"/>
+      <c r="H659" s="44"/>
+      <c r="I659" s="44"/>
+      <c r="J659" s="44"/>
+      <c r="K659" s="44"/>
+      <c r="L659" s="50"/>
+      <c r="M659" s="50"/>
+      <c r="N659" s="50"/>
+      <c r="O659" s="49"/>
+      <c r="P659" s="51"/>
+      <c r="Q659" s="46"/>
+      <c r="R659" s="49"/>
+      <c r="S659" s="49"/>
+      <c r="T659" s="44"/>
+      <c r="U659" s="49"/>
+      <c r="V659" s="49"/>
+      <c r="W659" s="44"/>
+      <c r="X659" s="49"/>
+      <c r="Y659" s="46"/>
+      <c r="Z659" s="52"/>
+    </row>
+    <row r="660" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A660" s="48"/>
+      <c r="B660" s="49"/>
+      <c r="C660" s="44"/>
+      <c r="D660" s="44"/>
+      <c r="E660" s="46"/>
+      <c r="F660" s="46"/>
+      <c r="G660" s="44"/>
+      <c r="H660" s="44"/>
+      <c r="I660" s="44"/>
+      <c r="J660" s="44"/>
+      <c r="K660" s="44"/>
+      <c r="L660" s="50"/>
+      <c r="M660" s="50"/>
+      <c r="N660" s="50"/>
+      <c r="O660" s="49"/>
+      <c r="P660" s="51"/>
+      <c r="Q660" s="46"/>
+      <c r="R660" s="49"/>
+      <c r="S660" s="49"/>
+      <c r="T660" s="44"/>
+      <c r="U660" s="49"/>
+      <c r="V660" s="49"/>
+      <c r="W660" s="44"/>
+      <c r="X660" s="49"/>
+      <c r="Y660" s="46"/>
+      <c r="Z660" s="52"/>
+    </row>
+    <row r="661" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A661" s="48"/>
+      <c r="B661" s="49"/>
+      <c r="C661" s="44"/>
+      <c r="D661" s="44"/>
+      <c r="E661" s="46"/>
+      <c r="F661" s="46"/>
+      <c r="G661" s="44"/>
+      <c r="H661" s="44"/>
+      <c r="I661" s="44"/>
+      <c r="J661" s="44"/>
+      <c r="K661" s="44"/>
+      <c r="L661" s="50"/>
+      <c r="M661" s="50"/>
+      <c r="N661" s="50"/>
+      <c r="O661" s="49"/>
+      <c r="P661" s="51"/>
+      <c r="Q661" s="46"/>
+      <c r="R661" s="49"/>
+      <c r="S661" s="49"/>
+      <c r="T661" s="44"/>
+      <c r="U661" s="49"/>
+      <c r="V661" s="49"/>
+      <c r="W661" s="44"/>
+      <c r="X661" s="49"/>
+      <c r="Y661" s="46"/>
+      <c r="Z661" s="52"/>
+    </row>
+    <row r="662" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A662" s="48"/>
+      <c r="B662" s="49"/>
+      <c r="C662" s="44"/>
+      <c r="D662" s="44"/>
+      <c r="E662" s="46"/>
+      <c r="F662" s="46"/>
+      <c r="G662" s="44"/>
+      <c r="H662" s="44"/>
+      <c r="I662" s="44"/>
+      <c r="J662" s="44"/>
+      <c r="K662" s="44"/>
+      <c r="L662" s="50"/>
+      <c r="M662" s="50"/>
+      <c r="N662" s="50"/>
+      <c r="O662" s="49"/>
+      <c r="P662" s="51"/>
+      <c r="Q662" s="46"/>
+      <c r="R662" s="49"/>
+      <c r="S662" s="49"/>
+      <c r="T662" s="44"/>
+      <c r="U662" s="49"/>
+      <c r="V662" s="49"/>
+      <c r="W662" s="44"/>
+      <c r="X662" s="49"/>
+      <c r="Y662" s="46"/>
+      <c r="Z662" s="52"/>
+    </row>
+    <row r="663" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A663" s="48"/>
+      <c r="B663" s="49"/>
+      <c r="C663" s="44"/>
+      <c r="D663" s="44"/>
+      <c r="E663" s="46"/>
+      <c r="F663" s="46"/>
+      <c r="G663" s="44"/>
+      <c r="H663" s="44"/>
+      <c r="I663" s="44"/>
+      <c r="J663" s="44"/>
+      <c r="K663" s="44"/>
+      <c r="L663" s="50"/>
+      <c r="M663" s="50"/>
+      <c r="N663" s="50"/>
+      <c r="O663" s="49"/>
+      <c r="P663" s="51"/>
+      <c r="Q663" s="46"/>
+      <c r="R663" s="49"/>
+      <c r="S663" s="49"/>
+      <c r="T663" s="44"/>
+      <c r="U663" s="49"/>
+      <c r="V663" s="49"/>
+      <c r="W663" s="44"/>
+      <c r="X663" s="49"/>
+      <c r="Y663" s="46"/>
+      <c r="Z663" s="52"/>
+    </row>
+    <row r="664" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A664" s="48"/>
+      <c r="B664" s="49"/>
+      <c r="C664" s="44"/>
+      <c r="D664" s="44"/>
+      <c r="E664" s="46"/>
+      <c r="F664" s="46"/>
+      <c r="G664" s="44"/>
+      <c r="H664" s="44"/>
+      <c r="I664" s="44"/>
+      <c r="J664" s="44"/>
+      <c r="K664" s="44"/>
+      <c r="L664" s="50"/>
+      <c r="M664" s="50"/>
+      <c r="N664" s="50"/>
+      <c r="O664" s="49"/>
+      <c r="P664" s="51"/>
+      <c r="Q664" s="46"/>
+      <c r="R664" s="49"/>
+      <c r="S664" s="49"/>
+      <c r="T664" s="44"/>
+      <c r="U664" s="49"/>
+      <c r="V664" s="49"/>
+      <c r="W664" s="44"/>
+      <c r="X664" s="49"/>
+      <c r="Y664" s="46"/>
+      <c r="Z664" s="52"/>
+    </row>
+    <row r="665" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A665" s="48"/>
+      <c r="B665" s="49"/>
+      <c r="C665" s="44"/>
+      <c r="D665" s="44"/>
+      <c r="E665" s="46"/>
+      <c r="F665" s="46"/>
+      <c r="G665" s="44"/>
+      <c r="H665" s="44"/>
+      <c r="I665" s="44"/>
+      <c r="J665" s="44"/>
+      <c r="K665" s="44"/>
+      <c r="L665" s="50"/>
+      <c r="M665" s="50"/>
+      <c r="N665" s="50"/>
+      <c r="O665" s="49"/>
+      <c r="P665" s="51"/>
+      <c r="Q665" s="46"/>
+      <c r="R665" s="49"/>
+      <c r="S665" s="49"/>
+      <c r="T665" s="44"/>
+      <c r="U665" s="49"/>
+      <c r="V665" s="49"/>
+      <c r="W665" s="44"/>
+      <c r="X665" s="49"/>
+      <c r="Y665" s="46"/>
+      <c r="Z665" s="52"/>
+    </row>
+    <row r="666" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A666" s="48"/>
+      <c r="B666" s="49"/>
+      <c r="C666" s="44"/>
+      <c r="D666" s="44"/>
+      <c r="E666" s="46"/>
+      <c r="F666" s="46"/>
+      <c r="G666" s="44"/>
+      <c r="H666" s="44"/>
+      <c r="I666" s="44"/>
+      <c r="J666" s="44"/>
+      <c r="K666" s="44"/>
+      <c r="L666" s="50"/>
+      <c r="M666" s="50"/>
+      <c r="N666" s="50"/>
+      <c r="O666" s="49"/>
+      <c r="P666" s="51"/>
+      <c r="Q666" s="46"/>
+      <c r="R666" s="49"/>
+      <c r="S666" s="49"/>
+      <c r="T666" s="44"/>
+      <c r="U666" s="49"/>
+      <c r="V666" s="49"/>
+      <c r="W666" s="44"/>
+      <c r="X666" s="49"/>
+      <c r="Y666" s="46"/>
+      <c r="Z666" s="52"/>
+    </row>
+    <row r="667" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A667" s="48"/>
+      <c r="B667" s="49"/>
+      <c r="C667" s="44"/>
+      <c r="D667" s="44"/>
+      <c r="E667" s="46"/>
+      <c r="F667" s="46"/>
+      <c r="G667" s="44"/>
+      <c r="H667" s="44"/>
+      <c r="I667" s="44"/>
+      <c r="J667" s="44"/>
+      <c r="K667" s="44"/>
+      <c r="L667" s="50"/>
+      <c r="M667" s="50"/>
+      <c r="N667" s="50"/>
+      <c r="O667" s="49"/>
+      <c r="P667" s="51"/>
+      <c r="Q667" s="46"/>
+      <c r="R667" s="49"/>
+      <c r="S667" s="49"/>
+      <c r="T667" s="44"/>
+      <c r="U667" s="49"/>
+      <c r="V667" s="49"/>
+      <c r="W667" s="44"/>
+      <c r="X667" s="49"/>
+      <c r="Y667" s="46"/>
+      <c r="Z667" s="52"/>
+    </row>
+    <row r="668" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A668" s="48"/>
+      <c r="B668" s="49"/>
+      <c r="C668" s="44"/>
+      <c r="D668" s="44"/>
+      <c r="E668" s="46"/>
+      <c r="F668" s="46"/>
+      <c r="G668" s="44"/>
+      <c r="H668" s="44"/>
+      <c r="I668" s="44"/>
+      <c r="J668" s="44"/>
+      <c r="K668" s="44"/>
+      <c r="L668" s="50"/>
+      <c r="M668" s="50"/>
+      <c r="N668" s="50"/>
+      <c r="O668" s="49"/>
+      <c r="P668" s="51"/>
+      <c r="Q668" s="46"/>
+      <c r="R668" s="49"/>
+      <c r="S668" s="49"/>
+      <c r="T668" s="44"/>
+      <c r="U668" s="49"/>
+      <c r="V668" s="49"/>
+      <c r="W668" s="44"/>
+      <c r="X668" s="49"/>
+      <c r="Y668" s="46"/>
+      <c r="Z668" s="52"/>
+    </row>
+    <row r="669" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A669" s="48"/>
+      <c r="B669" s="49"/>
+      <c r="C669" s="44"/>
+      <c r="D669" s="44"/>
+      <c r="E669" s="46"/>
+      <c r="F669" s="46"/>
+      <c r="G669" s="44"/>
+      <c r="H669" s="44"/>
+      <c r="I669" s="44"/>
+      <c r="J669" s="44"/>
+      <c r="K669" s="44"/>
+      <c r="L669" s="50"/>
+      <c r="M669" s="50"/>
+      <c r="N669" s="50"/>
+      <c r="O669" s="49"/>
+      <c r="P669" s="51"/>
+      <c r="Q669" s="46"/>
+      <c r="R669" s="49"/>
+      <c r="S669" s="49"/>
+      <c r="T669" s="44"/>
+      <c r="U669" s="49"/>
+      <c r="V669" s="49"/>
+      <c r="W669" s="44"/>
+      <c r="X669" s="49"/>
+      <c r="Y669" s="46"/>
+      <c r="Z669" s="52"/>
+    </row>
+    <row r="670" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A670" s="48"/>
+      <c r="B670" s="49"/>
+      <c r="C670" s="44"/>
+      <c r="D670" s="44"/>
+      <c r="E670" s="46"/>
+      <c r="F670" s="46"/>
+      <c r="G670" s="44"/>
+      <c r="H670" s="44"/>
+      <c r="I670" s="44"/>
+      <c r="J670" s="44"/>
+      <c r="K670" s="44"/>
+      <c r="L670" s="50"/>
+      <c r="M670" s="50"/>
+      <c r="N670" s="50"/>
+      <c r="O670" s="49"/>
+      <c r="P670" s="51"/>
+      <c r="Q670" s="46"/>
+      <c r="R670" s="49"/>
+      <c r="S670" s="49"/>
+      <c r="T670" s="44"/>
+      <c r="U670" s="49"/>
+      <c r="V670" s="49"/>
+      <c r="W670" s="44"/>
+      <c r="X670" s="49"/>
+      <c r="Y670" s="46"/>
+      <c r="Z670" s="52"/>
+    </row>
+    <row r="671" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A671" s="48"/>
+      <c r="B671" s="49"/>
+      <c r="C671" s="44"/>
+      <c r="D671" s="44"/>
+      <c r="E671" s="46"/>
+      <c r="F671" s="46"/>
+      <c r="G671" s="44"/>
+      <c r="H671" s="44"/>
+      <c r="I671" s="44"/>
+      <c r="J671" s="44"/>
+      <c r="K671" s="44"/>
+      <c r="L671" s="50"/>
+      <c r="M671" s="50"/>
+      <c r="N671" s="50"/>
+      <c r="O671" s="49"/>
+      <c r="P671" s="51"/>
+      <c r="Q671" s="46"/>
+      <c r="R671" s="49"/>
+      <c r="S671" s="49"/>
+      <c r="T671" s="44"/>
+      <c r="U671" s="49"/>
+      <c r="V671" s="49"/>
+      <c r="W671" s="44"/>
+      <c r="X671" s="49"/>
+      <c r="Y671" s="46"/>
+      <c r="Z671" s="52"/>
+    </row>
+    <row r="672" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A672" s="48"/>
+      <c r="B672" s="49"/>
+      <c r="C672" s="44"/>
+      <c r="D672" s="44"/>
+      <c r="E672" s="46"/>
+      <c r="F672" s="46"/>
+      <c r="G672" s="44"/>
+      <c r="H672" s="44"/>
+      <c r="I672" s="44"/>
+      <c r="J672" s="44"/>
+      <c r="K672" s="44"/>
+      <c r="L672" s="50"/>
+      <c r="M672" s="50"/>
+      <c r="N672" s="50"/>
+      <c r="O672" s="49"/>
+      <c r="P672" s="51"/>
+      <c r="Q672" s="46"/>
+      <c r="R672" s="49"/>
+      <c r="S672" s="49"/>
+      <c r="T672" s="44"/>
+      <c r="U672" s="49"/>
+      <c r="V672" s="49"/>
+      <c r="W672" s="44"/>
+      <c r="X672" s="49"/>
+      <c r="Y672" s="46"/>
+      <c r="Z672" s="52"/>
+    </row>
+    <row r="673" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A673" s="48"/>
+      <c r="B673" s="49"/>
+      <c r="C673" s="44"/>
+      <c r="D673" s="44"/>
+      <c r="E673" s="46"/>
+      <c r="F673" s="46"/>
+      <c r="G673" s="44"/>
+      <c r="H673" s="44"/>
+      <c r="I673" s="44"/>
+      <c r="J673" s="44"/>
+      <c r="K673" s="44"/>
+      <c r="L673" s="50"/>
+      <c r="M673" s="50"/>
+      <c r="N673" s="50"/>
+      <c r="O673" s="49"/>
+      <c r="P673" s="51"/>
+      <c r="Q673" s="46"/>
+      <c r="R673" s="49"/>
+      <c r="S673" s="49"/>
+      <c r="T673" s="44"/>
+      <c r="U673" s="49"/>
+      <c r="V673" s="49"/>
+      <c r="W673" s="44"/>
+      <c r="X673" s="49"/>
+      <c r="Y673" s="46"/>
+      <c r="Z673" s="52"/>
+    </row>
+    <row r="674" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A674" s="48"/>
+      <c r="B674" s="49"/>
+      <c r="C674" s="44"/>
+      <c r="D674" s="44"/>
+      <c r="E674" s="46"/>
+      <c r="F674" s="46"/>
+      <c r="G674" s="44"/>
+      <c r="H674" s="44"/>
+      <c r="I674" s="44"/>
+      <c r="J674" s="44"/>
+      <c r="K674" s="44"/>
+      <c r="L674" s="50"/>
+      <c r="M674" s="50"/>
+      <c r="N674" s="50"/>
+      <c r="O674" s="49"/>
+      <c r="P674" s="51"/>
+      <c r="Q674" s="46"/>
+      <c r="R674" s="49"/>
+      <c r="S674" s="49"/>
+      <c r="T674" s="44"/>
+      <c r="U674" s="49"/>
+      <c r="V674" s="49"/>
+      <c r="W674" s="44"/>
+      <c r="X674" s="49"/>
+      <c r="Y674" s="46"/>
+      <c r="Z674" s="52"/>
+    </row>
+    <row r="675" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A675" s="48"/>
+      <c r="B675" s="49"/>
+      <c r="C675" s="44"/>
+      <c r="D675" s="44"/>
+      <c r="E675" s="46"/>
+      <c r="F675" s="46"/>
+      <c r="G675" s="44"/>
+      <c r="H675" s="44"/>
+      <c r="I675" s="44"/>
+      <c r="J675" s="44"/>
+      <c r="K675" s="44"/>
+      <c r="L675" s="50"/>
+      <c r="M675" s="50"/>
+      <c r="N675" s="50"/>
+      <c r="O675" s="49"/>
+      <c r="P675" s="51"/>
+      <c r="Q675" s="46"/>
+      <c r="R675" s="49"/>
+      <c r="S675" s="49"/>
+      <c r="T675" s="44"/>
+      <c r="U675" s="49"/>
+      <c r="V675" s="49"/>
+      <c r="W675" s="44"/>
+      <c r="X675" s="49"/>
+      <c r="Y675" s="46"/>
+      <c r="Z675" s="52"/>
+    </row>
+    <row r="676" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A676" s="48"/>
+      <c r="B676" s="49"/>
+      <c r="C676" s="44"/>
+      <c r="D676" s="44"/>
+      <c r="E676" s="46"/>
+      <c r="F676" s="46"/>
+      <c r="G676" s="44"/>
+      <c r="H676" s="44"/>
+      <c r="I676" s="44"/>
+      <c r="J676" s="44"/>
+      <c r="K676" s="44"/>
+      <c r="L676" s="50"/>
+      <c r="M676" s="50"/>
+      <c r="N676" s="50"/>
+      <c r="O676" s="49"/>
+      <c r="P676" s="51"/>
+      <c r="Q676" s="46"/>
+      <c r="R676" s="49"/>
+      <c r="S676" s="49"/>
+      <c r="T676" s="44"/>
+      <c r="U676" s="49"/>
+      <c r="V676" s="49"/>
+      <c r="W676" s="44"/>
+      <c r="X676" s="49"/>
+      <c r="Y676" s="46"/>
+      <c r="Z676" s="52"/>
+    </row>
+    <row r="677" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A677" s="48"/>
+      <c r="B677" s="49"/>
+      <c r="C677" s="44"/>
+      <c r="D677" s="44"/>
+      <c r="E677" s="46"/>
+      <c r="F677" s="46"/>
+      <c r="G677" s="44"/>
+      <c r="H677" s="44"/>
+      <c r="I677" s="44"/>
+      <c r="J677" s="44"/>
+      <c r="K677" s="44"/>
+      <c r="L677" s="50"/>
+      <c r="M677" s="50"/>
+      <c r="N677" s="50"/>
+      <c r="O677" s="49"/>
+      <c r="P677" s="51"/>
+      <c r="Q677" s="46"/>
+      <c r="R677" s="49"/>
+      <c r="S677" s="49"/>
+      <c r="T677" s="44"/>
+      <c r="U677" s="49"/>
+      <c r="V677" s="49"/>
+      <c r="W677" s="44"/>
+      <c r="X677" s="49"/>
+      <c r="Y677" s="46"/>
+      <c r="Z677" s="52"/>
+    </row>
+    <row r="678" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A678" s="48"/>
+      <c r="B678" s="49"/>
+      <c r="C678" s="44"/>
+      <c r="D678" s="44"/>
+      <c r="E678" s="46"/>
+      <c r="F678" s="46"/>
+      <c r="G678" s="44"/>
+      <c r="H678" s="44"/>
+      <c r="I678" s="44"/>
+      <c r="J678" s="44"/>
+      <c r="K678" s="44"/>
+      <c r="L678" s="50"/>
+      <c r="M678" s="50"/>
+      <c r="N678" s="50"/>
+      <c r="O678" s="49"/>
+      <c r="P678" s="51"/>
+      <c r="Q678" s="46"/>
+      <c r="R678" s="49"/>
+      <c r="S678" s="49"/>
+      <c r="T678" s="44"/>
+      <c r="U678" s="49"/>
+      <c r="V678" s="49"/>
+      <c r="W678" s="44"/>
+      <c r="X678" s="49"/>
+      <c r="Y678" s="46"/>
+      <c r="Z678" s="52"/>
+    </row>
+    <row r="679" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A679" s="48"/>
+      <c r="B679" s="49"/>
+      <c r="C679" s="44"/>
+      <c r="D679" s="44"/>
+      <c r="E679" s="46"/>
+      <c r="F679" s="46"/>
+      <c r="G679" s="44"/>
+      <c r="H679" s="44"/>
+      <c r="I679" s="44"/>
+      <c r="J679" s="44"/>
+      <c r="K679" s="44"/>
+      <c r="L679" s="50"/>
+      <c r="M679" s="50"/>
+      <c r="N679" s="50"/>
+      <c r="O679" s="49"/>
+      <c r="P679" s="51"/>
+      <c r="Q679" s="46"/>
+      <c r="R679" s="49"/>
+      <c r="S679" s="49"/>
+      <c r="T679" s="44"/>
+      <c r="U679" s="49"/>
+      <c r="V679" s="49"/>
+      <c r="W679" s="44"/>
+      <c r="X679" s="49"/>
+      <c r="Y679" s="46"/>
+      <c r="Z679" s="52"/>
+    </row>
+    <row r="680" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A680" s="48"/>
+      <c r="B680" s="49"/>
+      <c r="C680" s="44"/>
+      <c r="D680" s="44"/>
+      <c r="E680" s="46"/>
+      <c r="F680" s="46"/>
+      <c r="G680" s="44"/>
+      <c r="H680" s="44"/>
+      <c r="I680" s="44"/>
+      <c r="J680" s="44"/>
+      <c r="K680" s="44"/>
+      <c r="L680" s="50"/>
+      <c r="M680" s="50"/>
+      <c r="N680" s="50"/>
+      <c r="O680" s="49"/>
+      <c r="P680" s="51"/>
+      <c r="Q680" s="46"/>
+      <c r="R680" s="49"/>
+      <c r="S680" s="49"/>
+      <c r="T680" s="44"/>
+      <c r="U680" s="49"/>
+      <c r="V680" s="49"/>
+      <c r="W680" s="44"/>
+      <c r="X680" s="49"/>
+      <c r="Y680" s="46"/>
+      <c r="Z680" s="52"/>
+    </row>
+    <row r="681" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A681" s="53"/>
+      <c r="B681" s="54"/>
+      <c r="C681" s="44"/>
+      <c r="D681" s="44"/>
+      <c r="E681" s="46"/>
+      <c r="F681" s="46"/>
+      <c r="G681" s="44"/>
+      <c r="H681" s="44"/>
+      <c r="I681" s="44"/>
+      <c r="J681" s="44"/>
+      <c r="K681" s="44"/>
+      <c r="L681" s="55"/>
+      <c r="M681" s="55"/>
+      <c r="N681" s="55"/>
+      <c r="O681" s="54"/>
+      <c r="P681" s="56"/>
+      <c r="Q681" s="46"/>
+      <c r="R681" s="54"/>
+      <c r="S681" s="54"/>
+      <c r="T681" s="44"/>
+      <c r="U681" s="54"/>
+      <c r="V681" s="54"/>
+      <c r="W681" s="44"/>
+      <c r="X681" s="54"/>
+      <c r="Y681" s="46"/>
+      <c r="Z681" s="57"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="66" fitToWidth="6" pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
+  <colBreaks count="5" manualBreakCount="5">
+    <brk id="5" max="36" man="1"/>
+    <brk id="11" max="36" man="1"/>
+    <brk id="16" max="36" man="1"/>
+    <brk id="19" max="36" man="1"/>
+    <brk id="22" max="36" man="1"/>
+  </colBreaks>
   <tableParts count="1">
-    <tablePart r:id="rId1"/>
+    <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="13">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{774E5091-9260-4D90-AA09-293C20AA15B6}">
           <x14:formula1>
             <xm:f>'Drop Down Lists'!$A$2:$A$9</xm:f>
           </x14:formula1>
           <xm:sqref>C2:C681</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{01F02204-D93D-421F-9711-C34F9EE5674D}">
           <x14:formula1>
             <xm:f>'Drop Down Lists'!$J$2:$J$12</xm:f>
           </x14:formula1>
           <xm:sqref>Q2:Q681</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{6DC66A5D-9CA9-4AE1-97E9-5C0B9CBFB9F2}">
           <x14:formula1>
             <xm:f>'Drop Down Lists'!$B$2:$B$4</xm:f>
           </x14:formula1>
           <xm:sqref>D2:D681</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{2A12E02B-BEB1-47CF-9BFB-6CEE8714EF64}">
           <x14:formula1>
             <xm:f>'Drop Down Lists'!$C$2:$C$9</xm:f>
@@ -23392,702 +23511,702 @@
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B4B51F3E-535A-4CFA-ACCF-5F9F9E3D570C}">
           <x14:formula1>
             <xm:f>'Drop Down Lists'!$L$2:$L$8</xm:f>
           </x14:formula1>
           <xm:sqref>W2:W681</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{902B0132-C015-443E-926F-33B979CB0EFA}">
           <x14:formula1>
             <xm:f>'Drop Down Lists'!$M$2:$M$6</xm:f>
           </x14:formula1>
           <xm:sqref>Y2:Y681</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E63B91D-1C48-4E81-A8F7-1B6A9412357B}">
   <sheetPr codeName="Sheet4"/>
   <dimension ref="A1:M68"/>
   <sheetViews>
     <sheetView topLeftCell="H1" workbookViewId="0">
-      <selection activeCell="G13" sqref="G13"/>
+      <selection activeCell="J14" sqref="J14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="14.1796875" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="13" max="13" width="44.1796875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="14.140625" customWidth="1"/>
+    <col min="2" max="2" width="11.85546875" customWidth="1"/>
+    <col min="3" max="3" width="34.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="34.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="13.140625" customWidth="1"/>
+    <col min="6" max="6" width="14.7109375" customWidth="1"/>
+    <col min="7" max="7" width="13.42578125" customWidth="1"/>
+    <col min="8" max="9" width="13.7109375" customWidth="1"/>
+    <col min="10" max="10" width="63.85546875" customWidth="1"/>
+    <col min="11" max="11" width="36.7109375" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="32.5703125" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="44.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="6" customFormat="1" ht="43.5" x14ac:dyDescent="0.25">
-      <c r="A1" s="17" t="s">
+    <row r="1" spans="1:13" s="5" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="B1" s="17" t="s">
+      <c r="B1" s="15" t="s">
         <v>51</v>
       </c>
-      <c r="C1" s="17" t="s">
+      <c r="C1" s="15" t="s">
         <v>50</v>
       </c>
-      <c r="D1" s="17" t="s">
+      <c r="D1" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="E1" s="17" t="s">
+      <c r="E1" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="F1" s="17" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="17" t="s">
+      <c r="F1" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="G1" s="15" t="s">
         <v>53</v>
       </c>
-      <c r="H1" s="17" t="s">
+      <c r="H1" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="I1" s="17" t="s">
+      <c r="I1" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="J1" s="17" t="s">
+      <c r="J1" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="K1" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="L1" s="15" t="s">
         <v>142</v>
       </c>
-      <c r="K1" s="17" t="s">
-[...5 lines deleted...]
-      <c r="M1" s="18" t="s">
+      <c r="M1" s="16" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F2" s="9">
+      <c r="F2" s="8">
         <v>1</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="I2" s="7" t="s">
+      <c r="I2" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="J2" s="10" t="s">
+      <c r="J2" s="9" t="s">
         <v>129</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="3" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="F3" s="9">
+      <c r="F3" s="8">
         <v>2</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="I3" s="7" t="s">
+      <c r="I3" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="J3" s="10" t="s">
+      <c r="J3" s="9" t="s">
         <v>130</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="M3" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="4" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F4" s="9">
+      <c r="F4" s="8">
         <v>3</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="I4" s="7" t="s">
+      <c r="I4" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="J4" s="10" t="s">
+      <c r="J4" s="9" t="s">
         <v>131</v>
       </c>
-      <c r="K4" s="11" t="s">
-        <v>140</v>
+      <c r="K4" s="10" t="s">
+        <v>139</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="M4" s="1" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="5" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="F5" s="9">
+      <c r="F5" s="8">
         <v>4</v>
       </c>
-      <c r="I5" s="7" t="s">
+      <c r="I5" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="J5" s="10" t="s">
+      <c r="J5" s="9" t="s">
         <v>132</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>28</v>
       </c>
       <c r="M5" s="1" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="6" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="F6" s="9">
+      <c r="F6" s="8">
         <v>5</v>
       </c>
-      <c r="I6" s="7" t="s">
+      <c r="I6" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="J6" s="10" t="s">
+      <c r="J6" s="9" t="s">
         <v>133</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="L6" s="8" t="s">
+      <c r="L6" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="M6" s="13" t="s">
+      <c r="M6" s="11" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="7" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="F7" s="9">
+      <c r="F7" s="8">
         <v>6</v>
       </c>
-      <c r="I7" s="7" t="s">
+      <c r="I7" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="J7" s="10" t="s">
+      <c r="J7" s="9" t="s">
         <v>134</v>
       </c>
       <c r="K7" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="L7" s="14" t="s">
+      <c r="L7" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="M7" s="15"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M7" s="13"/>
+    </row>
+    <row r="8" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="F8" s="9">
+      <c r="F8" s="8">
         <v>7</v>
       </c>
-      <c r="I8" s="7" t="s">
+      <c r="I8" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="J8" s="10" t="s">
+      <c r="J8" s="9" t="s">
         <v>135</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="L8" s="16" t="s">
+      <c r="L8" s="14" t="s">
         <v>123</v>
       </c>
-      <c r="M8" s="15"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M8" s="13"/>
+    </row>
+    <row r="9" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="F9" s="9">
+      <c r="F9" s="8">
         <v>8</v>
       </c>
-      <c r="I9" s="7" t="s">
+      <c r="I9" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="J9" s="10" t="s">
-        <v>136</v>
+      <c r="J9" s="9" t="s">
+        <v>197</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="F10" s="9">
+    <row r="10" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="F10" s="8">
         <v>9</v>
       </c>
-      <c r="I10" s="7" t="s">
+      <c r="I10" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="J10" s="10" t="s">
-        <v>137</v>
+      <c r="J10" s="9" t="s">
+        <v>136</v>
       </c>
       <c r="K10" s="1" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="F11" s="9" t="s">
+    <row r="11" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="F11" s="8" t="s">
         <v>127</v>
       </c>
-      <c r="I11" s="7" t="s">
+      <c r="I11" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="J11" s="10" t="s">
-        <v>138</v>
+      <c r="J11" s="9" t="s">
+        <v>137</v>
       </c>
       <c r="K11" s="1" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="12" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="I12" s="7" t="s">
+    <row r="12" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="I12" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="J12" s="10" t="s">
+      <c r="J12" s="9" t="s">
         <v>128</v>
       </c>
-      <c r="K12" s="11" t="s">
-[...4 lines deleted...]
-      <c r="I13" s="7" t="s">
+      <c r="K12" s="10" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="I13" s="6" t="s">
         <v>66</v>
       </c>
       <c r="K13" s="1" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="14" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="I14" s="7" t="s">
+    <row r="14" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="I14" s="6" t="s">
         <v>67</v>
       </c>
       <c r="K14" s="3" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="15" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="I15" s="7" t="s">
+    <row r="15" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="I15" s="6" t="s">
         <v>68</v>
       </c>
       <c r="K15" s="3" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="16" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="I16" s="7" t="s">
+    <row r="16" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="I16" s="6" t="s">
         <v>69</v>
       </c>
       <c r="K16" s="3" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="17" spans="9:11" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="I17" s="7" t="s">
+    <row r="17" spans="9:11" ht="15" x14ac:dyDescent="0.25">
+      <c r="I17" s="6" t="s">
         <v>70</v>
       </c>
       <c r="K17" s="3" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="18" spans="9:11" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="I18" s="7" t="s">
+    <row r="18" spans="9:11" ht="15" x14ac:dyDescent="0.25">
+      <c r="I18" s="6" t="s">
         <v>71</v>
       </c>
       <c r="K18" s="3" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="19" spans="9:11" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="I19" s="7" t="s">
+    <row r="19" spans="9:11" ht="15" x14ac:dyDescent="0.25">
+      <c r="I19" s="6" t="s">
         <v>72</v>
       </c>
       <c r="K19" s="3" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="20" spans="9:11" x14ac:dyDescent="0.25">
-      <c r="I20" s="7" t="s">
+    <row r="20" spans="9:11" x14ac:dyDescent="0.2">
+      <c r="I20" s="6" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="21" spans="9:11" x14ac:dyDescent="0.25">
-      <c r="I21" s="7" t="s">
+    <row r="21" spans="9:11" x14ac:dyDescent="0.2">
+      <c r="I21" s="6" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="22" spans="9:11" x14ac:dyDescent="0.25">
-      <c r="I22" s="7" t="s">
+    <row r="22" spans="9:11" x14ac:dyDescent="0.2">
+      <c r="I22" s="6" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="23" spans="9:11" x14ac:dyDescent="0.25">
-      <c r="I23" s="7" t="s">
+    <row r="23" spans="9:11" x14ac:dyDescent="0.2">
+      <c r="I23" s="6" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="24" spans="9:11" x14ac:dyDescent="0.25">
-      <c r="I24" s="7" t="s">
+    <row r="24" spans="9:11" x14ac:dyDescent="0.2">
+      <c r="I24" s="6" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="25" spans="9:11" x14ac:dyDescent="0.25">
-      <c r="I25" s="7" t="s">
+    <row r="25" spans="9:11" x14ac:dyDescent="0.2">
+      <c r="I25" s="6" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="26" spans="9:11" x14ac:dyDescent="0.25">
-      <c r="I26" s="7" t="s">
+    <row r="26" spans="9:11" x14ac:dyDescent="0.2">
+      <c r="I26" s="6" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="27" spans="9:11" x14ac:dyDescent="0.25">
-      <c r="I27" s="7" t="s">
+    <row r="27" spans="9:11" x14ac:dyDescent="0.2">
+      <c r="I27" s="6" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="28" spans="9:11" x14ac:dyDescent="0.25">
-      <c r="I28" s="7" t="s">
+    <row r="28" spans="9:11" x14ac:dyDescent="0.2">
+      <c r="I28" s="6" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="29" spans="9:11" x14ac:dyDescent="0.25">
-      <c r="I29" s="7" t="s">
+    <row r="29" spans="9:11" x14ac:dyDescent="0.2">
+      <c r="I29" s="6" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="30" spans="9:11" x14ac:dyDescent="0.25">
-      <c r="I30" s="7" t="s">
+    <row r="30" spans="9:11" x14ac:dyDescent="0.2">
+      <c r="I30" s="6" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="31" spans="9:11" x14ac:dyDescent="0.25">
-      <c r="I31" s="7" t="s">
+    <row r="31" spans="9:11" x14ac:dyDescent="0.2">
+      <c r="I31" s="6" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="32" spans="9:11" x14ac:dyDescent="0.25">
-      <c r="I32" s="7" t="s">
+    <row r="32" spans="9:11" x14ac:dyDescent="0.2">
+      <c r="I32" s="6" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="33" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I33" s="7" t="s">
+    <row r="33" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I33" s="6" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="34" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I34" s="7" t="s">
+    <row r="34" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I34" s="6" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="35" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I35" s="7" t="s">
+    <row r="35" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I35" s="6" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="36" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I36" s="7" t="s">
+    <row r="36" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I36" s="6" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="37" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I37" s="7" t="s">
+    <row r="37" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I37" s="6" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="38" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I38" s="7" t="s">
+    <row r="38" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I38" s="6" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="39" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I39" s="7" t="s">
+    <row r="39" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I39" s="6" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="40" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I40" s="7" t="s">
+    <row r="40" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I40" s="6" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="41" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I41" s="7" t="s">
+    <row r="41" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I41" s="6" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="42" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I42" s="7" t="s">
+    <row r="42" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I42" s="6" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="43" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I43" s="7" t="s">
+    <row r="43" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I43" s="6" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="44" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I44" s="7" t="s">
+    <row r="44" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I44" s="6" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="45" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I45" s="7" t="s">
+    <row r="45" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I45" s="6" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="46" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I46" s="7" t="s">
+    <row r="46" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I46" s="6" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="47" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I47" s="7" t="s">
+    <row r="47" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I47" s="6" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="48" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I48" s="7" t="s">
+    <row r="48" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I48" s="6" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="49" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I49" s="7" t="s">
+    <row r="49" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I49" s="6" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="50" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I50" s="7" t="s">
+    <row r="50" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I50" s="6" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="51" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I51" s="7" t="s">
+    <row r="51" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I51" s="6" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="52" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I52" s="7" t="s">
+    <row r="52" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I52" s="6" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="53" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I53" s="7" t="s">
+    <row r="53" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I53" s="6" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="54" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I54" s="7" t="s">
+    <row r="54" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I54" s="6" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="55" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I55" s="7" t="s">
+    <row r="55" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I55" s="6" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="56" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I56" s="7" t="s">
+    <row r="56" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I56" s="6" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="57" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I57" s="7" t="s">
+    <row r="57" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I57" s="6" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="58" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I58" s="7" t="s">
+    <row r="58" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I58" s="6" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="59" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I59" s="7" t="s">
+    <row r="59" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I59" s="6" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="60" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I60" s="7" t="s">
+    <row r="60" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I60" s="6" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="61" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I61" s="7" t="s">
+    <row r="61" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I61" s="6" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="62" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I62" s="7" t="s">
+    <row r="62" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I62" s="6" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="63" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I63" s="7" t="s">
+    <row r="63" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I63" s="6" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="64" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I64" s="7" t="s">
+    <row r="64" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I64" s="6" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="65" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I65" s="7" t="s">
+    <row r="65" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I65" s="6" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="66" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I66" s="7" t="s">
+    <row r="66" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I66" s="6" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="67" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I67" s="7" t="s">
+    <row r="67" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I67" s="6" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="68" spans="9:9" x14ac:dyDescent="0.25">
-      <c r="I68" s="7" t="s">
+    <row r="68" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I68" s="6" t="s">
         <v>121</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010026CE1937BA3BAE4D9AB8DC09E347450F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1cbcbedcf48c316bc93b330bfaef3477">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88" xmlns:ns3="df85a238-598f-4719-aedf-ff7537720749" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bd08c376cac793f1f0bfd4f01c888b67" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
@@ -24340,88 +24459,117 @@
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="df85a238-598f-4719-aedf-ff7537720749" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6C7FEFC-C85B-47E3-AA10-58452954AED5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6C7FEFC-C85B-47E3-AA10-58452954AED5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88"/>
+    <ds:schemaRef ds:uri="df85a238-598f-4719-aedf-ff7537720749"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{378ADAE9-DF8A-4E20-8D76-D283B86D374B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{378ADAE9-DF8A-4E20-8D76-D283B86D374B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFA7731C-15EF-4126-90F1-8478BB854C27}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFA7731C-15EF-4126-90F1-8478BB854C27}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="df85a238-598f-4719-aedf-ff7537720749"/>
+    <ds:schemaRef ds:uri="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Template 11 Monthly Summary</vt:lpstr>
       <vt:lpstr>Data Sheet</vt:lpstr>
       <vt:lpstr>Drop Down Lists</vt:lpstr>
       <vt:lpstr>'Drop Down Lists'!_Hlk168504313</vt:lpstr>
+      <vt:lpstr>'Data Sheet'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Template 11 - Supportive Housing Services Report Form</dc:title>
   <dc:creator>Rodriguez, Jennifer Y</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010026CE1937BA3BAE4D9AB8DC09E347450F</vt:lpwstr>
   </property>