--- v0 (2025-10-06)
+++ v1 (2025-11-06)
@@ -254,102 +254,115 @@
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00220BC5" w14:paraId="5BF697D5" w14:textId="77777777" w:rsidTr="00020DEE">
         <w:trPr>
           <w:trHeight w:val="135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="04C11E1E" w14:textId="77777777" w:rsidR="00220BC5" w:rsidRDefault="00220BC5" w:rsidP="007E01AD">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="082A4ADC" w14:textId="2F3530A4" w:rsidR="00220BC5" w:rsidRDefault="00020DEE" w:rsidP="007E01AD">
-[...4 lines deleted...]
-              <w:t>VACANT</w:t>
+          <w:p w14:paraId="082A4ADC" w14:textId="1B01AA4F" w:rsidR="00220BC5" w:rsidRDefault="00405E47" w:rsidP="007E01AD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Elijah Williams</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FAD2B07" w14:textId="7BEB5129" w:rsidR="00220BC5" w:rsidRDefault="00220BC5" w:rsidP="007E01AD">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Licensing Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2939" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="0DB0DE05" w14:textId="77777777" w:rsidR="00220BC5" w:rsidRDefault="00220BC5" w:rsidP="0024523F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2383 Phillips Road</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3158AC59" w14:textId="55421DA3" w:rsidR="00220BC5" w:rsidRDefault="00220BC5" w:rsidP="0024523F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Tallahassee, FL 32308</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4166" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44C2A4CC" w14:textId="77777777" w:rsidR="00220BC5" w:rsidRDefault="00220BC5" w:rsidP="007E01AD">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>850-778-4079</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31D88F1A" w14:textId="58FD8178" w:rsidR="00220BC5" w:rsidRDefault="00220BC5" w:rsidP="00020DEE">
+          <w:p w14:paraId="39D4D4DE" w14:textId="77777777" w:rsidR="00405E47" w:rsidRDefault="00405E47" w:rsidP="00405E47">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidRPr="009D3B6B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Elijah.williams1@myflfamilies.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="31D88F1A" w14:textId="4D3030DA" w:rsidR="00405E47" w:rsidRDefault="00405E47" w:rsidP="00405E47">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00220BC5" w14:paraId="79F2696A" w14:textId="77777777" w:rsidTr="00020DEE">
         <w:trPr>
           <w:trHeight w:val="135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58643E07" w14:textId="77777777" w:rsidR="00220BC5" w:rsidRPr="00ED42EC" w:rsidRDefault="00220BC5" w:rsidP="007E01AD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED42EC">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
@@ -397,51 +410,51 @@
             <w:tcW w:w="2939" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="74D37F59" w14:textId="77777777" w:rsidR="00220BC5" w:rsidRDefault="00220BC5" w:rsidP="007E01AD">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4166" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30B1F009" w14:textId="77777777" w:rsidR="00220BC5" w:rsidRDefault="000E5B76" w:rsidP="00C568B4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>850-776-2137</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B355699" w14:textId="68B91AE1" w:rsidR="000E5B76" w:rsidRDefault="000E5B76" w:rsidP="00C568B4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Winnifred.StokesBennett@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="70C969F2" w14:textId="550EB0D7" w:rsidR="000E5B76" w:rsidRDefault="000E5B76" w:rsidP="00C568B4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E01AD" w14:paraId="14009F58" w14:textId="77777777" w:rsidTr="00020DEE">
         <w:trPr>
           <w:trHeight w:val="135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28249225" w14:textId="77777777" w:rsidR="007E01AD" w:rsidRDefault="007E01AD" w:rsidP="007E01AD">
             <w:pPr>
@@ -496,51 +509,51 @@
           <w:p w14:paraId="18E10474" w14:textId="68B35330" w:rsidR="007E01AD" w:rsidRDefault="007E01AD" w:rsidP="007E01AD">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Pensacola, FL 32502</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4166" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CD6791E" w14:textId="77777777" w:rsidR="007E01AD" w:rsidRDefault="007E01AD" w:rsidP="007E01AD">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>850-483-6726</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="388817EC" w14:textId="08DA9FDA" w:rsidR="007E01AD" w:rsidRDefault="007E01AD" w:rsidP="007E01AD">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>April.Floyd@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0B749EE6" w14:textId="080A164D" w:rsidR="007E01AD" w:rsidRDefault="007E01AD" w:rsidP="007E01AD">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E01AD" w14:paraId="7737EE21" w14:textId="77777777" w:rsidTr="00020DEE">
         <w:trPr>
           <w:trHeight w:val="135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53FC6048" w14:textId="77777777" w:rsidR="007E01AD" w:rsidRDefault="007E01AD" w:rsidP="007E01AD">
             <w:pPr>
@@ -604,51 +617,51 @@
           <w:p w14:paraId="61E4AA47" w14:textId="1C8B2238" w:rsidR="007E01AD" w:rsidRDefault="007E01AD" w:rsidP="007E01AD">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Panama City, FL 32401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4166" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1953CF8E" w14:textId="77777777" w:rsidR="007E01AD" w:rsidRDefault="007E01AD" w:rsidP="007E01AD">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>850-691-0581</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D3FC381" w14:textId="4FA37561" w:rsidR="007E01AD" w:rsidRDefault="007E01AD" w:rsidP="007E01AD">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Michael.VanBebber@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="1C6559EF" w14:textId="0C7EB370" w:rsidR="007E01AD" w:rsidRDefault="007E01AD" w:rsidP="007E01AD">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4E0EC342" w14:textId="77777777" w:rsidR="00E4163F" w:rsidRDefault="00E4163F"/>
     <w:p w14:paraId="7973F1C8" w14:textId="700F7F43" w:rsidR="000F0815" w:rsidRDefault="000F0815">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
@@ -752,51 +765,51 @@
             <w:r>
               <w:t>2383 Phillips Road</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68CD2D37" w14:textId="6F05FB1B" w:rsidR="00C521E9" w:rsidRDefault="00C521E9" w:rsidP="00C521E9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Tallahassee, FL 32308</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1079BEE8" w14:textId="174F0A6C" w:rsidR="00B92ACC" w:rsidRDefault="00B92ACC" w:rsidP="00C521E9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3874" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34CC93D1" w14:textId="6F923561" w:rsidR="00B92ACC" w:rsidRDefault="00B92ACC" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">850-718-6353 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Jeanne.Durden@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="299D8CF8" w14:textId="4FC78DBE" w:rsidR="00B92ACC" w:rsidRDefault="00B92ACC" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B92ACC" w14:paraId="46AEB56D" w14:textId="77777777" w:rsidTr="00DA01DB">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="771D8822" w14:textId="77777777" w:rsidR="00B92ACC" w:rsidRDefault="00B92ACC" w:rsidP="00130A38">
@@ -837,51 +850,51 @@
             </w:pPr>
             <w:r>
               <w:t>4481 Clinton St</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BB45B24" w14:textId="61E09481" w:rsidR="00B92ACC" w:rsidRDefault="00C521E9" w:rsidP="00C521E9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Marianna, FL 32446</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3874" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="243B1595" w14:textId="733F0097" w:rsidR="00B92ACC" w:rsidRDefault="00B92ACC" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">850-510-6877 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Tara.beckley@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="011967C6" w14:textId="58CDC1B2" w:rsidR="00B92ACC" w:rsidRDefault="00B92ACC" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
       <w:tr w:rsidR="009B3110" w14:paraId="22A3513B" w14:textId="77777777" w:rsidTr="00DA01DB">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -923,51 +936,51 @@
             </w:pPr>
             <w:r>
               <w:t>5920 Arlington Expressway</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EB5BA4E" w14:textId="02A72668" w:rsidR="009B3110" w:rsidRDefault="009B3110" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Jacksonville, FL 32211</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3874" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="659CE02E" w14:textId="2E8566A5" w:rsidR="009B3110" w:rsidRDefault="009B3110" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">904-349-9675 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Kelly.Manning@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="3CB90FE3" w14:textId="6F9FCFEE" w:rsidR="009B3110" w:rsidRDefault="009B3110" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A40B1" w14:paraId="43218B70" w14:textId="77777777" w:rsidTr="00DA01DB">
         <w:trPr>
           <w:trHeight w:val="810"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="778349A0" w14:textId="77777777" w:rsidR="009A40B1" w:rsidRDefault="009A40B1" w:rsidP="00130A38">
@@ -1008,51 +1021,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3043" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="715D3DE1" w14:textId="77777777" w:rsidR="009A40B1" w:rsidRDefault="009A40B1" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3874" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A24324E" w14:textId="6371B1F8" w:rsidR="009A40B1" w:rsidRDefault="009A40B1" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">904-456-2815 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Lakeshia.BurkeJones@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="211BD0AF" w14:textId="1F53BC83" w:rsidR="009A40B1" w:rsidRDefault="009A40B1" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A40B1" w14:paraId="45F53775" w14:textId="77777777" w:rsidTr="00DA01DB">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2200DDF8" w14:textId="77777777" w:rsidR="009A40B1" w:rsidRDefault="009A40B1" w:rsidP="00130A38">
@@ -1082,51 +1095,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3043" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1F28FB14" w14:textId="77777777" w:rsidR="009A40B1" w:rsidRDefault="009A40B1" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3874" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29E174FC" w14:textId="733ED584" w:rsidR="009A40B1" w:rsidRDefault="009A40B1" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">904-832-5725 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>jennifer.davis@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0234FDB2" w14:textId="6EFC9B5B" w:rsidR="009A40B1" w:rsidRDefault="009A40B1" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A40B1" w14:paraId="78B653BF" w14:textId="77777777" w:rsidTr="00DA01DB">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0C547BE7" w14:textId="77777777" w:rsidR="009A40B1" w:rsidRDefault="009A40B1" w:rsidP="00130A38">
@@ -1173,51 +1186,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Orange Park, FL 32003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3874" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="512FFEDF" w14:textId="17D487A1" w:rsidR="00506B5E" w:rsidRDefault="00506B5E" w:rsidP="00506B5E">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>904-832-4437</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2ED2A925" w14:textId="6AD81911" w:rsidR="009A40B1" w:rsidRDefault="00506B5E" w:rsidP="00506B5E">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Adorna.Clarkthurman@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0EB2B429" w14:textId="7B02B58E" w:rsidR="00506B5E" w:rsidRDefault="00506B5E" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F0815" w14:paraId="644E3242" w14:textId="77777777" w:rsidTr="00DA01DB">
         <w:trPr>
           <w:trHeight w:val="795"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -1269,51 +1282,51 @@
           <w:p w14:paraId="1DE83AD8" w14:textId="6465A581" w:rsidR="000F0815" w:rsidRDefault="00C37F99" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>210 N. Palmetto Ave, Daytona Beach, FL 32114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3874" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A645629" w14:textId="77777777" w:rsidR="000F0815" w:rsidRDefault="00EE5F3C" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>386-481-3985</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AF7317A" w14:textId="05C26092" w:rsidR="00EE5F3C" w:rsidRDefault="00FF46CA" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="001C6C3B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Heather.Morton@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="712645BC" w14:textId="454EC7AE" w:rsidR="00894F0E" w:rsidRDefault="00894F0E" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="3"/>
       <w:tr w:rsidR="000F0815" w14:paraId="76E972CF" w14:textId="77777777" w:rsidTr="00DA01DB">
         <w:trPr>
           <w:trHeight w:val="795"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
@@ -1385,51 +1398,51 @@
           <w:p w14:paraId="793B2697" w14:textId="62C87F40" w:rsidR="00852AD5" w:rsidRDefault="00852AD5" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Lake City, FL 32055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3874" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EEA4553" w14:textId="77777777" w:rsidR="000F0815" w:rsidRDefault="00894F0E" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>904-832-4381</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="531F2A64" w14:textId="28199878" w:rsidR="00894F0E" w:rsidRDefault="00894F0E" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Alichia.Bryant@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="6D44792C" w14:textId="14999017" w:rsidR="00894F0E" w:rsidRDefault="00894F0E" w:rsidP="00130A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA01DB" w14:paraId="42192074" w14:textId="77777777" w:rsidTr="00DA01DB">
         <w:trPr>
           <w:trHeight w:val="795"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
@@ -1633,51 +1646,51 @@
             </w:pPr>
             <w:r>
               <w:t>9393 North Florida Ave,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1713F8B2" w14:textId="301AD2F0" w:rsidR="000D04D7" w:rsidRPr="00ED0349" w:rsidRDefault="000D04D7" w:rsidP="00ED0349">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Tampa, FL 33612</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3447" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="396C6944" w14:textId="45F58D46" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00776512">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">813-337-5769 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Kyle.Teague@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="743895D9" w14:textId="60328821" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00776512">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D04D7" w14:paraId="2D3CE40F" w14:textId="77777777" w:rsidTr="000D04D7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3171" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="69C876E6" w14:textId="77777777" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00B5454C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -1718,51 +1731,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3447" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="270E07D5" w14:textId="5850F9B9" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00776512">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>813-3</w:t>
             </w:r>
             <w:r w:rsidR="00CF1E5D">
               <w:t>37</w:t>
             </w:r>
             <w:r>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00CF1E5D">
               <w:t>5787</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36D2E2C5" w14:textId="55933198" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00776512">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Tyshea.Cooper@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="21AAB70B" w14:textId="5FC49C1C" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00776512">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D04D7" w14:paraId="6109E190" w14:textId="77777777" w:rsidTr="000D04D7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3171" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1405DCBB" w14:textId="77777777" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00B5454C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -1813,51 +1826,51 @@
           <w:p w14:paraId="38181424" w14:textId="10303A55" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00B5454C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Sarasota, FL 34234</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3447" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55F7BB77" w14:textId="77777777" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00776512">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>813-400-8176</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0573143A" w14:textId="461941BE" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00776512">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Jacob.Still@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0EC9713D" w14:textId="2E028364" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00776512">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D04D7" w14:paraId="28D87C9E" w14:textId="77777777" w:rsidTr="000D04D7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3171" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="531F3830" w14:textId="77777777" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00B5454C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -1897,51 +1910,51 @@
           <w:p w14:paraId="051E3279" w14:textId="5029B01D" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00B5454C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>9393 North Florida Ave Tampa, FL 33612</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3447" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50C221C6" w14:textId="77777777" w:rsidR="000D04D7" w:rsidRDefault="00CF1E5D" w:rsidP="00776512">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>813-294-4265</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E9651F0" w14:textId="2A15F4D5" w:rsidR="00CF1E5D" w:rsidRDefault="00CF1E5D" w:rsidP="00776512">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidRPr="00D144B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Breanne.Pierrelouis@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="72830EB7" w14:textId="306F6C88" w:rsidR="00CF1E5D" w:rsidRDefault="00CF1E5D" w:rsidP="00776512">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D04D7" w14:paraId="149DF856" w14:textId="77777777" w:rsidTr="000D04D7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3171" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="14316FE0" w14:textId="77777777" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00B5454C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -1968,51 +1981,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3158" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0424F461" w14:textId="77777777" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00B5454C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3447" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59B3E842" w14:textId="3920A15F" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00776512">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">813-294-2541 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Jasmine.LaGrant@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="18BFE417" w14:textId="0782BF7E" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00776512">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D04D7" w14:paraId="32DD7111" w14:textId="77777777" w:rsidTr="000D04D7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3171" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0B4CB4A4" w14:textId="77777777" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00B5454C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -2061,172 +2074,167 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>813-</w:t>
             </w:r>
             <w:r w:rsidR="00CF1E5D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>557-1130</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B2FBBD3" w14:textId="06CFC5C6" w:rsidR="000D04D7" w:rsidRDefault="00CF1E5D" w:rsidP="009E194C">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r w:rsidRPr="00D144B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                 </w:rPr>
                 <w:t>C</w:t>
               </w:r>
               <w:r w:rsidRPr="00D144B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>hristina.Heupel@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="1D612537" w14:textId="6119361C" w:rsidR="000D04D7" w:rsidRPr="00B55634" w:rsidRDefault="000D04D7" w:rsidP="009E194C">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D04D7" w14:paraId="4F0BDE06" w14:textId="77777777" w:rsidTr="000D04D7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3171" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="74477AF4" w14:textId="77777777" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00B5454C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3174" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DE8709D" w14:textId="05F87429" w:rsidR="000D04D7" w:rsidRDefault="00CF1E5D" w:rsidP="00FF6BC9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Jillian </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Jillian Cucore</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="7544E46A" w14:textId="5935222E" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00FF6BC9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Licensing Specialist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3158" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6EFBA76C" w14:textId="77777777" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00B5454C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3447" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06646BA9" w14:textId="268F366A" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00776512">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>813-</w:t>
             </w:r>
             <w:r w:rsidR="00CF1E5D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>455-8379</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49D2B42A" w14:textId="1FE473B5" w:rsidR="000D04D7" w:rsidRDefault="00CF1E5D" w:rsidP="00776512">
+          <w:p w14:paraId="49D2B42A" w14:textId="24DCE960" w:rsidR="000D04D7" w:rsidRDefault="00034F10" w:rsidP="00776512">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r w:rsidRPr="009D3B6B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                 </w:rPr>
                 <w:t>J</w:t>
               </w:r>
-              <w:r>
+              <w:r w:rsidRPr="009D3B6B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>illiam.Cucore@myflfamilies.com</w:t>
+                <w:t>illian.Cucore@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="4752D03F" w14:textId="5E2A0486" w:rsidR="000D04D7" w:rsidRPr="009C12EA" w:rsidRDefault="000D04D7" w:rsidP="00776512">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D04D7" w14:paraId="249F34DC" w14:textId="77777777" w:rsidTr="000D04D7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3171" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6E6072BA" w14:textId="77777777" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00B5454C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
@@ -2268,145 +2276,128 @@
             <w:tcW w:w="3447" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F002B36" w14:textId="636DDD90" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00776512">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>813-460-2730</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E443FE7" w14:textId="77777777" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00776512">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                 </w:rPr>
                 <w:t>Kylee.Bissette@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="2A29E767" w14:textId="0E4C5600" w:rsidR="000D04D7" w:rsidRPr="009C12EA" w:rsidRDefault="000D04D7" w:rsidP="00776512">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D04D7" w14:paraId="53FDC28E" w14:textId="77777777" w:rsidTr="000D04D7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3171" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="08E23500" w14:textId="77777777" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00B5454C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3174" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31DB2E55" w14:textId="2C78BE21" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="004F209E">
-[...4 lines deleted...]
-              <w:t>Joshua Lancaster</w:t>
+          <w:p w14:paraId="31DB2E55" w14:textId="31D0C3EA" w:rsidR="000D04D7" w:rsidRDefault="00034F10" w:rsidP="004F209E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>VACANT</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6917E8DC" w14:textId="408D527D" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="004F209E">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Licensing Specialist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3158" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="554D3209" w14:textId="77777777" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00B5454C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3447" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F1507E9" w14:textId="6430B1F7" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00776512">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>813-326-9959</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="724C0C0A" w14:textId="0611416F" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00776512">
-[...16 lines deleted...]
-          <w:p w14:paraId="0D85759D" w14:textId="27808D43" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00776512">
+          <w:p w14:paraId="0D85759D" w14:textId="27808D43" w:rsidR="000D04D7" w:rsidRDefault="000D04D7" w:rsidP="00034F10">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3CBA1F4F" w14:textId="05A050FA" w:rsidR="00A76C4A" w:rsidRDefault="00A76C4A"/>
     <w:p w14:paraId="724F4C6D" w14:textId="77777777" w:rsidR="00A76C4A" w:rsidRDefault="00A76C4A">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3125"/>
         <w:gridCol w:w="3121"/>
         <w:gridCol w:w="3122"/>
         <w:gridCol w:w="3582"/>
       </w:tblGrid>
@@ -2738,62 +2729,60 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3121" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DBFF6E9" w14:textId="632E70D1" w:rsidR="0080268E" w:rsidRDefault="00BC402A" w:rsidP="00172DB8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Sarah Yaccarino</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71A13C2C" w14:textId="69E2AFB7" w:rsidR="0080268E" w:rsidRDefault="0080268E" w:rsidP="00172DB8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Licensing Specialist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3122" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30D89F33" w14:textId="77777777" w:rsidR="004B6E41" w:rsidRPr="004B6E41" w:rsidRDefault="004B6E41" w:rsidP="004B6E41">
+          <w:p w14:paraId="30D89F33" w14:textId="0116408C" w:rsidR="004B6E41" w:rsidRPr="004B6E41" w:rsidRDefault="004B6E41" w:rsidP="004B6E41">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="004B6E41">
               <w:t xml:space="preserve">1300 Duncan </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00F50654" w:rsidRPr="004B6E41">
+              <w:t>Drive, Building</w:t>
+            </w:r>
             <w:r w:rsidRPr="004B6E41">
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="016030A9" w14:textId="77777777" w:rsidR="004B6E41" w:rsidRPr="004B6E41" w:rsidRDefault="004B6E41" w:rsidP="004B6E41">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="004B6E41">
               <w:t>Tavares, FL  32778</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="518E68E8" w14:textId="2C4B4876" w:rsidR="0080268E" w:rsidRDefault="0080268E" w:rsidP="00172DB8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3582" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77965DA4" w14:textId="77777777" w:rsidR="00BC402A" w:rsidRDefault="00BC402A" w:rsidP="00172DB8">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -3922,116 +3911,145 @@
           <w:tcPr>
             <w:tcW w:w="3069" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1AF8888D" w14:textId="77777777" w:rsidR="00BA767D" w:rsidRDefault="00BA767D" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13F8CE07" w14:textId="0EF27C1A" w:rsidR="00037AF8" w:rsidRDefault="00CF3973" w:rsidP="00145D87">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>786-</w:t>
             </w:r>
             <w:r w:rsidR="00A611EA">
               <w:t>330-1489</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B9B5BF1" w14:textId="50B1B65D" w:rsidR="00CF3973" w:rsidRDefault="00CF3973" w:rsidP="00145D87">
+          <w:p w14:paraId="5C8FA293" w14:textId="77777777" w:rsidR="00CF3973" w:rsidRDefault="00CF3973" w:rsidP="00145D87">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r w:rsidRPr="000257D0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Nabila.Concepcion@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="4B9B5BF1" w14:textId="50B1B65D" w:rsidR="00FD1CAB" w:rsidRDefault="00FD1CAB" w:rsidP="00145D87">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA767D" w14:paraId="1A71B54C" w14:textId="77777777" w:rsidTr="00BA767D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3037" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59196622" w14:textId="77777777" w:rsidR="00BA767D" w:rsidRDefault="00BA767D" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3105" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45F80637" w14:textId="77777777" w:rsidR="00BA767D" w:rsidRDefault="00BA767D" w:rsidP="00412F92">
-[...4 lines deleted...]
-              <w:t>VACANT</w:t>
+          <w:p w14:paraId="45F80637" w14:textId="56B0809C" w:rsidR="00BA767D" w:rsidRPr="00FD1CAB" w:rsidRDefault="00FD2399" w:rsidP="00412F92">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD1CAB">
+              <w:t>Maslaine Deus</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E70122C" w14:textId="530044F8" w:rsidR="00BA767D" w:rsidRDefault="00BA767D" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00FD1CAB">
               <w:t>Licensing Specialist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3069" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6C760A6F" w14:textId="77777777" w:rsidR="00BA767D" w:rsidRDefault="00BA767D" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="077B261C" w14:textId="77777777" w:rsidR="00BA767D" w:rsidRDefault="00BA767D" w:rsidP="00412F92">
+          <w:p w14:paraId="6EA0062B" w14:textId="513014D2" w:rsidR="00FD1CAB" w:rsidRDefault="00FD2399" w:rsidP="00FD1CAB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD1CAB">
+              <w:t>786-897-8253</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36F54C02" w14:textId="44B6BB87" w:rsidR="00FD1CAB" w:rsidRDefault="00FD1CAB" w:rsidP="00FD1CAB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r w:rsidRPr="00494921">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Maslaine.Deus@myflfamilies.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="077B261C" w14:textId="03C3FCF5" w:rsidR="00FD2399" w:rsidRDefault="00FD2399" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="354D2E0C" w14:textId="52164AB7" w:rsidR="00037AF8" w:rsidRDefault="00037AF8" w:rsidP="00412F92">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C3D1F5E" w14:textId="77777777" w:rsidR="00037AF8" w:rsidRDefault="00037AF8">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3019"/>
@@ -4172,51 +4190,51 @@
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5F31B727" w14:textId="77777777" w:rsidR="00131FC4" w:rsidRDefault="00131FC4" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5013D1DE" w14:textId="77777777" w:rsidR="00131FC4" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>954-818-5613</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D7C13EA" w14:textId="2612140E" w:rsidR="0074201F" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r w:rsidRPr="00146D84">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Naomi.Bettis@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="114C400B" w14:textId="7E59A697" w:rsidR="0074201F" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002632DB" w14:paraId="5975B4AC" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="363E7BB2" w14:textId="77777777" w:rsidR="00EF2BD3" w:rsidRDefault="00EF2BD3" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -4256,51 +4274,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="4A768B0E" w14:textId="4965173F" w:rsidR="002632DB" w:rsidRDefault="005B11FD" w:rsidP="00BA19C3">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1400 W. Commercial Blvd, Suite 180, Fort Lauderdale, FL 33309</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="566AD0E9" w14:textId="0D4ABEB9" w:rsidR="002632DB" w:rsidRDefault="005B11FD" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">954-453-3467 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r w:rsidR="00974E70" w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Kelly.Lee@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="40C17A18" w14:textId="32DCA143" w:rsidR="00974E70" w:rsidRDefault="00974E70" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002632DB" w14:paraId="1F3E893A" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13A10F0B" w14:textId="77777777" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
@@ -4326,129 +4344,121 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="11B45F69" w14:textId="77777777" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62122B9B" w14:textId="3E1311AE" w:rsidR="002632DB" w:rsidRDefault="005B11FD" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">954-331-4389 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r w:rsidR="00974E70" w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Leah.Motta@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="4FBCF637" w14:textId="4262CB85" w:rsidR="00974E70" w:rsidRDefault="00974E70" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002632DB" w14:paraId="4EE6F130" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D234977" w14:textId="77777777" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29C185F2" w14:textId="77777777" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Charlene </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Charlene Satram </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DC63A71" w14:textId="3C0F15BB" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Licensing Specialist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="08BCBD39" w14:textId="77777777" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C4151D2" w14:textId="20E8D94E" w:rsidR="002632DB" w:rsidRDefault="007E7359" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">954-375-5638 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Charlene.Satram@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="4BB3E1B6" w14:textId="71441F3B" w:rsidR="007E7359" w:rsidRDefault="007E7359" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002632DB" w14:paraId="32BB0090" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CBF91C3" w14:textId="77777777" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
@@ -4482,51 +4492,51 @@
           <w:p w14:paraId="51BA8B22" w14:textId="77777777" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B9BA188" w14:textId="6887F751" w:rsidR="002632DB" w:rsidRDefault="008242FD" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>561-281-9564</w:t>
             </w:r>
             <w:r w:rsidR="0074201F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BBBA561" w14:textId="7150BEC1" w:rsidR="0074201F" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r w:rsidRPr="00146D84">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Ashley.Dorisca@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7C786B58" w14:textId="4BDC76FC" w:rsidR="0074201F" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002632DB" w14:paraId="09B339DB" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B1155E0" w14:textId="77777777" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
@@ -4552,51 +4562,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="05D1CFED" w14:textId="77777777" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7496D3A4" w14:textId="45CA5109" w:rsidR="002632DB" w:rsidRDefault="007E7359" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">954-375-6082 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Yinka.Adeshina@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="5D2258BD" w14:textId="39C14788" w:rsidR="007E7359" w:rsidRDefault="007E7359" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B21C23" w14:paraId="4FDB3BD7" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29514C6F" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00020AFE" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -4641,144 +4651,134 @@
           <w:p w14:paraId="3CA63BE4" w14:textId="2F9A27E1" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>111 S. Sapodilla Ave, Suite 103, West Palm Beach, FL 33401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7905F5AC" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>561-596-4435</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="387D0650" w14:textId="302A4306" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Elizabeth.Woodruff@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="50545F5C" w14:textId="5650C4AF" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B21C23" w14:paraId="32ECDA2A" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="289384C5" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F052CAF" w14:textId="77777777" w:rsidR="0074201F" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0074201F">
-              <w:t>Yoharis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Johnson </w:t>
+              <w:t xml:space="preserve">Yoharis Johnson </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E592EFE" w14:textId="599D34F3" w:rsidR="00B21C23" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0074201F">
               <w:t>Licensing Specialist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7E6C8D4D" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EA3B1E3" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>561-475-0027</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7609CAC5" w14:textId="56AA5920" w:rsidR="00B21C23" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r w:rsidRPr="00BA1FE8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Yoharis.Johnson@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="75B57CFA" w14:textId="77777777" w:rsidR="0074201F" w:rsidRDefault="0074201F" w:rsidP="00412F92">
-[...3 lines deleted...]
-          </w:p>
           <w:p w14:paraId="2575CAAB" w14:textId="78EC3C16" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B21C23" w14:paraId="21C9F9FF" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="437A4125" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2106F071" w14:textId="1870EB33" w:rsidR="00B21C23" w:rsidRDefault="00866F06" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -4804,60 +4804,65 @@
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="65403289" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39BA6AF7" w14:textId="4981BA93" w:rsidR="00B21C23" w:rsidRDefault="00866F06" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>561-631-0128</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26702806" w14:textId="57C09048" w:rsidR="00B21C23" w:rsidRDefault="00866F06" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r w:rsidRPr="007A6FBA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Christina.Salema@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="6ADFABAD" w14:textId="736A52F1" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
+          <w:p w14:paraId="400B0387" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6ADFABAD" w14:textId="736A52F1" w:rsidR="002A3040" w:rsidRDefault="002A3040" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B21C23" w14:paraId="69183B32" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C885FB6" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79391F6A" w14:textId="7FFECA7E" w:rsidR="00B21C23" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -4884,51 +4889,51 @@
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="24F5F2C5" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43875C15" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>561-828-1766</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F669608" w14:textId="6F80744C" w:rsidR="0074201F" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r w:rsidRPr="00BA1FE8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Sibyl.Jeune1@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0A6F40DE" w14:textId="4894E7BB" w:rsidR="0074201F" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B21C23" w14:paraId="502021CB" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61A3CFFE" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
@@ -4962,51 +4967,51 @@
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="19182C8B" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49C858BB" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>561-828-1737</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62AFB847" w14:textId="67905157" w:rsidR="0074201F" w:rsidRDefault="001C5D9E" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r w:rsidRPr="00BA1FE8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Shametria.Sutton@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="4F717EF3" w14:textId="732B1FB8" w:rsidR="001C5D9E" w:rsidRDefault="001C5D9E" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B21C23" w14:paraId="5D585B1A" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BBD49B3" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
@@ -5037,140 +5042,143 @@
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="3FA1DE56" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="280483EF" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>561-379-3528</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C55B70D" w14:textId="3B2D5895" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Carol.Edlund@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="3FDB5BAA" w14:textId="50462258" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B21C23" w14:paraId="45A37601" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7136AA31" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00020AFE" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>C19</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21ABE630" w14:textId="5F73D655" w:rsidR="00020AFE" w:rsidRDefault="00A64961" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Indian River, St. Lucie, Martin, Okeechobee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26325444" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Alphonso Roof </w:t>
+          <w:p w14:paraId="26325444" w14:textId="1CDA04C0" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Alphonso </w:t>
+            </w:r>
+            <w:r w:rsidR="002A3040">
+              <w:t>Roof, Jr.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AAA8EEF" w14:textId="20EFAFA7" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Licensing Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="5C3A5C4F" w14:textId="0E166B22" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>111 S. Sapodilla Ave, Suite 103, West Palm Beach, FL 33401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="172F245A" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00D85F38" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>561-273-0958</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35D597A2" w14:textId="216D82D9" w:rsidR="00D85F38" w:rsidRDefault="00D85F38" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Alphonso.Roof@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="45F43BB5" w14:textId="270FA85C" w:rsidR="00D85F38" w:rsidRDefault="00D85F38" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B21C23" w14:paraId="25443221" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AF2E9BE" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
@@ -5201,217 +5209,204 @@
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7FB91ADC" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="098BE1BA" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00D85F38" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>561-828-1738</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B037CD5" w14:textId="7530018D" w:rsidR="00D85F38" w:rsidRDefault="00324F63" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Emilio.Velez@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7B4871D7" w14:textId="4DCF8557" w:rsidR="00324F63" w:rsidRDefault="00324F63" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B21C23" w14:paraId="4B88F255" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4443DA8E" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FDFD95C" w14:textId="7B2770A7" w:rsidR="00B21C23" w:rsidRDefault="00CC02C3" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Roland</w:t>
+            <w:r>
+              <w:t>Dylia Roland</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A2446C2" w14:textId="5DD49834" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Licensing Specialist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5CBB8420" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D38493B" w14:textId="7DC3A2EB" w:rsidR="00B21C23" w:rsidRDefault="005B41AD" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>561-828-1</w:t>
             </w:r>
             <w:r w:rsidR="00CC02C3">
               <w:t>766</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24C95F2B" w14:textId="77BA2F70" w:rsidR="005D74CD" w:rsidRDefault="00CC02C3" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Dylia.Roland@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="20C89F03" w14:textId="31EB90BE" w:rsidR="005D74CD" w:rsidRDefault="005D74CD" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B21C23" w14:paraId="7EED404B" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FC58237" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="037F601B" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Andrew </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Andrew Matlach </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="372161EE" w14:textId="65FBAF42" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Licensing Specialist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="16B6BB29" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52501081" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00ED7573" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>561-828-1822</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DA37583" w14:textId="5B99212F" w:rsidR="00ED7573" w:rsidRDefault="00ED7573" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Andrew.Matlach@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7B36C33F" w14:textId="6495FDCD" w:rsidR="00ED7573" w:rsidRDefault="00ED7573" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B21C23" w14:paraId="2D26D3B6" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A1E9368" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
@@ -5442,74 +5437,74 @@
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1F5019DE" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="592F7E49" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00CC02C3" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>561-828-1738</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="239A28CE" w14:textId="0C1EEA63" w:rsidR="00CC02C3" w:rsidRDefault="00CC02C3" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r w:rsidRPr="00BA1FE8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Akisha.Beaver1@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="5EFD0E9F" w14:textId="28B556D6" w:rsidR="00CC02C3" w:rsidRDefault="00CC02C3" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="207C0D48" w14:textId="77777777" w:rsidR="000F0815" w:rsidRDefault="000F0815" w:rsidP="00412F92">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000F0815" w:rsidSect="00D21B4F">
-      <w:headerReference w:type="default" r:id="rId61"/>
+      <w:headerReference w:type="default" r:id="rId62"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="34CFDDFA" w14:textId="77777777" w:rsidR="00377B12" w:rsidRDefault="00377B12" w:rsidP="00D21B4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4129E26B" w14:textId="77777777" w:rsidR="00377B12" w:rsidRDefault="00377B12" w:rsidP="00D21B4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5649,100 +5644,104 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D21B4F"/>
     <w:rsid w:val="00020AFE"/>
     <w:rsid w:val="00020DEE"/>
+    <w:rsid w:val="00034F10"/>
     <w:rsid w:val="00037AF8"/>
     <w:rsid w:val="0007269F"/>
     <w:rsid w:val="000A1C6B"/>
     <w:rsid w:val="000C7C3E"/>
     <w:rsid w:val="000D04D7"/>
     <w:rsid w:val="000E3241"/>
     <w:rsid w:val="000E5B76"/>
     <w:rsid w:val="000E7E4B"/>
     <w:rsid w:val="000F0815"/>
     <w:rsid w:val="000F09E1"/>
     <w:rsid w:val="00130A38"/>
     <w:rsid w:val="00131FC4"/>
     <w:rsid w:val="00145D87"/>
     <w:rsid w:val="00165EC7"/>
     <w:rsid w:val="00172DB8"/>
     <w:rsid w:val="00181C6A"/>
     <w:rsid w:val="00181E70"/>
     <w:rsid w:val="001A6981"/>
     <w:rsid w:val="001B1B05"/>
     <w:rsid w:val="001C46E6"/>
     <w:rsid w:val="001C5D9E"/>
     <w:rsid w:val="001E2601"/>
     <w:rsid w:val="001E63E6"/>
     <w:rsid w:val="001E7ACE"/>
     <w:rsid w:val="001F738B"/>
     <w:rsid w:val="00202C66"/>
     <w:rsid w:val="00210A1E"/>
     <w:rsid w:val="00220BC5"/>
     <w:rsid w:val="00226E2A"/>
     <w:rsid w:val="00241D7E"/>
     <w:rsid w:val="0024523F"/>
     <w:rsid w:val="002632DB"/>
+    <w:rsid w:val="00263E61"/>
     <w:rsid w:val="00290B70"/>
+    <w:rsid w:val="002A3040"/>
     <w:rsid w:val="002B7F1B"/>
     <w:rsid w:val="002D393D"/>
     <w:rsid w:val="002D57BE"/>
     <w:rsid w:val="002F0793"/>
     <w:rsid w:val="00320E0A"/>
     <w:rsid w:val="00323218"/>
     <w:rsid w:val="00324F63"/>
     <w:rsid w:val="00344185"/>
     <w:rsid w:val="00355A44"/>
     <w:rsid w:val="00377B12"/>
     <w:rsid w:val="00380A9F"/>
     <w:rsid w:val="003909AD"/>
     <w:rsid w:val="003B52E8"/>
     <w:rsid w:val="003D09C7"/>
     <w:rsid w:val="003E3AA7"/>
     <w:rsid w:val="003E6420"/>
     <w:rsid w:val="003F1301"/>
+    <w:rsid w:val="00405E47"/>
     <w:rsid w:val="00412F92"/>
     <w:rsid w:val="00431700"/>
     <w:rsid w:val="00443452"/>
     <w:rsid w:val="0045421F"/>
     <w:rsid w:val="00466F02"/>
     <w:rsid w:val="004949D8"/>
     <w:rsid w:val="004A7A43"/>
     <w:rsid w:val="004B6E41"/>
     <w:rsid w:val="004C56BB"/>
     <w:rsid w:val="004F209E"/>
     <w:rsid w:val="00506B5E"/>
     <w:rsid w:val="00523E7D"/>
     <w:rsid w:val="00533DAD"/>
     <w:rsid w:val="00583647"/>
     <w:rsid w:val="005B0114"/>
     <w:rsid w:val="005B11FD"/>
     <w:rsid w:val="005B41AD"/>
     <w:rsid w:val="005C7A3F"/>
     <w:rsid w:val="005D71FA"/>
     <w:rsid w:val="005D74CD"/>
     <w:rsid w:val="005E1ADA"/>
     <w:rsid w:val="005E5405"/>
     <w:rsid w:val="00626E9D"/>
     <w:rsid w:val="00643AD7"/>
     <w:rsid w:val="00656D0F"/>
@@ -5792,100 +5791,106 @@
     <w:rsid w:val="00A27823"/>
     <w:rsid w:val="00A611EA"/>
     <w:rsid w:val="00A64961"/>
     <w:rsid w:val="00A75737"/>
     <w:rsid w:val="00A76C4A"/>
     <w:rsid w:val="00A81164"/>
     <w:rsid w:val="00AB5073"/>
     <w:rsid w:val="00AE5635"/>
     <w:rsid w:val="00B21C23"/>
     <w:rsid w:val="00B26C01"/>
     <w:rsid w:val="00B5454C"/>
     <w:rsid w:val="00B55634"/>
     <w:rsid w:val="00B92ACC"/>
     <w:rsid w:val="00B95062"/>
     <w:rsid w:val="00BA19C3"/>
     <w:rsid w:val="00BA3913"/>
     <w:rsid w:val="00BA767D"/>
     <w:rsid w:val="00BB2561"/>
     <w:rsid w:val="00BB7A6C"/>
     <w:rsid w:val="00BC402A"/>
     <w:rsid w:val="00BE2EC4"/>
     <w:rsid w:val="00BF236D"/>
     <w:rsid w:val="00C02C17"/>
     <w:rsid w:val="00C14EF9"/>
     <w:rsid w:val="00C37F99"/>
+    <w:rsid w:val="00C438B1"/>
     <w:rsid w:val="00C521E9"/>
     <w:rsid w:val="00C568B4"/>
     <w:rsid w:val="00C76A1E"/>
     <w:rsid w:val="00C83BC0"/>
+    <w:rsid w:val="00CA53F3"/>
     <w:rsid w:val="00CB21D1"/>
     <w:rsid w:val="00CC02C3"/>
     <w:rsid w:val="00CC796A"/>
     <w:rsid w:val="00CD0F14"/>
     <w:rsid w:val="00CD6181"/>
     <w:rsid w:val="00CE3BD8"/>
     <w:rsid w:val="00CF1E5D"/>
     <w:rsid w:val="00CF3973"/>
     <w:rsid w:val="00CF583D"/>
     <w:rsid w:val="00CF6602"/>
     <w:rsid w:val="00D01284"/>
     <w:rsid w:val="00D02A57"/>
     <w:rsid w:val="00D0627A"/>
     <w:rsid w:val="00D21B4F"/>
     <w:rsid w:val="00D85F38"/>
     <w:rsid w:val="00DA01DB"/>
     <w:rsid w:val="00DA1356"/>
     <w:rsid w:val="00DB7EB6"/>
     <w:rsid w:val="00DD489E"/>
     <w:rsid w:val="00DF25D8"/>
     <w:rsid w:val="00E0430E"/>
     <w:rsid w:val="00E04C57"/>
     <w:rsid w:val="00E17CD8"/>
     <w:rsid w:val="00E20715"/>
+    <w:rsid w:val="00E373F8"/>
     <w:rsid w:val="00E4163F"/>
     <w:rsid w:val="00E52D0B"/>
     <w:rsid w:val="00E73440"/>
     <w:rsid w:val="00E90E9A"/>
     <w:rsid w:val="00EB0105"/>
     <w:rsid w:val="00EB3B80"/>
     <w:rsid w:val="00ED0349"/>
     <w:rsid w:val="00ED10A4"/>
     <w:rsid w:val="00ED42EC"/>
     <w:rsid w:val="00ED48CF"/>
     <w:rsid w:val="00ED7573"/>
     <w:rsid w:val="00EE5F3C"/>
     <w:rsid w:val="00EF2BD3"/>
     <w:rsid w:val="00F25A71"/>
     <w:rsid w:val="00F4585F"/>
+    <w:rsid w:val="00F50654"/>
     <w:rsid w:val="00F61EC1"/>
     <w:rsid w:val="00F6234C"/>
     <w:rsid w:val="00F82B9D"/>
     <w:rsid w:val="00F93F3F"/>
     <w:rsid w:val="00FA3871"/>
     <w:rsid w:val="00FA6D07"/>
     <w:rsid w:val="00FC2B0A"/>
+    <w:rsid w:val="00FD1CAB"/>
+    <w:rsid w:val="00FD2399"/>
     <w:rsid w:val="00FE230E"/>
     <w:rsid w:val="00FF46CA"/>
     <w:rsid w:val="00FF6BC9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -6534,51 +6539,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2012491453">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kelly.Manning@myflfamilies.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alichia.Bryant@myflfamilies.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kylee.Bissette@myflfamilies.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rose.Fernandez@myflfamilies.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jacob.Still@myflfamilies.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dianna.Bingaman@myflfamilies.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Terrance.Johnson@myflfamilies.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Charlene.Satram@myflfamilies.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Elizabeth.Woodruff@myflfamilies.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Carol.Edlund@myflfamilies.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tara.beckley@myflfamilies.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Adorna.Clarkthurman@myflfamilies.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Thais.AraujoDrean@myflfamilies.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jeanne.Durden@myflfamilies.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Christina.Heupel@myflfamilies.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dan.Brinckerhoff@myflfamilies.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michelle.Windfelder@myflfamilies.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Yaumara.Rodriguez@myflfamilies.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kelly.Lee@myflfamilies.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sibyl.Jeune1@myflfamilies.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kacie.Boyden@myflfamilies.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kyle.Teague@myflfamilies.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lakeshia.BurkeJones@myflfamilies.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Breanne.Pierrelouis@myflfamilies.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Joshua.Lancaster@myflfamilies.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mary.Harmon@myflfamilies.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Naomi.Delicieux@myflfamilies.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nabila.Concepcion@myflfamilies.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ashley.Dorisca@myflfamilies.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alphonso.Roof@myflfamilies.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Winnifred.StokesBennett@myflfamilies.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Yoharis.Johnson@myflfamilies.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tara.beckley@myflfamilies.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Heather.Morton@myflfamilies.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tracey.Bourne@myflfamilies.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Eric.Butler@myflfamilies.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Yamile.Diaz@myflfamilies.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Leah.Motta@myflfamilies.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrew.Matlach@myflfamilies.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tyshea.Cooper@myflfamilies.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Carmen.Gomezabreu1@myflfamilies.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Shametria.Sutton@myflfamilies.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jeanne.Durden@myflfamilies.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.davis@myflfamilies.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jasmine.LaGrant@myflfamilies.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:John.Hammett@myflfamilies.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jacob.Porter@myflfamilies.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Yinka.Adeshina@myflfamilies.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Emilio.Velez@myflfamilies.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michael.VanBebber@myflfamilies.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sarah.Yaccarino@myflfamilies.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Naomi.Bettis@myflfamilies.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Christina.Salema@myflfamilies.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Akisha.Beaver1@myflfamilies.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:April.Floyd@myflfamilies.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jillian.Cucore@myflfamilies.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tyshea.Cooper@myflfamilies.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dianna.Bingaman@myflfamilies.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Terrance.Johnson@myflfamilies.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Leah.Motta@myflfamilies.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Yinka.Adeshina@myflfamilies.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Shametria.Sutton@myflfamilies.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tara.beckley@myflfamilies.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.davis@myflfamilies.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Thais.AraujoDrean@myflfamilies.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michael.VanBebber@myflfamilies.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jasmine.LaGrant@myflfamilies.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dan.Brinckerhoff@myflfamilies.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michelle.Windfelder@myflfamilies.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Yaumara.Rodriguez@myflfamilies.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Naomi.Bettis@myflfamilies.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Christina.Salema@myflfamilies.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Emilio.Velez@myflfamilies.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Akisha.Beaver1@myflfamilies.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alichia.Bryant@myflfamilies.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kelly.Manning@myflfamilies.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jacob.Still@myflfamilies.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kylee.Bissette@myflfamilies.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mary.Harmon@myflfamilies.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Naomi.Delicieux@myflfamilies.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nabila.Concepcion@myflfamilies.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Charlene.Satram@myflfamilies.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Carol.Edlund@myflfamilies.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Elijah.williams1@myflfamilies.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Elizabeth.Woodruff@myflfamilies.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jeanne.Durden@myflfamilies.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Adorna.Clarkthurman@myflfamilies.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Christina.Heupel@myflfamilies.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Eric.Butler@myflfamilies.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Yamile.Diaz@myflfamilies.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kelly.Lee@myflfamilies.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kacie.Boyden@myflfamilies.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kyle.Teague@myflfamilies.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Carmen.Gomezabreu1@myflfamilies.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sibyl.Jeune1@myflfamilies.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jeanne.Durden@myflfamilies.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lakeshia.BurkeJones@myflfamilies.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Breanne.Pierrelouis@myflfamilies.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:John.Hammett@myflfamilies.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jacob.Porter@myflfamilies.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ashley.Dorisca@myflfamilies.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alphonso.Roof@myflfamilies.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:April.Floyd@myflfamilies.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sarah.Yaccarino@myflfamilies.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Maslaine.Deus@myflfamilies.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Yoharis.Johnson@myflfamilies.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrew.Matlach@myflfamilies.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Winnifred.StokesBennett@myflfamilies.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tara.beckley@myflfamilies.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Heather.Morton@myflfamilies.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rose.Fernandez@myflfamilies.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D5D8D92755004EAF95AE9C907105DBE5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E01853C5-7094-40C6-BFFD-4CE03D4CA27C}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -6632,77 +6637,82 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0012524E"/>
+    <w:rsid w:val="00031002"/>
     <w:rsid w:val="000B38A1"/>
     <w:rsid w:val="0012091D"/>
     <w:rsid w:val="0012524E"/>
     <w:rsid w:val="00130131"/>
     <w:rsid w:val="00172EDB"/>
     <w:rsid w:val="001913AA"/>
     <w:rsid w:val="001E63E6"/>
     <w:rsid w:val="00237E9E"/>
+    <w:rsid w:val="00263E61"/>
     <w:rsid w:val="00290B70"/>
     <w:rsid w:val="002B7F1B"/>
     <w:rsid w:val="00370C1D"/>
     <w:rsid w:val="003A7E5A"/>
     <w:rsid w:val="00696A61"/>
     <w:rsid w:val="00844467"/>
     <w:rsid w:val="009449F6"/>
     <w:rsid w:val="00A57D9F"/>
     <w:rsid w:val="00AB5073"/>
     <w:rsid w:val="00B02425"/>
     <w:rsid w:val="00B67C27"/>
     <w:rsid w:val="00BA3913"/>
     <w:rsid w:val="00BE2EC4"/>
+    <w:rsid w:val="00C438B1"/>
     <w:rsid w:val="00C9167E"/>
+    <w:rsid w:val="00CA53F3"/>
     <w:rsid w:val="00CC796A"/>
     <w:rsid w:val="00CF6602"/>
     <w:rsid w:val="00D0627A"/>
     <w:rsid w:val="00D60789"/>
     <w:rsid w:val="00D930E9"/>
+    <w:rsid w:val="00E373F8"/>
     <w:rsid w:val="00E52D0B"/>
     <w:rsid w:val="00F25A71"/>
     <w:rsid w:val="00F72D2B"/>
     <w:rsid w:val="00FA6D07"/>
     <w:rsid w:val="00FB2D84"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
@@ -7428,69 +7438,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1470</Words>
-  <Characters>8385</Characters>
+  <Words>1487</Words>
+  <Characters>8477</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
+  <Lines>70</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Office of Licensing Staff Directory</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9836</CharactersWithSpaces>
+  <CharactersWithSpaces>9945</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Office of Licensing Staff Directory</dc:title>
   <dc:subject/>
   <dc:creator>Roach, Morgan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>