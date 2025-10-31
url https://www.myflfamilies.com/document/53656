--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,278 +1,256 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vandyke-misty\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Auna\CRRA 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5506C765-239D-4175-8888-017B08485283}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C8788F93-D351-44E9-A24E-20E7A9BA35E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{F8EDCD32-2F4E-406C-99C6-6DE47C2BC368}"/>
   </bookViews>
   <sheets>
-    <sheet name="CRRA- Active Records" sheetId="2" r:id="rId1"/>
-    <sheet name="CRRA- Expired &amp; Inactive Record" sheetId="3" r:id="rId2"/>
+    <sheet name="CRRA-Certified" sheetId="2" r:id="rId1"/>
+    <sheet name="CRRA-Expired &amp; Inactive" sheetId="3" r:id="rId2"/>
+    <sheet name="CRRA-Ethics" sheetId="4" r:id="rId3"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3842" uniqueCount="1946">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4327" uniqueCount="2192">
   <si>
     <t>Credential Number</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>CredentialType</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Contact Email</t>
   </si>
   <si>
     <t>County</t>
   </si>
   <si>
     <t>Expiration Date</t>
   </si>
   <si>
     <t>CRRA. - Certified Recovery Residence Administrator</t>
   </si>
   <si>
     <t>EXPIRED</t>
   </si>
   <si>
     <t>Lake</t>
   </si>
   <si>
     <t>Palm Beach</t>
   </si>
   <si>
     <t>Broward</t>
   </si>
   <si>
-    <t>Mr. Travis E McAllister</t>
-[...1 lines deleted...]
-  <si>
     <t>istudymedicalforfun@gmail.com</t>
   </si>
   <si>
     <t>Osceola</t>
   </si>
   <si>
+    <t>Duval</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
     <t>Miami-Dade</t>
   </si>
   <si>
-    <t>Duval</t>
-[...4 lines deleted...]
-  <si>
     <t>Flagler</t>
   </si>
   <si>
     <t>HillsBorough</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100000 </t>
   </si>
   <si>
-    <t>Ms. Sharon Burns-Carter</t>
-[...1 lines deleted...]
-  <si>
     <t>CERTIFIED</t>
   </si>
   <si>
     <t>Sburnscarter@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100001 </t>
   </si>
   <si>
     <t>Timothy Bradley</t>
   </si>
   <si>
     <t>rwtlb@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100002 </t>
   </si>
   <si>
-    <t>Ms. Lashawnda L Richmond</t>
-[...1 lines deleted...]
-  <si>
     <t>llrichmond@yahoo.com</t>
   </si>
   <si>
     <t>Seminole</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100003 </t>
   </si>
   <si>
-    <t>Mr. Joseph Gagliardo</t>
-[...1 lines deleted...]
-  <si>
     <t>josephwgagliardo@gmail.com</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100004 </t>
   </si>
   <si>
-    <t>Mr. Craig Allen Nesvik Sr</t>
+    <t>INACTIVE</t>
   </si>
   <si>
     <t>anesvik@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100005 </t>
   </si>
   <si>
-    <t>Mr. Christopher George Ege</t>
-[...1 lines deleted...]
-  <si>
     <t>chrisege82@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100006 </t>
   </si>
   <si>
-    <t>Mrs. Brenda Aulbach</t>
-[...1 lines deleted...]
-  <si>
     <t>bcmaulbach@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100007 </t>
   </si>
   <si>
     <t>John E Branch</t>
   </si>
   <si>
-    <t>INACTIVE</t>
-[...1 lines deleted...]
-  <si>
     <t>jbranch11@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100008 </t>
   </si>
   <si>
-    <t>Mr. George Albert Jahn</t>
-[...1 lines deleted...]
-  <si>
     <t>gjahn@bellsouth.net</t>
   </si>
   <si>
+    <t xml:space="preserve">CRRA.0100009 </t>
+  </si>
+  <si>
+    <t>Alexander Labib</t>
+  </si>
+  <si>
+    <t>alabib@lifeofpurposetreatment.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">CRRA.0100010 </t>
   </si>
   <si>
-    <t>Mrs. Susan Tembeck Riccardi</t>
-[...1 lines deleted...]
-  <si>
     <t>plookie51@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100011 </t>
   </si>
   <si>
     <t>Leroy Edward Lacy</t>
   </si>
   <si>
     <t>unitedlee58@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100012 </t>
   </si>
   <si>
     <t>Brandi J Dostie</t>
   </si>
   <si>
     <t>brandij16@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100013 </t>
   </si>
   <si>
     <t>Paul A. Lanoue</t>
   </si>
   <si>
     <t>ldaboybetru@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100014 </t>
   </si>
   <si>
-    <t>Mr. Javier Costa</t>
-[...1 lines deleted...]
-  <si>
     <t>Suzanne.costa@alrcottages.com</t>
   </si>
   <si>
     <t>Escambia</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100015 </t>
   </si>
   <si>
-    <t>Mrs. Phoebe A Maisto</t>
-[...1 lines deleted...]
-  <si>
     <t>phoebeamiel@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100016 </t>
   </si>
   <si>
     <t>Duchess Raufman</t>
   </si>
   <si>
     <t>raufmand@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100017 </t>
   </si>
   <si>
     <t>Lisa A. Marcisak</t>
   </si>
   <si>
     <t>lisamarcisak@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100018 </t>
   </si>
   <si>
     <t>Bradly Thomas Hanley</t>
@@ -280,155 +258,131 @@
   <si>
     <t>bthanley@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100019 </t>
   </si>
   <si>
     <t>Randy Lee McMillan</t>
   </si>
   <si>
     <t>randy.lee.mcmillan@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100020 </t>
   </si>
   <si>
     <t>Ines Figueroa</t>
   </si>
   <si>
     <t>Inesfigueroa@liferecoverypb.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100021 </t>
   </si>
   <si>
-    <t>Mrs. Jessica Leavins</t>
-[...1 lines deleted...]
-  <si>
     <t>alohahousepalmbeach@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100022 </t>
   </si>
   <si>
-    <t>Mr. Kevin B Schmidt</t>
-[...1 lines deleted...]
-  <si>
     <t>kevinschmidt2001@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100023 </t>
   </si>
   <si>
-    <t>Michael Ossip</t>
-[...1 lines deleted...]
-  <si>
     <t>ossipm@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100024 </t>
   </si>
   <si>
     <t>Beth A Miskiewicz</t>
   </si>
   <si>
     <t>bethmisk@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100025 </t>
   </si>
   <si>
-    <t>Mr. William R Atkinson</t>
-[...1 lines deleted...]
-  <si>
     <t>William.Atkinsoniv@gmail.com</t>
   </si>
   <si>
     <t>Pinellas</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100026 </t>
   </si>
   <si>
-    <t>Mrs. Michelle A. Fyfe</t>
-[...1 lines deleted...]
-  <si>
     <t>positivestartcounseling@msn.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100027 </t>
   </si>
   <si>
     <t>Jimaine Titus</t>
   </si>
   <si>
     <t>Jimaine@fullcirclefl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100028 </t>
   </si>
   <si>
-    <t>Mr. Andrew Parker</t>
-[...1 lines deleted...]
-  <si>
     <t>ezdrawer@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100029 </t>
   </si>
   <si>
     <t>Gail T Morin</t>
   </si>
   <si>
     <t>originsofhope@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100030 </t>
   </si>
   <si>
-    <t>Mrs. Allyson Marie Ward</t>
-[...1 lines deleted...]
-  <si>
     <t>allysonm@me.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100031 </t>
   </si>
   <si>
     <t>Ronel Joseph</t>
   </si>
   <si>
     <t>ronel.joseph@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100032 </t>
   </si>
   <si>
-    <t>Mr. Jason Allen Leslie</t>
-[...1 lines deleted...]
-  <si>
     <t>Trinitybytraditions@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100033 </t>
   </si>
   <si>
     <t>Jennifer Leigh Peisner</t>
   </si>
   <si>
     <t>Jpeisner89@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100034 </t>
   </si>
   <si>
     <t>Brendan M Reres</t>
   </si>
   <si>
     <t>breres@cametobelievellc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100035 </t>
   </si>
   <si>
     <t>James Hartman</t>
@@ -448,218 +402,188 @@
   <si>
     <t>Volusia</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100037 </t>
   </si>
   <si>
     <t>Jennifer Napolitano</t>
   </si>
   <si>
     <t>jennifer@fullcirclefl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100038 </t>
   </si>
   <si>
     <t>Nancy K Steiner</t>
   </si>
   <si>
     <t>nsteiner@sanctuarydelraybeach.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100039 </t>
   </si>
   <si>
-    <t>Mr. Benjamin R Bueno</t>
-[...1 lines deleted...]
-  <si>
     <t>benbueno1209@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100040 </t>
   </si>
   <si>
-    <t>Mr. Andrew Haynes Young</t>
-[...1 lines deleted...]
-  <si>
     <t>haynes@addison.house</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100041 </t>
   </si>
   <si>
     <t>Mallory Neuberger</t>
   </si>
   <si>
     <t>malloryneuberger@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100042 </t>
   </si>
   <si>
-    <t>Stephanie Mordes</t>
-[...1 lines deleted...]
-  <si>
     <t>stephatww@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100043 </t>
   </si>
   <si>
-    <t>Ms. Rebecca Barrett Gaines</t>
-[...1 lines deleted...]
-  <si>
     <t>jupitergaines@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100044 </t>
   </si>
   <si>
     <t>Miriam A Lucente</t>
   </si>
   <si>
     <t>barkleymiriam@att.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100045 </t>
   </si>
   <si>
     <t>Robert D Keeble</t>
   </si>
   <si>
     <t>Robbykeeble@me.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100046 </t>
   </si>
   <si>
-    <t>Mr. Joseph J Giuliano Giuliano</t>
-[...1 lines deleted...]
-  <si>
     <t>jgiuliano@agapebhc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100047 </t>
   </si>
   <si>
     <t>Robert Eaton</t>
   </si>
   <si>
     <t>izrobert07@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100048 </t>
   </si>
   <si>
-    <t>Devin Buoniello</t>
-[...1 lines deleted...]
-  <si>
     <t>devinbuoniello@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100049 </t>
   </si>
   <si>
     <t>Mary B Schultz</t>
   </si>
   <si>
     <t>bernie@gracesway.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100050 </t>
   </si>
   <si>
     <t>Emily R Shotland</t>
   </si>
   <si>
     <t>communityservice@anshouses.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100051 </t>
   </si>
   <si>
     <t>Kalise Nicole Valentine</t>
   </si>
   <si>
     <t>kval88@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100052 </t>
   </si>
   <si>
     <t>Salvatore Pace</t>
   </si>
   <si>
     <t>SALVAPAC@GMAIL.COM</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100053 </t>
   </si>
   <si>
-    <t>Mr. Jack Chappell</t>
-[...1 lines deleted...]
-  <si>
     <t>jack@adventures11.com</t>
   </si>
   <si>
     <t>Marion</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100054 </t>
   </si>
   <si>
     <t>Jane Fox</t>
   </si>
   <si>
     <t>janefox3457@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100055 </t>
   </si>
   <si>
-    <t>Mr. Alejandro L Castillo</t>
-[...1 lines deleted...]
-  <si>
     <t>alex_castillo@comcast.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100056 </t>
   </si>
   <si>
-    <t>Ms. Gina Metrano</t>
-[...1 lines deleted...]
-  <si>
     <t>gina.tropichouse@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100057 </t>
   </si>
   <si>
-    <t>Mr. William D Niemi</t>
-[...1 lines deleted...]
-  <si>
     <t>bniemi@cametobelievellc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100058 </t>
   </si>
   <si>
     <t>David Hindle</t>
   </si>
   <si>
     <t>dsh1916@gmail.com</t>
   </si>
   <si>
     <t>Collier</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100059 </t>
   </si>
   <si>
     <t>James Felton</t>
   </si>
   <si>
     <t>jimsfelton@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100060 </t>
@@ -670,983 +594,854 @@
   <si>
     <t>glennsail1@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100061 </t>
   </si>
   <si>
     <t>William Perez</t>
   </si>
   <si>
     <t>bill@victoryrh.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100062 </t>
   </si>
   <si>
     <t>Dylan Maher</t>
   </si>
   <si>
     <t>dmaher1492@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100063 </t>
   </si>
   <si>
-    <t>Ms. Cynthia L. Crouch</t>
-[...1 lines deleted...]
-  <si>
     <t>CynthiaLynn.Crouch@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100064 </t>
   </si>
   <si>
-    <t>Mr. Michael Aulbach</t>
-[...1 lines deleted...]
-  <si>
     <t>aaarcinfo@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100065 </t>
   </si>
   <si>
-    <t>Mr. Brian P Greenblott</t>
-[...1 lines deleted...]
-  <si>
     <t>bgreenblott@recointensive.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100066 </t>
   </si>
   <si>
-    <t>Mr. Christopher Pasquale</t>
-[...1 lines deleted...]
-  <si>
     <t>cmpasquale@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100067 </t>
   </si>
   <si>
     <t>Jonelle lyn Asenato</t>
   </si>
   <si>
     <t>jonelle@sthrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100068 </t>
   </si>
   <si>
     <t>Jesse Matthew Reuter</t>
   </si>
   <si>
     <t>jesse@recreatelifecounseling.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100069 </t>
   </si>
   <si>
     <t>Catherine Wolff</t>
   </si>
   <si>
     <t>cwcatwolff@gmail.com</t>
   </si>
   <si>
     <t>St. Lucie</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100070 </t>
   </si>
   <si>
-    <t>Philip M Chamness</t>
-[...1 lines deleted...]
-  <si>
     <t>philc@rivendellhouses.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100071 </t>
   </si>
   <si>
-    <t>Mr. Neill M Timmons Jr.</t>
-[...1 lines deleted...]
-  <si>
     <t>timmonsneill@gmail.com</t>
   </si>
   <si>
     <t>Out of State</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100072 </t>
   </si>
   <si>
     <t>Keren M Roesser</t>
   </si>
   <si>
     <t>sammysmom1202@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100073 </t>
   </si>
   <si>
     <t>Michael A Foland</t>
   </si>
   <si>
     <t>mikefoland@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100074 </t>
   </si>
   <si>
-    <t>Mr. Harry Rentas Sr</t>
-[...1 lines deleted...]
-  <si>
     <t>Harryrentaspsr@gmail.com</t>
   </si>
   <si>
     <t>Orange</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100075 </t>
   </si>
   <si>
     <t>Rex Winchester</t>
   </si>
   <si>
     <t>rex@trnpt.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100076 </t>
   </si>
   <si>
     <t>Barry Allen Ladis</t>
   </si>
   <si>
     <t>barry.ladis@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100077 </t>
   </si>
   <si>
-    <t>Mrs. Phyllis Renee Reddy-Haley</t>
-[...1 lines deleted...]
-  <si>
     <t>haley.0317@gmail.com</t>
   </si>
   <si>
     <t>Pasco</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100078 </t>
   </si>
   <si>
-    <t>Ms. Nicole Sauvola-Lamay</t>
-[...1 lines deleted...]
-  <si>
     <t>colelaw36@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100079 </t>
   </si>
   <si>
     <t>Robert William Harry</t>
   </si>
   <si>
     <t>rharry0419@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100080 </t>
   </si>
   <si>
-    <t>Mr. Michael J Calderin</t>
-[...1 lines deleted...]
-  <si>
     <t>mjcalderincap@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100081 </t>
   </si>
   <si>
     <t>Anthony Stewart</t>
   </si>
   <si>
     <t>anthony.stewart@paxcampus.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100082 </t>
   </si>
   <si>
-    <t>Ms. Maria Jackson Freeman</t>
-[...1 lines deleted...]
-  <si>
     <t>mfreeman@thirdsteprecovery.com</t>
   </si>
   <si>
+    <t xml:space="preserve">CRRA.0100083 </t>
+  </si>
+  <si>
+    <t>Lori Lynn Jones</t>
+  </si>
+  <si>
+    <t>REVOKED</t>
+  </si>
+  <si>
+    <t>lori201049@yahoo.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">CRRA.0100084 </t>
   </si>
   <si>
-    <t>Mr. Jacob Hillman</t>
-[...1 lines deleted...]
-  <si>
     <t>jnhillman@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100085 </t>
   </si>
   <si>
     <t>Paula N Locke</t>
   </si>
   <si>
     <t>maraisrael2017@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100086 </t>
   </si>
   <si>
     <t>Darren Matthew Platt</t>
   </si>
   <si>
     <t>reachdarrenplatt@outlook.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100087 </t>
   </si>
   <si>
-    <t>Patrick J Slattery</t>
-[...1 lines deleted...]
-  <si>
     <t>Patrick@realrecoveryfl.com</t>
   </si>
   <si>
     <t>Sarasota</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100088 </t>
   </si>
   <si>
     <t>Richard Mukasa</t>
   </si>
   <si>
     <t>richmukasa@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100089 </t>
   </si>
   <si>
     <t>William B Berard Iv</t>
   </si>
   <si>
     <t>williamberard@gracesway.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100090 </t>
   </si>
   <si>
-    <t>Mr. Melvin E. Clark III</t>
-[...1 lines deleted...]
-  <si>
     <t>melvinclark1979@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100091 </t>
   </si>
   <si>
     <t>Juan A Harris, Sr.</t>
   </si>
   <si>
     <t>drjuanharris@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100092 </t>
   </si>
   <si>
-    <t>Ms. Sarah R Sacks</t>
-[...1 lines deleted...]
-  <si>
     <t>sarahsackslcsw@aol.com</t>
   </si>
   <si>
+    <t>Brevard</t>
+  </si>
+  <si>
     <t xml:space="preserve">CRRA.0100093 </t>
   </si>
   <si>
     <t>Samuel H Draper</t>
   </si>
   <si>
     <t>xcrushablex@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100094 </t>
   </si>
   <si>
     <t>Christine M DePaolis</t>
   </si>
   <si>
     <t>tmdwpb@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100095 </t>
   </si>
   <si>
-    <t>Mrs. Safiyah Rubyellen Davis-Rosario</t>
-[...1 lines deleted...]
-  <si>
     <t>Safiyahdv@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100096 </t>
   </si>
   <si>
     <t>Mitchell D. Baumann</t>
   </si>
   <si>
     <t>mitch@dreamliferecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100097 </t>
   </si>
   <si>
     <t>Nelson Colon</t>
   </si>
   <si>
     <t>nelsoncoloncv@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100098 </t>
   </si>
   <si>
     <t>Kelsea Renee Keneipp</t>
   </si>
   <si>
     <t>kelseakeneippcv@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100100 </t>
   </si>
   <si>
     <t>Kyle L Knoth</t>
   </si>
   <si>
     <t>kknoth007@Hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100101 </t>
   </si>
   <si>
-    <t>Ms. Kimberly R Jackson</t>
-[...1 lines deleted...]
-  <si>
     <t>anewlifehalfwayhouse@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100102 </t>
   </si>
   <si>
-    <t>Ms. Juanita L Hunt</t>
-[...1 lines deleted...]
-  <si>
     <t>newpaths05@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100103 </t>
   </si>
   <si>
-    <t>Mr. Jeffrey A Gandelman</t>
-[...1 lines deleted...]
-  <si>
     <t>jakextreme@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100104 </t>
   </si>
   <si>
     <t>Shalonda L. Copeland</t>
   </si>
   <si>
     <t>ms.copeland@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100105 </t>
   </si>
   <si>
     <t>Guy B Williamson</t>
   </si>
   <si>
     <t>bladesw@resiliencerecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100106 </t>
   </si>
   <si>
     <t>Pamela Ann Springer</t>
   </si>
   <si>
     <t>lobsterdiver1@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100107 </t>
   </si>
   <si>
-    <t>Mr. Philip J Huml</t>
-[...1 lines deleted...]
-  <si>
     <t>philip@naplesrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100108 </t>
   </si>
   <si>
-    <t>Dr. Daniela Riccelli</t>
-[...1 lines deleted...]
-  <si>
     <t>riccellidan@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100109 </t>
   </si>
   <si>
-    <t>Ms. Mildred Tennessee</t>
-[...1 lines deleted...]
-  <si>
     <t>millietenn@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100110 </t>
   </si>
   <si>
     <t>Jude-Ann Prisco</t>
   </si>
   <si>
     <t>jude@theedgerecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100111 </t>
   </si>
   <si>
-    <t>Mr. Frank J Seidl</t>
-[...1 lines deleted...]
-  <si>
     <t>fsaceopportunities@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100112 </t>
   </si>
   <si>
     <t>Maris N Tsipouras-Clark</t>
   </si>
   <si>
     <t>maris.clark@yahoo.com</t>
   </si>
   <si>
     <t>Polk</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100113 </t>
   </si>
   <si>
     <t>Julie Anne Treacy</t>
   </si>
   <si>
     <t>jtreacy@amethystrecovery.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100114 </t>
   </si>
   <si>
-    <t>Mrs. Yenisse C Gonzalez</t>
-[...1 lines deleted...]
-  <si>
     <t>yenissegonzalez@yahoo.es</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100115 </t>
   </si>
   <si>
     <t>Tonya D Wilson</t>
   </si>
   <si>
     <t>tonyawilson1362@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100116 </t>
   </si>
   <si>
-    <t>Ms. Samantha Garabed</t>
-[...1 lines deleted...]
-  <si>
     <t>Samantha.Garabed90@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100117 </t>
   </si>
   <si>
     <t>Joshua I Craver</t>
   </si>
   <si>
     <t>joshcraver@jamesclubrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100118 </t>
   </si>
   <si>
     <t>Jonathan T Stob</t>
   </si>
   <si>
     <t>johnnystob@icloud.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100119 </t>
   </si>
   <si>
-    <t>Ms. Rachel M Utano</t>
-[...1 lines deleted...]
-  <si>
     <t>rachelu@recoveryunplugged.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100120 </t>
   </si>
   <si>
-    <t>Mrs. Rose Martine Young</t>
-[...1 lines deleted...]
-  <si>
     <t>wer2bless@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100121 </t>
   </si>
   <si>
     <t>Ian Shelby</t>
   </si>
   <si>
     <t>ianmshelby@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100122 </t>
   </si>
   <si>
-    <t>Ms. Maxine W Dooley</t>
-[...1 lines deleted...]
-  <si>
     <t>maxine.dooley@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100123 </t>
   </si>
   <si>
-    <t>Grace Grace Marquez</t>
-[...1 lines deleted...]
-  <si>
     <t>gmarquez@DynamicWellnessLLC.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100124 </t>
   </si>
   <si>
     <t>Ereka Nicole Thomas</t>
   </si>
   <si>
     <t>ereka.thomas@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100125 </t>
   </si>
   <si>
-    <t>Mr. Michael A Kirk</t>
-[...1 lines deleted...]
-  <si>
     <t>michaelk@tn24.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100126 </t>
   </si>
   <si>
     <t>Marianne D Gribbon</t>
   </si>
   <si>
     <t>mgribbon01@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100127 </t>
   </si>
   <si>
-    <t>Ms. Reshma Harilal</t>
-[...1 lines deleted...]
-  <si>
     <t>pinky.1000hills@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100128 </t>
   </si>
   <si>
     <t>Michael A Cirillo</t>
   </si>
   <si>
     <t>Simplify10@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100129 </t>
   </si>
   <si>
-    <t>Mrs. Melissa A Torres</t>
-[...2 lines deleted...]
-    <t>torresmelissa143@gmail.com</t>
+    <t>M3lissa.0518@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100130 </t>
   </si>
   <si>
     <t>Javier A Chia</t>
   </si>
   <si>
     <t>le.artiste1987@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100131 </t>
   </si>
   <si>
-    <t>Mrs. Beverly O Womack</t>
-[...1 lines deleted...]
-  <si>
     <t>bwomack2009@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100132 </t>
   </si>
   <si>
-    <t>Mr. Ahmad A. Bryant</t>
-[...1 lines deleted...]
-  <si>
     <t>bryant_ahmad@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100133 </t>
   </si>
   <si>
-    <t>Alan R. Buchanan</t>
-[...1 lines deleted...]
-  <si>
     <t>alanbuchanan@bellsouth.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100134 </t>
   </si>
   <si>
-    <t>Mr. Sean A Wilcox</t>
-[...1 lines deleted...]
-  <si>
     <t>swilcox0425@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100135 </t>
   </si>
   <si>
     <t>Laura M Price</t>
   </si>
   <si>
     <t>laura@fullcirclefl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100136 </t>
   </si>
   <si>
     <t>Jessica Coombs</t>
   </si>
   <si>
     <t>jessikoubek@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100137 </t>
   </si>
   <si>
-    <t>Ms. Jane Pendleton Causey</t>
-[...1 lines deleted...]
-  <si>
     <t>pcausey@thelordsplace.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100139 </t>
   </si>
   <si>
     <t>Brian E Longsworth</t>
   </si>
   <si>
     <t>longsworth@legacyhealing.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100140 </t>
   </si>
   <si>
     <t>Anthony J Steffenella</t>
   </si>
   <si>
     <t>asteffenella@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100141 </t>
   </si>
   <si>
-    <t>Mr. Kyle Welshman</t>
-[...1 lines deleted...]
-  <si>
     <t>Kwelshman7@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100142 </t>
   </si>
   <si>
-    <t>Mr. Brett Lieberman</t>
-[...1 lines deleted...]
-  <si>
     <t>bliebermantherapist@yahoo.com</t>
   </si>
   <si>
+    <t>Okeechobee</t>
+  </si>
+  <si>
     <t xml:space="preserve">CRRA.0100143 </t>
   </si>
   <si>
     <t>Mark J Tagrin</t>
   </si>
   <si>
     <t>tagrinmark@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100144 </t>
   </si>
   <si>
-    <t>Mr. David M Mitchell</t>
-[...1 lines deleted...]
-  <si>
     <t>davdmitchell@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100145 </t>
   </si>
   <si>
     <t>Gregory M Goldston</t>
   </si>
   <si>
     <t>ggold954@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100146 </t>
   </si>
   <si>
     <t>Angela M Albano</t>
   </si>
   <si>
     <t>mountainsideest@msn.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100147 </t>
   </si>
   <si>
-    <t>Mrs. Alishia Timmons</t>
-[...1 lines deleted...]
-  <si>
     <t>alishiatimmons@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100148 </t>
   </si>
   <si>
-    <t>Ms. Christi P Adams Ed.S.</t>
-[...1 lines deleted...]
-  <si>
     <t>cpalmnop@yahoo.com</t>
   </si>
   <si>
-    <t>Brevard</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100149 </t>
   </si>
   <si>
     <t>Richard J Adams Ph.D.</t>
   </si>
   <si>
     <t>ricklmnop@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100150 </t>
   </si>
   <si>
     <t>Thomas A Biddle</t>
   </si>
   <si>
     <t>adambiddle57@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100151 </t>
   </si>
   <si>
     <t>Anthony Riccio</t>
   </si>
   <si>
     <t>ariccio@accessqhs.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100152 </t>
   </si>
   <si>
-    <t>Mr. Thomas A Matthews</t>
-[...1 lines deleted...]
-  <si>
     <t>mattamp@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100153 </t>
   </si>
   <si>
     <t>George A East</t>
   </si>
   <si>
     <t>andreweast71@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100154 </t>
   </si>
   <si>
     <t>Kristin Kathleen McCollum</t>
   </si>
   <si>
     <t>kroosa71@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100155 </t>
   </si>
   <si>
-    <t>Mrs. Cori N Mastapasco-Baiza</t>
-[...1 lines deleted...]
-  <si>
     <t>cmastapasco@amethystrecovery.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100156 </t>
   </si>
   <si>
     <t>Danny Donahue</t>
   </si>
   <si>
     <t>danny@dannydshouse.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100157 </t>
   </si>
   <si>
     <t>Pamela J Thomas</t>
   </si>
   <si>
     <t>pjt1976@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100158 </t>
   </si>
   <si>
     <t>Cecelia J Bishop</t>
   </si>
   <si>
     <t>cecelia@stayinkleen.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100159 </t>
   </si>
   <si>
-    <t>Mr. Todd C Morongell</t>
-[...1 lines deleted...]
-  <si>
     <t>carole.aulbach1104@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100160 </t>
   </si>
   <si>
     <t>Nicholas D Amsalem</t>
   </si>
   <si>
     <t>namsalem@theshoresrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100161 </t>
   </si>
   <si>
     <t>Stephen C Buron</t>
   </si>
   <si>
     <t>Admin@keepitsimplehouse.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100163 </t>
   </si>
   <si>
-    <t>Samantha VanSant Hewett</t>
-[...1 lines deleted...]
-  <si>
     <t>samvs51986@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100164 </t>
   </si>
   <si>
-    <t>Mrs. Madelin Vargas</t>
-[...1 lines deleted...]
-  <si>
     <t>mya1386@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100165 </t>
   </si>
   <si>
     <t>Alicja Majer</t>
   </si>
   <si>
     <t>rise2beyou@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100166 </t>
   </si>
   <si>
     <t>Charles R Manley Jr.</t>
   </si>
   <si>
     <t>chucklibertyhouse@att.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100167 </t>
   </si>
   <si>
     <t>John C Branch</t>
   </si>
   <si>
     <t>jcarlos0624@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100168 </t>
   </si>
   <si>
-    <t>Ms. Rebecca Hoeft Christiansen</t>
-[...1 lines deleted...]
-  <si>
     <t>Sunbecca03@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100170 </t>
   </si>
   <si>
     <t>Mildred Taylor</t>
   </si>
   <si>
     <t>millyt606@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100171 </t>
   </si>
   <si>
     <t>John W Gau</t>
   </si>
   <si>
     <t>jgau@amethystrecovery.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100173 </t>
   </si>
   <si>
     <t>Richard Bryant</t>
@@ -1663,99 +1458,84 @@
   <si>
     <t>jfarese@yourliferecoverycenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100175 </t>
   </si>
   <si>
     <t>Robert A Meshna</t>
   </si>
   <si>
     <t>robertm20@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100176 </t>
   </si>
   <si>
     <t>Caroline Sexton</t>
   </si>
   <si>
     <t>caroline.p.sexton@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100177 </t>
   </si>
   <si>
-    <t>Mr. Evan Jarschauer</t>
-[...1 lines deleted...]
-  <si>
     <t>evan@behavioralhelp.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100178 </t>
   </si>
   <si>
-    <t>Mrs. Kirstin Smith</t>
-[...1 lines deleted...]
-  <si>
     <t>solaresisters@live.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100179 </t>
   </si>
   <si>
-    <t>Mrs. Dee Bee Cox</t>
-[...2 lines deleted...]
-    <t>deebeehealth@cox.net</t>
+    <t>deebeecox1@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100180 </t>
   </si>
   <si>
     <t>Nicholas Spinelli</t>
   </si>
   <si>
     <t>nicks@seacrestrc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100181 </t>
   </si>
   <si>
-    <t>Mrs. Elizabeth Jane McDowell</t>
-[...1 lines deleted...]
-  <si>
     <t>lizhighfield@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100182 </t>
   </si>
   <si>
-    <t>Mrs. Jordan McCarthy</t>
-[...2 lines deleted...]
-    <t>jordansolare@yahoo.com</t>
+    <t>jordan@sfwn.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100183 </t>
   </si>
   <si>
     <t>Debbi Hanna</t>
   </si>
   <si>
     <t>debbi@b4ashes.com</t>
   </si>
   <si>
     <t>Manatee</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100184 </t>
   </si>
   <si>
     <t>Eddie L Collins</t>
   </si>
   <si>
     <t>kalishak@live.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100185 </t>
   </si>
@@ -1774,518 +1554,449 @@
   <si>
     <t>amy@graciouscarerecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100187 </t>
   </si>
   <si>
     <t>Dwight Unger</t>
   </si>
   <si>
     <t>dunger@satoriwaters.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100188 </t>
   </si>
   <si>
     <t>Cynthia J Burnham</t>
   </si>
   <si>
     <t>cynthia.burnham@stpetersburgfreeclinic.o</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100189 </t>
   </si>
   <si>
-    <t>Ms. Rosemary A. Boisvert</t>
-[...1 lines deleted...]
-  <si>
     <t>FBoisvert@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100190 </t>
   </si>
   <si>
     <t>Anntonette E Hill</t>
   </si>
   <si>
     <t>aehill1970@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100191 </t>
   </si>
   <si>
-    <t>Mr. John W Chamberlain</t>
-[...1 lines deleted...]
-  <si>
     <t>captainjohnc@att.net</t>
   </si>
   <si>
     <t>Indian River</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100192 </t>
   </si>
   <si>
     <t>Gregory Lemar Rice</t>
   </si>
   <si>
     <t>rice7618@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100193 </t>
   </si>
   <si>
     <t>Jodiann Cherico</t>
   </si>
   <si>
     <t>jodijustjodi1@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100194 </t>
   </si>
   <si>
-    <t>Mrs. Takeisha Nichole Stewart</t>
-[...1 lines deleted...]
-  <si>
     <t>takeishastewart@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100195 </t>
   </si>
   <si>
     <t>Ronald Stinsman Jr</t>
   </si>
   <si>
     <t>rstins62@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100196 </t>
   </si>
   <si>
-    <t>Mr. Neal Cooke</t>
-[...1 lines deleted...]
-  <si>
     <t>mrcooke74@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100197 </t>
   </si>
   <si>
-    <t>Mr. Alec J Sperduto</t>
-[...1 lines deleted...]
-  <si>
     <t>Alec.sperduto@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100198 </t>
   </si>
   <si>
     <t>Wilbur C. Smith Smith</t>
   </si>
   <si>
     <t>wilbur@calusarecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100199 </t>
   </si>
   <si>
     <t>Lawrence Hal Fish</t>
   </si>
   <si>
     <t>pharfish@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100200 </t>
   </si>
   <si>
     <t>Robert Schilling</t>
   </si>
   <si>
     <t>rlstls2255@sbcglobal.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100201 </t>
   </si>
   <si>
-    <t>Mr. Jason J Tunick</t>
-[...1 lines deleted...]
-  <si>
     <t>lisad@cwcrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100202 </t>
   </si>
   <si>
-    <t>Ms. Susanne O Makenian</t>
-[...1 lines deleted...]
-  <si>
     <t>sue.makenian@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100203 </t>
   </si>
   <si>
-    <t>Mrs. Kelly Pitts</t>
-[...1 lines deleted...]
-  <si>
     <t>kelly@thegoodlifetreatment.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100204 </t>
   </si>
   <si>
-    <t>Mrs. Iryna Bergstrom</t>
-[...1 lines deleted...]
-  <si>
     <t>Keysbergie@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100205 </t>
   </si>
   <si>
     <t>Abram M Koerper</t>
   </si>
   <si>
     <t>abe@goodworksrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100206 </t>
   </si>
   <si>
     <t>Sarah Marie Krzewinski</t>
   </si>
   <si>
     <t>sarah.krzewinski@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100207 </t>
   </si>
   <si>
-    <t>Mr. Lyle R Fried</t>
-[...1 lines deleted...]
-  <si>
     <t>lylefried@bellsouth.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100208 </t>
   </si>
   <si>
-    <t>Catherine Hamilton</t>
-[...1 lines deleted...]
-  <si>
     <t>catnip0630@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100209 </t>
   </si>
   <si>
-    <t>Ms. Sarah B Gentry</t>
-[...1 lines deleted...]
-  <si>
     <t>sarahbgentry3@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100210 </t>
   </si>
   <si>
     <t>Jessica L Scott</t>
   </si>
   <si>
     <t>jekisa77@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100211 </t>
   </si>
   <si>
-    <t>Ms. Susan E Glasscock</t>
-[...1 lines deleted...]
-  <si>
     <t>splglass@bellsouth.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100212 </t>
   </si>
   <si>
     <t>Jeremy W Moore</t>
   </si>
   <si>
     <t>anewcadence@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100213 </t>
   </si>
   <si>
-    <t>Paul Kevin Sohr</t>
-[...1 lines deleted...]
-  <si>
     <t>2458kevin@gmail.com</t>
   </si>
   <si>
     <t>Santa Rosa</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100214 </t>
   </si>
   <si>
-    <t>Mr. Patrick Morris</t>
-[...1 lines deleted...]
-  <si>
     <t>patrick.morrris@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100215 </t>
   </si>
   <si>
     <t>Joshua E McPherson</t>
   </si>
   <si>
     <t>jmcpherson@banyantreatmentcenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100216 </t>
   </si>
   <si>
     <t>Terri L Hall</t>
   </si>
   <si>
     <t>thall411@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100217 </t>
   </si>
   <si>
-    <t>Mrs. Tracy M StJohn-Durkin</t>
-[...1 lines deleted...]
-  <si>
     <t>Tracymstjohn1@bellsouth.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100218 </t>
   </si>
   <si>
     <t>Levi Bieda</t>
   </si>
   <si>
     <t>mimi@buyherepayhererealestate.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100219 </t>
   </si>
   <si>
-    <t>Mr. Evan M. Kaiser</t>
-[...1 lines deleted...]
-  <si>
     <t>evankaiser60@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100220 </t>
   </si>
   <si>
     <t>Genevieve M Vansickle</t>
   </si>
   <si>
     <t>genevievevansickle@gmail.com</t>
   </si>
   <si>
     <t>Bradford</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100221 </t>
   </si>
   <si>
     <t>Jason John Lloyd</t>
   </si>
   <si>
     <t>jason@goodworksrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100222 </t>
   </si>
   <si>
     <t>Thomas A Squillacioti</t>
   </si>
   <si>
     <t>tsquillacioti4164@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100223 </t>
   </si>
   <si>
-    <t>Mr. Theodore Beddoe</t>
-[...1 lines deleted...]
-  <si>
     <t>tedbeddoe429@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100224 </t>
   </si>
   <si>
     <t>Chad Koller</t>
   </si>
   <si>
     <t>chadkollerone@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100225 </t>
   </si>
   <si>
     <t>Alycia M Galvin</t>
   </si>
   <si>
     <t>agalvin021613@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100226 </t>
   </si>
   <si>
     <t>Wesley M Blomgren</t>
   </si>
   <si>
     <t>wesblomgren@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100227 </t>
   </si>
   <si>
-    <t>Doris A Carroll</t>
-[...1 lines deleted...]
-  <si>
     <t>director@drugfreepartner.org</t>
   </si>
   <si>
     <t>Putnam</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100228 </t>
   </si>
   <si>
     <t>Deneah D. Bledsoe</t>
   </si>
   <si>
     <t>dbedsoe@accessqhs.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100229 </t>
   </si>
   <si>
     <t>Sheila Joe-Gaines</t>
   </si>
   <si>
     <t>nutmeg8198@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100230 </t>
   </si>
   <si>
     <t>Kathleen F Renick</t>
   </si>
   <si>
     <t>ktrenick@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100231 </t>
   </si>
   <si>
     <t>Kevin H Caldon Jr.</t>
   </si>
   <si>
     <t>kcaldonjr@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100232 </t>
   </si>
   <si>
-    <t>Ms. Kari-Anne Spiller</t>
-[...1 lines deleted...]
-  <si>
     <t>Surrenderhouserecoveryhomes@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100233 </t>
   </si>
   <si>
-    <t>James A Serico</t>
-[...2 lines deleted...]
-    <t>jserico@wstreatment.com</t>
+    <t>James Anthony Serico</t>
+  </si>
+  <si>
+    <t>meserico@gmail.com</t>
   </si>
   <si>
     <t>Charlotte</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100234 </t>
   </si>
   <si>
     <t>Randolph C. Young</t>
   </si>
   <si>
     <t>Qla9069@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100235 </t>
   </si>
   <si>
     <t>Chris D Hanaka</t>
   </si>
   <si>
     <t>chrishanaka@mac.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100236 </t>
   </si>
   <si>
-    <t>Jonathan Belolo</t>
-[...2 lines deleted...]
-    <t>jon.belolo@gmail.com</t>
+    <t>jonathan.belolo@tikkuntherapy.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100237 </t>
   </si>
   <si>
     <t>Corey E Berg</t>
   </si>
   <si>
     <t>coreyberg10@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100238 </t>
   </si>
   <si>
-    <t>Ms. Kimberlee A Burgess</t>
-[...1 lines deleted...]
-  <si>
     <t>kburgess674@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100239 </t>
   </si>
   <si>
-    <t>Ms. Hana Young</t>
-[...1 lines deleted...]
-  <si>
     <t>hyoung727@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100240 </t>
   </si>
   <si>
     <t>Grant Lashley</t>
   </si>
   <si>
     <t>grantl@transformationstreatment.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100241 </t>
   </si>
   <si>
     <t>Cory Richard Klemm</t>
   </si>
   <si>
     <t>coryk@transformationstreatment.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100242 </t>
   </si>
   <si>
     <t>Laura Novetti</t>
@@ -2320,494 +2031,422 @@
   <si>
     <t>jonathan.closner@lifeskillssf.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100246 </t>
   </si>
   <si>
     <t>Cicely Ford</t>
   </si>
   <si>
     <t>cicelyford@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100247 </t>
   </si>
   <si>
     <t>Sandra F Shank</t>
   </si>
   <si>
     <t>administrator@almhhi.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100248 </t>
   </si>
   <si>
-    <t>Mr. Patrick F Ronan Ronan</t>
-[...1 lines deleted...]
-  <si>
     <t>patrickronan31@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100249 </t>
   </si>
   <si>
-    <t>Ms. Debra E Strand</t>
-[...1 lines deleted...]
-  <si>
     <t>junobeachdeb@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100250 </t>
   </si>
   <si>
     <t>Mark G McGinley</t>
   </si>
   <si>
     <t>mrkmcginley@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100251 </t>
   </si>
   <si>
-    <t>Ms. Carol A. Parks Mba, Ms</t>
-[...1 lines deleted...]
-  <si>
     <t>cap33325@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100252 </t>
   </si>
   <si>
     <t>John Charos</t>
   </si>
   <si>
     <t>jcharos@me.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100253 </t>
   </si>
   <si>
-    <t>Mr. Thomas M Mouracade</t>
-[...1 lines deleted...]
-  <si>
     <t>mmmouracade@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100254 </t>
   </si>
   <si>
     <t>Jennifer A Little</t>
   </si>
   <si>
     <t>jalittle22@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100255 </t>
   </si>
   <si>
-    <t>Mrs. Lilian Pontillo</t>
-[...1 lines deleted...]
-  <si>
     <t>lilianpontillo@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100256 </t>
   </si>
   <si>
     <t>Curtis L Wright</t>
   </si>
   <si>
     <t>sbgdelray@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100257 </t>
   </si>
   <si>
     <t>Amr Ali</t>
   </si>
   <si>
     <t>hanaya.ali@holisticwill.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100258 </t>
   </si>
   <si>
-    <t>Mr. Brett M D'Aoust</t>
-[...1 lines deleted...]
-  <si>
     <t>daoustb@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100259 </t>
   </si>
   <si>
     <t>Theodore Prigozy</t>
   </si>
   <si>
     <t>tprigozy@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100261 </t>
   </si>
   <si>
-    <t>Mr. Jaime Torres</t>
-[...1 lines deleted...]
-  <si>
     <t>jetasjetas@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100262 </t>
   </si>
   <si>
-    <t>Ms. Angela Luna</t>
-[...1 lines deleted...]
-  <si>
     <t>angie.cityhouses@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100263 </t>
   </si>
   <si>
     <t>William A Fraser Jr.</t>
   </si>
   <si>
     <t>Wfraser7183@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100264 </t>
   </si>
   <si>
-    <t>Mr. Arthur Laflamme</t>
-[...1 lines deleted...]
-  <si>
     <t>ArtieLaflamme@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100265 </t>
   </si>
   <si>
-    <t>Ms. Deanna Michelle Soprito</t>
-[...1 lines deleted...]
-  <si>
     <t>deannahnaples@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100266 </t>
   </si>
   <si>
     <t>Andrew N Silvagni</t>
   </si>
   <si>
     <t>andysil@comcast.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100267 </t>
   </si>
   <si>
     <t>Jessica Marino</t>
   </si>
   <si>
     <t>b.jessi@ymail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100268 </t>
   </si>
   <si>
-    <t>Mrs. Shannon L Rogan</t>
-[...1 lines deleted...]
-  <si>
     <t>shand1478@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100269 </t>
   </si>
   <si>
-    <t>Ms. Gidget L Burke</t>
-[...1 lines deleted...]
-  <si>
     <t>msgidgetburke@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100270 </t>
   </si>
   <si>
     <t>Fritz A Lauriston</t>
   </si>
   <si>
     <t>fritzlauriston@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100271 </t>
   </si>
   <si>
     <t>Rachael E Johnson</t>
   </si>
   <si>
     <t>Rachael.johnson86@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100272 </t>
   </si>
   <si>
     <t>Eugene Sullivan</t>
   </si>
   <si>
     <t>esullivan@anshouses.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100273 </t>
   </si>
   <si>
-    <t>Helene S Ryan</t>
-[...1 lines deleted...]
-  <si>
     <t>ladymonocle2@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100274 </t>
   </si>
   <si>
     <t>Jaymes Gonzales</t>
   </si>
   <si>
     <t>jaymes@thetransitionhouse.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100275 </t>
   </si>
   <si>
-    <t>Mr. Edward Troy Nielsen</t>
-[...1 lines deleted...]
-  <si>
     <t>tnielsen71@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100276 </t>
   </si>
   <si>
     <t>Thomas P Stager Jr</t>
   </si>
   <si>
     <t>tom.stagerjr@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100277 </t>
   </si>
   <si>
     <t>Matthew R Rambo</t>
   </si>
   <si>
     <t>mrambo@dcrmail.us</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100278 </t>
   </si>
   <si>
     <t>Ryan P Sanzi</t>
   </si>
   <si>
     <t>sanzi3497@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100279 </t>
   </si>
   <si>
     <t>Max D Kotler</t>
   </si>
   <si>
     <t>max.kotler@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100280 </t>
   </si>
   <si>
-    <t>Mrs. Andrea L Raab</t>
-[...1 lines deleted...]
-  <si>
     <t>araab@thenextep.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100281 </t>
   </si>
   <si>
-    <t>Ms. Cynthia Renee Lee</t>
-[...1 lines deleted...]
-  <si>
     <t>cynthialee@royalbeytrust.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100282 </t>
   </si>
   <si>
-    <t>Mr. Matthew J Cutrupi</t>
-[...1 lines deleted...]
-  <si>
     <t>mattcutrupi1123@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100283 </t>
   </si>
   <si>
-    <t>Mr. Patrick Dolan</t>
-[...1 lines deleted...]
-  <si>
     <t>pdolan83@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100284 </t>
   </si>
   <si>
     <t>Pedeline Dieujuste</t>
   </si>
   <si>
     <t>LCR360@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100285 </t>
   </si>
   <si>
-    <t>Ms. Molly Groo</t>
-[...1 lines deleted...]
-  <si>
     <t>mgroo201@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100286 </t>
   </si>
   <si>
-    <t>Mr. Lee W Mayer</t>
-[...1 lines deleted...]
-  <si>
     <t>leemayer81@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100287 </t>
   </si>
   <si>
     <t>Christian A Lang</t>
   </si>
   <si>
     <t>christian@timothyinitiative.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100288 </t>
   </si>
   <si>
-    <t>Mr. Andrew J Michie</t>
-[...1 lines deleted...]
-  <si>
     <t>aprimarypurpose@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100289 </t>
   </si>
   <si>
     <t>John T Suto</t>
   </si>
   <si>
     <t>john@discoveryhouseinc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100290 </t>
   </si>
   <si>
     <t>Kimberlie B Gordon</t>
   </si>
   <si>
     <t>survivorsaddiction@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100291 </t>
   </si>
   <si>
-    <t>Mrs. Angela Dawn Eschbach</t>
-[...1 lines deleted...]
-  <si>
     <t>snowflake12155@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100292 </t>
   </si>
   <si>
     <t>Adam Lennox</t>
   </si>
   <si>
     <t>adamlennox711@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100293 </t>
   </si>
   <si>
     <t>Gaye Soares</t>
   </si>
   <si>
     <t>doublegii3@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100294 </t>
   </si>
   <si>
-    <t>William Raucci</t>
-[...1 lines deleted...]
-  <si>
     <t>william.raucci@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100295 </t>
   </si>
   <si>
     <t>Serra J Michel-Johns</t>
   </si>
   <si>
     <t>serramj@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100296 </t>
   </si>
   <si>
     <t>Julian F Rodriguez</t>
   </si>
   <si>
     <t>Julian@JFRCounseling.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100297 </t>
   </si>
   <si>
     <t>Tonya L Hogue</t>
   </si>
   <si>
     <t>tonyalhogue@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100298 </t>
   </si>
   <si>
-    <t>Rebecca L Booth</t>
-[...1 lines deleted...]
-  <si>
     <t>R.Booth10@live.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100299 </t>
   </si>
   <si>
     <t>Kendra Emmanuel</t>
   </si>
   <si>
     <t>cemoinkendra@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100300 </t>
   </si>
   <si>
     <t>Timothy John Steinmetz</t>
   </si>
   <si>
     <t>tjsteinmetz22@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100301 </t>
   </si>
   <si>
     <t>Christopher Ebokosia Johnson</t>
@@ -2845,347 +2484,278 @@
   <si>
     <t>garfieldhenry60@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100305 </t>
   </si>
   <si>
     <t>Michael Mella</t>
   </si>
   <si>
     <t>michaelmella@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100306 </t>
   </si>
   <si>
     <t>Jared Andia</t>
   </si>
   <si>
     <t>jared@sobercityflorida.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100307 </t>
   </si>
   <si>
-    <t>Ms. Ariana Raub</t>
-[...1 lines deleted...]
-  <si>
     <t>tomgirl363@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100308 </t>
   </si>
   <si>
-    <t>Mr. Robert Raab</t>
-[...1 lines deleted...]
-  <si>
     <t>rraab@thenextep.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100309 </t>
   </si>
   <si>
     <t>Daniel Thomas McGuire</t>
   </si>
   <si>
     <t>mcguire1968@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100310 </t>
   </si>
   <si>
     <t>Thomas G Murray</t>
   </si>
   <si>
     <t>GThomasMurray@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100311 </t>
   </si>
   <si>
     <t>Paul Tzatzimakis Tzatzimaki</t>
   </si>
   <si>
     <t>paultzatzimakis@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100312 </t>
   </si>
   <si>
-    <t>Mr. Trenton P Hovey</t>
-[...1 lines deleted...]
-  <si>
     <t>tphovey@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100313 </t>
   </si>
   <si>
-    <t>Mrs. Kenea B Brittle</t>
-[...1 lines deleted...]
-  <si>
     <t>keneab@newliferecoveryresources.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100314 </t>
   </si>
   <si>
     <t>Keith J Clark</t>
   </si>
   <si>
     <t>Kjc63.Clark@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100315 </t>
   </si>
   <si>
-    <t>Mr. Ray G Steadman Jr</t>
-[...1 lines deleted...]
-  <si>
     <t>raysteadman@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100316 </t>
   </si>
   <si>
-    <t>Ms. Whitney Lehman</t>
-[...1 lines deleted...]
-  <si>
     <t>whitney@farronline.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100317 </t>
   </si>
   <si>
     <t>Gregg J Armstrong</t>
   </si>
   <si>
     <t>gja853@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100318 </t>
   </si>
   <si>
     <t>Benjamin S Goodwin</t>
   </si>
   <si>
     <t>bengoodwin86@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100319 </t>
   </si>
   <si>
-    <t>Docus L Sampa</t>
-[...1 lines deleted...]
-  <si>
     <t>docus12@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100320 </t>
   </si>
   <si>
-    <t>Mrs. Melissa Kimball Lucas</t>
-[...1 lines deleted...]
-  <si>
     <t>melissa@thetransitionhouse.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100321 </t>
   </si>
   <si>
-    <t>Mr. David M Jackson</t>
-[...1 lines deleted...]
-  <si>
     <t>djackson1989@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100322 </t>
   </si>
   <si>
     <t>Julian M Davis</t>
   </si>
   <si>
     <t>Julianmichael1791@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100323 </t>
   </si>
   <si>
-    <t>Ms. Lisa Anne Sax</t>
-[...1 lines deleted...]
-  <si>
     <t>harleysangel113@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100324 </t>
   </si>
   <si>
-    <t>Ms. Ashanti R Wilson</t>
-[...1 lines deleted...]
-  <si>
     <t>awilsonenterprise00@gmail.com</t>
   </si>
   <si>
     <t>Highlands</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100325 </t>
   </si>
   <si>
-    <t>Mr. William Joyce</t>
-[...1 lines deleted...]
-  <si>
     <t>wejoyce6@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100326 </t>
   </si>
   <si>
     <t>Mary Margaret M Mouracade MD</t>
   </si>
   <si>
     <t>mmmouracade@me.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100327 </t>
   </si>
   <si>
     <t>Eric T Cone</t>
   </si>
   <si>
     <t>ericcone561@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100328 </t>
   </si>
   <si>
-    <t>Ms. Lindsey C McKeown</t>
-[...1 lines deleted...]
-  <si>
     <t>lindseymc908@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100329 </t>
   </si>
   <si>
-    <t>Mr. Kenneth G DeBaun</t>
-[...1 lines deleted...]
-  <si>
     <t>kgd32751@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100330 </t>
   </si>
   <si>
-    <t>Mrs. Cathy A Claud</t>
-[...1 lines deleted...]
-  <si>
     <t>cathy@claudlaw.com</t>
   </si>
   <si>
     <t>Union</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100331 </t>
   </si>
   <si>
     <t>Bryan Cottrell</t>
   </si>
   <si>
     <t>bcottrell76@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100332 </t>
   </si>
   <si>
-    <t>Mr. John Park</t>
-[...1 lines deleted...]
-  <si>
     <t>Bpark300@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100333 </t>
   </si>
   <si>
-    <t>Ms. Carla J Anastasio</t>
-[...1 lines deleted...]
-  <si>
     <t>acarli372@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100334 </t>
   </si>
   <si>
-    <t>Mr. Raphael Sierra</t>
-[...2 lines deleted...]
-    <t>rsierra@sierratreatmentconsulting.com</t>
+    <t>Raphaelsierra229@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100335 </t>
   </si>
   <si>
-    <t>Mr. Mark W LaMadeleine</t>
-[...1 lines deleted...]
-  <si>
     <t>mwl52@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100336 </t>
   </si>
   <si>
-    <t>Mrs. Samantha M Hovey</t>
-[...1 lines deleted...]
-  <si>
     <t>Samkinna0@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100337 </t>
   </si>
   <si>
-    <t>Mr. Joseph D Anastasio</t>
-[...1 lines deleted...]
-  <si>
     <t>joea331@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100338 </t>
   </si>
   <si>
-    <t>Mr. Thomas Peter Bonovitch</t>
-[...1 lines deleted...]
-  <si>
     <t>Tombonovitch@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100339 </t>
   </si>
   <si>
-    <t>Mrs. Dawn D Jonas</t>
-[...1 lines deleted...]
-  <si>
     <t>dawndj@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100340 </t>
   </si>
   <si>
     <t>Samuel J Ryan</t>
   </si>
   <si>
     <t>sam@livinghoperecoveryflorida.com</t>
   </si>
   <si>
     <t>Columbia</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100341 </t>
   </si>
   <si>
     <t>Mark R Brown</t>
   </si>
   <si>
     <t>mrkbrwn88@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100342 </t>
@@ -3223,2854 +2793,4023 @@
   <si>
     <t>latinablack@rocketmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100346 </t>
   </si>
   <si>
     <t>John Wesley Harper</t>
   </si>
   <si>
     <t>Johnharperflorida@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100347 </t>
   </si>
   <si>
     <t>Stuart E Karp</t>
   </si>
   <si>
     <t>Stuart@calusarecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100348 </t>
   </si>
   <si>
-    <t>Ms. Brenda Kay Kinman</t>
-[...1 lines deleted...]
-  <si>
     <t>bkk0221@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100349 </t>
   </si>
   <si>
-    <t>Mrs. Rebekah Austin Cotton Kerr</t>
-[...1 lines deleted...]
-  <si>
     <t>rkerr@gwjax.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100350 </t>
   </si>
   <si>
     <t>Stacy R Zupan</t>
   </si>
   <si>
     <t>tate.31@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100351 </t>
   </si>
   <si>
     <t>Jane V Skalski</t>
   </si>
   <si>
     <t>Janeskalski@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100352 </t>
   </si>
   <si>
-    <t>Mr. John J Binns</t>
-[...1 lines deleted...]
-  <si>
     <t>john.binns@wellnessresourcecenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100353 </t>
   </si>
   <si>
-    <t>Ms. Jacqueline C Shay</t>
-[...1 lines deleted...]
-  <si>
     <t>jackieshay@live.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100354 </t>
   </si>
   <si>
     <t>Jay H Jonas</t>
   </si>
   <si>
     <t>jhjonas2011@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100355 </t>
   </si>
   <si>
     <t>Michael C. James</t>
   </si>
   <si>
     <t>mjames17@fau.edu</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100356 </t>
   </si>
   <si>
     <t>Matthew D Ison</t>
   </si>
   <si>
     <t>ison742@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100357 </t>
   </si>
   <si>
-    <t>Ms. Dana Alyce Herrera</t>
-[...1 lines deleted...]
-  <si>
     <t>newlifesoberlivingfl@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100358 </t>
   </si>
   <si>
     <t>Brian P Marra</t>
   </si>
   <si>
     <t>brian.marra@briaryrr.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100359 </t>
   </si>
   <si>
     <t>Alan Tobiason</t>
   </si>
   <si>
     <t>alantobiason@live.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100360 </t>
   </si>
   <si>
-    <t>Ms. Kelly Ann Miller</t>
-[...1 lines deleted...]
-  <si>
     <t>KellyMiller2376@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100361 </t>
   </si>
   <si>
-    <t>Ms. Vanester Jones</t>
-[...1 lines deleted...]
-  <si>
     <t>busy.me@icloud.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100362 </t>
   </si>
   <si>
-    <t>Mr. Vence A Monlyn</t>
-[...1 lines deleted...]
-  <si>
     <t>npiqa@keetoncorrections.com</t>
   </si>
   <si>
     <t>Bay</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100363 </t>
   </si>
   <si>
-    <t>Mr. Raymond Roy Rapaglia</t>
-[...1 lines deleted...]
-  <si>
     <t>RayRapaglia@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100364 </t>
   </si>
   <si>
-    <t>Mrs. Tracey V Castillo</t>
-[...1 lines deleted...]
-  <si>
     <t>tissycas@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100365 </t>
   </si>
   <si>
     <t>William Pfeiffer</t>
   </si>
   <si>
     <t>bp555@comcast.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100366 </t>
   </si>
   <si>
     <t>Thomas J Griffin</t>
   </si>
   <si>
     <t>tom@thetransitionhouse.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100367 </t>
   </si>
   <si>
-    <t>Dennis Kolsch II</t>
-[...1 lines deleted...]
-  <si>
     <t>denny@peace.club</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100368 </t>
   </si>
   <si>
-    <t>Ms. Renee Yvette</t>
-[...1 lines deleted...]
-  <si>
     <t>jtrfinancialservices@comcast.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100369 </t>
   </si>
   <si>
-    <t>Mr. Michael Alan Gordon</t>
-[...1 lines deleted...]
-  <si>
     <t>mgordon@sunsetrecovery.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100370 </t>
   </si>
   <si>
-    <t>Mr. Jeffrey E Jaskiel</t>
-[...1 lines deleted...]
-  <si>
     <t>JeffreyJaskiel@outlook.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100371 </t>
   </si>
   <si>
     <t>Heidi Finnegan</t>
   </si>
   <si>
     <t>Hfinnerchild@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100372 </t>
   </si>
   <si>
     <t>Chris Hays</t>
   </si>
   <si>
     <t>chrishays2323@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100373 </t>
   </si>
   <si>
-    <t>Ms. Marialuisa Luisa Way</t>
-[...2 lines deleted...]
-    <t>marisa.way@yahoo.com</t>
+    <t>marisaway01@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100374 </t>
   </si>
   <si>
-    <t>Mr. Ross Alan Donahue</t>
-[...1 lines deleted...]
-  <si>
     <t>donahura@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100375 </t>
   </si>
   <si>
-    <t>Mr. Kenneth Larry Johnson</t>
-[...2 lines deleted...]
-    <t>kenny@dh227.org</t>
+    <t>Discipleshiphouse227@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100376 </t>
   </si>
   <si>
     <t>Danielle Rebecca Rebuck</t>
   </si>
   <si>
     <t>danielle@graciouscarerecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100377 </t>
   </si>
   <si>
-    <t>Igor Soldatov</t>
-[...1 lines deleted...]
-  <si>
     <t>Phoenix.egor1@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100378 </t>
   </si>
   <si>
     <t>Marc Leo Yurgenson</t>
   </si>
   <si>
     <t>marc_yurgy@icloud.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100379 </t>
   </si>
   <si>
-    <t>Mr. Ryan Quigley</t>
-[...1 lines deleted...]
-  <si>
     <t>RQuigley610@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100380 </t>
   </si>
   <si>
-    <t>Ms. Marguerite D Ballard</t>
-[...1 lines deleted...]
-  <si>
     <t>TML4@gmx.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100381 </t>
   </si>
   <si>
     <t>Megan Cosgrove</t>
   </si>
   <si>
     <t>megancosgrove8@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100382 </t>
   </si>
   <si>
-    <t>Ms. Brittany Ringersen</t>
-[...1 lines deleted...]
-  <si>
     <t>bringersen@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100383 </t>
   </si>
   <si>
-    <t>Mrs. Theresa R Tripucka</t>
-[...1 lines deleted...]
-  <si>
     <t>punkchic2011@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100384 </t>
   </si>
   <si>
     <t>Stephen A O'Brien</t>
   </si>
   <si>
     <t>stephen.obrien@harmonyoutpatient.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100385 </t>
   </si>
   <si>
     <t>Matthew Byrne Byrne</t>
   </si>
   <si>
     <t>mattbyrne49@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100386 </t>
   </si>
   <si>
     <t>Kristie Slinskey</t>
   </si>
   <si>
     <t>kslinskey@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100387 </t>
   </si>
   <si>
-    <t>Mr. Timothy Michael O'Connell</t>
-[...1 lines deleted...]
-  <si>
     <t>timmypbg@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100388 </t>
   </si>
   <si>
     <t>Michael S Rothstein Rothstein</t>
   </si>
   <si>
     <t>wchi@essentialsrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100389 </t>
   </si>
   <si>
     <t>Christopher Louis Yurkow Hoffman</t>
   </si>
   <si>
     <t>choffman8541.bwr@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100390 </t>
   </si>
   <si>
-    <t>Carl Edward Smith Jr.</t>
-[...1 lines deleted...]
-  <si>
     <t>finesoberliving@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100391 </t>
   </si>
   <si>
-    <t>Ms. Lexie L Woods</t>
-[...1 lines deleted...]
-  <si>
     <t>Lexielwoods@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100392 </t>
   </si>
   <si>
     <t>Marcee U Scott</t>
   </si>
   <si>
     <t>mscott@essentialsrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100393 </t>
   </si>
   <si>
     <t>David Todd Zaiff</t>
   </si>
   <si>
     <t>davidzaiff@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100394 </t>
   </si>
   <si>
-    <t>Mr. Kurt Richard Raatz</t>
-[...1 lines deleted...]
-  <si>
     <t>kurtraatz@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100395 </t>
   </si>
   <si>
-    <t>Mr. Paul F Fisher</t>
-[...1 lines deleted...]
-  <si>
     <t>paulfresh2@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100396 </t>
   </si>
   <si>
     <t>Patrick A Saverino Jr</t>
   </si>
   <si>
     <t>patricks@recoveryunplugged.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100397 </t>
   </si>
   <si>
-    <t>Mr. William Donald Soutar</t>
-[...1 lines deleted...]
-  <si>
     <t>joe.soutar@lifeskillssf.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100398 </t>
   </si>
   <si>
-    <t>Mr. Joseph P Hansel</t>
-[...2 lines deleted...]
-    <t>jhansel@lakeviewhealth.com</t>
+    <t>Joseph.Hansel@lakeviewhealth.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100399 </t>
   </si>
   <si>
     <t>Leigh Theodore Hollander</t>
   </si>
   <si>
     <t>leighhollander@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100400 </t>
   </si>
   <si>
     <t>Horace Alfred Holloway</t>
   </si>
   <si>
     <t>Denayjah@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100401 </t>
   </si>
   <si>
     <t>Joanna Wruszak</t>
   </si>
   <si>
     <t>tranquility.jojo@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100402 </t>
   </si>
   <si>
-    <t>Ms. Tara M Cannon</t>
-[...1 lines deleted...]
-  <si>
     <t>cannon.taram@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100403 </t>
   </si>
   <si>
     <t>Laurie Anne Spataro</t>
   </si>
   <si>
     <t>lilygirl1966@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100404 </t>
   </si>
   <si>
-    <t>Mrs. Patricia Spango</t>
-[...1 lines deleted...]
-  <si>
     <t>xspangs11@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100405 </t>
   </si>
   <si>
-    <t>Mrs. Michelle Quinton</t>
-[...1 lines deleted...]
-  <si>
     <t>mquinton@theguesthouseocala.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100406 </t>
   </si>
   <si>
-    <t>Ms. Amy Elizabeth Cooper</t>
-[...1 lines deleted...]
-  <si>
     <t>amycooper@faithatthebeach.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100407 </t>
   </si>
   <si>
-    <t>Mr. Richard Kleinhans</t>
-[...1 lines deleted...]
-  <si>
     <t>kokodiablo@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100408 </t>
   </si>
   <si>
-    <t>Mr. Alvise V Pugliese</t>
-[...1 lines deleted...]
-  <si>
     <t>apugliese@brightfuturestreatment.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100409 </t>
   </si>
   <si>
     <t>Janette Lopez Lopez</t>
   </si>
   <si>
     <t>janette_lopez_1969@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100410 </t>
   </si>
   <si>
     <t>Kelly Ratisher</t>
   </si>
   <si>
     <t>kratisher84@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100411 </t>
   </si>
   <si>
     <t>Linda Marie Pupke</t>
   </si>
   <si>
     <t>boziefozie@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100412 </t>
   </si>
   <si>
-    <t>Mr. Shayne Sundholm</t>
-[...1 lines deleted...]
-  <si>
     <t>ssundholm@cleanrecoverycenters.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100413 </t>
   </si>
   <si>
-    <t>Mr. William T Kovach</t>
-[...1 lines deleted...]
-  <si>
     <t>kovach2102@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100414 </t>
   </si>
   <si>
     <t>Victoria Vera</t>
   </si>
   <si>
     <t>vvera@aionrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100415 </t>
   </si>
   <si>
     <t>Alisa R Manuel</t>
   </si>
   <si>
     <t>lisamindc@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100416 </t>
   </si>
   <si>
-    <t>Ms. Jennifer Rae Hunt</t>
-[...1 lines deleted...]
-  <si>
     <t>jenny.hunt226@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100417 </t>
   </si>
   <si>
-    <t>Ms. Nancy Susan Williamson</t>
-[...1 lines deleted...]
-  <si>
     <t>Nancytypes@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100418 </t>
   </si>
   <si>
-    <t>Ms. Debra Ann Organo</t>
-[...1 lines deleted...]
-  <si>
     <t>Debrasallthat@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100419 </t>
   </si>
   <si>
     <t>Brenden E Chew</t>
   </si>
   <si>
     <t>brenden.chew@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100420 </t>
   </si>
   <si>
-    <t>Mrs. Stephanie Rachael Martinez</t>
-[...1 lines deleted...]
-  <si>
     <t>stephmartinez003@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100421 </t>
   </si>
   <si>
     <t>Rachel Snyder</t>
   </si>
   <si>
     <t>r.snyder4910@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100422 </t>
   </si>
   <si>
-    <t>Ms. Kelly L Hubbard</t>
-[...1 lines deleted...]
-  <si>
     <t>dkhubb@live.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100423 </t>
   </si>
   <si>
-    <t>Mrs. Jennifer Lynn Schmitt</t>
-[...1 lines deleted...]
-  <si>
     <t>jennifer.schmitt@artoflivinghome.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100424 </t>
   </si>
   <si>
-    <t>Mr. David Adams Cox</t>
-[...1 lines deleted...]
-  <si>
     <t>easyhorizons@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100425 </t>
   </si>
   <si>
-    <t>Mr. Lonny A Mead Mead</t>
-[...1 lines deleted...]
-  <si>
     <t>lonnymead@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100426 </t>
   </si>
   <si>
-    <t>Mr. Ramon A Hooper III</t>
-[...1 lines deleted...]
-  <si>
     <t>Sarahshousellc@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100427 </t>
   </si>
   <si>
     <t>Seth Kaplan</t>
   </si>
   <si>
     <t>Lonnymead@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100428 </t>
   </si>
   <si>
     <t>Whitney A McMillan</t>
   </si>
   <si>
     <t>morsew@rehabsouthflorida.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100429 </t>
   </si>
   <si>
-    <t>Patrick R Ziolkowski Crra</t>
+    <t>Patrick R Ziolkowski</t>
   </si>
   <si>
     <t>pziolkowski81@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100430 </t>
   </si>
   <si>
-    <t>Mr. Nicholas James Conti</t>
-[...1 lines deleted...]
-  <si>
     <t>n.conti@rockrecoverycenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100431 </t>
   </si>
   <si>
     <t>Jessica Angela Watkins</t>
   </si>
   <si>
-    <t>jessicawat1124@aol.com</t>
+    <t>jessicawatkinslcsw@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100432 </t>
   </si>
   <si>
     <t>Carrie Bukowinski</t>
   </si>
   <si>
     <t>bukowinskicarrie@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100433 </t>
   </si>
   <si>
     <t>Alison R Tarlow</t>
   </si>
   <si>
     <t>dratarlow@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100434 </t>
   </si>
   <si>
-    <t>Mr. John Marika</t>
-[...1 lines deleted...]
-  <si>
     <t>gonegator44@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100435 </t>
   </si>
   <si>
-    <t>Mr. Jeffrey J Tucker</t>
-[...1 lines deleted...]
-  <si>
     <t>jjtucker1@comcast.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100436 </t>
   </si>
   <si>
     <t>Sarah Marwan Babaa</t>
   </si>
   <si>
     <t>sarahmbabaa@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100437 </t>
   </si>
   <si>
     <t>Terrance Gerard Brennan</t>
   </si>
   <si>
     <t>tbrennanmph@icloud.com</t>
   </si>
   <si>
     <t>St. Johns</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100438 </t>
   </si>
   <si>
-    <t>Ms. Teleauba Y. Revels</t>
-[...1 lines deleted...]
-  <si>
     <t>revtele@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100439 </t>
   </si>
   <si>
-    <t>Mrs. Ashley Marie Candelmo</t>
-[...1 lines deleted...]
-  <si>
     <t>ashleycandelmo@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100440 </t>
   </si>
   <si>
-    <t>Kyle S Diehl</t>
-[...1 lines deleted...]
-  <si>
     <t>kyle@gooddaysrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100441 </t>
   </si>
   <si>
-    <t>Mr. Donald Alan Ford</t>
-[...1 lines deleted...]
-  <si>
     <t>donaldaford@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100442 </t>
   </si>
   <si>
     <t>Sandi L. Carlson</t>
   </si>
   <si>
     <t>Drcarlson@msdatc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100443 </t>
   </si>
   <si>
-    <t>Martin Thomas Waddington</t>
-[...1 lines deleted...]
-  <si>
     <t>martinwaddington@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100444 </t>
   </si>
   <si>
-    <t>Mr. John Dudash Rev</t>
-[...1 lines deleted...]
-  <si>
     <t>johndudash99@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100445 </t>
   </si>
   <si>
-    <t>Ms. Deborah Furman Coleman</t>
-[...1 lines deleted...]
-  <si>
     <t>djcoleman13@bellsouth.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100446 </t>
   </si>
   <si>
-    <t>Mr. Michael R Griggs</t>
-[...1 lines deleted...]
-  <si>
     <t>michaelrgriggs11@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100447 </t>
   </si>
   <si>
-    <t>Mr. Michael Arthur Flood Flood</t>
-[...1 lines deleted...]
-  <si>
     <t>gotbuyers@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100448 </t>
   </si>
   <si>
-    <t>Mr. Jeffrey Robert Irwin</t>
-[...1 lines deleted...]
-  <si>
     <t>JEFFIRWINSSI@GMAIL.COM</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100449 </t>
   </si>
   <si>
     <t>Vincent Caldwell</t>
   </si>
   <si>
     <t>vcaldwel8@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100450 </t>
   </si>
   <si>
     <t>Lisa M Richardson</t>
   </si>
   <si>
     <t>lisarichardson593@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100451 </t>
   </si>
   <si>
-    <t>Mr. Rudolph J Baldoni Jr.</t>
-[...1 lines deleted...]
-  <si>
     <t>rjbaldoni@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100452 </t>
   </si>
   <si>
     <t>Zachary Miller</t>
   </si>
   <si>
     <t>zmiller@palmcoastrc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100453 </t>
   </si>
   <si>
-    <t>Mr. William Crocco Crocco</t>
-[...1 lines deleted...]
-  <si>
     <t>jay@firststepbh.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100454 </t>
   </si>
   <si>
     <t>Marjorie Allen</t>
   </si>
   <si>
     <t>Marge@firststepbh.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100455 </t>
   </si>
   <si>
     <t>Rebecca L Fields Fields</t>
   </si>
   <si>
     <t>rlfields68@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100456 </t>
   </si>
   <si>
     <t>Matthew T Thomas</t>
   </si>
   <si>
     <t>matt@augustinerecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100457 </t>
   </si>
   <si>
-    <t>Mr. Mark Gibson</t>
-[...2 lines deleted...]
-    <t>mark@pctransform.com</t>
+    <t>gibsonmark1968@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100458 </t>
   </si>
   <si>
-    <t>Mr. Ronald J Chapman</t>
-[...1 lines deleted...]
-  <si>
     <t>chapman.ronj@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100459 </t>
   </si>
   <si>
     <t>Janis L Bauer</t>
   </si>
   <si>
     <t>demiweb1@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100460 </t>
   </si>
   <si>
-    <t>Mr. Gerald Patrick Nolan</t>
-[...1 lines deleted...]
-  <si>
     <t>temperancecounseling@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100461 </t>
   </si>
   <si>
-    <t>Mr. Jose L Ayala</t>
-[...1 lines deleted...]
-  <si>
     <t>Ponch758@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100462 </t>
   </si>
   <si>
-    <t>Mr. Vandy Brisbon</t>
-[...1 lines deleted...]
-  <si>
     <t>vandy@firststepbh.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100463 </t>
   </si>
   <si>
     <t>Shira T. Caswell</t>
   </si>
   <si>
     <t>caswellshira@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100464 </t>
   </si>
   <si>
-    <t>Ms. Claudia R Rodrigues</t>
-[...1 lines deleted...]
-  <si>
     <t>crodrigues@thepalmsrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100465 </t>
   </si>
   <si>
     <t>Robert L. Murdorf</t>
   </si>
   <si>
     <t>kidrock1958@att.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100466 </t>
   </si>
   <si>
     <t>Wesley R Odell</t>
   </si>
   <si>
     <t>wes.odell@paxcampus.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100467 </t>
   </si>
   <si>
-    <t>Mr. Josh M Veal</t>
-[...1 lines deleted...]
-  <si>
     <t>Josh.veal28@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100468 </t>
   </si>
   <si>
     <t>Kevin E Sinwelski</t>
   </si>
   <si>
     <t>sinwelski.k@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100469 </t>
   </si>
   <si>
-    <t>Ms. Julia Arrendell</t>
-[...2 lines deleted...]
-    <t>arrendellj@yahoo.com</t>
+    <t>juliaarrendell@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100470 </t>
   </si>
   <si>
-    <t>Mr. Troy Garr</t>
-[...1 lines deleted...]
-  <si>
     <t>Troygarr@me.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100471 </t>
   </si>
   <si>
-    <t>Mr. David E Pearce</t>
-[...1 lines deleted...]
-  <si>
     <t>projectsoaradmissions@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100472 </t>
   </si>
   <si>
-    <t>Ms. Maydean Yates</t>
-[...1 lines deleted...]
-  <si>
     <t>maydeany@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100473 </t>
   </si>
   <si>
-    <t>Ms. Jennifer Leigh Mobley</t>
-[...1 lines deleted...]
-  <si>
     <t>leigh92971@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100474 </t>
   </si>
   <si>
-    <t>Ms. Marilyn Thomas</t>
-[...1 lines deleted...]
-  <si>
     <t>marilynthomas489@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100475 </t>
   </si>
   <si>
     <t>Thomas Steven Hill</t>
   </si>
   <si>
     <t>stevenhill54@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100476 </t>
   </si>
   <si>
     <t>Laura F Lafarr</t>
   </si>
   <si>
     <t>nanalaf@bellsouth.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100477 </t>
   </si>
   <si>
-    <t>Mr. Paul Zilber</t>
-[...1 lines deleted...]
-  <si>
     <t>paulzilber@icloud.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100478 </t>
   </si>
   <si>
     <t>Adam Herfield</t>
   </si>
   <si>
     <t>aherfield@priderecoverycenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100480 </t>
   </si>
   <si>
-    <t>Ms. Alaina C Edwards</t>
-[...1 lines deleted...]
-  <si>
     <t>alaina.edwards27@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100481 </t>
   </si>
   <si>
     <t>Michael A Crousore</t>
   </si>
   <si>
     <t>mykulandroo@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100482 </t>
   </si>
   <si>
-    <t>Ms. Karen F Berk</t>
-[...1 lines deleted...]
-  <si>
     <t>karen.kbmailbox@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100483 </t>
   </si>
   <si>
-    <t>Ms. Joanna M. Painton-Hathaway</t>
-[...1 lines deleted...]
-  <si>
     <t>phoenix112864@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100484 </t>
   </si>
   <si>
-    <t>Mr. Donald L Emanuel Jr</t>
-[...1 lines deleted...]
-  <si>
     <t>Demanueljr@Gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100485 </t>
   </si>
   <si>
     <t>Dena M Paniccia</t>
   </si>
   <si>
     <t>Dmpanicc@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100486 </t>
   </si>
   <si>
     <t>Cassandra Ronzino</t>
   </si>
   <si>
     <t>cassandra@coalitionrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100487 </t>
   </si>
   <si>
-    <t>Ms. Leticia Ferraro</t>
-[...1 lines deleted...]
-  <si>
     <t>Leticiaferraro@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100488 </t>
   </si>
   <si>
     <t>Noelle M Bevelhymer</t>
   </si>
   <si>
     <t>noelle@villatranquilrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100489 </t>
   </si>
   <si>
     <t>Ryan J Croall</t>
   </si>
   <si>
     <t>ryan.croall@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100490 </t>
   </si>
   <si>
-    <t>Mr. Michael Cianci</t>
-[...1 lines deleted...]
-  <si>
     <t>mike.cianci@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100491 </t>
   </si>
   <si>
-    <t>Mrs. Margarita Del Carmen Battistini de Lauria</t>
-[...1 lines deleted...]
-  <si>
     <t>battistinimargarita@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100492 </t>
   </si>
   <si>
-    <t>Mrs. Jessica Terranova Cook</t>
-[...1 lines deleted...]
-  <si>
     <t>jess@reprievellc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100493 </t>
   </si>
   <si>
-    <t>Ms. Michelle A Price</t>
-[...1 lines deleted...]
-  <si>
     <t>thisandthatceo@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100494 </t>
   </si>
   <si>
-    <t>Ryan John Potter</t>
-[...1 lines deleted...]
-  <si>
     <t>rpotter561@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100495 </t>
   </si>
   <si>
-    <t>Mr. Paul Apanowicz</t>
-[...1 lines deleted...]
-  <si>
     <t>pdapanowicz@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100496 </t>
   </si>
   <si>
-    <t>Mr. Kanan S Hobbs</t>
-[...1 lines deleted...]
-  <si>
     <t>kane@sobermindsrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100497 </t>
   </si>
   <si>
-    <t>Mr. Taylor Dodge</t>
-[...1 lines deleted...]
-  <si>
     <t>taylorvandodge@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100498 </t>
   </si>
   <si>
-    <t>Mr. Clint Britton</t>
-[...1 lines deleted...]
-  <si>
     <t>Ctbritton27@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100499 </t>
   </si>
   <si>
-    <t>Ms. Angelique R Hofacre</t>
-[...1 lines deleted...]
-  <si>
     <t>davincihomellc@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100500 </t>
   </si>
   <si>
-    <t>Mr. Robert W Bigelow</t>
-[...1 lines deleted...]
-  <si>
     <t>bob@freshpeek.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100501 </t>
   </si>
   <si>
-    <t>Mrs. Desiree D Preston</t>
-[...1 lines deleted...]
-  <si>
     <t>presrich46@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100502 </t>
   </si>
   <si>
     <t>Jessica A Day</t>
   </si>
   <si>
     <t>jessicaday.firststep@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100503 </t>
   </si>
   <si>
-    <t>Mr. Michael D Palumbo</t>
-[...1 lines deleted...]
-  <si>
     <t>mikepalumbo2@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100504 </t>
   </si>
   <si>
-    <t>Ms. Connie Davis Belcher</t>
-[...1 lines deleted...]
-  <si>
     <t>connieb883@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100505 </t>
   </si>
   <si>
-    <t>Mr. Samuel Beer</t>
-[...1 lines deleted...]
-  <si>
     <t>sbeer93@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100506 </t>
   </si>
   <si>
-    <t>Mr. Theodore M Monticello</t>
-[...1 lines deleted...]
-  <si>
     <t>ted.monticello@lifeskillssf.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100507 </t>
   </si>
   <si>
-    <t>Mr. Ronnie Nelson Hanley</t>
-[...1 lines deleted...]
-  <si>
     <t>ronniehanley33@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100508 </t>
   </si>
   <si>
-    <t>Mr. Richard J White Jr</t>
-[...1 lines deleted...]
-  <si>
     <t>Lt.rickwhite@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100509 </t>
   </si>
   <si>
-    <t>Mr. Michael Manuel Cabot</t>
-[...1 lines deleted...]
-  <si>
     <t>michaelcabot@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100510 </t>
   </si>
   <si>
-    <t>Ms. Reagan F Bender</t>
-[...1 lines deleted...]
-  <si>
     <t>rbender5183@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100511 </t>
   </si>
   <si>
     <t>Stacy L Ackner</t>
   </si>
   <si>
     <t>stacy.ackner@unitybh.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100512 </t>
   </si>
   <si>
-    <t>Mrs. Angela Michelle Cowell</t>
-[...2 lines deleted...]
-    <t>acowell@originsrecovery.com</t>
+    <t>amdeangelis19@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100513 </t>
   </si>
   <si>
-    <t>Ms. Katrina L Chase</t>
+    <t>SUMMARY SUSPENSION</t>
   </si>
   <si>
     <t>katrinalynnchase@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100514 </t>
   </si>
   <si>
     <t>Kelly Scott Hettema</t>
   </si>
   <si>
     <t>kellyhettema@gmail.com</t>
   </si>
   <si>
-    <t>Okeechobee</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100515 </t>
   </si>
   <si>
-    <t>Mr. Cory David Halpern</t>
-[...1 lines deleted...]
-  <si>
     <t>chalperncac@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100516 </t>
   </si>
   <si>
-    <t>Kyle T Harper</t>
-[...1 lines deleted...]
-  <si>
     <t>kyle@trifecta.life</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100517 </t>
   </si>
   <si>
-    <t>Mr. Justin McCue</t>
-[...1 lines deleted...]
-  <si>
     <t>jmccue@palmcoastrc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100518 </t>
   </si>
   <si>
-    <t>Ms. Chelle C Selph</t>
-[...1 lines deleted...]
-  <si>
     <t>cselph@wstreatment.com</t>
   </si>
   <si>
+    <t>Citrus</t>
+  </si>
+  <si>
     <t xml:space="preserve">CRRA.0100519 </t>
   </si>
   <si>
-    <t>Ms. Sonya Marie Crudup</t>
-[...1 lines deleted...]
-  <si>
     <t>crudupsonya@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100520 </t>
   </si>
   <si>
     <t>Jennie Bosco</t>
   </si>
   <si>
-    <t>Jbosco@new-waverecovery.com</t>
+    <t>Jennbosco92@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100521 </t>
   </si>
   <si>
-    <t>Mrs. Amanda K Reynolds Armstrong</t>
-[...1 lines deleted...]
-  <si>
     <t>kate.reynolds@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100522 </t>
   </si>
   <si>
-    <t>Megan Deane</t>
-[...1 lines deleted...]
-  <si>
     <t>bayshoreretreat@gmail.com</t>
   </si>
   <si>
     <t>Walton</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100523 </t>
   </si>
   <si>
-    <t>Mrs. Anastasiya Amromin</t>
-[...2 lines deleted...]
-    <t>dorokhova614@gmail.com</t>
+    <t>aamromin@urpfl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100524 </t>
   </si>
   <si>
-    <t>Brooke K Laxton</t>
-[...1 lines deleted...]
-  <si>
     <t>Blaxton@palmbeachrecoverycenters.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100525 </t>
   </si>
   <si>
-    <t>Ms. Barbie J Thrower</t>
-[...1 lines deleted...]
-  <si>
     <t>barbie@spacecoastrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100526 </t>
   </si>
   <si>
     <t>Michael D Jasniewski</t>
   </si>
   <si>
     <t>mikej@beachsiderehab.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100527 </t>
   </si>
   <si>
-    <t>Mr. Sean Barr</t>
-[...1 lines deleted...]
-  <si>
     <t>sean@thehartmanhouse.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100528 </t>
   </si>
   <si>
-    <t>Ms. Amanda L Hubbard Hubbard</t>
-[...1 lines deleted...]
-  <si>
     <t>amandahubbard93@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100529 </t>
   </si>
   <si>
-    <t>Ms. Terry A Morris</t>
-[...1 lines deleted...]
-  <si>
     <t>yesitsmet2@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100530 </t>
   </si>
   <si>
-    <t>Tyrone A Cowell Sr</t>
-[...1 lines deleted...]
-  <si>
     <t>TCOWELLFLATC@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100531 </t>
   </si>
   <si>
-    <t>Julia Deitchman</t>
-[...1 lines deleted...]
-  <si>
     <t>pigeonlights@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100532 </t>
   </si>
   <si>
-    <t>Mrs. Margaret Baldwin</t>
-[...1 lines deleted...]
-  <si>
     <t>maggie.bluehorses@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100533 </t>
   </si>
   <si>
     <t>Brandy Jean Ray</t>
   </si>
   <si>
     <t>brandyray961984@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100534 </t>
   </si>
   <si>
-    <t>Rachel Tea</t>
-[...1 lines deleted...]
-  <si>
     <t>Rachel.tea10@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100535 </t>
   </si>
   <si>
-    <t>Mr. Robert Negron Jr</t>
-[...1 lines deleted...]
-  <si>
     <t>robertinrecoverynegron@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100536 </t>
   </si>
   <si>
-    <t>Ms. Erica L Cadavid</t>
-[...1 lines deleted...]
-  <si>
     <t>ericacadavid8135@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100537 </t>
   </si>
   <si>
-    <t>Mr. Donald Barnhart</t>
-[...1 lines deleted...]
-  <si>
     <t>dotsbigboy@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100538 </t>
   </si>
   <si>
-    <t>Ms. Kathryn Del Guidice</t>
-[...1 lines deleted...]
-  <si>
     <t>dkathyd413@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100539 </t>
   </si>
   <si>
-    <t>Garry N Trout</t>
-[...1 lines deleted...]
-  <si>
     <t>nicktrout1@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100540 </t>
   </si>
   <si>
     <t>Kenneth A Link III</t>
   </si>
   <si>
     <t>link.kenneth2144@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100541 </t>
   </si>
   <si>
     <t>Laura Lee Jones</t>
   </si>
   <si>
-    <t>ljones@wstreatment.com</t>
+    <t>ljones@whitesandstreatment.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100542 </t>
   </si>
   <si>
-    <t>Mr. David Stein</t>
-[...1 lines deleted...]
-  <si>
     <t>projectsoarbilling@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100543 </t>
   </si>
   <si>
-    <t>Mrs. Linda A Barbes Stein</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100544 </t>
   </si>
   <si>
-    <t>Mr. Phillip Ralph Peters</t>
-[...1 lines deleted...]
-  <si>
     <t>Phil@Footprintsbeachside.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100545 </t>
   </si>
   <si>
     <t>Bryan Freese</t>
   </si>
   <si>
     <t>bryan7045@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100546 </t>
   </si>
   <si>
-    <t>Mr. Tory Perfetti</t>
-[...1 lines deleted...]
-  <si>
     <t>tory@bettertomorrowtc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100547 </t>
   </si>
   <si>
-    <t>Dr. Renee Noel</t>
-[...1 lines deleted...]
-  <si>
     <t>reneenoel1958@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100548 </t>
   </si>
   <si>
-    <t>Miriam Meneely</t>
-[...1 lines deleted...]
-  <si>
     <t>Mbrighton@liberty.edu</t>
   </si>
   <si>
+    <t xml:space="preserve">CRRA.0100549 </t>
+  </si>
+  <si>
+    <t>johncunningham@realrecoveryfl.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">CRRA.0100550 </t>
   </si>
   <si>
-    <t>Mr. Chrysley D Schroeder Jr</t>
-[...2 lines deleted...]
-    <t>cy.schroeder@uphealthinc.com</t>
+    <t>cy@sterlinghouserecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100551 </t>
   </si>
   <si>
-    <t>Ms. April L Young</t>
-[...1 lines deleted...]
-  <si>
     <t>eolcaprilyoung@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100552 </t>
   </si>
   <si>
-    <t>Mrs. Brenna Koretsky Pezo</t>
-[...1 lines deleted...]
-  <si>
     <t>bkpezo@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100553 </t>
   </si>
   <si>
-    <t>Mrs. Carla A Sweeney</t>
-[...1 lines deleted...]
-  <si>
     <t>awakeningshouseinfo@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100554 </t>
   </si>
   <si>
-    <t>Mr. Thomas Santomauro</t>
-[...1 lines deleted...]
-  <si>
     <t>tom.santomauro@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100555 </t>
   </si>
   <si>
-    <t>Mrs. Catherine M Cabot</t>
-[...1 lines deleted...]
-  <si>
     <t>catcabot@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100556 </t>
   </si>
   <si>
-    <t>Mr. Thomas Beyer</t>
-[...1 lines deleted...]
-  <si>
     <t>beyermatthews@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100557 </t>
   </si>
   <si>
-    <t>Mr. Joseph C Batchelor Iv</t>
-[...1 lines deleted...]
-  <si>
     <t>batcheloriv@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100558 </t>
   </si>
   <si>
-    <t>Mr. Steven Bernard Williams</t>
-[...1 lines deleted...]
-  <si>
     <t>stvnwilliams@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100559 </t>
   </si>
   <si>
     <t>Angela Marie Drayton</t>
   </si>
   <si>
     <t>angela.drayton@westcare.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100560 </t>
   </si>
   <si>
-    <t>Stephanie Sheiner</t>
-[...1 lines deleted...]
-  <si>
     <t>stephanie.sheiner@recoveryunplugged.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100561 </t>
   </si>
   <si>
     <t>Hector Sigler</t>
   </si>
   <si>
     <t>hsigler@fcfrmd.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100562 </t>
   </si>
   <si>
-    <t>Mr. Curtis S Reeves</t>
-[...1 lines deleted...]
-  <si>
     <t>curtistrc17@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100563 </t>
   </si>
   <si>
-    <t>Mr. Steven G Farnsworth</t>
-[...1 lines deleted...]
-  <si>
     <t>steve@intoaction.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100564 </t>
   </si>
   <si>
-    <t>Ms. Patricia E. Jones</t>
-[...1 lines deleted...]
-  <si>
     <t>patjon67@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100600 </t>
   </si>
   <si>
-    <t>Mr. Mark A Santosuosso</t>
-[...1 lines deleted...]
-  <si>
     <t>markpalms94@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100601 </t>
   </si>
   <si>
-    <t>Mr. Ashneil S Soni</t>
-[...1 lines deleted...]
-  <si>
     <t>neilsoni225@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100602 </t>
   </si>
   <si>
-    <t>Mr. Justin Kalel Baksh</t>
-[...1 lines deleted...]
-  <si>
     <t>jkbaksh@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100603 </t>
   </si>
   <si>
     <t>LaTonya Baker Baker</t>
   </si>
   <si>
     <t>buywithtonya@gmail.com</t>
   </si>
   <si>
     <t>Leon</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100604 </t>
   </si>
   <si>
-    <t>Mr. Kurt Allen</t>
-[...1 lines deleted...]
-  <si>
     <t>kurt@healingproperties.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100605 </t>
   </si>
   <si>
-    <t>Ryan Mauthe</t>
-[...1 lines deleted...]
-  <si>
     <t>ryan.mauthe@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100606 </t>
   </si>
   <si>
-    <t>Mrs. Amber T Gilbert</t>
-[...1 lines deleted...]
-  <si>
     <t>amber@lifechurchpalatka.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100607 </t>
   </si>
   <si>
-    <t>Mr. James F Slattery II</t>
-[...1 lines deleted...]
-  <si>
     <t>jj@realrecoveryfl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100608 </t>
   </si>
   <si>
-    <t>Mrs. Barbara Sue Moody-Holbrook</t>
-[...1 lines deleted...]
-  <si>
     <t>barbara.moody.holbrook@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100609 </t>
   </si>
   <si>
-    <t>Mr. Robert J Smith III</t>
-[...1 lines deleted...]
-  <si>
     <t>rsmith@familyfirstas.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100610 </t>
   </si>
   <si>
-    <t>Ms. Linda M. Pyz</t>
-[...1 lines deleted...]
-  <si>
     <t>L.pyz@tranquilshores.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100611 </t>
   </si>
   <si>
-    <t>Ms. Ashley Janell Zeilic</t>
-[...1 lines deleted...]
-  <si>
     <t>azeilic@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100612 </t>
   </si>
   <si>
-    <t>Mr. Logan W Chamberlin</t>
-[...1 lines deleted...]
-  <si>
     <t>Logan@Monarchhomeflorida.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100613 </t>
   </si>
   <si>
-    <t>Mr. Robert Klee Rebban</t>
-[...1 lines deleted...]
-  <si>
     <t>rkrebban@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100614 </t>
   </si>
   <si>
-    <t>Mr. Mark Douglas McInnes</t>
-[...1 lines deleted...]
-  <si>
     <t>mark@realrecoveryfl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100615 </t>
   </si>
   <si>
-    <t>Ms. Janet Lee Johnson</t>
-[...1 lines deleted...]
-  <si>
     <t>janet42687@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100616 </t>
   </si>
   <si>
     <t>Elita Pendora Gast</t>
   </si>
   <si>
     <t>gasthm@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100617 </t>
   </si>
   <si>
-    <t>Ms. Heather Eckert</t>
-[...1 lines deleted...]
-  <si>
     <t>heckert@cleanrecoverycenters.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100618 </t>
   </si>
   <si>
-    <t>Ms. Sandra M Barnett</t>
-[...1 lines deleted...]
-  <si>
     <t>usn2@sandrabarnett.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100619 </t>
   </si>
   <si>
     <t>Derek Thomas Smith</t>
   </si>
   <si>
     <t>polrsoberliving@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100620 </t>
   </si>
   <si>
-    <t>Mr. George Reynolds</t>
-[...1 lines deleted...]
-  <si>
     <t>greynolds@allinsolutions.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100621 </t>
   </si>
   <si>
-    <t>Mr. George Morris</t>
-[...1 lines deleted...]
-  <si>
     <t>gmorris@recointensive.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100622 </t>
   </si>
   <si>
-    <t>Mr. Robert Hofmann</t>
-[...1 lines deleted...]
-  <si>
     <t>jev75l@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100623 </t>
   </si>
   <si>
-    <t>Mr. Austin Patrick Mckenna</t>
-[...1 lines deleted...]
-  <si>
     <t>austin@bettertomorrowtc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100624 </t>
   </si>
   <si>
-    <t>Mr. Andrew J Canny</t>
-[...1 lines deleted...]
-  <si>
     <t>andrew.canny@grncare.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100625 </t>
   </si>
   <si>
     <t>Martin DiLiegro</t>
   </si>
   <si>
     <t>mdiliegro@banyancenters.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100626 </t>
   </si>
   <si>
-    <t>Mr. John Nash Pakel</t>
-[...1 lines deleted...]
-  <si>
     <t>j.nash@apexwellness.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100627 </t>
   </si>
   <si>
-    <t>Sauda P Harris</t>
-[...1 lines deleted...]
-  <si>
     <t>saudapeck@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100628 </t>
   </si>
   <si>
     <t>Elijah Hill DeVall</t>
   </si>
   <si>
     <t>elijahdevall@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100629 </t>
   </si>
   <si>
-    <t>Mrs. Kathryn Lund</t>
-[...1 lines deleted...]
-  <si>
     <t>katysplacesoberliving@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100630 </t>
   </si>
   <si>
-    <t>Ms. Courtney Creese</t>
-[...1 lines deleted...]
-  <si>
     <t>cacreese@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100631 </t>
   </si>
   <si>
-    <t>Ms. Brittany Booth</t>
-[...2 lines deleted...]
-    <t>britany.booth@evokewellness.com</t>
+    <t>Boothbrittanya@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100632 </t>
   </si>
   <si>
-    <t>Mr. David Wayne Smith</t>
-[...1 lines deleted...]
-  <si>
     <t>davidsmith@augustinerecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100633 </t>
   </si>
   <si>
-    <t>Mr. Dale Garth Gibson</t>
-[...1 lines deleted...]
-  <si>
     <t>dale4gibson@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100634 </t>
   </si>
   <si>
-    <t>Ms. Kimberly Gay</t>
-[...1 lines deleted...]
-  <si>
     <t>awesomesauce2416@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100635 </t>
   </si>
   <si>
-    <t>Mr. James E Findlay</t>
-[...1 lines deleted...]
-  <si>
     <t>jameseagle3000@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100636 </t>
   </si>
   <si>
     <t>Cody L MacLenna</t>
   </si>
   <si>
     <t>cody@realrecoveryfl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100637 </t>
   </si>
   <si>
-    <t>Mr. Adam Kurisko</t>
-[...2 lines deleted...]
-    <t>adam.kurisko@evokewellness.com</t>
+    <t>Adamkurisko986@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100638 </t>
   </si>
   <si>
-    <t>Mr. Anthony Barcelona Jr.</t>
-[...1 lines deleted...]
-  <si>
     <t>shodan95tb@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100639 </t>
   </si>
   <si>
-    <t>Mr. Nicholas Howard Ferriell</t>
-[...1 lines deleted...]
-  <si>
     <t>nickfasco@gmail.com</t>
   </si>
   <si>
     <t>Jefferson</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100640 </t>
   </si>
   <si>
-    <t>Mr. Lizardo A Velarde</t>
-[...2 lines deleted...]
-    <t>lizardolx21@gmail.com</t>
+    <t>lizardovelarde@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100641 </t>
   </si>
   <si>
-    <t>Ms. Veronica Nese</t>
-[...1 lines deleted...]
-  <si>
     <t>veronica.nese@grncare.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100642 </t>
   </si>
   <si>
-    <t>Mr. Robert Joseph Gray</t>
-[...1 lines deleted...]
-  <si>
     <t>robby@spacecoastrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100643 </t>
   </si>
   <si>
     <t>Andrew Dunnaway</t>
   </si>
   <si>
     <t>drudunnaway@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100644 </t>
   </si>
   <si>
-    <t>Bonnie Ann Rettka</t>
-[...1 lines deleted...]
-  <si>
     <t>bonnie.rettka@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100645 </t>
   </si>
   <si>
-    <t>Scott Jaworski</t>
-[...1 lines deleted...]
-  <si>
     <t>scott.jaworski@uphealthinc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100646 </t>
   </si>
   <si>
-    <t>Ms. Erica Ann Helms</t>
-[...1 lines deleted...]
-  <si>
     <t>ehelms@theguesthouseocala.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100647 </t>
   </si>
   <si>
-    <t>Ms. Cailyn Finger</t>
-[...1 lines deleted...]
-  <si>
     <t>Cailynfinger@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100648 </t>
   </si>
   <si>
-    <t>Mrs. Jennifer L McCrackin</t>
-[...1 lines deleted...]
-  <si>
     <t>jennifer.mccrackin@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100649 </t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100650 </t>
   </si>
   <si>
-    <t>Ms. Emily Nicole Reyes</t>
-[...1 lines deleted...]
-  <si>
     <t>emilyreyes764@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100651 </t>
   </si>
   <si>
-    <t>Ms. Taylor Jean Cate</t>
-[...1 lines deleted...]
-  <si>
     <t>taylor@transformationsbythegulf.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100652 </t>
   </si>
   <si>
-    <t>Mr. John Michael Cogelia</t>
-[...1 lines deleted...]
-  <si>
     <t>jcogelia@voyagerecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100653 </t>
   </si>
   <si>
-    <t>Mr. Brett Harrison</t>
-[...1 lines deleted...]
-  <si>
     <t>admin@chrysalishome.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100654 </t>
   </si>
   <si>
-    <t>Mr. Logan Hamilton Finnecy</t>
-[...1 lines deleted...]
-  <si>
     <t>Finns97@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100655 </t>
   </si>
   <si>
-    <t>Mr. Derek Andrew McBryde</t>
-[...1 lines deleted...]
-  <si>
     <t>derek_mcbryde@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100656 </t>
   </si>
   <si>
-    <t>Ms. Jacqueline Gabriele</t>
-[...1 lines deleted...]
-  <si>
     <t>jackeeg989@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100657 </t>
   </si>
   <si>
-    <t>Mr. Colin Daniel Keffner</t>
-[...1 lines deleted...]
-  <si>
     <t>ckeffner@familyfirstas.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100658 </t>
   </si>
   <si>
-    <t>Mr. Keith Nelson</t>
-[...1 lines deleted...]
-  <si>
     <t>knelson78@live.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100659 </t>
   </si>
   <si>
-    <t>Mrs. Michelle A Cutrera</t>
-[...1 lines deleted...]
-  <si>
     <t>Mcutrera11718@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100660 </t>
   </si>
   <si>
-    <t>Ms. Mariam Olson</t>
-[...1 lines deleted...]
-  <si>
     <t>olsonmariam0@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100661 </t>
   </si>
   <si>
-    <t>Mrs. Lauren M. Schreck</t>
-[...1 lines deleted...]
-  <si>
     <t>lauren_schreck@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100662 </t>
   </si>
   <si>
-    <t>Ms. Ashley Regan</t>
-[...2 lines deleted...]
-    <t>marketing@hucenters.com</t>
+    <t>aregan@Hucenters.com</t>
   </si>
   <si>
     <t>Monmouth</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100663 </t>
   </si>
   <si>
-    <t>Mr. Naftali Horowitz</t>
-[...1 lines deleted...]
-  <si>
     <t>naftali0624@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100664 </t>
   </si>
   <si>
-    <t>Ms. Toy L Hines</t>
-[...1 lines deleted...]
-  <si>
     <t>no.enemy.inmate.relief@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100665 </t>
   </si>
   <si>
     <t>Amanda Allyce Nelson</t>
   </si>
   <si>
     <t>Adnama167@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100666 </t>
   </si>
   <si>
-    <t>Mr. Eric Cole Young</t>
-[...1 lines deleted...]
-  <si>
     <t>ColeYoung217@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100667 </t>
   </si>
   <si>
-    <t>Ms. Jennifer Kay Brown</t>
-[...1 lines deleted...]
-  <si>
     <t>jbrown@originsrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100668 </t>
   </si>
   <si>
-    <t>Mrs. Laura B Molino</t>
-[...1 lines deleted...]
-  <si>
     <t>Laura.asisterinserenity@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100669 </t>
   </si>
   <si>
-    <t>Mr. Jerry Sorani</t>
-[...1 lines deleted...]
-  <si>
     <t>jerry.sorani@soberlivingamerica.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100670 </t>
   </si>
   <si>
-    <t>Ms. Lisa J Schnabel</t>
-[...1 lines deleted...]
-  <si>
     <t>lisajean301@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100671 </t>
   </si>
   <si>
-    <t>Ms. Victoria Lynn Bartle</t>
-[...1 lines deleted...]
-  <si>
     <t>v.bartle0116@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100672 </t>
   </si>
   <si>
-    <t>Mr. Troy Lee Russell</t>
-[...1 lines deleted...]
-  <si>
     <t>russelltroy74@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100673 </t>
   </si>
   <si>
     <t>Vonshari Clemetria Hoardes</t>
   </si>
   <si>
     <t>Vonshari21@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100674 </t>
   </si>
   <si>
-    <t>Mrs. Virginia Grier Noyes</t>
-[...1 lines deleted...]
-  <si>
     <t>virginia.mclaurin@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100675 </t>
   </si>
   <si>
-    <t>Ms. Dawn Lynn Goldy-Haviland</t>
-[...2 lines deleted...]
-    <t>dawngoldy@protonmail.com</t>
+    <t>dawn.haviland@artesianrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100676 </t>
   </si>
   <si>
-    <t>Mrs. Tamara Kurfiss</t>
-[...1 lines deleted...]
-  <si>
     <t>tamara@betterbeginningssoberliving.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100677 </t>
+  </si>
+  <si>
+    <t>k_d_q@hotmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100678 </t>
+  </si>
+  <si>
+    <t>Jack William Shaw</t>
+  </si>
+  <si>
+    <t>bnimble@rocketmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100679 </t>
+  </si>
+  <si>
+    <t>rodin.calderon@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100680 </t>
+  </si>
+  <si>
+    <t>chelsealong@bettertomorrowtc.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100681 </t>
+  </si>
+  <si>
+    <t>holly@hearthandhomeflorida.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100682 </t>
+  </si>
+  <si>
+    <t>millihuser@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100683 </t>
+  </si>
+  <si>
+    <t>debl@dlcenters.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100684 </t>
+  </si>
+  <si>
+    <t>Rbaxter@boostrecovery.net</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100685 </t>
+  </si>
+  <si>
+    <t>richardbelair92@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100686 </t>
+  </si>
+  <si>
+    <t>JonBrenner2016@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100687 </t>
+  </si>
+  <si>
+    <t>rayvill96@yahoo.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100688 </t>
+  </si>
+  <si>
+    <t>samuellucas301@me.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100689 </t>
+  </si>
+  <si>
+    <t>brittany_leach@ymail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100690 </t>
+  </si>
+  <si>
+    <t>rasheedmartin6@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100691 </t>
+  </si>
+  <si>
+    <t>eliseafenster@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100692 </t>
+  </si>
+  <si>
+    <t>Richardmintz91@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100693 </t>
+  </si>
+  <si>
+    <t>raulm101@yahoo.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100694 </t>
+  </si>
+  <si>
+    <t>ngudz@caron.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100695 </t>
+  </si>
+  <si>
+    <t>mmanzoneschkloven@yahoo.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100696 </t>
+  </si>
+  <si>
+    <t>harold@recreatelifecounseling.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100697 </t>
+  </si>
+  <si>
+    <t>the.forthams@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100698 </t>
+  </si>
+  <si>
+    <t>sbrennan@caron.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100699 </t>
+  </si>
+  <si>
+    <t>Veniquew@yahoo.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100700 </t>
+  </si>
+  <si>
+    <t>meredith@recoveryrxcorp.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100701 </t>
+  </si>
+  <si>
+    <t>mthierry@foundationtofreedom.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100702 </t>
+  </si>
+  <si>
+    <t>Dow Edward Lusk</t>
+  </si>
+  <si>
+    <t>dowcrra@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100703 </t>
+  </si>
+  <si>
+    <t>sylvettamosley@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100704 </t>
+  </si>
+  <si>
+    <t>frankhernandez76@yahoo.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100705 </t>
+  </si>
+  <si>
+    <t>casondm@guilford.edu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100706 </t>
+  </si>
+  <si>
+    <t>noellie0123@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100707 </t>
+  </si>
+  <si>
+    <t>info@sfloridaoasis.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100708 </t>
+  </si>
+  <si>
+    <t>lindawelborn@hotmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100709 </t>
+  </si>
+  <si>
+    <t>alextate1821@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100710 </t>
+  </si>
+  <si>
+    <t>vani121678@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100711 </t>
+  </si>
+  <si>
+    <t>dbwise44@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100712 </t>
+  </si>
+  <si>
+    <t>jason@designrecoveryllc.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100713 </t>
+  </si>
+  <si>
+    <t>doppenheim@thepalmsrecovery.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100714 </t>
+  </si>
+  <si>
+    <t>shatrilharris@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100715 </t>
+  </si>
+  <si>
+    <t>carissakowal2345@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100716 </t>
+  </si>
+  <si>
+    <t>gleng@dlcenters.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100717 </t>
+  </si>
+  <si>
+    <t>Rene.morrow@soberlivingamerica.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100718 </t>
+  </si>
+  <si>
+    <t>imanit@pbgardensrecovery.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100719 </t>
+  </si>
+  <si>
+    <t>mlink.larosa@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100720 </t>
+  </si>
+  <si>
+    <t>Tiffany Leigh Zales</t>
+  </si>
+  <si>
+    <t>tifmango13@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100721 </t>
+  </si>
+  <si>
+    <t>Andreita2485@aol.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100722 </t>
+  </si>
+  <si>
+    <t>julie.irwin@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100723 </t>
+  </si>
+  <si>
+    <t>tampaskipper@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100724 </t>
+  </si>
+  <si>
+    <t>johnpjohnston@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100725 </t>
+  </si>
+  <si>
+    <t>laurie@simplepathrecovery.net</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100726 </t>
+  </si>
+  <si>
+    <t>hayleigrand99@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100727 </t>
+  </si>
+  <si>
+    <t>christina@wartreatment.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100728 </t>
+  </si>
+  <si>
+    <t>jjmitconsulting@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100729 </t>
+  </si>
+  <si>
+    <t>c.voller09@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100730 </t>
+  </si>
+  <si>
+    <t>stephaniesusu@olympicbh.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100731 </t>
+  </si>
+  <si>
+    <t>David Dukes</t>
+  </si>
+  <si>
+    <t>daviddukes89@yahoo.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100732 </t>
+  </si>
+  <si>
+    <t>Blake Hunter</t>
+  </si>
+  <si>
+    <t>bchunter309@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100733 </t>
+  </si>
+  <si>
+    <t>home@bestfriendsplace.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100734 </t>
+  </si>
+  <si>
+    <t>Allia Fontenot</t>
+  </si>
+  <si>
+    <t>allia.fontenot@yahoo.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100735 </t>
+  </si>
+  <si>
+    <t>Tonyc@brileysoberhome.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100736 </t>
+  </si>
+  <si>
+    <t>Matthew J Adams</t>
+  </si>
+  <si>
+    <t>matthewjadams11@yahoo.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100737 </t>
+  </si>
+  <si>
+    <t>julietterossi@mac.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100738 </t>
+  </si>
+  <si>
+    <t>John.King@recoveryunplugged.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100739 </t>
+  </si>
+  <si>
+    <t>eric_vikings68@icloud.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100740 </t>
+  </si>
+  <si>
+    <t>Jared DiCianno</t>
+  </si>
+  <si>
+    <t>jareddicianno@beachhousecenter.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100741 </t>
+  </si>
+  <si>
+    <t>Brooklynbilly718@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100742 </t>
+  </si>
+  <si>
+    <t>kristawinters954@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100743 </t>
+  </si>
+  <si>
+    <t>Jason.m@beachway.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100744 </t>
+  </si>
+  <si>
+    <t>hlmatheny18@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100745 </t>
+  </si>
+  <si>
+    <t>Estatellc18@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100746 </t>
+  </si>
+  <si>
+    <t>julnyca@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100747 </t>
+  </si>
+  <si>
+    <t>dustin@principlesrecoverycenter.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100748 </t>
+  </si>
+  <si>
+    <t>sdort1706@comcast.net</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100749 </t>
+  </si>
+  <si>
+    <t>Barry J Tishler</t>
+  </si>
+  <si>
+    <t>drbarry@addictionedufoundation.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100750 </t>
+  </si>
+  <si>
+    <t>Info@TheRecoveryCoachUS.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100751 </t>
+  </si>
+  <si>
+    <t>tampabaydiann@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100752 </t>
+  </si>
+  <si>
+    <t>rachelalvarado4@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100753 </t>
+  </si>
+  <si>
+    <t>pamelapah007@aol.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100754 </t>
+  </si>
+  <si>
+    <t>codybothe@yahoo.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Daniela Riccelli</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Renee Noel</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chasity Fortham</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Joseph Gagliardo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Craig Allen Nesvik Sr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Christopher George Ege</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> George Albert Jahn</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Javier Costa</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kevin B Schmidt</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael Ian Ossip</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> William R Atkinson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Andrew Parker</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jason Allen Leslie</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Benjamin R Bueno</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Andrew Haynes Young</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Joseph J Giuliano Giuliano</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Devin Buoniello</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jack Chappell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Alejandro L Castillo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> William D Niemi</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael Aulbach</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brian P Greenblott</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Christopher Pasquale</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Philip M Chamness</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Neill M Timmons Jr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Harry Rentas Sr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael J Calderin</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jacob Hillman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Patrick J Slattery</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Melvin E. Clark III</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jeffrey A Gandelman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Philip J Huml</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Frank J Seidl</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael A Kirk</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ahmad A. Bryant</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Alan R. Buchanan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sean A Wilcox</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kyle Welshman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brett Lieberman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David M Mitchell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Thomas A Matthews</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Todd C Morongell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Evan Jarschauer</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John W Chamberlain</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Neal Cooke</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Alec J Sperduto</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jason J Tunick</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lyle R Fried</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Paul Kevin Sohr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Patrick Morris</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Evan M. Kaiser</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Theodore Beddoe</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jonathan Belolo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Patrick F Ronan Ronan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Thomas M Mouracade</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brett M D'Aoust</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jaime Torres</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Arthur Laflamme</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Edward Troy Nielsen</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Matthew J Cutrupi</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Patrick Dolan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lee W Mayer</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Andrew J Michie</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> William Raucci</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Robert Raab</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Trenton P Hovey</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ray G Steadman Jr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David M Jackson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> William Joyce</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kenneth G DeBaun</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John Park</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Raphael Sierra</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mark W LaMadeleine</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Joseph D Anastasio</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Thomas Peter Bonovitch</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John J Binns</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Vence A Monlyn</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Raymond Roy Rapaglia</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dennis Kolsch II</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael Alan Gordon</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jeffrey E Jaskiel</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ross Alan Donahue</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kenneth Larry Johnson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Igor Soldatov</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ryan Quigley</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Timothy Michael O'Connell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Carl Edward Smith Jr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kurt Richard Raatz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Paul F Fisher</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> William Donald Soutar</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Joseph P Hansel</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Richard Kleinhans</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Alvise V Pugliese</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Shayne Sundholm</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> William T Kovach</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David Adams Cox</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lonny A Mead Mead</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ramon A Hooper III</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nicholas James Conti</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John Marika</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jeffrey J Tucker</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kyle S Diehl</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Donald Alan Ford</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Martin Thomas Waddington</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John Dudash Rev</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael R Griggs</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael Arthur Flood Flood</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jeffrey Robert Irwin</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rudolph J Baldoni Jr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> William Crocco Crocco</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mark Gibson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ronald J Chapman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Gerald Patrick Nolan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jose L Ayala</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Vandy Brisbon</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Josh M Veal</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Troy Garr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David E Pearce</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Paul Zilber</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Donald L Emanuel Jr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael Cianci</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ryan John Potter</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Paul Apanowicz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kanan S Hobbs</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Taylor Dodge</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Clint Britton</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Robert W Bigelow</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael D Palumbo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Samuel Beer</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Theodore M Monticello</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ronnie Nelson Hanley</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Richard J White Jr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael Manuel Cabot</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cory David Halpern</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kyle T Harper</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Justin McCue</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sean Barr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tyrone A Cowell Sr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Robert Negron Jr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Donald Barnhart</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Garry N Trout</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David Stein</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Phillip Ralph Peters</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tory Perfetti</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John C Cunningham</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chrysley D Schroeder Jr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Thomas Santomauro</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Thomas Beyer</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Joseph C Batchelor Iv</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Steven Bernard Williams</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Curtis S Reeves</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Steven G Farnsworth</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mark A Santosuosso</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ashneil S Soni</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Justin Kalel Baksh</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kurt Allen</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ryan Mauthe</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> James F Slattery II</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Robert J Smith III</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Logan W Chamberlin</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Robert Klee Rebban</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mark Douglas McInnes</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> George Reynolds</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> George Morris</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Robert Hofmann</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Austin Patrick Mckenna</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Andrew J Canny</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John Nash Pakel</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David Wayne Smith</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dale Garth Gibson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> James E Findlay</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Adam Kurisko</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Anthony Barcelona Jr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nicholas Howard Ferriell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lizardo A Velarde</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Robert Joseph Gray</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Scott Jaworski</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Travis E McAllister</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John Michael Cogelia</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brett Harrison</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Logan Hamilton Finnecy</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Derek Andrew McBryde</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Colin Daniel Keffner</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Keith Nelson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Naftali Horowitz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Eric Cole Young</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jerry Sorani</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Troy Lee Russell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kid Quick</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rodin Calderon</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Robert C Baxter III</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Richard Belair</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jonathan Charles Pershing Brenner</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jeremy Mayfield</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Samuel Lucas Guggenheim-Locksley</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rasheed Carlisle Farquharson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Richard Mintz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Raul Maurice</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Harold Edward Arnold Jr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Stephen Joseph Brennan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Frank Hernandez</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David Cason</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Aharon Cohen</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Alexander Tate</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David Wise</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jason Wade Bowen</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David Bryan Oppenheim</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Glen Grechika</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John Johnston</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Joshua John Mitarnowski</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rafael Antonio Correa</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John King</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Eric Rivas</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> William D Rochler</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jason David Milos</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dustin Johnson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Harry Balsamo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> James C Bothe</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brenda Aulbach</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Susan Tembeck Riccardi</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Phoebe A Maisto</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jessica Leavins</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michelle A. Fyfe</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Allyson Marie Ward</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Phyllis Renee Reddy-Haley</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Safiyah Rubyellen Davis-Rosario</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Yenisse C Gonzalez</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rose Martine Young</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Melissa A Torres</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Beverly O Womack</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Alishia Timmons</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cori N Mastapasco-Baiza</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Samantha VanSant Hewett</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Madelin Vargas</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kirstin Smith</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dee Bee Cox</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Elizabeth Jane McDowell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jordan Cairns</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Takeisha Nichole Stewart</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kelly Pitts</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Iryna Bergstrom</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tracy M StJohn-Durkin</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Doris A Carroll</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lilian Pontillo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Shannon L Rogan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Andrea L Raab</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Angela Dawn Eschbach</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rebecca L Booth</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kenea B Brittle</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Melissa Kimball Lucas</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cathy A Claud</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Samantha M Hovey</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dawn D Jonas</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rebekah Austin Cotton Kerr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tracey V Castillo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Theresa R Tripucka</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Patricia Spango</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michelle Quinton</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Stephanie Rachael Martinez</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jennifer Lynn Schmitt</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ashley Marie Candelmo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Margarita Del Carmen Battistini de Lauria</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jessica Terranova Cook</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Desiree D Preston</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Angela Michelle Cowell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Amanda K Reynolds Armstrong</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Anastasiya Amromin</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brooke K Laxton</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Margaret Baldwin</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Linda A Barbes Stein</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Miriam Meneely</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brenna Koretsky Pezo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Carla A Sweeney</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Catherine M Cabot</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Amber T Gilbert</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Barbara Sue Moody-Holbrook</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kathryn Lund</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jennifer L McCrackin</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michelle A Cutrera</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lauren M. Schreck</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Laura B Molino</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Virginia Grier Noyes</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tamara Kurfiss</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Holly Hope Hermida-Lopez</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Millicent N Huser</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Elisea Fenster</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Barbara Nicole Gudz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Meredith Belger</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mary Elizabeth Thierry</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Linda Eve Welborn</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Monay Link</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Andrea Schrader</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cassandra Voller</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kari Muñoz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Juliette Rossi</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tarik Nicole Mollineau</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sherley Dort</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Diann M Drossos</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rachel Gay</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sharon Burns-Carter</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lashawnda L Richmond</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Stephanie Mordes</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rebecca Barrett Gaines</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Gina Metrano</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cynthia L. Crouch</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nicole Sauvola-Lamay</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Maria Jackson Freeman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sarah R Sacks</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kimberly R Jackson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Juanita L Hunt</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mildred Tennessee</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Samantha Garabed</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rachel M Utano</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Maxine W Dooley</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Grace Marquez</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Reshma Harilal</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jane Pendleton Causey</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Christi P Adams Ed.S.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rebecca Hoeft Christiansen</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rosemary A. Boisvert</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Susanne O Makenian</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Catherine Hamilton</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sarah B Gentry</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Susan E Glasscock</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kari-Anne Spiller</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kimberlee A Burgess</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Hana Young</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Debra E Strand</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Carol A. Parks Mba, Ms</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Angela Luna</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Deanna Michelle Soprito</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Gidget L Burke</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Helene S Ryan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cynthia Renee Lee</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Molly Groo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ariana Raub</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Whitney Lehman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Docus L Sampa</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lisa Anne Sax</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ashanti R Wilson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lindsey C McKeown</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Carla J Anastasio</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brenda Kay Kinman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jacqueline C Shay</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dana Alyce Herrera</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kelly Ann Miller</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Vanester Jones</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Renee Yvette</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Marialuisa Luisa Way</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Marguerite D Ballard</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brittany Ringersen</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lexie L Woods</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tara M Cannon</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Amy Elizabeth Cooper</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jennifer Rae Hunt</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nancy Susan Williamson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Debra Ann Organo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kelly L Hubbard</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Teleauba Y. Revels</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Deborah Furman Coleman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Claudia R Rodrigues</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Julia Arrendell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Maydean Yates</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jennifer Leigh Mobley</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Marilyn Thomas</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Alaina C Edwards</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Karen F Berk</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Joanna M. Painton-Hathaway</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Leticia Ferraro</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michelle A Price</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Angelique R Hofacre</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Connie Davis Belcher</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Reagan F Bender</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Katrina L Chase</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chelle C Selph</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sonya Marie Crudup</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Megan Deane</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Barbie J Thrower</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Amanda L Hubbard Hubbard</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Terry A Morris</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Julia Deitchman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rachel Tea</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Erica L Cadavid</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kathryn Del Guidice</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> April L Young</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Stephanie Sheiner</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Patricia E. Jones</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Linda M. Pyz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ashley Janell Zeilic</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Janet Lee Johnson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Heather Eckert</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sandra M Barnett</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sauda P Harris</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Courtney Creese</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brittany Booth</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kimberly Gay</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Veronica Nese</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Bonnie Ann Rettka</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Erica Ann Helms</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cailyn Finger</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Emily Nicole Reyes</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Taylor Jean Cate</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jacqueline Gabriele</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mariam Olson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ashley Regan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Toy L Hines</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jennifer Kay Brown</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lisa J Schnabel</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Victoria Lynn Bartle</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dawn Lynn Goldy-Haviland</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chelsea Lee Long</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Debra D Lewis</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brittany N Leach</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Melissa Holly Manzone</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Venique D Wilson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sylvetta Mosley</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sarah Noel York</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Vanessa Aboud</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Shatril Harris</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Carissa Ashley Kowal</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brenda Rene Morrow</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Imani Nia Turner</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Julie Deluca</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sherry Lee Niemeier</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Laurie O'Connor</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Haylei Brooke Grand</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Christina Reyes</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Stephanie Ann Susu</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Krista Lynn Winters</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Heidi L Matheny</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Julnyca Cadet</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Pamela Ann Dixon</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
-      <name val="Calibri Light"/>
+      <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="3"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="3"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C5700"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF3F3F76"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF3F3F3F"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="8"/>
+      <sz val="7"/>
       <color rgb="FF0000BF"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
+      <sz val="10"/>
       <color rgb="FF000000"/>
-      <name val="Arial"/>
+      <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="12"/>
+      <sz val="10"/>
       <color rgb="FF000000"/>
-      <name val="Arial"/>
+      <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
+      <sz val="10"/>
       <color rgb="FF0000BF"/>
-      <name val="Calibri"/>
+      <name val="Aptos"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="35">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
@@ -6222,51 +6961,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF0F0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF99CCFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="15">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
@@ -6338,60 +7077,106 @@
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="44">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -6399,72 +7184,90 @@
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="19" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="34" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="34" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="33" borderId="10" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="33" borderId="11" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="20" fillId="33" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="20" fillId="33" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="33" borderId="12" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="20" fillId="33" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="44">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
@@ -6483,101 +7286,101 @@
     <cellStyle name="Hyperlink" xfId="42" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -6585,51 +7388,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -6637,51 +7440,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -6696,65 +7499,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -6775,15510 +7578,17514 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48147" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=33455" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44572" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45267" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48998" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=66730" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49798" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52873" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=57131" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44689" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45401" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48457" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=65343" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44419" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50335" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=53958" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=58966" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44932" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48603" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=33782" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=33565" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=72024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45524" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48876" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51085" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51762" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=54767" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44496" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47770" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=66039" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=68039" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45186" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46313" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49048" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52370" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=56065" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44636" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48256" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=57369" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=33788" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45312" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48514" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49898" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=53227" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=59014" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=67335" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44749" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45427" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48649" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44428" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50783" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=54155" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=55016" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=61708" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=63312" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45032" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45570" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47929" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=72543" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48881" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51252" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51864" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=56369" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44509" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45213" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=64462" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=73402" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46773" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48332" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49317" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52410" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=53514" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44645" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45035" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=56785" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=57372" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=33735" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=61840" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=33462" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=67062" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45571" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47967" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=54314" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48885" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50014" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51581" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51866" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52555" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=54304" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44519" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44773" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45225" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=56455" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=59172" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=66230" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=69778" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45457" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46774" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47127" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48333" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48784" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49336" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=55831" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=65023" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44436" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51928" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44646" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=53730" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=55143" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=57951" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=32517" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=63852" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=65512" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45055" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45343" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45612" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47980" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48539" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48890" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50016" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=68319" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51584" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51693" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44528" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52575" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=54305" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=56460" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=59257" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=33974" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44783" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45243" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45463" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47178" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48349" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48787" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=67068" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45765" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49345" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50824" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=69703" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=53746" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=55219" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=58089" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=61962" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=62952" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44653" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45072" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45349" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47996" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48541" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=65604" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45470" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48900" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50085" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51612" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=71354" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51694" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52624" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=54597" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=56578" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=59317" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44558" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44832" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45248" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47180" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48418" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=33930" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45360" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45767" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48830" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49449" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50925" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=67580" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=68450" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44367" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52026" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=53750" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=55713" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44655" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45084" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48002" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=58413" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=32472" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=62602" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45251" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45512" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48562" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48902" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50108" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51655" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=33935" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=71352" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51697" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52773" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=54621" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44564" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44890" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=56788" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=59323" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45100" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47529" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48422" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48846" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=57405" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51020" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=64982" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=65909" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=71653" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45366" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45769" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52108" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=53786" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44386" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44657" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=55715" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=58682" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=62157" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44912" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48029" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48576" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48903" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50184" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=33891" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=64749" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=71088" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45261" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45513" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=57430" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51699" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44567" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52795" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=54636" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=57076" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=33339" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44658" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47530" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48429" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48869" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49489" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=66035" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=66472" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=69740" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45113" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45377" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45797" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51036" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44387" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52227" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=53790" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=55742" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=58686" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=33943" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48113" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48592" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48953" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=33790" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=65376" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=72263" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44569" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44919" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45266" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45522" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50315" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51039" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51717" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52824" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=54637" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=57077" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=32659" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47656" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=55707" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=65427" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44438" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44666" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45115" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45400" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46001" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48872" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49687" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=68215" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=66430" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44388" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50334" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52315" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=53957" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=55767" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=58731" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=62662" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44926" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=57694" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48601" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=71724" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51040" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51758" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=54639" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47657" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=33817" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44475" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45169" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48873" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=64087" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=65518" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46304" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49034" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52369" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=55938" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44596" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45269" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48155" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=66248" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49824" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=53091" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=57211" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44694" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48494" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=58967" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=62428" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45421" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48606" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50781" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44425" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=54038" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=33759" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=63251" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=67586" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45026" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45537" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48880" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51227" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51763" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=54856" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44499" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47771" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=56126" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=64641" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45212" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46647" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48266" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=68392" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=56623" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52371" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=57371" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44640" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45337" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48535" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=67351" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49904" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=53283" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=54303" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44770" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45433" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47125" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=59065" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=64196" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44432" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48701" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50815" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=55017" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54314" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68319" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44636" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56785" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50781" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74870" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81521" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51085" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55742" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33790" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44749" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45512" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48869" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75766" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66768" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44425" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51717" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57077" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65427" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45035" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48953" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66248" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72024" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79044" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45797" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49798" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52369" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53730" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58966" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44499" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48333" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73750" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76245" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45225" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47530" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50815" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54621" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33735" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44645" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48541" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63251" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74733" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45349" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48873" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79675" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51252" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55938" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66039" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76222" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44773" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57694" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49034" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82661" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44432" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51762" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57369" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59065" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67068" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72543" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45084" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46304" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48422" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79523" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49898" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52410" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53750" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61962" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44528" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45251" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74026" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81243" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47771" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48592" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50824" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54637" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80776" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56126" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44653" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45377" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61840" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73200" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48880" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51584" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82535" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57372" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44832" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64462" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75843" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45537" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48029" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56623" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51864" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78909" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44438" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53957" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59257" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66472" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65023" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45113" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45400" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46647" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55707" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48881" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50014" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51612" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76428" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77343" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52575" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52824" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82098" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44564" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55016" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57951" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62157" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33974" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74460" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44890" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45266" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45570" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48113" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48603" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49317" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74593" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46774" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51020" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77588" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76587" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53958" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56455" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59317" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62952" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65343" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69703" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44657" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45115" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45401" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48457" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48885" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74362" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45571" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50016" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51655" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52624" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77937" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79840" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83742" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52873" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55017" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58089" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33943" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65604" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44567" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44919" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45267" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48147" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48649" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71653" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45427" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47125" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49336" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51036" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52026" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75990" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80286" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82866" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44367" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54038" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56460" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59323" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44658" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45129" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48494" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33930" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62428" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71354" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45269" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45612" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48890" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50108" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57430" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52773" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32290" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75716" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78988" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82307" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53091" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55143" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58643" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44569" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44926" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33455" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33935" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45169" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48155" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48784" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49345" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51039" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52108" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69740" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76019" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79440" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79993" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45433" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47127" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54155" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56578" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44386" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44666" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33339" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64982" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64196" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44932" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48514" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48900" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50184" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51693" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71352" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66696" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67624" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80898" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45312" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45765" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52795" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53227" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84508" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44572" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55219" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58682" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62602" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64749" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44689" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48256" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48787" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57405" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51040" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68392" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75779" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80642" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45188" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45463" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47178" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52126" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66604" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44387" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54303" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56625" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32659" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64617" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69778" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48535" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48902" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50315" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72263" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74270" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78708" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44596" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45026" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45337" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45767" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51694" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81330" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84739" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52227" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53283" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55715" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58686" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33891" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65376" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48266" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48846" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73402" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44475" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44694" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45212" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45470" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47180" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49489" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51048" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75430" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76480" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83503" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44419" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51697" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54304" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56788" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33817" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66035" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71724" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45032" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45769" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48903" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78357" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82846" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52315" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53514" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58731" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48332" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66730" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44496" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45213" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49687" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69567" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79413" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47529" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50783" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54305" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61708" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44640" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45343" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48539" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72542" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82202" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51227" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55767" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62662" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44770" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48872" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64087" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74421" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45522" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48998" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51758" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83371" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44428" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57131" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67351" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67586" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79159" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45055" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46001" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49824" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52370" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53746" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58967" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44509" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48418" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32517" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74146" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45248" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47770" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48562" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81602" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55831" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54636" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63312" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44646" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45366" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48876" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69502" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78514" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51581" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56065" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83854" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57371" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44783" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45524" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47980" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64641" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76806" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44436" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49048" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51763" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59172" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45100" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65909" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67062" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78356" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46313" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48429" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49904" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52555" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53790" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82142" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54856" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44558" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45261" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32472" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68094" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47967" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48601" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50925" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82936" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44655" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56369" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63852" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75455" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45589" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44556" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45062" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47900" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48118" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50015" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=56624" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44647" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45187" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46295" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44435" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48303" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51232" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=53079" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=64617" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44557" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44718" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45064" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45598" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46945" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45336" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47348" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48148" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48536" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48863" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50093" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51835" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=56625" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44498" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44648" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45466" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46307" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=33598" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44948" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45188" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45390" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46946" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47971" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48326" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49416" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44444" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51334" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=55705" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44565" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45635" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=56717" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44771" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45074" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45339" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46312" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47350" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48149" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48561" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48871" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50206" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52109" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44510" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45468" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=53199" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44649" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44971" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45204" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45393" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45773" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47067" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44449" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47978" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48372" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49444" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51372" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52126" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=57143" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44570" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44775" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45121" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45344" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45471" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46645" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47353" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48160" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48664" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48886" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50319" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51459" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=53200" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44511" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44650" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44973" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45220" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45423" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44450" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45397" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45788" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47068" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47979" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48377" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49478" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50337" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52173" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44571" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44854" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45126" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=57600" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45346" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45514" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46653" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47655" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48187" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48666" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48899" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49481" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51566" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44512" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44652" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44974" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=53729" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45224" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45399" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45434" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45789" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47069" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=56358" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48426" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44455" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48909" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44574" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50778" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52177" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=58643" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44888" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45129" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45351" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45515" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46654" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47658" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48235" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48670" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48773" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44521" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49499" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51616" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=54123" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44660" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44986" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45242" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45437" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45798" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47123" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45353" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47997" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48434" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48941" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50822" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52262" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=59011" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44616" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44896" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45140" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45521" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46701" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45255" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47659" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48261" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48680" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48780" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49677" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51621" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=54638" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44529" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44661" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44987" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45441" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45878" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45142" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45373" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47177" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48015" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48443" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44372" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49041" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=50823" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52579" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44620" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44902" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45523" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=59142" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45002" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45262" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46703" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47773" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48263" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48697" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48807" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49822" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51657" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44542" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44663" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=54777" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44920" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45443" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45955" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47179" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48022" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48454" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45144" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45374" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49055" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51041" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44427" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44621" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52759" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=59222" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44701" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45561" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46735" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47896" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48270" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45019" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45263" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48710" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48814" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44548" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49959" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51700" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=55349" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44635" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45448" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46015" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47181" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48110" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44922" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45153" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45375" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48459" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44433" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49189" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51042" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=52778" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=34150" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45569" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46775" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47897" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44549" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44707" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45036" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45273" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48289" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48488" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48849" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49969" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51711" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=55973" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45456" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46293" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44474" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44638" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44936" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45177" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45383" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47345" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48116" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44434" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48294" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=55795" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51048" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=53019" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=62926" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44717" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45286" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=46943" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48513" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=48852" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=51811" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45458" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44495" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=44947" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47346" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=45388" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=47968" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../amoore/Downloads/credView.asp%3fcredidnt=49366" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45468" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56717" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44542" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44987" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47346" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68450" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47897" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48863" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51699" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44621" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45142" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45635" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44433" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48015" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49416" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52371" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44701" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46312" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54123" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58413" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45255" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46946" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48263" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48488" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50085" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44474" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45434" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66230" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44920" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45360" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47350" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48701" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51042" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44549" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45513" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51711" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65518" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45019" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45788" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47929" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48886" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52759" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44638" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45153" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46653" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44435" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48110" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49449" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50206" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51811" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54638" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59011" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44556" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44717" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45036" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45263" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45441" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45789" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68039" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47068" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47968" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48289" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48536" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48899" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49478" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51334" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44498" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44647" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44936" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45177" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45383" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52778" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33788" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44444" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45374" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45515" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46654" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47655" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48116" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48773" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48909" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50319" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44557" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44718" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45062" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51835" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54639" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59014" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76057" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45273" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45443" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45798" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47069" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47971" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48294" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48561" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48780" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49481" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44510" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44648" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44947" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51372" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53019" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33462" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45186" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45375" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45388" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45521" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46701" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47656" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48118" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44449" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48576" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44565" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48941" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50334" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51866" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54777" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59142" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76993" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44771" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45064" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45286" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45448" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45878" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47123" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47978" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48303" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48377" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44511" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48807" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49499" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51459" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53079" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65512" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44649" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44948" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45187" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45390" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45523" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46703" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77116" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45336" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47657" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48148" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48606" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49041" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50335" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51928" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55349" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59222" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44570" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44775" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45072" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45456" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45955" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67580" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45204" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47177" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47979" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48326" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48426" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48814" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49677" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51566" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53199" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44512" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44650" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44971" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45393" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45561" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=34150" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45074" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45339" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46735" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47658" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48149" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79988" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44372" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48664" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49055" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50337" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44571" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44854" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45457" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52109" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55713" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57076" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44973" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45220" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46015" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47179" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47996" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48349" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68215" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48434" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48830" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49822" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44519" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44652" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51616" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55705" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44888" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45397" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45569" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46773" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47659" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48160" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33782" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45121" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45344" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48666" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49189" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44388" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44574" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50778" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52173" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55973" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44660" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45458" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46293" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47181" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56358" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57143" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67335" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44974" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45224" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48372" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48443" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44521" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48849" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49959" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51621" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53200" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44616" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45399" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45589" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46775" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47773" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33759" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44896" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45126" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45346" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48187" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44427" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48670" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55795" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50822" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52177" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56624" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45466" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46295" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47345" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57211" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71088" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44529" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44661" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44986" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45242" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47997" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48235" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48454" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48852" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49969" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51657" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53729" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45421" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45598" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33565" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44450" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44620" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44902" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45140" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45351" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46943" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47896" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44430" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48002" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48680" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49366" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50823" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52262" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57600" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44663" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45243" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46307" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48261" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48459" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50015" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45423" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53786" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44455" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44912" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46945" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62926" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45353" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47348" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48697" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51041" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44548" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45471" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66430" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47900" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48871" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51700" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44635" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45773" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52579" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45144" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46645" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48022" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44434" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49444" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54597" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58642" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44707" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45262" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47067" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48270" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48513" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50093" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44495" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45437" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51232" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33598" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44922" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45373" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45514" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47353" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48710" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54767" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44826" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G360"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{27C4F93E-6863-4512-86C9-772294C27AA7}">
+  <dimension ref="A1:G388"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:G1"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A363" workbookViewId="0">
+      <selection activeCell="A389" sqref="A389:XFD389"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="22.140625" style="3" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="3"/>
+    <col min="1" max="1" width="17.44140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="30.33203125" style="3" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="43.77734375" style="3" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="17.5546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="37.88671875" style="3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.33203125" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.21875" style="3" bestFit="1" customWidth="1"/>
+    <col min="8" max="16384" width="8.88671875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
-        <v>20</v>
+        <v>1511</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>21</v>
+        <v>1931</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E2" s="5" t="s">
-        <v>23</v>
+        <v>1512</v>
       </c>
       <c r="F2" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G2" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
-        <v>27</v>
+        <v>1657</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>28</v>
+        <v>1962</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>29</v>
+        <v>1658</v>
       </c>
       <c r="F3" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G3" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="4" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>1243</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="G4" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>1795</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="F5" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="F6" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="4" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="4" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>1852</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="4" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>1352</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>493</v>
+      </c>
+      <c r="G10" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="4" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="G11" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="4" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F12" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G12" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="4" t="s">
+        <v>747</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>2005</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>748</v>
+      </c>
+      <c r="F13" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="G3" s="7">
-[...88 lines deleted...]
-      <c r="F7" s="6" t="s">
+      <c r="G13" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="4" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F14" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G7" s="7">
-[...159 lines deleted...]
-      </c>
       <c r="G14" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="4" t="s">
-        <v>101</v>
+        <v>127</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>102</v>
+        <v>1774</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>103</v>
+        <v>128</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G15" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="4" t="s">
-        <v>113</v>
+        <v>1482</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>114</v>
+        <v>1926</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="F16" s="6"/>
+        <v>1483</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="G16" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4" t="s">
-        <v>119</v>
+        <v>765</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>120</v>
+        <v>1822</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>121</v>
+        <v>766</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4" t="s">
-        <v>141</v>
+        <v>773</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>142</v>
+        <v>2006</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>143</v>
+        <v>774</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G18" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="4" t="s">
-        <v>144</v>
+        <v>700</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>145</v>
+        <v>2089</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>146</v>
+        <v>701</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G19" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="4" t="s">
-        <v>150</v>
+        <v>1285</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>151</v>
+        <v>2130</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>152</v>
+        <v>1286</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>10</v>
+        <v>229</v>
       </c>
       <c r="G20" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="4" t="s">
-        <v>153</v>
+        <v>1513</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>154</v>
+        <v>1932</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>155</v>
+        <v>1514</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>10</v>
+        <v>516</v>
       </c>
       <c r="G21" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A22" s="4" t="s">
-        <v>162</v>
+        <v>1400</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>163</v>
+        <v>2144</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>164</v>
+        <v>1401</v>
       </c>
       <c r="F22" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="4" t="s">
-        <v>168</v>
+        <v>819</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>169</v>
+        <v>2095</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>170</v>
+        <v>820</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G23" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4" t="s">
-        <v>183</v>
+        <v>1454</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>184</v>
+        <v>2148</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>185</v>
+        <v>1455</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>186</v>
+        <v>14</v>
       </c>
       <c r="G24" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="4" t="s">
-        <v>190</v>
+        <v>1147</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>191</v>
+        <v>2020</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>192</v>
+        <v>1148</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G25" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="4" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>1563</v>
+      </c>
+      <c r="F26" s="6" t="s">
+        <v>1564</v>
+      </c>
+      <c r="G26" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="4" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>1433</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G27" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="4" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>1481</v>
+      </c>
+      <c r="F28" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G28" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="4" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>1631</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G29" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="4" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>1449</v>
+      </c>
+      <c r="F30" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G30" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="4" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F31" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="G31" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="F32" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G32" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="F33" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="G33" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="4" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>2157</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>1528</v>
+      </c>
+      <c r="F34" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G34" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F35" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="4" t="s">
+        <v>922</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>2102</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>923</v>
+      </c>
+      <c r="F36" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="G36" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="4" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>1678</v>
+      </c>
+      <c r="F37" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G37" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="4" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F38" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="G38" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="4" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>1545</v>
+      </c>
+      <c r="F39" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="G39" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="F40" s="6" t="s">
+        <v>392</v>
+      </c>
+      <c r="G40" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="4" t="s">
         <v>193</v>
       </c>
-      <c r="B26" s="5" t="s">
+      <c r="B41" s="5" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="C26" s="5" t="s">
-[...352 lines deleted...]
-      </c>
       <c r="F41" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G41" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A42" s="4" t="s">
-        <v>301</v>
+        <v>1498</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>302</v>
+        <v>2154</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>303</v>
+        <v>1499</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>10</v>
+        <v>803</v>
       </c>
       <c r="G42" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A43" s="4" t="s">
-        <v>310</v>
+        <v>1620</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>311</v>
+        <v>2172</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>312</v>
+        <v>1621</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>10</v>
+        <v>516</v>
       </c>
       <c r="G43" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A44" s="4" t="s">
-        <v>313</v>
+        <v>1005</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>314</v>
+        <v>2110</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>315</v>
+        <v>1006</v>
       </c>
       <c r="F44" s="6" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="G44" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A45" s="4" t="s">
-        <v>346</v>
+        <v>1342</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>347</v>
+        <v>2027</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>348</v>
+        <v>1343</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>202</v>
+        <v>10</v>
       </c>
       <c r="G45" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A46" s="4" t="s">
-        <v>349</v>
+        <v>1533</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>350</v>
+        <v>2159</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>351</v>
+        <v>1534</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G46" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A47" s="4" t="s">
-        <v>352</v>
+        <v>1673</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>353</v>
+        <v>2179</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>354</v>
+        <v>1674</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G47" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A48" s="4" t="s">
-        <v>358</v>
+        <v>1026</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>359</v>
+        <v>1846</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>360</v>
+        <v>1027</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="G48" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A49" s="4" t="s">
-        <v>368</v>
+        <v>1404</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>369</v>
+        <v>2032</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>370</v>
+        <v>1405</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G49" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A50" s="4" t="s">
-        <v>374</v>
+        <v>675</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>375</v>
+        <v>2088</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>376</v>
+        <v>676</v>
       </c>
       <c r="F50" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A51" s="4" t="s">
-        <v>377</v>
+        <v>1702</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>378</v>
+        <v>2052</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>379</v>
+        <v>1703</v>
       </c>
       <c r="F51" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="G51" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="4" t="s">
+        <v>557</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>2081</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="F52" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G51" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G52" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A53" s="4" t="s">
-        <v>383</v>
+        <v>1408</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>384</v>
+        <v>2033</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>385</v>
+        <v>1409</v>
       </c>
       <c r="F53" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G53" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A54" s="4" t="s">
+        <v>875</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>2010</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>876</v>
+      </c>
+      <c r="F54" s="6" t="s">
+        <v>877</v>
+      </c>
+      <c r="G54" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="4" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>1762</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F55" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="4" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>1328</v>
+      </c>
+      <c r="F56" s="6" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G56" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="4" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>1603</v>
+      </c>
+      <c r="F57" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G57" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>2077</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" s="5" t="s">
         <v>407</v>
       </c>
-      <c r="B54" s="5" t="s">
-[...42 lines deleted...]
-      <c r="A56" s="4" t="s">
+      <c r="F58" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="G58" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="4" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>1699</v>
+      </c>
+      <c r="F59" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F60" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G60" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="F61" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G61" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="4" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>1399</v>
+      </c>
+      <c r="F62" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G62" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="4" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F63" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="4" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>1885</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>1284</v>
+      </c>
+      <c r="F64" s="6" t="s">
+        <v>803</v>
+      </c>
+      <c r="G64" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="4" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F65" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G65" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="4" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>2131</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>1297</v>
+      </c>
+      <c r="F66" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G66" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="4" t="s">
         <v>425</v>
       </c>
-      <c r="B56" s="5" t="s">
+      <c r="B67" s="5" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" s="5" t="s">
         <v>426</v>
       </c>
-      <c r="C56" s="5" t="s">
-[...260 lines deleted...]
-      </c>
       <c r="F67" s="6" t="s">
-        <v>100</v>
+        <v>206</v>
       </c>
       <c r="G67" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A68" s="4" t="s">
-        <v>489</v>
+        <v>1321</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>490</v>
+        <v>1893</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>491</v>
+        <v>1322</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>236</v>
+        <v>10</v>
       </c>
       <c r="G68" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A69" s="4" t="s">
-        <v>492</v>
+        <v>1496</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>493</v>
+        <v>2153</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>494</v>
+        <v>1497</v>
       </c>
       <c r="F69" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G69" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="4" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>1910</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>1425</v>
+      </c>
+      <c r="F70" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="G70" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="F71" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G71" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A72" s="4" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>1929</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="F72" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G69" s="7">
-[...19 lines deleted...]
-      <c r="F70" s="6" t="s">
+      <c r="G72" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A73" s="4" t="s">
+        <v>945</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>2104</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>946</v>
+      </c>
+      <c r="F73" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G73" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A74" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="F74" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G74" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="4" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F75" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G75" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A76" s="4" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F76" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G76" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="4" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F77" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G70" s="7">
-[...111 lines deleted...]
-      <c r="F75" s="6" t="s">
+      <c r="G77" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A78" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="F78" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G78" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="4" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F79" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G75" s="7">
-[...90 lines deleted...]
-      </c>
       <c r="G79" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A80" s="4" t="s">
-        <v>589</v>
+        <v>1500</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>590</v>
+        <v>1928</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>591</v>
-[...3 lines deleted...]
-      </c>
+        <v>1501</v>
+      </c>
+      <c r="F80" s="6"/>
       <c r="G80" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A81" s="4" t="s">
-        <v>599</v>
+        <v>1591</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>600</v>
+        <v>2169</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>601</v>
+        <v>1592</v>
       </c>
       <c r="F81" s="6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G81" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A82" s="4" t="s">
-        <v>605</v>
+        <v>1160</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>606</v>
+        <v>2119</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>607</v>
+        <v>1161</v>
       </c>
       <c r="F82" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A83" s="4" t="s">
-        <v>608</v>
+        <v>1094</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>609</v>
+        <v>2116</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>610</v>
+        <v>1095</v>
       </c>
       <c r="F83" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A84" s="4" t="s">
-        <v>620</v>
+        <v>1608</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>621</v>
+        <v>2171</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>622</v>
+        <v>1609</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>10</v>
+        <v>176</v>
       </c>
       <c r="G84" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A85" s="4" t="s">
-        <v>623</v>
+        <v>670</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>624</v>
+        <v>2087</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>625</v>
+        <v>671</v>
       </c>
       <c r="F85" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G85" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A86" s="4" t="s">
-        <v>626</v>
+        <v>1548</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>627</v>
+        <v>1941</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>628</v>
+        <v>1549</v>
       </c>
       <c r="F86" s="6" t="s">
-        <v>10</v>
+        <v>229</v>
       </c>
       <c r="G86" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A87" s="4" t="s">
-        <v>629</v>
+        <v>1289</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>630</v>
+        <v>2023</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>631</v>
+        <v>1290</v>
       </c>
       <c r="F87" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G87" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A88" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="F88" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G88" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="4" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>2057</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F89" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G89" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A90" s="4" t="s">
+        <v>849</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="F90" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G90" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A91" s="4" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F91" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G87" s="7">
-[...42 lines deleted...]
-      <c r="F89" s="6" t="s">
+      <c r="G91" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A92" s="4" t="s">
+        <v>608</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>2002</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="F92" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="G92" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A93" s="4" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>1744</v>
+      </c>
+      <c r="F93" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G89" s="7">
-[...90 lines deleted...]
-      </c>
       <c r="G93" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A94" s="4" t="s">
-        <v>675</v>
+        <v>733</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>676</v>
+        <v>1818</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>677</v>
+        <v>734</v>
       </c>
       <c r="F94" s="6" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G94" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A95" s="4" t="s">
-        <v>688</v>
+        <v>1624</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>689</v>
+        <v>2045</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>690</v>
+        <v>1625</v>
       </c>
       <c r="F95" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G95" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A96" s="4" t="s">
-        <v>700</v>
+        <v>486</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>701</v>
+        <v>1996</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>702</v>
+        <v>487</v>
       </c>
       <c r="F96" s="6" t="s">
-        <v>703</v>
+        <v>176</v>
       </c>
       <c r="G96" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A97" s="4" t="s">
-        <v>710</v>
+        <v>1538</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>711</v>
+        <v>2160</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>712</v>
+        <v>1539</v>
       </c>
       <c r="F97" s="6" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G97" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A98" s="4" t="s">
-        <v>716</v>
+        <v>1572</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>717</v>
+        <v>1945</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>718</v>
+        <v>1573</v>
       </c>
       <c r="F98" s="6" t="s">
-        <v>34</v>
+        <v>256</v>
       </c>
       <c r="G98" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A99" s="4" t="s">
-        <v>735</v>
+        <v>1726</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>736</v>
+        <v>1972</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>737</v>
+        <v>1727</v>
       </c>
       <c r="F99" s="6" t="s">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G99" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A100" s="4" t="s">
-        <v>738</v>
+        <v>1368</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>739</v>
+        <v>2142</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>740</v>
+        <v>1369</v>
       </c>
       <c r="F100" s="6" t="s">
-        <v>263</v>
+        <v>10</v>
       </c>
       <c r="G100" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A101" s="4" t="s">
-        <v>765</v>
+        <v>477</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>766</v>
+        <v>1802</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>767</v>
+        <v>478</v>
       </c>
       <c r="F101" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G101" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A102" s="4" t="s">
-        <v>768</v>
+        <v>585</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>769</v>
+        <v>1810</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>770</v>
+        <v>586</v>
       </c>
       <c r="F102" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G102" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A103" s="4" t="s">
-        <v>774</v>
+        <v>1651</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>775</v>
+        <v>1960</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>776</v>
+        <v>1652</v>
       </c>
       <c r="F103" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="G103" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A104" s="4" t="s">
-        <v>780</v>
+        <v>315</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>781</v>
+        <v>1792</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>782</v>
+        <v>316</v>
       </c>
       <c r="F104" s="6" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="G104" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A105" s="4" t="s">
-        <v>801</v>
+        <v>1374</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>802</v>
+        <v>1900</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>803</v>
+        <v>1375</v>
       </c>
       <c r="F105" s="6" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="G105" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A106" s="4" t="s">
-        <v>804</v>
+        <v>41</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>805</v>
+        <v>1766</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>806</v>
+        <v>42</v>
       </c>
       <c r="F106" s="6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G106" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A107" s="4" t="s">
-        <v>810</v>
+        <v>1476</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>811</v>
+        <v>1923</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>812</v>
+        <v>1477</v>
       </c>
       <c r="F107" s="6" t="s">
-        <v>236</v>
+        <v>10</v>
       </c>
       <c r="G107" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A108" s="4" t="s">
-        <v>813</v>
+        <v>1474</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>814</v>
+        <v>1922</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>815</v>
+        <v>1475</v>
       </c>
       <c r="F108" s="6" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="G108" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A109" s="4" t="s">
-        <v>822</v>
+        <v>1197</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>823</v>
+        <v>1872</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>824</v>
+        <v>1198</v>
       </c>
       <c r="F109" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G109" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A110" s="4" t="s">
-        <v>825</v>
+        <v>717</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>826</v>
+        <v>2091</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>827</v>
+        <v>718</v>
       </c>
       <c r="F110" s="6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G110" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A111" s="4" t="s">
-        <v>840</v>
+        <v>169</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>841</v>
+        <v>2063</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>842</v>
+        <v>170</v>
       </c>
       <c r="F111" s="6" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G111" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A112" s="4" t="s">
-        <v>843</v>
+        <v>1675</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>844</v>
+        <v>1967</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>845</v>
+        <v>1676</v>
       </c>
       <c r="F112" s="6" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="G112" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A113" s="4" t="s">
-        <v>858</v>
+        <v>642</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>859</v>
+        <v>2086</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>860</v>
+        <v>643</v>
       </c>
       <c r="F113" s="6" t="s">
-        <v>34</v>
+        <v>229</v>
       </c>
       <c r="G113" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A114" s="4" t="s">
-        <v>861</v>
+        <v>1634</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>862</v>
+        <v>1958</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>863</v>
+        <v>1635</v>
       </c>
       <c r="F114" s="6" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="G114" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A115" s="4" t="s">
-        <v>867</v>
+        <v>1750</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>868</v>
+        <v>1976</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>869</v>
+        <v>1751</v>
       </c>
       <c r="F115" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G115" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A116" s="4" t="s">
-        <v>876</v>
+        <v>1696</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>877</v>
+        <v>2185</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>878</v>
+        <v>1697</v>
       </c>
       <c r="F116" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A117" s="4" t="s">
-        <v>882</v>
+        <v>1467</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>883</v>
+        <v>2150</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>884</v>
+        <v>1468</v>
       </c>
       <c r="F117" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="G117" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A118" s="4" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>2189</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>1738</v>
+      </c>
+      <c r="F118" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G118" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A119" s="4" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F119" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="G119" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A120" s="4" t="s">
+        <v>993</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>994</v>
+      </c>
+      <c r="F120" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G120" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A121" s="4" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>2181</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F121" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G121" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A122" s="4" t="s">
+        <v>547</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="F122" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G117" s="7">
-[...111 lines deleted...]
-      </c>
       <c r="G122" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A123" s="4" t="s">
-        <v>943</v>
+        <v>161</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>944</v>
+        <v>1777</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>945</v>
+        <v>162</v>
       </c>
       <c r="F123" s="6" t="s">
-        <v>34</v>
+        <v>163</v>
       </c>
       <c r="G123" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A124" s="4" t="s">
-        <v>946</v>
+        <v>246</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>947</v>
+        <v>1787</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>948</v>
+        <v>247</v>
       </c>
       <c r="F124" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A125" s="4" t="s">
-        <v>955</v>
+        <v>934</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>956</v>
+        <v>2103</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>957</v>
+        <v>935</v>
       </c>
       <c r="F125" s="6" t="s">
-        <v>134</v>
+        <v>11</v>
       </c>
       <c r="G125" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A126" s="4" t="s">
-        <v>958</v>
+        <v>1550</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>959</v>
+        <v>2162</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>960</v>
+        <v>1551</v>
       </c>
       <c r="F126" s="6" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G126" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A127" s="4" t="s">
-        <v>964</v>
+        <v>698</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>965</v>
+        <v>1816</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>966</v>
+        <v>699</v>
       </c>
       <c r="F127" s="6" t="s">
-        <v>202</v>
+        <v>30</v>
       </c>
       <c r="G127" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A128" s="4" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B128" s="5" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C128" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D128" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F128" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G128" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A129" s="4" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B129" s="5" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C129" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D129" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" s="5" t="s">
+        <v>1507</v>
+      </c>
+      <c r="F129" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G129" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A130" s="4" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>1917</v>
+      </c>
+      <c r="C130" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D130" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E130" s="5" t="s">
+        <v>1447</v>
+      </c>
+      <c r="F130" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G130" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A131" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C131" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D131" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E131" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="F131" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G131" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A132" s="4" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B132" s="5" t="s">
+        <v>2149</v>
+      </c>
+      <c r="C132" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D132" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E132" s="5" t="s">
+        <v>1463</v>
+      </c>
+      <c r="F132" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G132" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A133" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="B133" s="5" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C133" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D133" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="F133" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G133" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A134" s="4" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B134" s="5" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C134" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D134" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E134" s="5" t="s">
+        <v>1736</v>
+      </c>
+      <c r="F134" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G134" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A135" s="4" t="s">
+        <v>541</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>1806</v>
+      </c>
+      <c r="C135" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D135" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E135" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="F135" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G135" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A136" s="4" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D136" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E136" s="5" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F136" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G136" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A137" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="B137" s="5" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C137" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D137" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E137" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="F137" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="G137" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A138" s="4" t="s">
         <v>976</v>
       </c>
-      <c r="B128" s="5" t="s">
+      <c r="B138" s="5" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C138" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D138" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E138" s="5" t="s">
         <v>977</v>
       </c>
-      <c r="C128" s="5" t="s">
-[...77 lines deleted...]
-      <c r="F131" s="6" t="s">
+      <c r="F138" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G138" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A139" s="4" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B139" s="5" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>1575</v>
+      </c>
+      <c r="F139" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G139" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A140" s="4" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B140" s="5" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C140" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D140" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E140" s="5" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F140" s="6" t="s">
+        <v>516</v>
+      </c>
+      <c r="G140" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A141" s="4" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B141" s="5" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C141" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D141" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E141" s="5" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F141" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="G141" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A142" s="4" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B142" s="5" t="s">
+        <v>2114</v>
+      </c>
+      <c r="C142" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D142" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E142" s="5" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F142" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G142" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A143" s="4" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B143" s="5" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C143" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D143" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E143" s="5" t="s">
+        <v>1617</v>
+      </c>
+      <c r="F143" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G143" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A144" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="B144" s="5" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C144" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D144" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E144" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="F144" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G144" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A145" s="4" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B145" s="5" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C145" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D145" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E145" s="5" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F145" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G145" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A146" s="4" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B146" s="5" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C146" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D146" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E146" s="5" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F146" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G131" s="7">
-[...178 lines deleted...]
-      <c r="F139" s="6" t="s">
+      <c r="G146" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A147" s="4" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C147" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D147" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E147" s="5" t="s">
+        <v>1159</v>
+      </c>
+      <c r="F147" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G147" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A148" s="4" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B148" s="5" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C148" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D148" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E148" s="5" t="s">
+        <v>1693</v>
+      </c>
+      <c r="F148" s="6"/>
+      <c r="G148" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A149" s="4" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B149" s="5" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C149" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D149" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E149" s="5" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F149" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G139" s="7">
-[...180 lines deleted...]
-      <c r="F147" s="6" t="s">
+      <c r="G149" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A150" s="4" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B150" s="5" t="s">
+        <v>1938</v>
+      </c>
+      <c r="C150" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D150" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>1543</v>
+      </c>
+      <c r="F150" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G150" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A151" s="4" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B151" s="5" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C151" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D151" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E151" s="5" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F151" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G151" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A152" s="4" t="s">
+        <v>881</v>
+      </c>
+      <c r="B152" s="5" t="s">
+        <v>1830</v>
+      </c>
+      <c r="C152" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D152" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="F152" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G152" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A153" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="B153" s="5" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C153" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D153" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E153" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="F153" s="6" t="s">
+        <v>516</v>
+      </c>
+      <c r="G153" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A154" s="4" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B154" s="5" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C154" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D154" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E154" s="5" t="s">
+        <v>1615</v>
+      </c>
+      <c r="F154" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G154" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A155" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="B155" s="5" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C155" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D155" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E155" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="F155" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G147" s="7">
-[...182 lines deleted...]
-      </c>
       <c r="G155" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A156" s="4" t="s">
-        <v>1127</v>
+        <v>1199</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>1128</v>
+        <v>1873</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>1129</v>
+        <v>1200</v>
       </c>
       <c r="F156" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G156" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A157" s="4" t="s">
-        <v>1130</v>
+        <v>28</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>1131</v>
+        <v>1763</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E157" s="5" t="s">
-        <v>1132</v>
+        <v>29</v>
       </c>
       <c r="F157" s="6" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G157" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A158" s="4" t="s">
-        <v>1133</v>
+        <v>142</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>1134</v>
+        <v>1775</v>
       </c>
       <c r="C158" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>1135</v>
+        <v>143</v>
       </c>
       <c r="F158" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G158" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A159" s="4" t="s">
-        <v>1142</v>
+        <v>1045</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>1143</v>
+        <v>1850</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>1144</v>
+        <v>1046</v>
       </c>
       <c r="F159" s="6" t="s">
-        <v>243</v>
+        <v>14</v>
       </c>
       <c r="G159" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A160" s="4" t="s">
-        <v>1145</v>
+        <v>1214</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>1146</v>
+        <v>1875</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>1147</v>
+        <v>1215</v>
       </c>
       <c r="F160" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G160" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A161" s="4" t="s">
-        <v>1148</v>
+        <v>1700</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>1149</v>
+        <v>1969</v>
       </c>
       <c r="C161" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>1150</v>
+        <v>1701</v>
       </c>
       <c r="F161" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G161" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A162" s="4" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B162" s="5" t="s">
+        <v>2121</v>
+      </c>
+      <c r="C162" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D162" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E162" s="5" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F162" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G162" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A163" s="4" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B163" s="5" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C163" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D163" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E163" s="5" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F163" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G163" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A164" s="4" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B164" s="5" t="s">
+        <v>2182</v>
+      </c>
+      <c r="C164" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D164" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E164" s="5" t="s">
+        <v>1689</v>
+      </c>
+      <c r="F164" s="6" t="s">
+        <v>803</v>
+      </c>
+      <c r="G164" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A165" s="4" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B165" s="5" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C165" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D165" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E165" s="5" t="s">
+        <v>1723</v>
+      </c>
+      <c r="F165" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G165" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A166" s="4" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B166" s="5" t="s">
+        <v>2190</v>
+      </c>
+      <c r="C166" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D166" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E166" s="5" t="s">
+        <v>1742</v>
+      </c>
+      <c r="F166" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G161" s="7">
-[...113 lines deleted...]
-      </c>
       <c r="G166" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A167" s="4" t="s">
-        <v>1184</v>
+        <v>1434</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>1185</v>
+        <v>1914</v>
       </c>
       <c r="C167" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>1186</v>
+        <v>1435</v>
       </c>
       <c r="F167" s="6" t="s">
-        <v>10</v>
+        <v>206</v>
       </c>
       <c r="G167" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A168" s="4" t="s">
-        <v>1193</v>
+        <v>1325</v>
       </c>
       <c r="B168" s="5" t="s">
-        <v>1194</v>
+        <v>1895</v>
       </c>
       <c r="C168" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>1195</v>
+        <v>1326</v>
       </c>
       <c r="F168" s="6" t="s">
-        <v>134</v>
+        <v>17</v>
       </c>
       <c r="G168" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A169" s="4" t="s">
-        <v>1196</v>
+        <v>1279</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>1197</v>
+        <v>1883</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E169" s="5" t="s">
-        <v>1198</v>
+        <v>1280</v>
       </c>
       <c r="F169" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G169" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A170" s="4" t="s">
-        <v>1205</v>
+        <v>1247</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>1206</v>
+        <v>2126</v>
       </c>
       <c r="C170" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>1207</v>
+        <v>1248</v>
       </c>
       <c r="F170" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G170" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A171" s="4" t="s">
-        <v>1208</v>
+        <v>1712</v>
       </c>
       <c r="B171" s="5" t="s">
-        <v>1209</v>
+        <v>2053</v>
       </c>
       <c r="C171" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>1210</v>
+        <v>1713</v>
       </c>
       <c r="F171" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G171" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A172" s="4" t="s">
+        <v>623</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>2084</v>
+      </c>
+      <c r="C172" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D172" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="F172" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G172" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A173" s="4" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>2143</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D173" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E173" s="5" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F173" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G171" s="7">
-[...19 lines deleted...]
-      <c r="F172" s="6" t="s">
+      <c r="G173" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A174" s="4" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E174" s="5" t="s">
+        <v>1495</v>
+      </c>
+      <c r="F174" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G172" s="7">
-[...44 lines deleted...]
-      </c>
       <c r="G174" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A175" s="4" t="s">
-        <v>1229</v>
+        <v>1554</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>1230</v>
+        <v>1943</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E175" s="5" t="s">
-        <v>1231</v>
+        <v>1555</v>
       </c>
       <c r="F175" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G175" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A176" s="4" t="s">
-        <v>1235</v>
+        <v>953</v>
       </c>
       <c r="B176" s="5" t="s">
-        <v>1236</v>
+        <v>2105</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>1237</v>
+        <v>954</v>
       </c>
       <c r="F176" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="G176" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A177" s="4" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B177" s="5" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C177" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D177" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E177" s="5" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F177" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G176" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G177" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A178" s="4" t="s">
-        <v>1244</v>
+        <v>545</v>
       </c>
       <c r="B178" s="5" t="s">
-        <v>1245</v>
+        <v>1999</v>
       </c>
       <c r="C178" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>1246</v>
+        <v>546</v>
       </c>
       <c r="F178" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G178" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A179" s="4" t="s">
-        <v>1247</v>
+        <v>834</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>1248</v>
+        <v>2008</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>1249</v>
+        <v>835</v>
       </c>
       <c r="F179" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G179" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A180" s="4" t="s">
-        <v>1253</v>
+        <v>873</v>
       </c>
       <c r="B180" s="5" t="s">
-        <v>1254</v>
+        <v>1829</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>1255</v>
-[...3 lines deleted...]
-      </c>
+        <v>874</v>
+      </c>
+      <c r="F180" s="6"/>
       <c r="G180" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A181" s="4" t="s">
-        <v>1259</v>
+        <v>988</v>
       </c>
       <c r="B181" s="5" t="s">
-        <v>1260</v>
+        <v>1842</v>
       </c>
       <c r="C181" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E181" s="5" t="s">
-        <v>1261</v>
+        <v>989</v>
       </c>
       <c r="F181" s="6" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="G181" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A182" s="4" t="s">
-        <v>1262</v>
+        <v>1595</v>
       </c>
       <c r="B182" s="5" t="s">
-        <v>1263</v>
+        <v>1948</v>
       </c>
       <c r="C182" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>1264</v>
+        <v>1596</v>
       </c>
       <c r="F182" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G182" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A183" s="4" t="s">
+        <v>479</v>
+      </c>
+      <c r="B183" s="5" t="s">
+        <v>1994</v>
+      </c>
+      <c r="C183" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D183" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E183" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="F183" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G182" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G183" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A184" s="4" t="s">
-        <v>1274</v>
+        <v>1733</v>
       </c>
       <c r="B184" s="5" t="s">
-        <v>1275</v>
+        <v>2188</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E184" s="5" t="s">
-        <v>1276</v>
+        <v>1734</v>
       </c>
       <c r="F184" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A185" s="4" t="s">
-        <v>1277</v>
+        <v>1036</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>1278</v>
+        <v>1847</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>1279</v>
+        <v>1037</v>
       </c>
       <c r="F185" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A186" s="4" t="s">
-        <v>1283</v>
+        <v>1149</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>1284</v>
+        <v>1861</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>1285</v>
+        <v>1150</v>
       </c>
       <c r="F186" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G186" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A187" s="4" t="s">
-        <v>1286</v>
+        <v>1323</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>1287</v>
+        <v>1894</v>
       </c>
       <c r="C187" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>1288</v>
+        <v>1324</v>
       </c>
       <c r="F187" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G187" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A188" s="4" t="s">
-        <v>1289</v>
+        <v>388</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>1290</v>
+        <v>1797</v>
       </c>
       <c r="C188" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E188" s="5" t="s">
-        <v>1291</v>
+        <v>389</v>
       </c>
       <c r="F188" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A189" s="4" t="s">
-        <v>1292</v>
+        <v>25</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>1293</v>
+        <v>2060</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>1294</v>
+        <v>26</v>
       </c>
       <c r="F189" s="6" t="s">
-        <v>202</v>
+        <v>27</v>
       </c>
       <c r="G189" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A190" s="4" t="s">
-        <v>1295</v>
+        <v>1576</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>1296</v>
+        <v>2040</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>1297</v>
+        <v>1577</v>
       </c>
       <c r="F190" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G190" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A191" s="4" t="s">
-        <v>1298</v>
+        <v>1560</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>1299</v>
+        <v>2039</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>1300</v>
+        <v>1561</v>
       </c>
       <c r="F191" s="6" t="s">
-        <v>253</v>
+        <v>206</v>
       </c>
       <c r="G191" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A192" s="4" t="s">
-        <v>1301</v>
+        <v>1694</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>1302</v>
+        <v>2184</v>
       </c>
       <c r="C192" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E192" s="5" t="s">
-        <v>1303</v>
+        <v>1695</v>
       </c>
       <c r="F192" s="6" t="s">
-        <v>236</v>
+        <v>11</v>
       </c>
       <c r="G192" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A193" s="4" t="s">
-        <v>1313</v>
+        <v>760</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>1314</v>
+        <v>1821</v>
       </c>
       <c r="C193" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E193" s="5" t="s">
-        <v>1315</v>
+        <v>761</v>
       </c>
       <c r="F193" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G193" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A194" s="4" t="s">
-        <v>1316</v>
+        <v>1259</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>1317</v>
+        <v>2128</v>
       </c>
       <c r="C194" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E194" s="5" t="s">
-        <v>1318</v>
+        <v>1260</v>
       </c>
       <c r="F194" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G194" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A195" s="4" t="s">
-        <v>1322</v>
+        <v>1028</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>1323</v>
+        <v>2111</v>
       </c>
       <c r="C195" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E195" s="5" t="s">
-        <v>1324</v>
+        <v>1029</v>
       </c>
       <c r="F195" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G195" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A196" s="4" t="s">
-        <v>1338</v>
+        <v>1384</v>
       </c>
       <c r="B196" s="5" t="s">
-        <v>1339</v>
+        <v>2029</v>
       </c>
       <c r="C196" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E196" s="5" t="s">
-        <v>1340</v>
+        <v>1383</v>
       </c>
       <c r="F196" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G196" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A197" s="4" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>2049</v>
+      </c>
+      <c r="C197" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D197" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E197" s="5" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F197" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G197" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A198" s="4" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>2147</v>
+      </c>
+      <c r="C198" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D198" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E198" s="5" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F198" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G198" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A199" s="4" t="s">
+        <v>871</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C199" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D199" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E199" s="5" t="s">
+        <v>872</v>
+      </c>
+      <c r="F199" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G199" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A200" s="4" t="s">
+        <v>858</v>
+      </c>
+      <c r="B200" s="5" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C200" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D200" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E200" s="5" t="s">
+        <v>859</v>
+      </c>
+      <c r="F200" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G200" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A201" s="4" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B201" s="5" t="s">
+        <v>2167</v>
+      </c>
+      <c r="C201" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D201" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E201" s="5" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F201" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G201" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="202" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A202" s="4" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B202" s="5" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C202" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D202" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E202" s="5" t="s">
+        <v>1519</v>
+      </c>
+      <c r="F202" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G202" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="203" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A203" s="4" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B203" s="5" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C203" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D203" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E203" s="5" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F203" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="G203" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="204" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A204" s="4" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B204" s="5" t="s">
+        <v>1856</v>
+      </c>
+      <c r="C204" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D204" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E204" s="5" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F204" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="G204" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A205" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="B205" s="5" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C205" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D205" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E205" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="F205" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="G205" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A206" s="4" t="s">
+        <v>446</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C206" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D206" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E206" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="F206" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G206" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A207" s="4" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>2028</v>
+      </c>
+      <c r="C207" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D207" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E207" s="5" t="s">
+        <v>1360</v>
+      </c>
+      <c r="F207" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="G207" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A208" s="4" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D208" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E208" s="5" t="s">
+        <v>1270</v>
+      </c>
+      <c r="F208" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G196" s="7">
-[...226 lines deleted...]
-      <c r="F206" s="6" t="s">
+      <c r="G208" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A209" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>2109</v>
+      </c>
+      <c r="C209" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D209" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E209" s="5" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F209" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="G206" s="7">
-[...67 lines deleted...]
-      </c>
       <c r="G209" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A210" s="4" t="s">
-        <v>1398</v>
+        <v>240</v>
       </c>
       <c r="B210" s="5" t="s">
-        <v>1399</v>
+        <v>2066</v>
       </c>
       <c r="C210" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E210" s="5" t="s">
-        <v>1400</v>
+        <v>241</v>
       </c>
       <c r="F210" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A211" s="4" t="s">
-        <v>1401</v>
+        <v>984</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>1402</v>
+        <v>2108</v>
       </c>
       <c r="C211" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>1403</v>
+        <v>985</v>
       </c>
       <c r="F211" s="6" t="s">
-        <v>11</v>
+        <v>211</v>
       </c>
       <c r="G211" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A212" s="4" t="s">
-        <v>1404</v>
+        <v>1229</v>
       </c>
       <c r="B212" s="5" t="s">
-        <v>1405</v>
+        <v>2124</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E212" s="5" t="s">
-        <v>1406</v>
+        <v>1230</v>
       </c>
       <c r="F212" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A213" s="4" t="s">
-        <v>1407</v>
+        <v>1430</v>
       </c>
       <c r="B213" s="5" t="s">
-        <v>1408</v>
+        <v>1912</v>
       </c>
       <c r="C213" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E213" s="5" t="s">
-        <v>1409</v>
+        <v>1431</v>
       </c>
       <c r="F213" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G213" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A214" s="4" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>1921</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D214" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E214" s="5" t="s">
+        <v>1461</v>
+      </c>
+      <c r="F214" s="6" t="s">
+        <v>493</v>
+      </c>
+      <c r="G214" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A215" s="4" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E215" s="5" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F215" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="G215" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A216" s="4" t="s">
+        <v>887</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E216" s="5" t="s">
+        <v>888</v>
+      </c>
+      <c r="F216" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G213" s="7">
-[...19 lines deleted...]
-      <c r="F214" s="6" t="s">
+      <c r="G216" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A217" s="4" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B217" s="5" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C217" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D217" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E217" s="5" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F217" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G214" s="7">
-[...67 lines deleted...]
-      </c>
       <c r="G217" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A218" s="4" t="s">
-        <v>1437</v>
+        <v>1644</v>
       </c>
       <c r="B218" s="5" t="s">
-        <v>1438</v>
+        <v>2048</v>
       </c>
       <c r="C218" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D218" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E218" s="5" t="s">
-        <v>1439</v>
+        <v>1645</v>
       </c>
       <c r="F218" s="6" t="s">
-        <v>11</v>
+        <v>118</v>
       </c>
       <c r="G218" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A219" s="4" t="s">
-        <v>1440</v>
+        <v>344</v>
       </c>
       <c r="B219" s="5" t="s">
-        <v>1441</v>
+        <v>2073</v>
       </c>
       <c r="C219" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E219" s="5" t="s">
-        <v>1442</v>
+        <v>345</v>
       </c>
       <c r="F219" s="6" t="s">
-        <v>19</v>
+        <v>320</v>
       </c>
       <c r="G219" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A220" s="4" t="s">
-        <v>1443</v>
+        <v>1337</v>
       </c>
       <c r="B220" s="5" t="s">
-        <v>1444</v>
+        <v>2136</v>
       </c>
       <c r="C220" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D220" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E220" s="5" t="s">
-        <v>1445</v>
+        <v>1338</v>
       </c>
       <c r="F220" s="6" t="s">
-        <v>592</v>
+        <v>1339</v>
       </c>
       <c r="G220" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A221" s="4" t="s">
-        <v>1446</v>
+        <v>1632</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>1447</v>
+        <v>2173</v>
       </c>
       <c r="C221" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E221" s="5" t="s">
-        <v>1448</v>
+        <v>1633</v>
       </c>
       <c r="F221" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A222" s="4" t="s">
-        <v>1449</v>
+        <v>851</v>
       </c>
       <c r="B222" s="5" t="s">
-        <v>1450</v>
+        <v>2009</v>
       </c>
       <c r="C222" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E222" s="5" t="s">
-        <v>1451</v>
+        <v>852</v>
       </c>
       <c r="F222" s="6" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G222" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A223" s="4" t="s">
-        <v>1455</v>
+        <v>1642</v>
       </c>
       <c r="B223" s="5" t="s">
-        <v>1456</v>
+        <v>2047</v>
       </c>
       <c r="C223" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E223" s="5" t="s">
-        <v>1457</v>
-[...3 lines deleted...]
-      </c>
+        <v>1643</v>
+      </c>
+      <c r="F223" s="6"/>
       <c r="G223" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A224" s="4" t="s">
-        <v>1461</v>
+        <v>974</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>1462</v>
+        <v>1839</v>
       </c>
       <c r="C224" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E224" s="5" t="s">
-        <v>1463</v>
+        <v>975</v>
       </c>
       <c r="F224" s="6" t="s">
-        <v>243</v>
+        <v>10</v>
       </c>
       <c r="G224" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A225" s="4" t="s">
-        <v>1467</v>
+        <v>1164</v>
       </c>
       <c r="B225" s="5" t="s">
-        <v>1468</v>
+        <v>1866</v>
       </c>
       <c r="C225" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>1469</v>
+        <v>1165</v>
       </c>
       <c r="F225" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G225" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A226" s="4" t="s">
-        <v>1470</v>
+        <v>191</v>
       </c>
       <c r="B226" s="5" t="s">
-        <v>1471</v>
+        <v>1780</v>
       </c>
       <c r="C226" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>1472</v>
+        <v>192</v>
       </c>
       <c r="F226" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G226" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A227" s="4" t="s">
-        <v>1473</v>
+        <v>1267</v>
       </c>
       <c r="B227" s="5" t="s">
-        <v>1474</v>
+        <v>1880</v>
       </c>
       <c r="C227" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E227" s="5" t="s">
-        <v>1475</v>
+        <v>1268</v>
       </c>
       <c r="F227" s="6" t="s">
+        <v>516</v>
+      </c>
+      <c r="G227" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A228" s="4" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B228" s="5" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C228" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D228" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E228" s="5" t="s">
+        <v>1295</v>
+      </c>
+      <c r="F228" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G228" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A229" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="B229" s="5" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C229" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D229" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E229" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="F229" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G229" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A230" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="B230" s="5" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C230" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D230" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E230" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="F230" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G227" s="7">
-[...19 lines deleted...]
-      <c r="F228" s="6" t="s">
+      <c r="G230" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A231" s="4" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B231" s="5" t="s">
+        <v>1892</v>
+      </c>
+      <c r="C231" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D231" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E231" s="5" t="s">
+        <v>1307</v>
+      </c>
+      <c r="F231" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G231" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A232" s="4" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B232" s="5" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C232" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D232" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E232" s="5" t="s">
+        <v>1163</v>
+      </c>
+      <c r="F232" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="G232" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A233" s="4" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B233" s="5" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C233" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D233" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E233" s="5" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F233" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="G233" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A234" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="B234" s="5" t="s">
+        <v>1982</v>
+      </c>
+      <c r="C234" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D234" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E234" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="F234" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G234" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A235" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="B235" s="5" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C235" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D235" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E235" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="F235" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G235" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A236" s="4" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B236" s="5" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C236" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D236" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E236" s="5" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F236" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G236" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A237" s="4" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B237" s="5" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C237" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D237" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E237" s="5" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F237" s="6"/>
+      <c r="G237" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A238" s="4" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B238" s="5" t="s">
+        <v>1944</v>
+      </c>
+      <c r="C238" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D238" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E238" s="5" t="s">
+        <v>1566</v>
+      </c>
+      <c r="F238" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G238" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A239" s="4" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B239" s="5" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C239" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D239" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E239" s="5" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F239" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G228" s="7">
-[...111 lines deleted...]
-      <c r="F233" s="6" t="s">
+      <c r="G239" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A240" s="4" t="s">
+        <v>528</v>
+      </c>
+      <c r="B240" s="5" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C240" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D240" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E240" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="F240" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G233" s="7">
-[...50 lines deleted...]
-      <c r="A236" s="4" t="s">
+      <c r="G240" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A241" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="B241" s="5" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C241" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D241" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E241" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="F241" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="G241" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A242" s="4" t="s">
         <v>1515</v>
       </c>
-      <c r="B236" s="5" t="s">
+      <c r="B242" s="5" t="s">
+        <v>1933</v>
+      </c>
+      <c r="C242" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D242" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E242" s="5" t="s">
         <v>1516</v>
       </c>
-      <c r="C236" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E236" s="5" t="s">
+      <c r="F242" s="6" t="s">
         <v>1517</v>
       </c>
-      <c r="F236" s="6" t="s">
+      <c r="G242" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A243" s="4" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B243" s="5" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C243" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D243" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E243" s="5" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F243" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G243" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A244" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="B244" s="5" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C244" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D244" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E244" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="F244" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G244" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A245" s="4" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B245" s="5" t="s">
+        <v>2191</v>
+      </c>
+      <c r="C245" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D245" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E245" s="5" t="s">
+        <v>1757</v>
+      </c>
+      <c r="F245" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G245" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A246" s="4" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B246" s="5" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C246" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D246" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E246" s="5" t="s">
+        <v>1429</v>
+      </c>
+      <c r="F246" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G246" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A247" s="4" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B247" s="5" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C247" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D247" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E247" s="5" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F247" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G247" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A248" s="4" t="s">
+        <v>668</v>
+      </c>
+      <c r="B248" s="5" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C248" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D248" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E248" s="5" t="s">
+        <v>669</v>
+      </c>
+      <c r="F248" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G248" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A249" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="B249" s="5" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C249" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D249" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E249" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="F249" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="G249" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A250" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B250" s="5" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C250" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D250" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E250" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="F250" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G250" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A251" s="4" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B251" s="5" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C251" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D251" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E251" s="5" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F251" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G251" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A252" s="4" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B252" s="5" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C252" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D252" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E252" s="5" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F252" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G252" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="253" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A253" s="4" t="s">
+        <v>569</v>
+      </c>
+      <c r="B253" s="5" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C253" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D253" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E253" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="F253" s="6" t="s">
+        <v>571</v>
+      </c>
+      <c r="G253" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="254" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A254" s="4" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B254" s="5" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C254" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D254" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E254" s="5" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F254" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G254" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="255" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A255" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="B255" s="5" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C255" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D255" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E255" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="F255" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="G255" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A256" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="B256" s="5" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C256" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D256" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E256" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="F256" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G256" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="257" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A257" s="4" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B257" s="5" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C257" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D257" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E257" s="5" t="s">
+        <v>1386</v>
+      </c>
+      <c r="F257" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G257" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="258" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A258" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="B258" s="5" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C258" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D258" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E258" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F258" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G258" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A259" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="B259" s="5" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C259" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D259" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E259" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="F259" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="G259" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A260" s="4" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B260" s="5" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C260" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D260" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E260" s="5" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F260" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G260" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="261" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A261" s="4" t="s">
+        <v>337</v>
+      </c>
+      <c r="B261" s="5" t="s">
+        <v>2072</v>
+      </c>
+      <c r="C261" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D261" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E261" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="F261" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G261" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="262" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A262" s="4" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B262" s="5" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C262" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D262" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E262" s="5" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F262" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G262" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="263" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A263" s="4" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B263" s="5" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C263" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D263" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E263" s="5" t="s">
+        <v>1718</v>
+      </c>
+      <c r="F263" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G263" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="264" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A264" s="4" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B264" s="5" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C264" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D264" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E264" s="5" t="s">
+        <v>1113</v>
+      </c>
+      <c r="F264" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="G264" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="265" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A265" s="4" t="s">
+        <v>885</v>
+      </c>
+      <c r="B265" s="5" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C265" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D265" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>886</v>
+      </c>
+      <c r="F265" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G265" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="266" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A266" s="4" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B266" s="5" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C266" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D266" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E266" s="5" t="s">
+        <v>1623</v>
+      </c>
+      <c r="F266" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G266" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="267" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A267" s="4" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B267" s="5" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C267" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D267" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E267" s="5" t="s">
+        <v>1629</v>
+      </c>
+      <c r="F267" s="6" t="s">
+        <v>516</v>
+      </c>
+      <c r="G267" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="268" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A268" s="4" t="s">
+        <v>839</v>
+      </c>
+      <c r="B268" s="5" t="s">
+        <v>1826</v>
+      </c>
+      <c r="C268" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D268" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E268" s="5" t="s">
+        <v>840</v>
+      </c>
+      <c r="F268" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="G268" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="269" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A269" s="4" t="s">
+        <v>960</v>
+      </c>
+      <c r="B269" s="5" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C269" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D269" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E269" s="5" t="s">
+        <v>961</v>
+      </c>
+      <c r="F269" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G269" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="270" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A270" s="4" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B270" s="5" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C270" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D270" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E270" s="5" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F270" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G270" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="271" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A271" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="B271" s="5" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C271" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D271" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E271" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F271" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G271" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="272" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A272" s="4" t="s">
+        <v>457</v>
+      </c>
+      <c r="B272" s="5" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C272" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D272" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E272" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="F272" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G272" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="273" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A273" s="4" t="s">
+        <v>792</v>
+      </c>
+      <c r="B273" s="5" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C273" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D273" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E273" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="F273" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="G273" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="274" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A274" s="4" t="s">
         <v>924</v>
       </c>
-      <c r="G236" s="7">
-[...857 lines deleted...]
-      </c>
       <c r="B274" s="5" t="s">
-        <v>1661</v>
+        <v>2013</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E274" s="5" t="s">
-        <v>1662</v>
+        <v>925</v>
       </c>
       <c r="F274" s="6" t="s">
-        <v>263</v>
+        <v>14</v>
       </c>
       <c r="G274" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="275" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A275" s="4" t="s">
-        <v>1663</v>
+        <v>1392</v>
       </c>
       <c r="B275" s="5" t="s">
-        <v>1664</v>
+        <v>1761</v>
       </c>
       <c r="C275" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D275" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E275" s="5" t="s">
-        <v>1665</v>
+        <v>1393</v>
       </c>
       <c r="F275" s="6" t="s">
-        <v>291</v>
+        <v>256</v>
       </c>
       <c r="G275" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="276" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A276" s="4" t="s">
-        <v>1666</v>
+        <v>972</v>
       </c>
       <c r="B276" s="5" t="s">
-        <v>1667</v>
+        <v>2107</v>
       </c>
       <c r="C276" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E276" s="5" t="s">
-        <v>1668</v>
+        <v>973</v>
       </c>
       <c r="F276" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G276" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="277" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A277" s="4" t="s">
-        <v>1672</v>
+        <v>356</v>
       </c>
       <c r="B277" s="5" t="s">
-        <v>1673</v>
+        <v>2075</v>
       </c>
       <c r="C277" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E277" s="5" t="s">
-        <v>1674</v>
+        <v>357</v>
       </c>
       <c r="F277" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G277" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="278" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A278" s="4" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B278" s="5" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C278" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D278" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E278" s="5" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F278" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G278" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="279" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A279" s="4" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B279" s="5" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C279" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D279" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E279" s="5" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F279" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G279" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="280" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A280" s="4" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B280" s="5" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C280" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D280" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E280" s="5" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F280" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G280" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="281" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A281" s="4" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B281" s="5" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C281" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D281" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E281" s="5" t="s">
+        <v>1627</v>
+      </c>
+      <c r="F281" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G281" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="282" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A282" s="4" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B282" s="5" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C282" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D282" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E282" s="5" t="s">
+        <v>1611</v>
+      </c>
+      <c r="F282" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G282" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="283" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A283" s="4" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B283" s="5" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C283" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D283" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E283" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F283" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G283" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="284" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A284" s="4" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B284" s="5" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C284" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D284" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E284" s="5" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F284" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G284" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="285" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A285" s="4" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B285" s="5" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C285" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D285" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E285" s="5" t="s">
+        <v>1523</v>
+      </c>
+      <c r="F285" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="G285" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="286" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A286" s="4" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B286" s="5" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C286" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D286" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E286" s="5" t="s">
+        <v>1459</v>
+      </c>
+      <c r="F286" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G286" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="287" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A287" s="4" t="s">
+        <v>821</v>
+      </c>
+      <c r="B287" s="5" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C287" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D287" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E287" s="5" t="s">
+        <v>822</v>
+      </c>
+      <c r="F287" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G287" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="288" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A288" s="4" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C288" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D288" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E288" s="5" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F288" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G288" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="289" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A289" s="4" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B289" s="5" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C289" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D289" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E289" s="5" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F289" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G277" s="7">
-[...65 lines deleted...]
-      <c r="F280" s="6" t="s">
+      <c r="G289" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="290" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A290" s="4" t="s">
+        <v>986</v>
+      </c>
+      <c r="B290" s="5" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C290" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D290" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E290" s="5" t="s">
+        <v>987</v>
+      </c>
+      <c r="F290" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G290" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="291" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A291" s="4" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B291" s="5" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C291" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D291" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E291" s="5" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F291" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G291" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="292" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A292" s="4" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B292" s="5" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C292" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D292" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E292" s="5" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F292" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G292" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="293" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A293" s="4" t="s">
+        <v>998</v>
+      </c>
+      <c r="B293" s="5" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C293" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D293" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E293" s="5" t="s">
+        <v>999</v>
+      </c>
+      <c r="F293" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="G293" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="294" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A294" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="B294" s="5" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C294" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D294" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E294" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="F294" s="6"/>
+      <c r="G294" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="295" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A295" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="B295" s="5" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C295" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D295" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E295" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="F295" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G280" s="7">
-[...343 lines deleted...]
-      </c>
       <c r="G295" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="296" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A296" s="4" t="s">
-        <v>1742</v>
+        <v>889</v>
       </c>
       <c r="B296" s="5" t="s">
-        <v>1743</v>
+        <v>2011</v>
       </c>
       <c r="C296" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D296" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E296" s="5" t="s">
-        <v>1744</v>
+        <v>890</v>
       </c>
       <c r="F296" s="6" t="s">
-        <v>10</v>
+        <v>118</v>
       </c>
       <c r="G296" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="297" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A297" s="4" t="s">
-        <v>1745</v>
+        <v>1298</v>
       </c>
       <c r="B297" s="5" t="s">
-        <v>1746</v>
+        <v>1888</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D297" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E297" s="5" t="s">
-        <v>1747</v>
+        <v>1299</v>
       </c>
       <c r="F297" s="6" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="G297" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="298" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A298" s="4" t="s">
-        <v>1748</v>
+        <v>1618</v>
       </c>
       <c r="B298" s="5" t="s">
-        <v>1749</v>
+        <v>1954</v>
       </c>
       <c r="C298" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D298" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E298" s="5" t="s">
-        <v>1750</v>
+        <v>1619</v>
       </c>
       <c r="F298" s="6" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G298" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A299" s="4" t="s">
-        <v>1751</v>
+        <v>1489</v>
       </c>
       <c r="B299" s="5" t="s">
-        <v>1752</v>
+        <v>2152</v>
       </c>
       <c r="C299" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E299" s="5" t="s">
-        <v>1753</v>
+        <v>1490</v>
       </c>
       <c r="F299" s="6" t="s">
-        <v>263</v>
+        <v>10</v>
       </c>
       <c r="G299" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="300" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A300" s="4" t="s">
-        <v>1754</v>
+        <v>372</v>
       </c>
       <c r="B300" s="5" t="s">
-        <v>1755</v>
+        <v>1796</v>
       </c>
       <c r="C300" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D300" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E300" s="5" t="s">
-        <v>1756</v>
+        <v>373</v>
       </c>
       <c r="F300" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G300" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="301" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A301" s="4" t="s">
-        <v>1757</v>
+        <v>1349</v>
       </c>
       <c r="B301" s="5" t="s">
-        <v>1758</v>
+        <v>1896</v>
       </c>
       <c r="C301" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D301" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E301" s="5" t="s">
-        <v>1759</v>
+        <v>1350</v>
       </c>
       <c r="F301" s="6" t="s">
-        <v>567</v>
+        <v>10</v>
       </c>
       <c r="G301" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="302" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A302" s="4" t="s">
-        <v>1760</v>
+        <v>715</v>
       </c>
       <c r="B302" s="5" t="s">
-        <v>1761</v>
+        <v>2004</v>
       </c>
       <c r="C302" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D302" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E302" s="5" t="s">
-        <v>1762</v>
+        <v>716</v>
       </c>
       <c r="F302" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G302" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="303" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A303" s="4" t="s">
-        <v>1763</v>
+        <v>19</v>
       </c>
       <c r="B303" s="5" t="s">
-        <v>1764</v>
+        <v>2059</v>
       </c>
       <c r="C303" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D303" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E303" s="5" t="s">
-        <v>1765</v>
+        <v>21</v>
       </c>
       <c r="F303" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G303" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="304" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A304" s="4" t="s">
-        <v>1766</v>
+        <v>1671</v>
       </c>
       <c r="B304" s="5" t="s">
-        <v>1767</v>
+        <v>2178</v>
       </c>
       <c r="C304" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D304" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E304" s="5" t="s">
-        <v>1768</v>
+        <v>1672</v>
       </c>
       <c r="F304" s="6" t="s">
-        <v>364</v>
+        <v>16</v>
       </c>
       <c r="G304" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="305" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A305" s="4" t="s">
-        <v>1769</v>
+        <v>1745</v>
       </c>
       <c r="B305" s="5" t="s">
-        <v>1770</v>
+        <v>2056</v>
       </c>
       <c r="C305" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D305" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E305" s="5" t="s">
-        <v>1771</v>
-[...1 lines deleted...]
-      <c r="F305" s="6" t="s">
+        <v>1746</v>
+      </c>
+      <c r="F305" s="6"/>
+      <c r="G305" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="306" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A306" s="4" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B306" s="5" t="s">
+        <v>2183</v>
+      </c>
+      <c r="C306" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D306" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E306" s="5" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F306" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="G306" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="307" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A307" s="4" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B307" s="5" t="s">
+        <v>2135</v>
+      </c>
+      <c r="C307" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D307" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E307" s="5" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F307" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G305" s="7">
-[...44 lines deleted...]
-      </c>
       <c r="G307" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="308" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A308" s="4" t="s">
-        <v>1778</v>
+        <v>1704</v>
       </c>
       <c r="B308" s="5" t="s">
-        <v>1779</v>
+        <v>2187</v>
       </c>
       <c r="C308" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D308" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E308" s="5" t="s">
-        <v>1780</v>
+        <v>1705</v>
       </c>
       <c r="F308" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G308" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="309" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A309" s="4" t="s">
-        <v>1781</v>
+        <v>132</v>
       </c>
       <c r="B309" s="5" t="s">
-        <v>1782</v>
+        <v>2061</v>
       </c>
       <c r="C309" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D309" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E309" s="5" t="s">
-        <v>1783</v>
+        <v>133</v>
       </c>
       <c r="F309" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G309" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="310" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A310" s="4" t="s">
-        <v>1784</v>
+        <v>1099</v>
       </c>
       <c r="B310" s="5" t="s">
-        <v>1785</v>
+        <v>2018</v>
       </c>
       <c r="C310" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D310" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E310" s="5" t="s">
-        <v>1786</v>
+        <v>1100</v>
       </c>
       <c r="F310" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G310" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="311" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A311" s="4" t="s">
-        <v>1787</v>
+        <v>1419</v>
       </c>
       <c r="B311" s="5" t="s">
-        <v>1788</v>
+        <v>2145</v>
       </c>
       <c r="C311" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E311" s="5" t="s">
-        <v>1789</v>
+        <v>1420</v>
       </c>
       <c r="F311" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G311" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="312" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A312" s="4" t="s">
-        <v>1793</v>
+        <v>1638</v>
       </c>
       <c r="B312" s="5" t="s">
-        <v>1794</v>
+        <v>1959</v>
       </c>
       <c r="C312" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D312" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E312" s="5" t="s">
-        <v>1795</v>
+        <v>1639</v>
       </c>
       <c r="F312" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G312" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="313" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A313" s="4" t="s">
-        <v>1799</v>
+        <v>1414</v>
       </c>
       <c r="B313" s="5" t="s">
-        <v>1800</v>
+        <v>1909</v>
       </c>
       <c r="C313" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D313" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E313" s="5" t="s">
-        <v>1801</v>
+        <v>1415</v>
       </c>
       <c r="F313" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G313" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="314" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A314" s="4" t="s">
-        <v>1802</v>
+        <v>1426</v>
       </c>
       <c r="B314" s="5" t="s">
-        <v>1803</v>
+        <v>1911</v>
       </c>
       <c r="C314" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D314" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E314" s="5" t="s">
-        <v>1804</v>
+        <v>1427</v>
       </c>
       <c r="F314" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G314" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="315" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A315" s="4" t="s">
+        <v>564</v>
+      </c>
+      <c r="B315" s="5" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C315" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D315" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E315" s="5" t="s">
+        <v>565</v>
+      </c>
+      <c r="F315" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G314" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G315" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="316" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A316" s="4" t="s">
-        <v>1808</v>
+        <v>46</v>
       </c>
       <c r="B316" s="5" t="s">
-        <v>1809</v>
+        <v>1979</v>
       </c>
       <c r="C316" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E316" s="5" t="s">
-        <v>1810</v>
+        <v>47</v>
       </c>
       <c r="F316" s="6" t="s">
-        <v>924</v>
+        <v>11</v>
       </c>
       <c r="G316" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="317" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A317" s="4" t="s">
+        <v>543</v>
+      </c>
+      <c r="B317" s="5" t="s">
+        <v>2080</v>
+      </c>
+      <c r="C317" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D317" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E317" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="F317" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G317" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="318" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A318" s="4" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B318" s="5" t="s">
+        <v>2175</v>
+      </c>
+      <c r="C318" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D318" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E318" s="5" t="s">
+        <v>1650</v>
+      </c>
+      <c r="F318" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="G318" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="319" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A319" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B319" s="5" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C319" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D319" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E319" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="F319" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G319" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="320" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A320" s="4" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B320" s="5" t="s">
+        <v>2042</v>
+      </c>
+      <c r="C320" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D320" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E320" s="5" t="s">
+        <v>1594</v>
+      </c>
+      <c r="F320" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G320" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="321" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A321" s="4" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B321" s="5" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C321" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D321" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E321" s="5" t="s">
+        <v>1057</v>
+      </c>
+      <c r="F321" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G321" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="322" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A322" s="4" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B322" s="5" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C322" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D322" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E322" s="5" t="s">
+        <v>1740</v>
+      </c>
+      <c r="F322" s="6"/>
+      <c r="G322" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="323" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A323" s="4" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B323" s="5" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C323" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D323" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E323" s="5" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F323" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G323" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="324" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A324" s="4" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B324" s="5" t="s">
+        <v>2139</v>
+      </c>
+      <c r="C324" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D324" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E324" s="5" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F324" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G324" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="325" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A325" s="4" t="s">
+        <v>597</v>
+      </c>
+      <c r="B325" s="5" t="s">
         <v>1811</v>
       </c>
-      <c r="B317" s="5" t="s">
-[...17 lines deleted...]
-      <c r="A318" s="4" t="s">
+      <c r="C325" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D325" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E325" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="F325" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G325" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="326" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A326" s="4" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B326" s="5" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C326" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D326" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E326" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F326" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G326" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="327" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A327" s="4" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B327" s="5" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C327" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D327" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E327" s="5" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F327" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G327" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="328" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A328" s="4" t="s">
+        <v>417</v>
+      </c>
+      <c r="B328" s="5" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C328" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D328" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E328" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="F328" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="G328" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="329" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A329" s="4" t="s">
+        <v>680</v>
+      </c>
+      <c r="B329" s="5" t="s">
         <v>1814</v>
       </c>
-      <c r="B318" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F318" s="6" t="s">
+      <c r="C329" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D329" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E329" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="F329" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G329" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="330" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A330" s="4" t="s">
+        <v>893</v>
+      </c>
+      <c r="B330" s="5" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C330" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D330" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E330" s="5" t="s">
+        <v>894</v>
+      </c>
+      <c r="F330" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G330" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="331" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A331" s="4" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B331" s="5" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C331" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D331" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E331" s="5" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F331" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G318" s="7">
-[...65 lines deleted...]
-      <c r="F321" s="6" t="s">
+      <c r="G331" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="332" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A332" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="B332" s="5" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C332" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D332" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E332" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="F332" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G321" s="7">
-[...251 lines deleted...]
-      </c>
       <c r="G332" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="333" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A333" s="4" t="s">
-        <v>1863</v>
+        <v>1390</v>
       </c>
       <c r="B333" s="5" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C333" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D333" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E333" s="5" t="s">
+        <v>1391</v>
+      </c>
+      <c r="F333" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="G333" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="334" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A334" s="4" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B334" s="5" t="s">
+        <v>2165</v>
+      </c>
+      <c r="C334" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D334" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E334" s="5" t="s">
+        <v>1568</v>
+      </c>
+      <c r="F334" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G334" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="335" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A335" s="4" t="s">
+        <v>962</v>
+      </c>
+      <c r="B335" s="5" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C335" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D335" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E335" s="5" t="s">
+        <v>963</v>
+      </c>
+      <c r="F335" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G335" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="336" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A336" s="4" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B336" s="5" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C336" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D336" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E336" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="C333" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E333" s="5" t="s">
+      <c r="F336" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="F333" s="6" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="G336" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="337" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A337" s="4" t="s">
-        <v>1873</v>
+        <v>832</v>
       </c>
       <c r="B337" s="5" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C337" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D337" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E337" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="F337" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="G337" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="338" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A338" s="4" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B338" s="5" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C338" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D338" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E338" s="5" t="s">
+        <v>1222</v>
+      </c>
+      <c r="F338" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G338" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="339" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A339" s="4" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B339" s="5" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C339" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D339" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E339" s="5" t="s">
+        <v>1356</v>
+      </c>
+      <c r="F339" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G339" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="340" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A340" s="4" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B340" s="5" t="s">
         <v>1874</v>
       </c>
-      <c r="C337" s="5" t="s">
-[...67 lines deleted...]
-      </c>
       <c r="C340" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D340" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E340" s="5" t="s">
-        <v>1884</v>
+        <v>1202</v>
       </c>
       <c r="F340" s="6" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="G340" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="341" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A341" s="4" t="s">
-        <v>1885</v>
+        <v>1663</v>
       </c>
       <c r="B341" s="5" t="s">
-        <v>1886</v>
+        <v>2177</v>
       </c>
       <c r="C341" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D341" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E341" s="5" t="s">
-        <v>1887</v>
+        <v>1664</v>
       </c>
       <c r="F341" s="6" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G341" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="342" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A342" s="4" t="s">
-        <v>1888</v>
+        <v>955</v>
       </c>
       <c r="B342" s="5" t="s">
-        <v>1889</v>
+        <v>2106</v>
       </c>
       <c r="C342" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D342" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E342" s="5" t="s">
-        <v>1890</v>
+        <v>956</v>
       </c>
       <c r="F342" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G342" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="343" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A343" s="4" t="s">
-        <v>1891</v>
+        <v>957</v>
       </c>
       <c r="B343" s="5" t="s">
-        <v>1892</v>
+        <v>1836</v>
       </c>
       <c r="C343" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D343" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E343" s="5" t="s">
-        <v>1893</v>
+        <v>958</v>
       </c>
       <c r="F343" s="6" t="s">
-        <v>236</v>
+        <v>959</v>
       </c>
       <c r="G343" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="344" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A344" s="4" t="s">
-        <v>1894</v>
+        <v>1640</v>
       </c>
       <c r="B344" s="5" t="s">
-        <v>1895</v>
+        <v>2174</v>
       </c>
       <c r="C344" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D344" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E344" s="5" t="s">
-        <v>1896</v>
+        <v>1641</v>
       </c>
       <c r="F344" s="6" t="s">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="G344" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="345" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A345" s="4" t="s">
-        <v>1897</v>
+        <v>1520</v>
       </c>
       <c r="B345" s="5" t="s">
-        <v>1898</v>
+        <v>2156</v>
       </c>
       <c r="C345" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D345" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E345" s="5" t="s">
-        <v>1899</v>
+        <v>1521</v>
       </c>
       <c r="F345" s="6" t="s">
-        <v>236</v>
+        <v>10</v>
       </c>
       <c r="G345" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="346" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A346" s="4" t="s">
-        <v>1900</v>
+        <v>1582</v>
       </c>
       <c r="B346" s="5" t="s">
-        <v>1901</v>
+        <v>2168</v>
       </c>
       <c r="C346" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D346" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E346" s="5" t="s">
-        <v>1902</v>
+        <v>1583</v>
       </c>
       <c r="F346" s="6" t="s">
-        <v>1903</v>
+        <v>10</v>
       </c>
       <c r="G346" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="347" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A347" s="4" t="s">
-        <v>1904</v>
+        <v>1179</v>
       </c>
       <c r="B347" s="5" t="s">
-        <v>1905</v>
+        <v>1869</v>
       </c>
       <c r="C347" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D347" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E347" s="5" t="s">
-        <v>1906</v>
+        <v>1180</v>
       </c>
       <c r="F347" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G347" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="348" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A348" s="4" t="s">
-        <v>1907</v>
+        <v>171</v>
       </c>
       <c r="B348" s="5" t="s">
-        <v>1908</v>
+        <v>1779</v>
       </c>
       <c r="C348" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D348" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E348" s="5" t="s">
-        <v>1909</v>
+        <v>172</v>
       </c>
       <c r="F348" s="6" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="G348" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="349" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A349" s="4" t="s">
-        <v>1910</v>
+        <v>1731</v>
       </c>
       <c r="B349" s="5" t="s">
-        <v>1911</v>
+        <v>1973</v>
       </c>
       <c r="C349" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D349" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E349" s="5" t="s">
-        <v>1912</v>
+        <v>1732</v>
       </c>
       <c r="F349" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G349" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="350" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A350" s="4" t="s">
-        <v>1913</v>
+        <v>1043</v>
       </c>
       <c r="B350" s="5" t="s">
-        <v>1914</v>
+        <v>1849</v>
       </c>
       <c r="C350" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D350" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E350" s="5" t="s">
-        <v>1915</v>
+        <v>1044</v>
       </c>
       <c r="F350" s="6" t="s">
-        <v>291</v>
+        <v>220</v>
       </c>
       <c r="G350" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="351" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A351" s="4" t="s">
-        <v>1916</v>
+        <v>863</v>
       </c>
       <c r="B351" s="5" t="s">
-        <v>1917</v>
+        <v>1828</v>
       </c>
       <c r="C351" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D351" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E351" s="5" t="s">
-        <v>1918</v>
+        <v>864</v>
       </c>
       <c r="F351" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G351" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="352" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A352" s="4" t="s">
-        <v>1919</v>
+        <v>86</v>
       </c>
       <c r="B352" s="5" t="s">
-        <v>1920</v>
+        <v>1770</v>
       </c>
       <c r="C352" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D352" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E352" s="5" t="s">
-        <v>1921</v>
+        <v>87</v>
       </c>
       <c r="F352" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G352" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="353" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A353" s="4" t="s">
+        <v>781</v>
+      </c>
+      <c r="B353" s="5" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C353" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D353" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E353" s="5" t="s">
+        <v>782</v>
+      </c>
+      <c r="F353" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G352" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G353" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="354" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A354" s="4" t="s">
-        <v>1925</v>
+        <v>950</v>
       </c>
       <c r="B354" s="5" t="s">
-        <v>1926</v>
+        <v>951</v>
       </c>
       <c r="C354" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D354" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E354" s="5" t="s">
-        <v>1927</v>
+        <v>952</v>
       </c>
       <c r="F354" s="6" t="s">
-        <v>10</v>
+        <v>256</v>
       </c>
       <c r="G354" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="355" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A355" s="4" t="s">
-        <v>1928</v>
+        <v>1131</v>
       </c>
       <c r="B355" s="5" t="s">
-        <v>1929</v>
+        <v>1132</v>
       </c>
       <c r="C355" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D355" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E355" s="5" t="s">
-        <v>1930</v>
+        <v>1133</v>
       </c>
       <c r="F355" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G355" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="356" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A356" s="4" t="s">
-        <v>1931</v>
+        <v>1714</v>
       </c>
       <c r="B356" s="5" t="s">
-        <v>1932</v>
+        <v>1715</v>
       </c>
       <c r="C356" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D356" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E356" s="5" t="s">
-        <v>1933</v>
+        <v>1716</v>
       </c>
       <c r="F356" s="6" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="G356" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="357" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A357" s="4" t="s">
-        <v>1934</v>
+        <v>1569</v>
       </c>
       <c r="B357" s="5" t="s">
-        <v>1935</v>
+        <v>1570</v>
       </c>
       <c r="C357" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D357" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E357" s="5" t="s">
-        <v>1936</v>
+        <v>1571</v>
       </c>
       <c r="F357" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G357" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="358" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A358" s="4" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B358" s="5" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C358" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D358" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E358" s="5" t="s">
+        <v>1749</v>
+      </c>
+      <c r="F358" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="G358" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="359" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A359" s="4" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B359" s="5" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C359" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D359" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E359" s="5" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F359" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G359" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="360" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A360" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="B360" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="C360" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D360" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E360" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="F360" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G360" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="361" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A361" s="4" t="s">
+        <v>800</v>
+      </c>
+      <c r="B361" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="C361" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D361" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E361" s="5" t="s">
+        <v>802</v>
+      </c>
+      <c r="F361" s="6" t="s">
+        <v>803</v>
+      </c>
+      <c r="G361" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="362" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A362" s="4" t="s">
+        <v>427</v>
+      </c>
+      <c r="B362" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="C362" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D362" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E362" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="F362" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G362" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="363" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A363" s="4" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B363" s="5" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C363" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D363" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E363" s="5" t="s">
+        <v>1708</v>
+      </c>
+      <c r="F363" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G363" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="364" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A364" s="4" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B364" s="5" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C364" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D364" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E364" s="5" t="s">
+        <v>1473</v>
+      </c>
+      <c r="F364" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G364" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="365" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A365" s="4" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B365" s="5" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C365" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D365" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E365" s="5" t="s">
+        <v>1493</v>
+      </c>
+      <c r="F365" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G365" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="366" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A366" s="4" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B366" s="5" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C366" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D366" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E366" s="5" t="s">
+        <v>1466</v>
+      </c>
+      <c r="F366" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G366" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="367" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A367" s="4" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B367" s="5" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C367" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D367" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E367" s="5" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F367" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G367" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="368" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A368" s="4" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B368" s="5" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C368" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D368" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E368" s="5" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F368" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G368" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="369" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A369" s="4" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B369" s="5" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C369" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D369" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E369" s="5" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F369" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G369" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="370" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A370" s="4" t="s">
+        <v>334</v>
+      </c>
+      <c r="B370" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="C370" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D370" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E370" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="F370" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G370" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="371" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A371" s="4" t="s">
+        <v>574</v>
+      </c>
+      <c r="B371" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="C371" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D371" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E371" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="F371" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G371" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="372" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A372" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B372" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C372" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D372" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E372" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="F372" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G372" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="373" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A373" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="B373" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="C373" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D373" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E373" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="F373" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G373" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="374" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A374" s="4" t="s">
+        <v>617</v>
+      </c>
+      <c r="B374" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="C374" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D374" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E374" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="F374" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G374" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="375" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A375" s="4" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B375" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C375" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D375" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E375" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F375" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="G375" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="376" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A376" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="B376" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C376" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D376" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E376" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="F376" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G376" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="377" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A377" s="4" t="s">
+        <v>422</v>
+      </c>
+      <c r="B377" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="C377" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D377" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E377" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="F377" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G377" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="378" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A378" s="4" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B378" s="5" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C378" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D378" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E378" s="5" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F378" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G357" s="7">
-[...42 lines deleted...]
-      <c r="F359" s="6" t="s">
+      <c r="G378" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="379" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A379" s="4" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B379" s="5" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C379" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D379" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E379" s="5" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F379" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G379" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="380" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A380" s="4" t="s">
+        <v>865</v>
+      </c>
+      <c r="B380" s="5" t="s">
+        <v>866</v>
+      </c>
+      <c r="C380" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D380" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E380" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="F380" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G380" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="381" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A381" s="4" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B381" s="5" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C381" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D381" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E381" s="5" t="s">
+        <v>1721</v>
+      </c>
+      <c r="F381" s="6"/>
+      <c r="G381" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="382" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A382" s="4" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B382" s="5" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C382" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D382" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E382" s="5" t="s">
+        <v>1122</v>
+      </c>
+      <c r="F382" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G382" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="383" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A383" s="4" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B383" s="5" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C383" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D383" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E383" s="5" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F383" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G383" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="384" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A384" s="4" t="s">
+        <v>408</v>
+      </c>
+      <c r="B384" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="C384" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D384" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E384" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="F384" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="G384" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="385" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A385" s="4" t="s">
+        <v>967</v>
+      </c>
+      <c r="B385" s="5" t="s">
+        <v>968</v>
+      </c>
+      <c r="C385" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D385" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E385" s="5" t="s">
+        <v>969</v>
+      </c>
+      <c r="F385" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G385" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="386" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A386" s="4" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B386" s="5" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C386" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D386" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E386" s="5" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F386" s="6" t="s">
+        <v>803</v>
+      </c>
+      <c r="G386" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="387" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A387" s="4" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B387" s="5" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C387" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D387" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E387" s="5" t="s">
+        <v>1685</v>
+      </c>
+      <c r="F387" s="6"/>
+      <c r="G387" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="388" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A388" s="4" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B388" s="5" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C388" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D388" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E388" s="5" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F388" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="G359" s="7">
-[...23 lines deleted...]
-        <v>45473</v>
+      <c r="G388" s="7">
+        <v>46203</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G393">
-    <sortCondition ref="D1:D393"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G390">
+    <sortCondition ref="D1:D390"/>
   </sortState>
   <hyperlinks>
-    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44367" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...357 lines deleted...]
-    <hyperlink ref="A360" r:id="rId359" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73402" xr:uid="{00000000-0004-0000-0000-000066010000}"/>
+    <hyperlink ref="A303" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44367" xr:uid="{E8228BB3-42C2-4CFE-82F9-63965FABD4F2}"/>
+    <hyperlink ref="A189" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44386" xr:uid="{9C4EA226-3740-4FC1-AEE8-1694B0BEFFBE}"/>
+    <hyperlink ref="A157" r:id="rId3" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44387" xr:uid="{22E5C678-D097-412D-B601-93A82C34F2B4}"/>
+    <hyperlink ref="A60" r:id="rId4" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44419" xr:uid="{1CE08D56-CE42-48AE-AF16-71D81CF48EE7}"/>
+    <hyperlink ref="A35" r:id="rId5" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44425" xr:uid="{727A14E6-FC73-478C-9476-51E3A5DC1F9F}"/>
+    <hyperlink ref="A106" r:id="rId6" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44428" xr:uid="{120C18EC-D434-4424-8388-69318B416A26}"/>
+    <hyperlink ref="A316" r:id="rId7" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44432" xr:uid="{8ADAF4CD-2901-4F4F-B846-70E897944680}"/>
+    <hyperlink ref="A137" r:id="rId8" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44436" xr:uid="{DF0484B0-3EE1-4350-B817-971A31BE7484}"/>
+    <hyperlink ref="A258" r:id="rId9" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44438" xr:uid="{48B4D993-AE43-4676-B3BC-CD382C44C968}"/>
+    <hyperlink ref="A144" r:id="rId10" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44475" xr:uid="{541811C1-41D7-4458-A93C-2B8F49C9EA49}"/>
+    <hyperlink ref="A229" r:id="rId11" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44496" xr:uid="{B457D198-5FF7-4518-B0F2-4EC64F72CC46}"/>
+    <hyperlink ref="A352" r:id="rId12" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44499" xr:uid="{01F4B1F5-95D9-4561-ABC6-B04437674506}"/>
+    <hyperlink ref="A234" r:id="rId13" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44509" xr:uid="{D5AEACF3-15C4-4292-AE7A-B2FFECB71E28}"/>
+    <hyperlink ref="A133" r:id="rId14" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44528" xr:uid="{71D1CBCE-E0C4-4BDE-AB94-BE5F7AEF8C25}"/>
+    <hyperlink ref="A32" r:id="rId15" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44558" xr:uid="{25005800-FC0B-4782-8347-21695D9454D3}"/>
+    <hyperlink ref="A15" r:id="rId16" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44564" xr:uid="{783A5AF3-A4C4-4497-8F0A-8C6B151BE082}"/>
+    <hyperlink ref="A309" r:id="rId17" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44567" xr:uid="{B1E97041-B9AD-4097-A253-C532E752A4F0}"/>
+    <hyperlink ref="A271" r:id="rId18" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44569" xr:uid="{9F43DC7E-102B-446E-AA06-F7EF8A245064}"/>
+    <hyperlink ref="A158" r:id="rId19" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44572" xr:uid="{35732876-5403-4024-86DA-8264D191D0A1}"/>
+    <hyperlink ref="A88" r:id="rId20" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44596" xr:uid="{4F1AB215-1570-42E4-B36B-E005006D69B2}"/>
+    <hyperlink ref="A123" r:id="rId21" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44636" xr:uid="{0FD77FA2-E02F-47E8-B97B-C9ABDCB18494}"/>
+    <hyperlink ref="A6" r:id="rId22" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44640" xr:uid="{AC8A54AC-3E9C-4E32-9E16-FFFC411EF0F3}"/>
+    <hyperlink ref="A111" r:id="rId23" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44645" xr:uid="{3A3CA558-5E56-4429-A552-7131AD61A130}"/>
+    <hyperlink ref="A348" r:id="rId24" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44646" xr:uid="{75C1F52C-80F6-4843-ACCB-7CE5B0176FD6}"/>
+    <hyperlink ref="A71" r:id="rId25" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44653" xr:uid="{850AC15D-8FF8-483E-98CB-3F1B89A710AE}"/>
+    <hyperlink ref="A226" r:id="rId26" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44655" xr:uid="{D7851A94-3EAC-487A-8E24-0DF4B53058A6}"/>
+    <hyperlink ref="A41" r:id="rId27" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44657" xr:uid="{42F2C4DD-787C-49FF-A1F8-3B756399C8C2}"/>
+    <hyperlink ref="A61" r:id="rId28" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44658" xr:uid="{C4530B0D-A234-4B13-B379-CDC2155DFC14}"/>
+    <hyperlink ref="A256" r:id="rId29" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44666" xr:uid="{28216CB5-D802-4AC5-B5AA-9CF39E3E89AD}"/>
+    <hyperlink ref="A241" r:id="rId30" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44689" xr:uid="{1CA5EA52-9CFA-483E-B093-1090CF8802F8}"/>
+    <hyperlink ref="A376" r:id="rId31" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44694" xr:uid="{234FE2EF-E016-49F7-AEA3-6DB5F80D5164}"/>
+    <hyperlink ref="A259" r:id="rId32" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44749" xr:uid="{D7BE8523-98A8-425A-974A-38C92FEE7981}"/>
+    <hyperlink ref="A244" r:id="rId33" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44770" xr:uid="{EB3CAD4E-ADB6-492E-AF35-1B4EE2EFA1BB}"/>
+    <hyperlink ref="A230" r:id="rId34" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44773" xr:uid="{92494388-B46F-4763-A1D9-8D94119972EE}"/>
+    <hyperlink ref="A210" r:id="rId35" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44783" xr:uid="{9205CF3B-9AFD-4D36-A1C4-EBB3EFC26764}"/>
+    <hyperlink ref="A124" r:id="rId36" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44832" xr:uid="{FAEF895B-EEF8-4709-95C8-356E4B6F87C7}"/>
+    <hyperlink ref="A249" r:id="rId37" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44890" xr:uid="{A3CF3473-FC3F-4439-BE83-72321B5624AE}"/>
+    <hyperlink ref="A373" r:id="rId38" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44919" xr:uid="{A4966FD7-33D6-4DD6-B8A7-5187F3C8F30C}"/>
+    <hyperlink ref="A360" r:id="rId39" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44926" xr:uid="{508AC293-8CFE-4A5B-B3A4-3C635E5EE8B3}"/>
+    <hyperlink ref="A294" r:id="rId40" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44932" xr:uid="{0D5F7572-92C1-42F9-82EE-90E49B49433B}"/>
+    <hyperlink ref="A255" r:id="rId41" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45026" xr:uid="{55CF0AFA-CF48-4515-B306-D6E861747BE9}"/>
+    <hyperlink ref="A74" r:id="rId42" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45032" xr:uid="{876A6A9C-481E-473D-BB4F-111C87455DD6}"/>
+    <hyperlink ref="A235" r:id="rId43" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45035" xr:uid="{DAD4A51E-EE4C-4163-9E11-45D7F76C677D}"/>
+    <hyperlink ref="A104" r:id="rId44" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45055" xr:uid="{74D39EBB-B44D-4E7F-8633-DE96D3CCE8FE}"/>
+    <hyperlink ref="A295" r:id="rId45" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45084" xr:uid="{30A3B964-374B-46F4-A021-D4B59F9016D6}"/>
+    <hyperlink ref="A372" r:id="rId46" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45100" xr:uid="{FEC265A5-C79A-4D07-B33C-9CFCD1D60FF0}"/>
+    <hyperlink ref="A370" r:id="rId47" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45113" xr:uid="{07879808-F952-4032-914D-921031CABDDD}"/>
+    <hyperlink ref="A261" r:id="rId48" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45115" xr:uid="{5F53272C-219A-4915-BE8A-DCD76363C649}"/>
+    <hyperlink ref="A219" r:id="rId49" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45129" xr:uid="{9D332CB0-FFB0-4A45-9F8A-8CB4F64C6849}"/>
+    <hyperlink ref="A277" r:id="rId50" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45169" xr:uid="{D6B3D305-2301-4A65-8B35-34B4EE2AD6B7}"/>
+    <hyperlink ref="A33" r:id="rId51" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45188" xr:uid="{08410FFB-0AD5-4BE4-8A65-2B11B78D318C}"/>
+    <hyperlink ref="A5" r:id="rId52" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45212" xr:uid="{2F64736A-3D8C-412F-B400-73E8BFE53445}"/>
+    <hyperlink ref="A300" r:id="rId53" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45213" xr:uid="{42AB5F15-8295-463A-A9F1-69A7F0076D40}"/>
+    <hyperlink ref="A131" r:id="rId54" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45225" xr:uid="{45FE3638-645A-4E73-B422-7594444DB075}"/>
+    <hyperlink ref="A188" r:id="rId55" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45248" xr:uid="{D92D00AB-AFEE-4F7C-A902-847E38F731F9}"/>
+    <hyperlink ref="A40" r:id="rId56" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45251" xr:uid="{6ACA5CCB-A1C8-49A8-9B40-694AFCE9CCC4}"/>
+    <hyperlink ref="A78" r:id="rId57" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45261" xr:uid="{1AC0B665-019D-4D10-8C6F-B75F777215ED}"/>
+    <hyperlink ref="A8" r:id="rId58" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45266" xr:uid="{E9132529-792E-4598-B332-5CE989857509}"/>
+    <hyperlink ref="A58" r:id="rId59" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45267" xr:uid="{DFC0CC71-2981-4ECA-9361-BDB9A6031F0D}"/>
+    <hyperlink ref="A384" r:id="rId60" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45269" xr:uid="{6A6DC71B-699C-41D8-81EC-5F4501EA2A44}"/>
+    <hyperlink ref="A328" r:id="rId61" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45312" xr:uid="{112074F4-353E-428F-9485-C31E945F2DF8}"/>
+    <hyperlink ref="A377" r:id="rId62" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45337" xr:uid="{F496F9A9-8B7C-4CF0-AC04-3E80B014EE91}"/>
+    <hyperlink ref="A67" r:id="rId63" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56785" xr:uid="{E309EF5F-23FF-48D1-B697-27965611A16B}"/>
+    <hyperlink ref="A362" r:id="rId64" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45343" xr:uid="{BC658E2E-F064-4BC3-BA74-C60234A8A7F3}"/>
+    <hyperlink ref="A332" r:id="rId65" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45349" xr:uid="{6D040009-7F81-4AAB-931F-DAD9AAE4ACEC}"/>
+    <hyperlink ref="A206" r:id="rId66" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45366" xr:uid="{A3E6D465-FD29-4A52-97E4-3A00FEA1E7B8}"/>
+    <hyperlink ref="A272" r:id="rId67" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45377" xr:uid="{15F685F6-B7BD-48D5-B309-1273067DFB52}"/>
+    <hyperlink ref="A101" r:id="rId68" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45400" xr:uid="{52D31A13-778A-4EE7-9F3F-8A56D7B99F1C}"/>
+    <hyperlink ref="A183" r:id="rId69" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45401" xr:uid="{ED042605-0002-49AF-B8F9-A942E9940C51}"/>
+    <hyperlink ref="A96" r:id="rId70" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45427" xr:uid="{AF03FCD8-91AC-4CCC-83B1-371D4E8E10D9}"/>
+    <hyperlink ref="A155" r:id="rId71" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45433" xr:uid="{F0157370-45DC-46A4-ADAF-EDA79822A5B8}"/>
+    <hyperlink ref="A153" r:id="rId72" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45463" xr:uid="{39EC0AB1-C1A9-48D0-9981-E680F4D5C8FE}"/>
+    <hyperlink ref="A319" r:id="rId73" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45470" xr:uid="{E51AE891-1DDA-4E33-9B20-7C47B57EF5BF}"/>
+    <hyperlink ref="A240" r:id="rId74" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45512" xr:uid="{9547A552-6309-4E21-91A3-8C6E7E06A84D}"/>
+    <hyperlink ref="A135" r:id="rId75" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45522" xr:uid="{F447602B-7422-485B-BFC4-F7B9C7C975DE}"/>
+    <hyperlink ref="A317" r:id="rId76" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57694" xr:uid="{E699DF74-74E8-4DD9-8E6D-850CF974C792}"/>
+    <hyperlink ref="A178" r:id="rId77" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45524" xr:uid="{D8AA09F2-814C-4C2D-91FB-149626741EF0}"/>
+    <hyperlink ref="A122" r:id="rId78" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45537" xr:uid="{66464682-D6F6-40F7-9562-B9D488CF9898}"/>
+    <hyperlink ref="A205" r:id="rId79" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45570" xr:uid="{21D66D99-0E6D-4CAC-A157-258DF72B99D0}"/>
+    <hyperlink ref="A52" r:id="rId80" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45571" xr:uid="{D93F0ACD-AF3D-4C39-8401-A2D049315206}"/>
+    <hyperlink ref="A315" r:id="rId81" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45612" xr:uid="{6F5779EA-B410-4D88-BD4B-BDFE126609D7}"/>
+    <hyperlink ref="A253" r:id="rId82" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45765" xr:uid="{F7F1A2EA-334C-4E49-9C3A-E6BEE969D5AB}"/>
+    <hyperlink ref="A250" r:id="rId83" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45767" xr:uid="{BA83EAC4-ADAC-4EFC-819E-62CB04DFE597}"/>
+    <hyperlink ref="A371" r:id="rId84" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45769" xr:uid="{3A454A41-65D2-45F7-8FBD-291C50582626}"/>
+    <hyperlink ref="A102" r:id="rId85" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45797" xr:uid="{BDD2FA55-FC95-47EE-97A7-6FEEA9F12C27}"/>
+    <hyperlink ref="A325" r:id="rId86" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46001" xr:uid="{CBBE4201-8E06-4DE8-BD18-3D0CC972476B}"/>
+    <hyperlink ref="A92" r:id="rId87" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46304" xr:uid="{CDAC9522-C656-4ED4-A0CC-9C5C8E432FD7}"/>
+    <hyperlink ref="A374" r:id="rId88" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46313" xr:uid="{4126286E-68BB-4D2B-8C0D-C035914A7BFE}"/>
+    <hyperlink ref="A172" r:id="rId89" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46647" xr:uid="{F7D8BF8A-6A97-4450-972D-D1804CF09F03}"/>
+    <hyperlink ref="A113" r:id="rId90" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46774" xr:uid="{B7C31E9F-FBE1-407F-953C-8A7D043C3C3F}"/>
+    <hyperlink ref="A248" r:id="rId91" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47125" xr:uid="{7CDD699A-5960-469B-87BB-E5CDE6343308}"/>
+    <hyperlink ref="A85" r:id="rId92" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47127" xr:uid="{FC6D250E-44E0-4A55-822C-1C68BE72B140}"/>
+    <hyperlink ref="A50" r:id="rId93" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47178" xr:uid="{290D731F-CF6F-41F3-B304-7EF247E77905}"/>
+    <hyperlink ref="A329" r:id="rId94" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47180" xr:uid="{5A3BC839-1CB8-4BAB-87CF-17A1CAE896F6}"/>
+    <hyperlink ref="A127" r:id="rId95" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47529" xr:uid="{5E5CBB5F-A6C0-440F-8D45-B127F4FCC9AC}"/>
+    <hyperlink ref="A19" r:id="rId96" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47530" xr:uid="{34B9D395-7309-4BF5-A20B-F7E4EDB21FD4}"/>
+    <hyperlink ref="A302" r:id="rId97" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47770" xr:uid="{E442B6B7-F2B6-472E-B316-DE285FD6F824}"/>
+    <hyperlink ref="A110" r:id="rId98" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47771" xr:uid="{8BD8DB12-4350-4509-95D8-A6F55C2F4B41}"/>
+    <hyperlink ref="A94" r:id="rId99" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47967" xr:uid="{D59B29EA-03B0-4120-B4C0-8D5F70BC5C37}"/>
+    <hyperlink ref="A13" r:id="rId100" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47980" xr:uid="{F32A8148-A0CC-4AD5-8E76-5F552D30026C}"/>
+    <hyperlink ref="A193" r:id="rId101" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48029" xr:uid="{78323A13-E0A3-4C3B-B55C-51F5291E190B}"/>
+    <hyperlink ref="A17" r:id="rId102" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48113" xr:uid="{4F7BEA36-75B6-4838-B046-32933B12CED4}"/>
+    <hyperlink ref="A18" r:id="rId103" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48147" xr:uid="{2544F5B4-1565-41B0-A0ED-1F7D1649EF9C}"/>
+    <hyperlink ref="A353" r:id="rId104" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48155" xr:uid="{CBEA1F60-3ACD-46F9-A8CC-2A443D682101}"/>
+    <hyperlink ref="A273" r:id="rId105" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48256" xr:uid="{8577C5D4-9094-4483-A520-D45602EED9BC}"/>
+    <hyperlink ref="A361" r:id="rId106" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48266" xr:uid="{BB81B252-4A0C-430B-94A9-67B3E036C7FF}"/>
+    <hyperlink ref="A23" r:id="rId107" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48332" xr:uid="{C58FA0B6-65B3-4E2C-BCAF-5DBF5594EF08}"/>
+    <hyperlink ref="A287" r:id="rId108" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48333" xr:uid="{27042E56-2410-4452-ADBC-F239DAC93CD3}"/>
+    <hyperlink ref="A337" r:id="rId109" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48418" xr:uid="{3BA0856B-86C5-491F-B980-841F349069F5}"/>
+    <hyperlink ref="A179" r:id="rId110" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48422" xr:uid="{D493B029-83EA-4131-B6A1-A8595E9578AC}"/>
+    <hyperlink ref="A268" r:id="rId111" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48429" xr:uid="{D13FD8CC-A62E-4015-834A-7616C58B9E8A}"/>
+    <hyperlink ref="A90" r:id="rId112" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55707" xr:uid="{B5F56F01-CC6F-47E0-8836-C933C5B966EC}"/>
+    <hyperlink ref="A222" r:id="rId113" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48457" xr:uid="{940DAA6B-D0A4-4351-AE69-291509D218C7}"/>
+    <hyperlink ref="A200" r:id="rId114" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48494" xr:uid="{5926E113-0240-47A7-B39F-FCF99E90EF6F}"/>
+    <hyperlink ref="A351" r:id="rId115" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48514" xr:uid="{3DE0EB91-BFE1-4943-9989-FA545D9BE510}"/>
+    <hyperlink ref="A380" r:id="rId116" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48535" xr:uid="{7CB2EC5F-39EF-42DD-92E9-895BD1306BB3}"/>
+    <hyperlink ref="A199" r:id="rId117" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54314" xr:uid="{3FDDE8E1-63B3-460B-872E-3355909FCB20}"/>
+    <hyperlink ref="A180" r:id="rId118" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48539" xr:uid="{5E51DCE0-E068-4A80-9AF2-8B9FA871ADF0}"/>
+    <hyperlink ref="A54" r:id="rId119" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48541" xr:uid="{1973CAC7-8274-4F48-9C6A-F7D830602697}"/>
+    <hyperlink ref="A152" r:id="rId120" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48562" xr:uid="{264AF720-082E-41B8-823C-739D4EF19D6C}"/>
+    <hyperlink ref="A265" r:id="rId121" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48592" xr:uid="{74F56101-3AA6-4A4D-B6BE-B2942EBA0FF2}"/>
+    <hyperlink ref="A216" r:id="rId122" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48601" xr:uid="{D03A83B5-B5E4-4051-8EB0-C5DEF11EE8AF}"/>
+    <hyperlink ref="A296" r:id="rId123" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48603" xr:uid="{AA806D1D-C70B-4206-9DD2-3102EAA08ED8}"/>
+    <hyperlink ref="A330" r:id="rId124" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48649" xr:uid="{75ADCC74-BD94-4C6F-BE2C-CBBB6E7FEC8D}"/>
+    <hyperlink ref="A36" r:id="rId125" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48784" xr:uid="{BF3433A1-4992-4B33-99D4-10BFA68F7C2A}"/>
+    <hyperlink ref="A274" r:id="rId126" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48787" xr:uid="{4026F4A9-979F-4F97-B175-85A25E6C4591}"/>
+    <hyperlink ref="A125" r:id="rId127" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48846" xr:uid="{2E376620-F309-4E0C-85B0-7143CD620072}"/>
+    <hyperlink ref="A73" r:id="rId128" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48869" xr:uid="{F5A90BDC-A484-4C70-B33F-2E3BF728DFB6}"/>
+    <hyperlink ref="A354" r:id="rId129" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48872" xr:uid="{57E03DC5-940E-4975-BDAE-DC88824B293D}"/>
+    <hyperlink ref="A176" r:id="rId130" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48873" xr:uid="{8004670A-BA77-4A89-AEEB-16AF4DEAEE17}"/>
+    <hyperlink ref="A342" r:id="rId131" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48876" xr:uid="{02799A58-3778-4F75-9757-89E6738522D9}"/>
+    <hyperlink ref="A343" r:id="rId132" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48880" xr:uid="{A5BE8AEF-05AC-4759-A5AB-1CC65DF25431}"/>
+    <hyperlink ref="A269" r:id="rId133" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48881" xr:uid="{8442C1D7-8A1E-497E-8D70-1DCB97AC7ED1}"/>
+    <hyperlink ref="A335" r:id="rId134" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48885" xr:uid="{2902943C-B7F0-43E4-A9E3-2C77D3AAD68C}"/>
+    <hyperlink ref="A385" r:id="rId135" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48890" xr:uid="{187A050D-8FBA-4170-9E4E-CBECAF25D7DE}"/>
+    <hyperlink ref="A276" r:id="rId136" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48900" xr:uid="{BDC5AB32-55FC-4A46-A12E-C27410CCF25A}"/>
+    <hyperlink ref="A224" r:id="rId137" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48902" xr:uid="{D2DD435B-2473-4240-B8B5-AA1D8A70DE3F}"/>
+    <hyperlink ref="A138" r:id="rId138" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48903" xr:uid="{71D6C0EE-5CC4-47F4-A668-3400E3979E69}"/>
+    <hyperlink ref="A211" r:id="rId139" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48953" xr:uid="{7B9580D5-123F-4147-988B-AC7A194B4675}"/>
+    <hyperlink ref="A290" r:id="rId140" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48998" xr:uid="{25DF5180-F4AA-498D-80B4-8AA13CBBEF7C}"/>
+    <hyperlink ref="A181" r:id="rId141" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49034" xr:uid="{77A2F2BE-BD1C-4298-90E1-58B140123081}"/>
+    <hyperlink ref="A120" r:id="rId142" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49048" xr:uid="{775D2777-A465-471F-B695-606D4C05C1FB}"/>
+    <hyperlink ref="A293" r:id="rId143" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56623" xr:uid="{CE5152D0-A845-4CB9-B751-02C0EA1C101A}"/>
+    <hyperlink ref="A209" r:id="rId144" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49317" xr:uid="{12BD12E4-FE6E-43EE-BDA7-D9B1E448AE7D}"/>
+    <hyperlink ref="A44" r:id="rId145" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49336" xr:uid="{78D67AF2-3A2D-4447-813C-EB4D1A2866E4}"/>
+    <hyperlink ref="A327" r:id="rId146" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49345" xr:uid="{DA634621-F3EA-43BC-804F-7A786BAE0AFC}"/>
+    <hyperlink ref="A48" r:id="rId147" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57405" xr:uid="{667C3A59-C989-4B17-9CD6-8804DA01F184}"/>
+    <hyperlink ref="A195" r:id="rId148" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49489" xr:uid="{59075F09-D6F1-43F7-AA24-06336450E9E5}"/>
+    <hyperlink ref="A185" r:id="rId149" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49687" xr:uid="{9FD4CD93-AB0B-4F04-B3C9-E38B168DCA5E}"/>
+    <hyperlink ref="A252" r:id="rId150" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49798" xr:uid="{743FB795-A000-4DB7-8E1F-0FBD331727D2}"/>
+    <hyperlink ref="A350" r:id="rId151" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49824" xr:uid="{603CE71B-9BF3-48A2-9A2D-0E752E5C8CBC}"/>
+    <hyperlink ref="A159" r:id="rId152" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49898" xr:uid="{6FBE20CE-61E8-4314-A79D-6444507D1921}"/>
+    <hyperlink ref="A378" r:id="rId153" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49904" xr:uid="{264C5A8A-77B4-48B6-8E92-C5A064F96C63}"/>
+    <hyperlink ref="A321" r:id="rId154" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50014" xr:uid="{BD8FA7B8-6EF0-4638-BFC1-211A38309FBC}"/>
+    <hyperlink ref="A247" r:id="rId155" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50016" xr:uid="{81EC93B3-DE02-4F0A-850B-55656F8E4A2B}"/>
+    <hyperlink ref="A280" r:id="rId156" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50108" xr:uid="{A587CE7C-2544-491B-9DEF-465A17656109}"/>
+    <hyperlink ref="A9" r:id="rId157" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50184" xr:uid="{AACEB3EE-7D83-4219-831A-34EEEDC1D703}"/>
+    <hyperlink ref="A375" r:id="rId158" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50315" xr:uid="{56D7981D-7FD1-443B-8C23-433E60F03A6A}"/>
+    <hyperlink ref="A142" r:id="rId159" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50781" xr:uid="{8DB60ED4-C6A4-436C-A607-783553270948}"/>
+    <hyperlink ref="A239" r:id="rId160" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50783" xr:uid="{6A85460C-FCAF-4942-8E40-E8FF926B2C8B}"/>
+    <hyperlink ref="A83" r:id="rId161" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50815" xr:uid="{329BA256-064C-4069-A352-A1FB8A4ED4B4}"/>
+    <hyperlink ref="A310" r:id="rId162" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55831" xr:uid="{5BFA3EF8-BE8F-45C4-9B09-EFF61633B36C}"/>
+    <hyperlink ref="A383" r:id="rId163" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50824" xr:uid="{D7423298-7C83-46B6-9041-714656EEBA1C}"/>
+    <hyperlink ref="A177" r:id="rId164" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50925" xr:uid="{02FA7182-2C73-4E77-A53C-511030BA1775}"/>
+    <hyperlink ref="A141" r:id="rId165" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51020" xr:uid="{59C1A9C1-4E5D-4250-A0B4-2DC5DD852E29}"/>
+    <hyperlink ref="A75" r:id="rId166" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51036" xr:uid="{0F67924E-041C-4CB3-A67F-550B186CCD5E}"/>
+    <hyperlink ref="A204" r:id="rId167" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51039" xr:uid="{C57A04A8-79E6-4831-A2D8-3A997F6CCD72}"/>
+    <hyperlink ref="A264" r:id="rId168" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51040" xr:uid="{AEFF5B02-D24B-4005-BB97-33F579A8215D}"/>
+    <hyperlink ref="A382" r:id="rId169" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51048" xr:uid="{5DFDB44B-AC92-4734-9A7B-ABE90010516C}"/>
+    <hyperlink ref="A243" r:id="rId170" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51085" xr:uid="{76E8C46F-FE0E-4C74-9410-872D679E612A}"/>
+    <hyperlink ref="A369" r:id="rId171" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51227" xr:uid="{8F216F2B-B42A-4561-8185-AB51DE7668C4}"/>
+    <hyperlink ref="A355" r:id="rId172" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51252" xr:uid="{4DC45305-EBBF-4CE4-A249-1C96A9BE62FF}"/>
+    <hyperlink ref="A323" r:id="rId173" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51581" xr:uid="{F46EAB77-4DB6-442A-96B8-0AEEA22D540E}"/>
+    <hyperlink ref="A25" r:id="rId174" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51584" xr:uid="{E558C43B-3CB0-4954-9AB2-79E3EF594453}"/>
+    <hyperlink ref="A186" r:id="rId175" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51612" xr:uid="{1E562E39-7D89-45B2-94A0-DD2F2A3FF421}"/>
+    <hyperlink ref="A217" r:id="rId176" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51655" xr:uid="{3658B818-92C1-43E9-9775-BE7D2DF5FA42}"/>
+    <hyperlink ref="A147" r:id="rId177" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57430" xr:uid="{4E36DBCC-B595-4D3A-B1CB-BBA9B699C996}"/>
+    <hyperlink ref="A82" r:id="rId178" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51693" xr:uid="{BA30F7E4-0531-4C00-8FE4-845B09BFB36E}"/>
+    <hyperlink ref="A232" r:id="rId179" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51694" xr:uid="{EBD27634-FC0D-4B98-B295-29E4E66D4317}"/>
+    <hyperlink ref="A225" r:id="rId180" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51697" xr:uid="{A8EF0287-5947-44B8-B4EC-F0476AD5050F}"/>
+    <hyperlink ref="A291" r:id="rId181" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51717" xr:uid="{6CB48D1A-364B-4AD6-89DB-CD57802A3761}"/>
+    <hyperlink ref="A388" r:id="rId182" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51758" xr:uid="{4AF18F33-C125-45E8-ADA8-613B1A750CDE}"/>
+    <hyperlink ref="A347" r:id="rId183" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51762" xr:uid="{368AEC06-DA68-4B6F-84A5-B9189C1D219B}"/>
+    <hyperlink ref="A379" r:id="rId184" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51763" xr:uid="{3730BF38-E6B8-43C1-AC02-7E9589083A30}"/>
+    <hyperlink ref="A215" r:id="rId185" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51864" xr:uid="{67924A48-1DE8-48C6-AB01-9CBC6F67CAEC}"/>
+    <hyperlink ref="A109" r:id="rId186" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52025" xr:uid="{7D8469BA-E3A4-425B-8B54-48A2FCF13A50}"/>
+    <hyperlink ref="A156" r:id="rId187" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52026" xr:uid="{8128312D-9B38-4887-BA86-AB32BAB8CFDF}"/>
+    <hyperlink ref="A340" r:id="rId188" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52108" xr:uid="{495F2A15-8024-4A63-98D1-289559835F28}"/>
+    <hyperlink ref="A63" r:id="rId189" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52126" xr:uid="{20FD0E85-2610-4BDA-8FB5-A55DB3BD0FD9}"/>
+    <hyperlink ref="A160" r:id="rId190" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52227" xr:uid="{43662DEF-2924-4914-B093-9B5CBF254F8B}"/>
+    <hyperlink ref="A162" r:id="rId191" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52315" xr:uid="{4610CFB5-8EC5-4DF1-A603-87B31EE3C0F1}"/>
+    <hyperlink ref="A338" r:id="rId192" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52369" xr:uid="{369646A2-B9A9-4170-BBDE-FE3756CBA20F}"/>
+    <hyperlink ref="A77" r:id="rId193" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52370" xr:uid="{C696DBD1-64EE-4D53-B44D-3584F076847C}"/>
+    <hyperlink ref="A140" r:id="rId194" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52410" xr:uid="{BBD57ACC-929C-4EFE-A3A4-62413D828621}"/>
+    <hyperlink ref="A212" r:id="rId195" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52555" xr:uid="{137BF03F-6795-457E-93B2-21D7F6B86EC2}"/>
+    <hyperlink ref="A386" r:id="rId196" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52575" xr:uid="{34C8F1EA-6F71-459B-B8E2-136FAA8074ED}"/>
+    <hyperlink ref="A254" r:id="rId197" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52624" xr:uid="{50D30BB5-8554-4A6E-9D3A-67C5BCCF9AAC}"/>
+    <hyperlink ref="A4" r:id="rId198" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52773" xr:uid="{33790635-EADB-4B8C-B3AF-5081D39A67B8}"/>
+    <hyperlink ref="A170" r:id="rId199" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52795" xr:uid="{B276CA37-C5F2-4BFD-BA93-C4280F7755EF}"/>
+    <hyperlink ref="A146" r:id="rId200" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52824" xr:uid="{684F0D7E-1AB1-4AC9-8390-8EAE8CAA83CE}"/>
+    <hyperlink ref="A91" r:id="rId201" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52873" xr:uid="{FE88DD9F-C147-4330-BC24-482CB10540D4}"/>
+    <hyperlink ref="A194" r:id="rId202" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53091" xr:uid="{60FE73B6-6A34-4191-8F74-94DE64D70789}"/>
+    <hyperlink ref="A227" r:id="rId203" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53227" xr:uid="{262800CD-55EA-4046-959D-2335EDCBDD72}"/>
+    <hyperlink ref="A208" r:id="rId204" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53283" xr:uid="{86D9A4F5-A171-4A8F-9449-4026CD992FC5}"/>
+    <hyperlink ref="A145" r:id="rId205" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53514" xr:uid="{2A740EE7-2F5B-4BBE-A995-5D06D908E893}"/>
+    <hyperlink ref="A292" r:id="rId206" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53730" xr:uid="{4B728E23-65F9-480D-848A-B58372C19618}"/>
+    <hyperlink ref="A251" r:id="rId207" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53746" xr:uid="{69398826-4EC0-451D-ABDA-4DA7665A08D1}"/>
+    <hyperlink ref="A169" r:id="rId208" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53750" xr:uid="{105241BB-A6E3-4BD9-BAE4-6AD4A6E3670E}"/>
+    <hyperlink ref="A64" r:id="rId209" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53790" xr:uid="{E42FC607-B3ED-4898-A50D-DE4B2F5EF22C}"/>
+    <hyperlink ref="A20" r:id="rId210" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53957" xr:uid="{E6767866-6C7B-43C1-B817-BB271632A6DB}"/>
+    <hyperlink ref="A288" r:id="rId211" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53958" xr:uid="{8ACB2BA5-22B4-469C-BC70-A1DCA46C451A}"/>
+    <hyperlink ref="A87" r:id="rId212" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54038" xr:uid="{917CEDF9-A912-4184-9931-E240DF3425B1}"/>
+    <hyperlink ref="A228" r:id="rId213" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54155" xr:uid="{2E588EC5-9034-4AD1-92E8-D841C541A651}"/>
+    <hyperlink ref="A66" r:id="rId214" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54303" xr:uid="{4E5CD819-864C-4E6C-9065-21A986B6F1BF}"/>
+    <hyperlink ref="A297" r:id="rId215" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54304" xr:uid="{2C85C8E3-2E1F-43F9-9079-5834E1DF1809}"/>
+    <hyperlink ref="A326" r:id="rId216" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54305" xr:uid="{400194D8-1D7A-4827-9D68-D44525AAB0BB}"/>
+    <hyperlink ref="A279" r:id="rId217" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54621" xr:uid="{9C080B0D-7BA1-4D4A-95DE-DA272FD97D55}"/>
+    <hyperlink ref="A231" r:id="rId218" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54636" xr:uid="{7A65AB2C-A803-409C-850B-A94AD14F367C}"/>
+    <hyperlink ref="A270" r:id="rId219" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54637" xr:uid="{CA74E8E4-6066-4FAB-8F96-A293BF10BE33}"/>
+    <hyperlink ref="A68" r:id="rId220" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54856" xr:uid="{AAB4FAC9-892A-4EC1-A6C0-5B4E9AE42AA8}"/>
+    <hyperlink ref="A187" r:id="rId221" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55016" xr:uid="{4CC17B03-8F7C-4212-8ABF-97202C5CD600}"/>
+    <hyperlink ref="A168" r:id="rId222" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55017" xr:uid="{3A15CEBA-75D6-41E6-A403-447586981774}"/>
+    <hyperlink ref="A56" r:id="rId223" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55143" xr:uid="{C2318308-5855-4F51-AE88-2FE41F7B9808}"/>
+    <hyperlink ref="A307" r:id="rId224" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55219" xr:uid="{8E47C783-9EAB-4664-A33A-A8E3B8E04BD3}"/>
+    <hyperlink ref="A220" r:id="rId225" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55715" xr:uid="{B5A4D50B-2685-4AD5-A510-EF83527E23CD}"/>
+    <hyperlink ref="A12" r:id="rId226" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55742" xr:uid="{0EEBF44F-16C8-4729-AD3D-AE9F13F12BE7}"/>
+    <hyperlink ref="A45" r:id="rId227" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55767" xr:uid="{07FC933E-0EBD-4B99-9C9F-A8305342D4B8}"/>
+    <hyperlink ref="A31" r:id="rId228" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55938" xr:uid="{257CF497-05C3-4CCD-92FC-6CA882F8D7A8}"/>
+    <hyperlink ref="A301" r:id="rId229" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56065" xr:uid="{5D71FB32-E0FA-424F-94C0-A0B3B0D64B0F}"/>
+    <hyperlink ref="A10" r:id="rId230" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56126" xr:uid="{7D396FDF-8C4F-46E7-91AA-D88F9941C150}"/>
+    <hyperlink ref="A324" r:id="rId231" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56369" xr:uid="{00F4B185-F9C4-480A-B5FE-77532A77543E}"/>
+    <hyperlink ref="A339" r:id="rId232" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56455" xr:uid="{46C18B94-9A57-4208-ABF1-1B536F46CA57}"/>
+    <hyperlink ref="A163" r:id="rId233" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56460" xr:uid="{D1EDC911-48F9-4D0F-B3C7-1A08D87C2F3A}"/>
+    <hyperlink ref="A207" r:id="rId234" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56578" xr:uid="{65DC7DDF-AAD8-4D6F-A9BB-81322B0AA543}"/>
+    <hyperlink ref="A262" r:id="rId235" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56625" xr:uid="{A1A00A45-4D83-486E-AB37-B185546B2C01}"/>
+    <hyperlink ref="A100" r:id="rId236" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56788" xr:uid="{471CC5F2-4556-476E-B65F-2BC8C9D1F223}"/>
+    <hyperlink ref="A173" r:id="rId237" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57077" xr:uid="{62A862C8-D665-46A7-9FC2-B850EA488260}"/>
+    <hyperlink ref="A105" r:id="rId238" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57131" xr:uid="{65690FDE-9061-4372-9AA4-A64DD08D84E3}"/>
+    <hyperlink ref="A79" r:id="rId239" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57369" xr:uid="{AEE7370F-4FAB-4BFF-BF8E-BA87875ECABC}"/>
+    <hyperlink ref="A196" r:id="rId240" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57371" xr:uid="{D741225E-F23A-499A-853A-6978383AF9A7}"/>
+    <hyperlink ref="A257" r:id="rId241" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57372" xr:uid="{696F83E0-8801-4B9F-81E9-1DD4E7B2842A}"/>
+    <hyperlink ref="A333" r:id="rId242" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57951" xr:uid="{70033E41-63BA-4206-B405-13B481F5B17D}"/>
+    <hyperlink ref="A275" r:id="rId243" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58089" xr:uid="{A3C45FD9-B58E-41A4-A5BE-DE02904A8F2D}"/>
+    <hyperlink ref="A62" r:id="rId244" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58643" xr:uid="{BA5FF407-5CD6-43D8-8C39-80A455BF97AC}"/>
+    <hyperlink ref="A22" r:id="rId245" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58682" xr:uid="{3797187D-C6C5-4883-B6A5-61A15F211A31}"/>
+    <hyperlink ref="A38" r:id="rId246" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58686" xr:uid="{BEE78B6E-1DED-4621-869F-1ADF7B15D6F6}"/>
+    <hyperlink ref="A49" r:id="rId247" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58731" xr:uid="{43D59550-3226-48BA-8102-CD71F82D51F8}"/>
+    <hyperlink ref="A331" r:id="rId248" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58966" xr:uid="{2B9E7EEB-2309-49B4-8CA1-299A8C875317}"/>
+    <hyperlink ref="A53" r:id="rId249" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58967" xr:uid="{FCF3C00B-ADD9-4B74-B270-BFF3BC53793A}"/>
+    <hyperlink ref="A313" r:id="rId250" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59065" xr:uid="{47137A5B-ECD7-4AAD-8CBA-DEACF2839B7A}"/>
+    <hyperlink ref="A311" r:id="rId251" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59172" xr:uid="{C357E060-46C1-4868-95A1-934B2B35B85D}"/>
+    <hyperlink ref="A70" r:id="rId252" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59257" xr:uid="{FD078595-08B6-4DB8-A019-3D923B0298B6}"/>
+    <hyperlink ref="A314" r:id="rId253" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59317" xr:uid="{4906424C-150B-49A7-BDDA-11499FAE9746}"/>
+    <hyperlink ref="A246" r:id="rId254" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59323" xr:uid="{63BFEC4E-7279-46F6-BB7E-A676844AA5CA}"/>
+    <hyperlink ref="A213" r:id="rId255" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33339" xr:uid="{EB17FAFE-F550-4FD4-A612-003069E74C5E}"/>
+    <hyperlink ref="A27" r:id="rId256" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32659" xr:uid="{579E6148-8DC8-4C91-83E2-10267612B29D}"/>
+    <hyperlink ref="A167" r:id="rId257" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33817" xr:uid="{13D4C12F-E21C-4A43-90DB-C450E4F9B19E}"/>
+    <hyperlink ref="A11" r:id="rId258" display="C:\Users\amoore\Downloads\credView.asp?credidnt=61708" xr:uid="{2F52C962-5C6E-4A93-9EE9-5F24D2698D38}"/>
+    <hyperlink ref="A130" r:id="rId259" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33735" xr:uid="{245ECBF9-E082-4E57-B6C2-3B740E3A3C10}"/>
+    <hyperlink ref="A30" r:id="rId260" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32517" xr:uid="{C1301D5B-7B66-4E7F-ADA1-2342877D8464}"/>
+    <hyperlink ref="A284" r:id="rId261" display="C:\Users\amoore\Downloads\credView.asp?credidnt=61962" xr:uid="{A8C0028E-5068-4178-A8A4-E48C33F4D735}"/>
+    <hyperlink ref="A198" r:id="rId262" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32472" xr:uid="{ACC6AF04-32C6-4760-9483-EC4AD630392F}"/>
+    <hyperlink ref="A24" r:id="rId263" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62157" xr:uid="{0306BA36-CC15-496A-BB7C-BF92C74EB2AE}"/>
+    <hyperlink ref="A203" r:id="rId264" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33943" xr:uid="{44E9C15F-C0AB-4E35-9DF6-A03402830111}"/>
+    <hyperlink ref="A286" r:id="rId265" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33455" xr:uid="{3862F570-BEFB-4ACF-892E-23A0F31534D5}"/>
+    <hyperlink ref="A214" r:id="rId266" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62602" xr:uid="{97F64E29-54E1-4829-8618-48C4F5B6F291}"/>
+    <hyperlink ref="A132" r:id="rId267" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33891" xr:uid="{D2950EE3-3309-42ED-AE93-20CF5E157C0A}"/>
+    <hyperlink ref="A366" r:id="rId268" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33790" xr:uid="{BFAF9BB2-1977-45E5-81AB-227DB121F9E1}"/>
+    <hyperlink ref="A117" r:id="rId269" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62662" xr:uid="{85C8A510-F627-47C3-8BE1-499C237B4829}"/>
+    <hyperlink ref="A364" r:id="rId270" display="C:\Users\amoore\Downloads\credView.asp?credidnt=63251" xr:uid="{34D92B69-EF8C-47A6-A28F-CBCF70127915}"/>
+    <hyperlink ref="A108" r:id="rId271" display="C:\Users\amoore\Downloads\credView.asp?credidnt=63312" xr:uid="{464F351B-9D3C-4505-9BF2-8E20BF983EFC}"/>
+    <hyperlink ref="A107" r:id="rId272" display="C:\Users\amoore\Downloads\credView.asp?credidnt=61840" xr:uid="{B01C230C-0F70-4FDF-8251-F820CACE50E2}"/>
+    <hyperlink ref="A283" r:id="rId273" display="C:\Users\amoore\Downloads\credView.asp?credidnt=63852" xr:uid="{5C44759A-5CC9-428E-AC17-AF6FA868D08E}"/>
+    <hyperlink ref="A28" r:id="rId274" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62952" xr:uid="{0A05EC90-60B7-40B2-8F4A-642313F962DB}"/>
+    <hyperlink ref="A16" r:id="rId275" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33930" xr:uid="{2FCEE3FC-82AA-4807-9C25-5747D4512141}"/>
+    <hyperlink ref="A151" r:id="rId276" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64982" xr:uid="{A013F584-B4A1-4FD8-8897-0CAF4F9DAF51}"/>
+    <hyperlink ref="A299" r:id="rId277" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64617" xr:uid="{E48D2149-1571-4714-9655-B9AC76EFFC71}"/>
+    <hyperlink ref="A365" r:id="rId278" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66035" xr:uid="{D6BB623B-FF92-45DE-A8AB-C5842E2C7433}"/>
+    <hyperlink ref="A174" r:id="rId279" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65427" xr:uid="{474A9A7A-7E4F-4E22-B496-ED8BDD61CF9A}"/>
+    <hyperlink ref="A69" r:id="rId280" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64087" xr:uid="{6587E073-1FB0-4020-B185-202D1F23692F}"/>
+    <hyperlink ref="A42" r:id="rId281" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66039" xr:uid="{D0BCDCCB-6452-4936-A1BE-DF95845BC77B}"/>
+    <hyperlink ref="A80" r:id="rId282" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64641" xr:uid="{F9536525-BC12-431A-9073-20C95B823403}"/>
+    <hyperlink ref="A72" r:id="rId283" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64462" xr:uid="{FB33114D-2540-4199-B654-F281D994681C}"/>
+    <hyperlink ref="A129" r:id="rId284" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33974" xr:uid="{CFD5C9EB-F396-4679-8FE5-37DF01624C9E}"/>
+    <hyperlink ref="A2" r:id="rId285" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65604" xr:uid="{F5CC931F-43DD-41B0-9D3B-34F6B0CDE2C3}"/>
+    <hyperlink ref="A21" r:id="rId286" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33935" xr:uid="{7C833886-9908-45EE-BDBB-39DEBC1ED172}"/>
+    <hyperlink ref="A242" r:id="rId287" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64749" xr:uid="{64C99E0B-F12B-482A-AF29-D32D95D5CD20}"/>
+    <hyperlink ref="A202" r:id="rId288" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65376" xr:uid="{5A4D89B5-B917-4E24-BCF5-76F1AF1EB7FA}"/>
+    <hyperlink ref="A345" r:id="rId289" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66730" xr:uid="{5FEFC2BB-FE34-46D4-A85C-44E5466E1BEE}"/>
+    <hyperlink ref="A285" r:id="rId290" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66248" xr:uid="{4A23BE1A-2653-4F9C-98C4-998C1718C20F}"/>
+    <hyperlink ref="A34" r:id="rId291" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67351" xr:uid="{12775F33-271F-4CD3-AC91-8A6825E84F66}"/>
+    <hyperlink ref="A46" r:id="rId292" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67068" xr:uid="{B82CADD5-0300-4750-89A0-69C0556A357E}"/>
+    <hyperlink ref="A336" r:id="rId293" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65909" xr:uid="{54B0882B-1A80-4B85-9873-E4AC90351EE4}"/>
+    <hyperlink ref="A97" r:id="rId294" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66472" xr:uid="{6839FC07-B472-437B-BBE3-B0C57A2A4C4B}"/>
+    <hyperlink ref="A150" r:id="rId295" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65343" xr:uid="{C9421164-BA3B-4BD5-A03B-35DDEC0151E7}"/>
+    <hyperlink ref="A39" r:id="rId296" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62428" xr:uid="{16611B1E-7646-4B24-B6CF-BFB10227EE72}"/>
+    <hyperlink ref="A86" r:id="rId297" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64196" xr:uid="{1CA58CAD-8534-4CC0-8C7A-D2FAD7604FB2}"/>
+    <hyperlink ref="A126" r:id="rId298" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69778" xr:uid="{C54C201C-E6AD-4F93-8B39-550D1AA22016}"/>
+    <hyperlink ref="A65" r:id="rId299" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68319" xr:uid="{53EF4732-741D-445F-8BE8-DADD534F39FA}"/>
+    <hyperlink ref="A175" r:id="rId300" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71354" xr:uid="{F9486976-D3AA-430A-A0E0-D28124226094}"/>
+    <hyperlink ref="A233" r:id="rId301" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71352" xr:uid="{4A8ABF27-B0D7-4EA5-ABC1-97AA945B0EA2}"/>
+    <hyperlink ref="A191" r:id="rId302" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72263" xr:uid="{00D3A4CF-340E-4EFF-80CF-60037B28E18F}"/>
+    <hyperlink ref="A26" r:id="rId303" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71724" xr:uid="{BE6EFE8A-2B1F-49C7-AAFD-D96DDB54FC7F}"/>
+    <hyperlink ref="A238" r:id="rId304" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72024" xr:uid="{2A1AD6FC-8447-4BCE-AD81-C33B14AD3FB7}"/>
+    <hyperlink ref="A334" r:id="rId305" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67586" xr:uid="{39F248CA-56BD-406D-8FF1-9B9A390C7976}"/>
+    <hyperlink ref="A357" r:id="rId306" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72543" xr:uid="{4E42954E-379C-4A58-B0E5-9DDBDF6109B3}"/>
+    <hyperlink ref="A98" r:id="rId307" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67062" xr:uid="{B10EFF6A-5975-4C8D-8D27-743D8E237E7E}"/>
+    <hyperlink ref="A139" r:id="rId308" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65023" xr:uid="{11B74B8B-8135-4015-AE1F-1792979F6D07}"/>
+    <hyperlink ref="A190" r:id="rId309" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69703" xr:uid="{705F55A8-1CD5-4F47-8043-948DA18656AD}"/>
+    <hyperlink ref="A201" r:id="rId310" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71653" xr:uid="{8364E334-405A-4A21-8C46-C6297DFDC01B}"/>
+    <hyperlink ref="A346" r:id="rId311" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69740" xr:uid="{A57F8850-7BC0-4071-A42A-2EDC172B0314}"/>
+    <hyperlink ref="A81" r:id="rId312" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68392" xr:uid="{5952F251-1A0D-472B-BD5E-85F4B442759B}"/>
+    <hyperlink ref="A320" r:id="rId313" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73402" xr:uid="{A776C4A6-83CC-451B-B529-29740984EAD7}"/>
+    <hyperlink ref="A182" r:id="rId314" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69567" xr:uid="{2302B002-A084-4710-855D-1713A97951A2}"/>
+    <hyperlink ref="A367" r:id="rId315" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73750" xr:uid="{41DF9F53-B1E1-4EDF-A360-237D60E00E0F}"/>
+    <hyperlink ref="A289" r:id="rId316" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74146" xr:uid="{8268B8B2-F6E3-44CA-8E97-6ED973916480}"/>
+    <hyperlink ref="A57" r:id="rId317" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74026" xr:uid="{1F57847F-77C5-4380-A5ED-DC7B24FD7C45}"/>
+    <hyperlink ref="A119" r:id="rId318" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68094" xr:uid="{D6E52DE7-B29D-47CD-985A-5262E6C2961D}"/>
+    <hyperlink ref="A236" r:id="rId319" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74460" xr:uid="{8B1FC173-A629-4C74-ACDE-A284F26E03FE}"/>
+    <hyperlink ref="A84" r:id="rId320" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74362" xr:uid="{995C0A9F-FAC5-4554-8AFA-C440F71CE1A2}"/>
+    <hyperlink ref="A282" r:id="rId321" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32290" xr:uid="{D6FCBC67-A12D-41A3-A6E4-0DBB08AFD04C}"/>
+    <hyperlink ref="A278" r:id="rId322" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66696" xr:uid="{50DDD7FD-F149-4E1E-91BD-D89B92E87F26}"/>
+    <hyperlink ref="A154" r:id="rId323" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74270" xr:uid="{36FE8C07-ABC8-4A31-A3ED-BD350B7D010D}"/>
+    <hyperlink ref="A143" r:id="rId324" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74870" xr:uid="{345CB03C-78B5-4B0F-9907-C07B154F2E35}"/>
+    <hyperlink ref="A298" r:id="rId325" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72542" xr:uid="{3810B82F-C881-4925-9DC2-9295E8113314}"/>
+    <hyperlink ref="A43" r:id="rId326" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74733" xr:uid="{FFF8DE96-6FE2-49A1-82EE-FAC2DAF852A7}"/>
+    <hyperlink ref="A266" r:id="rId327" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69502" xr:uid="{E35867B5-6239-482A-A007-28F8720D0489}"/>
+    <hyperlink ref="A95" r:id="rId328" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73200" xr:uid="{70B264C2-2231-42E5-BCA0-AB0A65FDAF06}"/>
+    <hyperlink ref="A281" r:id="rId329" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75455" xr:uid="{1E5ADFF0-A1E5-42AE-AFDF-31749A96CCE0}"/>
+    <hyperlink ref="A267" r:id="rId330" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74593" xr:uid="{D80AE7B5-3044-44E3-8DAD-EFFC10FAA5E8}"/>
+    <hyperlink ref="A29" r:id="rId331" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75990" xr:uid="{855DECC4-71B9-43C7-84CD-E0E660A58FEE}"/>
+    <hyperlink ref="A221" r:id="rId332" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76019" xr:uid="{51F76C5A-6BAE-4C9D-8A05-E5078F630A6A}"/>
+    <hyperlink ref="A114" r:id="rId333" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75779" xr:uid="{741D64B8-1A91-4416-9B66-79FA3DA4F796}"/>
+    <hyperlink ref="A55" r:id="rId334" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75430" xr:uid="{F3009FFF-52B3-4D11-9C36-C3AE49A5C117}"/>
+    <hyperlink ref="A312" r:id="rId335" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75766" xr:uid="{FAB4EDC1-CFCB-4B84-B877-EEB0C24C5D0A}"/>
+    <hyperlink ref="A344" r:id="rId336" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74421" xr:uid="{99DA99F0-D50F-464F-9085-E5AA3F10B7CB}"/>
+    <hyperlink ref="A223" r:id="rId337" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76222" xr:uid="{CDA4B190-0631-4DDE-90DA-9BE1C5EA88F5}"/>
+    <hyperlink ref="A218" r:id="rId338" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76806" xr:uid="{92C2FF1E-5DD5-42A4-98FA-E5DE558D2FEE}"/>
+    <hyperlink ref="A318" r:id="rId339" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75843" xr:uid="{61A83F31-186A-4FD4-A0B2-814807E25452}"/>
+    <hyperlink ref="A103" r:id="rId340" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76428" xr:uid="{70469BED-A2D1-4EA0-B419-5A89B8C8B729}"/>
+    <hyperlink ref="A76" r:id="rId341" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77937" xr:uid="{CA03177B-1A96-4E07-95F5-B452A9B3C33F}"/>
+    <hyperlink ref="A3" r:id="rId342" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75716" xr:uid="{D3E4A3A5-D764-44AF-B872-89B05FE01B8D}"/>
+    <hyperlink ref="A197" r:id="rId343" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67624" xr:uid="{9E7C09FB-7E68-4772-8617-C0CF46057844}"/>
+    <hyperlink ref="A7" r:id="rId344" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78708" xr:uid="{8C0E73B1-E51B-47B5-A415-BEE57EA0338C}"/>
+    <hyperlink ref="A341" r:id="rId345" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78357" xr:uid="{6D69B827-8758-44C0-881B-FD6726D622CF}"/>
+    <hyperlink ref="A136" r:id="rId346" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79044" xr:uid="{3B349244-F273-49EA-AAB2-C379EABC2A1A}"/>
+    <hyperlink ref="A304" r:id="rId347" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79159" xr:uid="{486FAD64-8508-446D-B78F-DF5A28028BAE}"/>
+    <hyperlink ref="A47" r:id="rId348" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79523" xr:uid="{2D104656-278B-446A-B7BE-DA0C2304528C}"/>
+    <hyperlink ref="A112" r:id="rId349" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78356" xr:uid="{DD08FFFD-0EAB-4403-A657-D8EFE4C43340}"/>
+    <hyperlink ref="A37" r:id="rId350" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78909" xr:uid="{50F37172-B73E-41B9-B3C6-F623F0768E0C}"/>
+    <hyperlink ref="A121" r:id="rId351" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77588" xr:uid="{0CD6ABC5-E3D2-49F7-945E-384BC2B7E136}"/>
+    <hyperlink ref="A237" r:id="rId352" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80286" xr:uid="{3A920484-D923-4ECA-8CFC-B2116D9EBAFE}"/>
+    <hyperlink ref="A387" r:id="rId353" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79440" xr:uid="{EE39E8EE-1CBC-420A-85A3-25C64B6E3351}"/>
+    <hyperlink ref="A14" r:id="rId354" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80642" xr:uid="{606C4D25-7DF1-4C92-836B-222F135E82A4}"/>
+    <hyperlink ref="A164" r:id="rId355" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76480" xr:uid="{A1BE5358-C026-4E62-B9AB-CDB7DD95997A}"/>
+    <hyperlink ref="A306" r:id="rId356" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79413" xr:uid="{C20B69D1-4AED-4331-9690-37464FB80ED8}"/>
+    <hyperlink ref="A148" r:id="rId357" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76245" xr:uid="{BD643F23-D4A7-456E-A069-63E715D4AA1C}"/>
+    <hyperlink ref="A192" r:id="rId358" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81602" xr:uid="{EA0F91C2-9920-496B-B34E-31D995EDB98B}"/>
+    <hyperlink ref="A116" r:id="rId359" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81243" xr:uid="{72DEFB76-343D-44FD-9128-C859CD6D0859}"/>
+    <hyperlink ref="A59" r:id="rId360" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82142" xr:uid="{7FC64833-95DC-49B4-ABD2-D6A1B9958C4D}"/>
+    <hyperlink ref="A161" r:id="rId361" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77343" xr:uid="{A2633591-FDDC-472C-8373-815069D03F56}"/>
+    <hyperlink ref="A51" r:id="rId362" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79840" xr:uid="{F865AEA9-6231-4B4D-B7F6-6BCD3585D71C}"/>
+    <hyperlink ref="A308" r:id="rId363" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78988" xr:uid="{9FD51293-213A-40F0-8177-F6AD79F2E07A}"/>
+    <hyperlink ref="A363" r:id="rId364" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80898" xr:uid="{3B96DB3F-B763-4C47-A4EF-1CDEB59FADB9}"/>
+    <hyperlink ref="A359" r:id="rId365" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81330" xr:uid="{ACB74343-3582-4CE8-8562-E5EBC9C3D7AF}"/>
+    <hyperlink ref="A171" r:id="rId366" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81521" xr:uid="{9490A3F0-DC49-4615-86D9-635A948822B8}"/>
+    <hyperlink ref="A356" r:id="rId367" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82202" xr:uid="{E6EC3C6F-C229-427E-A04E-4378F460FABA}"/>
+    <hyperlink ref="A263" r:id="rId368" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79675" xr:uid="{15E7AD81-59A5-449A-8CB6-9F62545C2F94}"/>
+    <hyperlink ref="A381" r:id="rId369" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78514" xr:uid="{5EEE5F1D-4F8C-4528-A554-11583EEC15FA}"/>
+    <hyperlink ref="A165" r:id="rId370" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80776" xr:uid="{F5712D38-AD8A-4335-BD38-145736FC898B}"/>
+    <hyperlink ref="A149" r:id="rId371" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82936" xr:uid="{C77DAC5B-9CAE-415D-8B03-6472E8F8B3F6}"/>
+    <hyperlink ref="A99" r:id="rId372" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76587" xr:uid="{2208EA58-E1C3-4E0C-8DEA-716388709615}"/>
+    <hyperlink ref="A368" r:id="rId373" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82866" xr:uid="{C7660360-F61A-454E-8A05-56FC8086DA5E}"/>
+    <hyperlink ref="A349" r:id="rId374" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79993" xr:uid="{3B3ECD04-1C36-41C7-ABD3-DD4499805663}"/>
+    <hyperlink ref="A184" r:id="rId375" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66604" xr:uid="{3F55DA4D-70F4-42AF-9BBC-A1633773E8B7}"/>
+    <hyperlink ref="A134" r:id="rId376" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83503" xr:uid="{20B617B4-0D1A-4880-AAC2-5CC7E9502B9E}"/>
+    <hyperlink ref="A118" r:id="rId377" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66768" xr:uid="{FAB9A2D3-FD3C-4AAF-A484-21DDDC2AEE70}"/>
+    <hyperlink ref="A322" r:id="rId378" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83371" xr:uid="{E78B8DE1-2B98-4309-9417-5C103A9FDB8A}"/>
+    <hyperlink ref="A166" r:id="rId379" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82661" xr:uid="{2980D5BB-6608-44ED-B0CB-AC8CDD9A581F}"/>
+    <hyperlink ref="A93" r:id="rId380" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83854" xr:uid="{39316150-7EF1-4E3B-9C28-64A5CE51199D}"/>
+    <hyperlink ref="A305" r:id="rId381" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82535" xr:uid="{D41D2257-C425-4720-A527-FFC9A39A9B94}"/>
+    <hyperlink ref="A358" r:id="rId382" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82098" xr:uid="{79A9D50A-E484-4079-9E2E-5217743BB52A}"/>
+    <hyperlink ref="A115" r:id="rId383" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83742" xr:uid="{7069F032-1257-420B-BAFE-6C0F1D29E177}"/>
+    <hyperlink ref="A89" r:id="rId384" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82307" xr:uid="{497BEE77-CB00-40F3-A125-86899640F1D0}"/>
+    <hyperlink ref="A260" r:id="rId385" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84508" xr:uid="{C44836E1-13AE-4804-A71F-F3F2E3833EF2}"/>
+    <hyperlink ref="A245" r:id="rId386" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84739" xr:uid="{9F1BE7BA-4AB0-4367-9652-ED56AFC2DD34}"/>
+    <hyperlink ref="A128" r:id="rId387" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82846" xr:uid="{1A0453CE-DF2D-49A2-9320-B7ED4177DA88}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <legacyDrawing r:id="rId360"/>
+  <legacyDrawing r:id="rId388"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:G281"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9FF4AC56-FCF1-479C-8DDD-78404F8C8B4C}">
+  <dimension ref="A1:G332"/>
   <sheetViews>
-    <sheetView topLeftCell="A251" workbookViewId="0">
-      <selection activeCell="E1" sqref="E1:E1048576"/>
+    <sheetView topLeftCell="A306" workbookViewId="0">
+      <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="22.140625" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="18.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="14" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="29.33203125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="43.77734375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="8.6640625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="36.6640625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.33203125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
-        <v>60</v>
+        <v>368</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>61</v>
+        <v>1794</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="5" t="s">
-        <v>62</v>
+        <v>369</v>
       </c>
       <c r="F2" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G2" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
-        <v>82</v>
+        <v>1065</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>83</v>
+        <v>2113</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>84</v>
+        <v>1066</v>
       </c>
       <c r="F3" s="6" t="s">
-        <v>10</v>
+        <v>959</v>
       </c>
       <c r="G3" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>105</v>
+        <v>1771</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G4" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
-        <v>107</v>
+        <v>425</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>108</v>
+        <v>1991</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>109</v>
+        <v>426</v>
       </c>
       <c r="F5" s="6" t="s">
-        <v>10</v>
+        <v>206</v>
       </c>
       <c r="G5" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
-        <v>165</v>
+        <v>346</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>166</v>
+        <v>2074</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>167</v>
+        <v>347</v>
       </c>
       <c r="F6" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
-        <v>174</v>
+        <v>218</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>175</v>
+        <v>1785</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>176</v>
+        <v>219</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>10</v>
+        <v>220</v>
       </c>
       <c r="G7" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="8" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
-        <v>177</v>
+        <v>728</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>178</v>
+        <v>2092</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>179</v>
+        <v>729</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>11</v>
+        <v>118</v>
       </c>
       <c r="G8" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
-        <v>187</v>
+        <v>1396</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>188</v>
+        <v>1904</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>189</v>
+        <v>1397</v>
       </c>
       <c r="F9" s="6" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="G9" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45082</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
-        <v>209</v>
+        <v>751</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>210</v>
+        <v>1819</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>211</v>
+        <v>752</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4" t="s">
-        <v>227</v>
+        <v>758</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>228</v>
+        <v>2094</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>229</v>
+        <v>759</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G11" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4" t="s">
-        <v>250</v>
+        <v>339</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>251</v>
+        <v>1987</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>252</v>
+        <v>340</v>
       </c>
       <c r="F12" s="6" t="s">
-        <v>253</v>
+        <v>176</v>
       </c>
       <c r="G12" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="4" t="s">
-        <v>365</v>
+        <v>559</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>366</v>
+        <v>2082</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>367</v>
+        <v>560</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G13" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4" t="s">
-        <v>398</v>
+        <v>580</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>399</v>
+        <v>2001</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>400</v>
+        <v>581</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G14" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="4" t="s">
-        <v>434</v>
+        <v>549</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>435</v>
+        <v>550</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>436</v>
+        <v>551</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G15" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="4" t="s">
-        <v>495</v>
+        <v>1239</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>496</v>
+        <v>1240</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>497</v>
+        <v>1241</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G16" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4" t="s">
-        <v>24</v>
+        <v>775</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>25</v>
+        <v>776</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>26</v>
+        <v>777</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G17" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G18" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="4" t="s">
-        <v>110</v>
+        <v>1087</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>111</v>
+        <v>1088</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>112</v>
+        <v>1089</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G19" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="4" t="s">
-        <v>122</v>
+        <v>602</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>123</v>
+        <v>603</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>124</v>
+        <v>604</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G20" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="4" t="s">
-        <v>125</v>
+        <v>690</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>126</v>
+        <v>691</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>127</v>
+        <v>692</v>
       </c>
       <c r="F21" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G21" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="22" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A22" s="4" t="s">
-        <v>138</v>
+        <v>401</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>139</v>
+        <v>402</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>140</v>
+        <v>403</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G22" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="23" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="4" t="s">
-        <v>171</v>
+        <v>1416</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>172</v>
+        <v>1417</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>173</v>
+        <v>1418</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>10</v>
+        <v>88</v>
       </c>
       <c r="G23" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4" t="s">
-        <v>180</v>
+        <v>511</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>181</v>
+        <v>512</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>182</v>
+        <v>513</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G24" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="4" t="s">
-        <v>199</v>
+        <v>414</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>200</v>
+        <v>415</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      </c>
+        <v>416</v>
+      </c>
+      <c r="F25" s="6"/>
       <c r="G25" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="4" t="s">
-        <v>203</v>
+        <v>237</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>204</v>
+        <v>238</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>205</v>
+        <v>239</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>202</v>
+        <v>10</v>
       </c>
       <c r="G26" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A27" s="4" t="s">
-        <v>267</v>
+        <v>224</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>268</v>
+        <v>225</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>269</v>
+        <v>226</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G27" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="4" t="s">
-        <v>295</v>
+        <v>51</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>296</v>
+        <v>52</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>297</v>
+        <v>53</v>
       </c>
       <c r="F28" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G28" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="4" t="s">
-        <v>316</v>
+        <v>109</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>317</v>
+        <v>110</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>318</v>
+        <v>111</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="G29" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="30" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A30" s="4" t="s">
-        <v>337</v>
+        <v>382</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>338</v>
+        <v>383</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>339</v>
+        <v>384</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G30" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="31" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A31" s="4" t="s">
-        <v>371</v>
+        <v>474</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>372</v>
+        <v>475</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>373</v>
+        <v>476</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G31" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="32" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A32" s="4" t="s">
-        <v>386</v>
+        <v>1128</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>387</v>
+        <v>1129</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>388</v>
+        <v>1130</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>202</v>
+        <v>11</v>
       </c>
       <c r="G32" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A33" s="4" t="s">
-        <v>422</v>
+        <v>1256</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>423</v>
+        <v>1257</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>424</v>
+        <v>1258</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G33" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" s="4" t="s">
-        <v>440</v>
+        <v>203</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>441</v>
+        <v>204</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>442</v>
+        <v>205</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>10</v>
+        <v>206</v>
       </c>
       <c r="G34" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A35" s="4" t="s">
-        <v>452</v>
+        <v>599</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>453</v>
+        <v>600</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>454</v>
+        <v>601</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>236</v>
+        <v>10</v>
       </c>
       <c r="G35" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="4" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>462</v>
+        <v>452</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="G36" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="37" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="4" t="s">
-        <v>474</v>
+        <v>981</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>475</v>
+        <v>982</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>476</v>
+        <v>983</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G37" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="4" t="s">
-        <v>504</v>
+        <v>762</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>505</v>
+        <v>763</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>506</v>
+        <v>764</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>236</v>
+        <v>18</v>
       </c>
       <c r="G38" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="4" t="s">
-        <v>519</v>
+        <v>904</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>520</v>
+        <v>905</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>521</v>
+        <v>906</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="G39" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A40" s="4" t="s">
-        <v>543</v>
+        <v>1023</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>544</v>
+        <v>1024</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>545</v>
+        <v>1025</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G40" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A41" s="4" t="s">
-        <v>571</v>
+        <v>662</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>572</v>
+        <v>663</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>573</v>
+        <v>664</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>236</v>
+        <v>10</v>
       </c>
       <c r="G41" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A42" s="4" t="s">
-        <v>596</v>
+        <v>637</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>597</v>
+        <v>638</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>598</v>
+        <v>639</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G42" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="43" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A43" s="4" t="s">
         <v>647</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>648</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>649</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G43" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="44" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A44" s="4" t="s">
-        <v>653</v>
+        <v>687</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>654</v>
+        <v>688</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>655</v>
+        <v>689</v>
       </c>
       <c r="F44" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G44" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A45" s="4" t="s">
-        <v>669</v>
+        <v>251</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>670</v>
+        <v>252</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>671</v>
+        <v>253</v>
       </c>
       <c r="F45" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G45" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A46" s="4" t="s">
-        <v>682</v>
+        <v>180</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>683</v>
+        <v>181</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>684</v>
+        <v>182</v>
       </c>
       <c r="F46" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G46" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A47" s="4" t="s">
-        <v>732</v>
+        <v>173</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>733</v>
+        <v>174</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>734</v>
+        <v>175</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>15</v>
+        <v>176</v>
       </c>
       <c r="G47" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="48" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A48" s="4" t="s">
-        <v>744</v>
+        <v>1033</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>745</v>
+        <v>1034</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>746</v>
+        <v>1035</v>
       </c>
       <c r="F48" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G48" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A49" s="4" t="s">
-        <v>792</v>
+        <v>490</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>793</v>
+        <v>491</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>794</v>
+        <v>492</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>10</v>
+        <v>493</v>
       </c>
       <c r="G49" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A50" s="4" t="s">
-        <v>837</v>
+        <v>611</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>838</v>
+        <v>612</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>839</v>
+        <v>613</v>
       </c>
       <c r="F50" s="6" t="s">
-        <v>134</v>
+        <v>17</v>
       </c>
       <c r="G50" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A51" s="4" t="s">
-        <v>855</v>
+        <v>62</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>856</v>
+        <v>63</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>857</v>
+        <v>64</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
       <c r="G51" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="52" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A52" s="4" t="s">
-        <v>873</v>
+        <v>503</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>874</v>
+        <v>504</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>875</v>
+        <v>505</v>
       </c>
       <c r="F52" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G52" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A53" s="4" t="s">
-        <v>897</v>
+        <v>186</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>898</v>
+        <v>187</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>899</v>
+        <v>188</v>
       </c>
       <c r="F53" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G53" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A54" s="4" t="s">
-        <v>909</v>
+        <v>152</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>910</v>
+        <v>153</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>911</v>
+        <v>154</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G54" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A55" s="4" t="s">
-        <v>918</v>
+        <v>348</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>919</v>
+        <v>349</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>920</v>
+        <v>350</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G55" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A56" s="4" t="s">
-        <v>934</v>
+        <v>719</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>935</v>
+        <v>720</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>936</v>
+        <v>721</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G56" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A57" s="4" t="s">
-        <v>970</v>
+        <v>96</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>971</v>
+        <v>97</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>972</v>
+        <v>98</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>263</v>
+        <v>10</v>
       </c>
       <c r="G57" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="58" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A58" s="4" t="s">
-        <v>116</v>
+        <v>810</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>117</v>
+        <v>811</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>118</v>
+        <v>812</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G58" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="59" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A59" s="4" t="s">
-        <v>156</v>
+        <v>778</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>157</v>
+        <v>779</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>158</v>
+        <v>780</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G59" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A60" s="4" t="s">
-        <v>206</v>
+        <v>419</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>207</v>
+        <v>420</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>208</v>
+        <v>421</v>
       </c>
       <c r="F60" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G60" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="61" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A61" s="4" t="s">
-        <v>285</v>
+        <v>843</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>286</v>
+        <v>844</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>287</v>
+        <v>845</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>10</v>
+        <v>229</v>
       </c>
       <c r="G61" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A62" s="4" t="s">
-        <v>322</v>
+        <v>398</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>323</v>
+        <v>399</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>324</v>
+        <v>400</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G62" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="63" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A63" s="4" t="s">
-        <v>325</v>
+        <v>300</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>326</v>
+        <v>301</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>327</v>
+        <v>302</v>
       </c>
       <c r="F63" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G63" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="64" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A64" s="4" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G64" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="65" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A65" s="4" t="s">
-        <v>389</v>
+        <v>74</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>390</v>
+        <v>75</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>391</v>
+        <v>76</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="G65" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A66" s="4" t="s">
-        <v>395</v>
+        <v>468</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>396</v>
+        <v>469</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>397</v>
+        <v>470</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G66" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="67" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A67" s="4" t="s">
-        <v>410</v>
+        <v>177</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>411</v>
+        <v>178</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>412</v>
+        <v>179</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>10</v>
+        <v>176</v>
       </c>
       <c r="G67" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A68" s="4" t="s">
-        <v>458</v>
+        <v>112</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>459</v>
+        <v>113</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>460</v>
+        <v>114</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G68" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A69" s="4" t="s">
-        <v>483</v>
+        <v>164</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>484</v>
+        <v>165</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>485</v>
+        <v>166</v>
       </c>
       <c r="F69" s="6" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G69" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A70" s="4" t="s">
-        <v>522</v>
+        <v>591</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>523</v>
+        <v>592</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>524</v>
+        <v>593</v>
       </c>
       <c r="F70" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G70" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A71" s="4" t="s">
-        <v>537</v>
+        <v>106</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>538</v>
+        <v>107</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>539</v>
+        <v>108</v>
       </c>
       <c r="F71" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G71" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A72" s="4" t="s">
-        <v>577</v>
+        <v>119</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>578</v>
+        <v>120</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>579</v>
+        <v>121</v>
       </c>
       <c r="F72" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G72" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A73" s="4" t="s">
-        <v>586</v>
+        <v>566</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>587</v>
+        <v>567</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>588</v>
+        <v>568</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G73" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A74" s="4" t="s">
-        <v>632</v>
+        <v>377</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>633</v>
+        <v>378</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>634</v>
+        <v>379</v>
       </c>
       <c r="F74" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G74" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A75" s="4" t="s">
-        <v>635</v>
+        <v>561</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>636</v>
+        <v>562</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>637</v>
-[...1 lines deleted...]
-      <c r="F75" s="6"/>
+        <v>563</v>
+      </c>
+      <c r="F75" s="6" t="s">
+        <v>88</v>
+      </c>
       <c r="G75" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A76" s="4" t="s">
-        <v>691</v>
+        <v>712</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>692</v>
+        <v>713</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>693</v>
+        <v>714</v>
       </c>
       <c r="F76" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G76" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A77" s="4" t="s">
-        <v>694</v>
+        <v>91</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>695</v>
+        <v>92</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>696</v>
+        <v>93</v>
       </c>
       <c r="F77" s="6" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="G77" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A78" s="4" t="s">
-        <v>723</v>
+        <v>520</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>724</v>
+        <v>521</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>725</v>
+        <v>522</v>
       </c>
       <c r="F78" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G78" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A79" s="4" t="s">
-        <v>756</v>
+        <v>454</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>757</v>
+        <v>455</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>758</v>
+        <v>456</v>
       </c>
       <c r="F79" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G79" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="80" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A80" s="4" t="s">
-        <v>759</v>
+        <v>462</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>760</v>
+        <v>463</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>761</v>
+        <v>464</v>
       </c>
       <c r="F80" s="6" t="s">
-        <v>10</v>
+        <v>206</v>
       </c>
       <c r="G80" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A81" s="4" t="s">
-        <v>762</v>
+        <v>916</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>763</v>
+        <v>917</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>764</v>
+        <v>918</v>
       </c>
       <c r="F81" s="6" t="s">
-        <v>18</v>
+        <v>320</v>
       </c>
       <c r="G81" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A82" s="4" t="s">
-        <v>789</v>
+        <v>197</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>790</v>
+        <v>198</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>791</v>
+        <v>199</v>
       </c>
       <c r="F82" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G82" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A83" s="4" t="s">
-        <v>798</v>
+        <v>855</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>799</v>
+        <v>856</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>800</v>
+        <v>857</v>
       </c>
       <c r="F83" s="6" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="G83" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="84" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A84" s="4" t="s">
-        <v>828</v>
+        <v>321</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>829</v>
+        <v>322</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>830</v>
+        <v>323</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G84" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A85" s="4" t="s">
-        <v>831</v>
+        <v>155</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>832</v>
+        <v>156</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>833</v>
+        <v>157</v>
       </c>
       <c r="F85" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G85" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A86" s="4" t="s">
-        <v>925</v>
+        <v>836</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>926</v>
+        <v>837</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>927</v>
+        <v>838</v>
       </c>
       <c r="F86" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G86" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="87" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A87" s="4" t="s">
-        <v>931</v>
+        <v>1318</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>932</v>
+        <v>1319</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>933</v>
+        <v>1320</v>
       </c>
       <c r="F87" s="6" t="s">
-        <v>11</v>
+        <v>392</v>
       </c>
       <c r="G87" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A88" s="4" t="s">
-        <v>961</v>
+        <v>285</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>962</v>
+        <v>286</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>963</v>
+        <v>287</v>
       </c>
       <c r="F88" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G88" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="89" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A89" s="4" t="s">
-        <v>985</v>
+        <v>288</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>986</v>
+        <v>289</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>987</v>
+        <v>290</v>
       </c>
       <c r="F89" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G89" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="90" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A90" s="4" t="s">
-        <v>1048</v>
+        <v>650</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>1049</v>
+        <v>651</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>1050</v>
+        <v>652</v>
       </c>
       <c r="F90" s="6" t="s">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G90" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A91" s="4" t="s">
-        <v>1139</v>
+        <v>1058</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>1140</v>
+        <v>1059</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>1141</v>
+        <v>1060</v>
       </c>
       <c r="F91" s="6" t="s">
-        <v>16</v>
+        <v>211</v>
       </c>
       <c r="G91" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A92" s="4" t="s">
-        <v>79</v>
+        <v>115</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>80</v>
+        <v>116</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>81</v>
+        <v>117</v>
       </c>
       <c r="F92" s="6" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="G92" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A93" s="4" t="s">
-        <v>212</v>
+        <v>1030</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>213</v>
+        <v>1031</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>214</v>
+        <v>1032</v>
       </c>
       <c r="F93" s="6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G93" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A94" s="4" t="s">
-        <v>233</v>
+        <v>393</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>234</v>
+        <v>394</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>235</v>
+        <v>395</v>
       </c>
       <c r="F94" s="6" t="s">
-        <v>236</v>
+        <v>206</v>
       </c>
       <c r="G94" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A95" s="4" t="s">
-        <v>273</v>
+        <v>149</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>274</v>
+        <v>150</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>275</v>
+        <v>151</v>
       </c>
       <c r="F95" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G95" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A96" s="4" t="s">
-        <v>489</v>
+        <v>738</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>490</v>
+        <v>739</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>491</v>
+        <v>740</v>
       </c>
       <c r="F96" s="6" t="s">
-        <v>236</v>
+        <v>15</v>
       </c>
       <c r="G96" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="97" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A97" s="4" t="s">
-        <v>507</v>
+        <v>744</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>508</v>
+        <v>745</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>509</v>
+        <v>746</v>
       </c>
       <c r="F97" s="6" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="G97" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A98" s="4" t="s">
-        <v>531</v>
+        <v>358</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>532</v>
+        <v>359</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>533</v>
+        <v>360</v>
       </c>
       <c r="F98" s="6" t="s">
-        <v>236</v>
+        <v>10</v>
       </c>
       <c r="G98" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A99" s="4" t="s">
-        <v>534</v>
+        <v>1244</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>535</v>
+        <v>1245</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>536</v>
+        <v>1246</v>
       </c>
       <c r="F99" s="6" t="s">
-        <v>243</v>
+        <v>10</v>
       </c>
       <c r="G99" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A100" s="4" t="s">
-        <v>540</v>
+        <v>1346</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>541</v>
+        <v>1347</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>542</v>
+        <v>1348</v>
       </c>
       <c r="F100" s="6" t="s">
-        <v>10</v>
+        <v>516</v>
       </c>
       <c r="G100" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A101" s="4" t="s">
-        <v>685</v>
+        <v>813</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>686</v>
+        <v>814</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>687</v>
+        <v>815</v>
       </c>
       <c r="F101" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G101" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A102" s="4" t="s">
-        <v>697</v>
+        <v>497</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>698</v>
+        <v>498</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>699</v>
+        <v>499</v>
       </c>
       <c r="F102" s="6" t="s">
-        <v>10</v>
+        <v>206</v>
       </c>
       <c r="G102" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A103" s="4" t="s">
-        <v>747</v>
+        <v>1020</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>748</v>
+        <v>1021</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>749</v>
+        <v>1022</v>
       </c>
       <c r="F103" s="6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G103" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A104" s="4" t="s">
-        <v>750</v>
+        <v>136</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>751</v>
+        <v>137</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>752</v>
+        <v>138</v>
       </c>
       <c r="F104" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G104" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A105" s="4" t="s">
-        <v>819</v>
+        <v>279</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>820</v>
+        <v>280</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>821</v>
+        <v>281</v>
       </c>
       <c r="F105" s="6" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G105" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A106" s="4" t="s">
-        <v>849</v>
+        <v>122</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>850</v>
+        <v>123</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>851</v>
+        <v>124</v>
       </c>
       <c r="F106" s="6" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G106" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A107" s="4" t="s">
-        <v>864</v>
+        <v>438</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>865</v>
+        <v>439</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>866</v>
+        <v>440</v>
       </c>
       <c r="F107" s="6" t="s">
-        <v>11</v>
+        <v>206</v>
       </c>
       <c r="G107" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A108" s="4" t="s">
-        <v>870</v>
+        <v>1261</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>871</v>
+        <v>1262</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>872</v>
+        <v>1263</v>
       </c>
       <c r="F108" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G108" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A109" s="4" t="s">
-        <v>894</v>
+        <v>430</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>895</v>
+        <v>431</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>896</v>
+        <v>432</v>
       </c>
       <c r="F109" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G109" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A110" s="4" t="s">
-        <v>949</v>
+        <v>1040</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>950</v>
+        <v>1041</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>951</v>
+        <v>1042</v>
       </c>
       <c r="F110" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G110" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A111" s="4" t="s">
-        <v>1041</v>
+        <v>54</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>1042</v>
+        <v>55</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>1043</v>
+        <v>56</v>
       </c>
       <c r="F111" s="6" t="s">
-        <v>1044</v>
+        <v>11</v>
       </c>
       <c r="G111" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A112" s="4" t="s">
-        <v>1232</v>
+        <v>755</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>1233</v>
+        <v>756</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>1234</v>
+        <v>757</v>
       </c>
       <c r="F112" s="6" t="s">
-        <v>243</v>
+        <v>10</v>
       </c>
       <c r="G112" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="113" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A113" s="4" t="s">
-        <v>1268</v>
+        <v>659</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>1269</v>
+        <v>660</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>1270</v>
+        <v>661</v>
       </c>
       <c r="F113" s="6" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="G113" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A114" s="4" t="s">
-        <v>1389</v>
+        <v>722</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>1390</v>
+        <v>723</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>1391</v>
+        <v>724</v>
       </c>
       <c r="F114" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G114" s="7">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A115" s="4" t="s">
+        <v>629</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E115" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="F115" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G115" s="7">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A116" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="F116" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G116" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="115" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...45 lines deleted...]
-    <row r="117" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="117" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A117" s="4" t="s">
-        <v>94</v>
+        <v>1184</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>95</v>
+        <v>1185</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>96</v>
+        <v>1186</v>
       </c>
       <c r="F117" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G117" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A118" s="4" t="s">
-        <v>247</v>
+        <v>465</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>248</v>
+        <v>466</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>249</v>
+        <v>467</v>
       </c>
       <c r="F118" s="6" t="s">
-        <v>10</v>
+        <v>211</v>
       </c>
       <c r="G118" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A119" s="4" t="s">
-        <v>254</v>
+        <v>471</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>255</v>
+        <v>472</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>256</v>
+        <v>473</v>
       </c>
       <c r="F119" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G119" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A120" s="4" t="s">
-        <v>292</v>
+        <v>139</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>293</v>
+        <v>140</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>294</v>
+        <v>141</v>
       </c>
       <c r="F120" s="6" t="s">
-        <v>10</v>
+        <v>59</v>
       </c>
       <c r="G120" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A121" s="4" t="s">
-        <v>304</v>
+        <v>144</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>305</v>
+        <v>145</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>306</v>
+        <v>146</v>
       </c>
       <c r="F121" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G121" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A122" s="4" t="s">
-        <v>319</v>
+        <v>232</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>320</v>
+        <v>233</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>321</v>
+        <v>234</v>
       </c>
       <c r="F122" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G122" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A123" s="4" t="s">
-        <v>404</v>
+        <v>525</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>405</v>
+        <v>526</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>406</v>
+        <v>527</v>
       </c>
       <c r="F123" s="6" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G123" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A124" s="4" t="s">
-        <v>416</v>
+        <v>101</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>417</v>
+        <v>102</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>418</v>
+        <v>103</v>
       </c>
       <c r="F124" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G124" s="7">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="4" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>1266</v>
+      </c>
+      <c r="F125" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G124" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G125" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A126" s="4" t="s">
-        <v>516</v>
+        <v>158</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>517</v>
+        <v>159</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>518</v>
+        <v>160</v>
       </c>
       <c r="F126" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G126" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A127" s="4" t="s">
-        <v>555</v>
+        <v>271</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>556</v>
+        <v>272</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>557</v>
+        <v>273</v>
       </c>
       <c r="F127" s="6" t="s">
-        <v>10</v>
+        <v>163</v>
       </c>
       <c r="G127" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A128" s="4" t="s">
-        <v>568</v>
+        <v>897</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>569</v>
+        <v>898</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>570</v>
+        <v>899</v>
       </c>
       <c r="F128" s="6" t="s">
-        <v>567</v>
+        <v>900</v>
       </c>
       <c r="G128" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A129" s="4" t="s">
-        <v>580</v>
+        <v>665</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>581</v>
+        <v>666</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>582</v>
+        <v>667</v>
       </c>
       <c r="F129" s="6" t="s">
-        <v>100</v>
+        <v>17</v>
       </c>
       <c r="G129" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A130" s="4" t="s">
-        <v>614</v>
+        <v>804</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>615</v>
+        <v>805</v>
       </c>
       <c r="C130" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E130" s="5" t="s">
-        <v>616</v>
+        <v>806</v>
       </c>
       <c r="F130" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G130" s="7">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A131" s="4" t="s">
+        <v>552</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="C131" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D131" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E131" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="F131" s="6"/>
+      <c r="G131" s="7">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A132" s="4" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B132" s="5" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C132" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D132" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E132" s="5" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F132" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G132" s="7">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A133" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="B133" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="C133" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D133" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="F133" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G130" s="7">
-[...67 lines deleted...]
-      </c>
       <c r="G133" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A134" s="4" t="s">
-        <v>707</v>
+        <v>1009</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>708</v>
+        <v>1010</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E134" s="5" t="s">
-        <v>709</v>
+        <v>1011</v>
       </c>
       <c r="F134" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G134" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A135" s="4" t="s">
-        <v>713</v>
+        <v>441</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>714</v>
+        <v>442</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>715</v>
+        <v>443</v>
       </c>
       <c r="F135" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G135" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A136" s="4" t="s">
-        <v>719</v>
+        <v>1141</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>720</v>
+        <v>1142</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>721</v>
+        <v>1143</v>
       </c>
       <c r="F136" s="6" t="s">
-        <v>722</v>
+        <v>1144</v>
       </c>
       <c r="G136" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A137" s="4" t="s">
-        <v>741</v>
+        <v>577</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>742</v>
+        <v>578</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>743</v>
+        <v>579</v>
       </c>
       <c r="F137" s="6" t="s">
-        <v>10</v>
+        <v>88</v>
       </c>
       <c r="G137" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A138" s="4" t="s">
-        <v>771</v>
+        <v>695</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>772</v>
+        <v>696</v>
       </c>
       <c r="C138" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>773</v>
+        <v>697</v>
       </c>
       <c r="F138" s="6" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G138" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A139" s="4" t="s">
-        <v>777</v>
+        <v>411</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>778</v>
+        <v>412</v>
       </c>
       <c r="C139" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>779</v>
+        <v>413</v>
       </c>
       <c r="F139" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G139" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A140" s="4" t="s">
-        <v>795</v>
+        <v>594</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>796</v>
+        <v>595</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E140" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="F140" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G140" s="7">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A141" s="4" t="s">
+        <v>826</v>
+      </c>
+      <c r="B141" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="C141" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D141" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E141" s="5" t="s">
+        <v>828</v>
+      </c>
+      <c r="F141" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G141" s="7">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A142" s="4" t="s">
+        <v>653</v>
+      </c>
+      <c r="B142" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="C142" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D142" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E142" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="F142" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G142" s="7">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A143" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B143" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C143" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D143" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E143" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F143" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" s="7">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A144" s="4" t="s">
         <v>797</v>
       </c>
-      <c r="F140" s="6" t="s">
-[...78 lines deleted...]
-      </c>
       <c r="B144" s="5" t="s">
-        <v>929</v>
+        <v>798</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E144" s="5" t="s">
-        <v>930</v>
+        <v>799</v>
       </c>
       <c r="F144" s="6" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G144" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A145" s="4" t="s">
-        <v>937</v>
+        <v>326</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>938</v>
+        <v>327</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>939</v>
+        <v>328</v>
       </c>
       <c r="F145" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G145" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A146" s="4" t="s">
-        <v>952</v>
+        <v>789</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>953</v>
+        <v>790</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>954</v>
+        <v>791</v>
       </c>
       <c r="F146" s="6" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="G146" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A147" s="4" t="s">
-        <v>1014</v>
+        <v>605</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>1015</v>
+        <v>606</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>1016</v>
+        <v>607</v>
       </c>
       <c r="F147" s="6" t="s">
-        <v>243</v>
+        <v>10</v>
       </c>
       <c r="G147" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A148" s="4" t="s">
-        <v>1045</v>
+        <v>532</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>1046</v>
+        <v>533</v>
       </c>
       <c r="C148" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>1047</v>
+        <v>534</v>
       </c>
       <c r="F148" s="6" t="s">
-        <v>243</v>
+        <v>30</v>
       </c>
       <c r="G148" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A149" s="4" t="s">
-        <v>1051</v>
+        <v>260</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>1052</v>
+        <v>261</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>1053</v>
+        <v>262</v>
       </c>
       <c r="F149" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G149" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A150" s="4" t="s">
-        <v>1072</v>
+        <v>183</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>1073</v>
+        <v>184</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>1074</v>
+        <v>185</v>
       </c>
       <c r="F150" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A151" s="4" t="s">
-        <v>1075</v>
+        <v>530</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>1076</v>
+        <v>1805</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>1077</v>
+        <v>531</v>
       </c>
       <c r="F151" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="G151" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A152" s="4" t="s">
-        <v>1084</v>
+        <v>99</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>1085</v>
+        <v>1983</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>1086</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="F152" s="6"/>
       <c r="G152" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A153" s="4" t="s">
-        <v>1087</v>
+        <v>1335</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>1088</v>
+        <v>2025</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>1089</v>
+        <v>1336</v>
       </c>
       <c r="F153" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G153" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A154" s="4" t="s">
-        <v>1090</v>
+        <v>1313</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>1091</v>
+        <v>2024</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>1092</v>
+        <v>1314</v>
       </c>
       <c r="F154" s="6" t="s">
-        <v>567</v>
+        <v>10</v>
       </c>
       <c r="G154" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A155" s="4" t="s">
-        <v>1118</v>
+        <v>705</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>1119</v>
+        <v>1817</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>1120</v>
+        <v>706</v>
       </c>
       <c r="F155" s="6" t="s">
-        <v>11</v>
+        <v>206</v>
       </c>
       <c r="G155" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A156" s="4" t="s">
-        <v>1124</v>
+        <v>860</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>1125</v>
+        <v>2099</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>1126</v>
+        <v>861</v>
       </c>
       <c r="F156" s="6" t="s">
-        <v>470</v>
+        <v>862</v>
       </c>
       <c r="G156" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A157" s="4" t="s">
-        <v>1136</v>
+        <v>693</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>1137</v>
+        <v>1815</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E157" s="5" t="s">
-        <v>1138</v>
+        <v>694</v>
       </c>
       <c r="F157" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G157" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="158" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="158" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A158" s="4" t="s">
-        <v>1157</v>
+        <v>883</v>
       </c>
       <c r="B158" s="5" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C158" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D158" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E158" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="F158" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G158" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A159" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B159" s="5" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C159" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D159" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E159" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F159" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G159" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A160" s="4" t="s">
+        <v>749</v>
+      </c>
+      <c r="B160" s="5" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C160" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D160" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E160" s="5" t="s">
+        <v>750</v>
+      </c>
+      <c r="F160" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G160" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A161" s="4" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B161" s="5" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C161" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D161" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E161" s="5" t="s">
+        <v>1670</v>
+      </c>
+      <c r="F161" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G161" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A162" s="4" t="s">
+        <v>853</v>
+      </c>
+      <c r="B162" s="5" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C162" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D162" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E162" s="5" t="s">
+        <v>854</v>
+      </c>
+      <c r="F162" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="G162" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A163" s="4" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B163" s="5" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C163" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D163" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E163" s="5" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F163" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G163" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A164" s="4" t="s">
+        <v>895</v>
+      </c>
+      <c r="B164" s="5" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C164" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D164" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E164" s="5" t="s">
+        <v>896</v>
+      </c>
+      <c r="F164" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G164" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A165" s="4" t="s">
+        <v>707</v>
+      </c>
+      <c r="B165" s="5" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C165" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D165" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E165" s="5" t="s">
+        <v>708</v>
+      </c>
+      <c r="F165" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="G165" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A166" s="4" t="s">
+        <v>481</v>
+      </c>
+      <c r="B166" s="5" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C166" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D166" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E166" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="F166" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="G166" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A167" s="4" t="s">
+        <v>970</v>
+      </c>
+      <c r="B167" s="5" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C167" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D167" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E167" s="5" t="s">
+        <v>971</v>
+      </c>
+      <c r="F167" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="G167" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A168" s="4" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B168" s="5" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C168" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D168" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E168" s="5" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F168" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G168" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A169" s="4" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B169" s="5" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C169" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D169" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E169" s="5" t="s">
+        <v>1371</v>
+      </c>
+      <c r="F169" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G169" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A170" s="4" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B170" s="5" t="s">
+        <v>2158</v>
+      </c>
+      <c r="C170" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D170" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E170" s="5" t="s">
+        <v>1532</v>
+      </c>
+      <c r="F170" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="G170" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A171" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C171" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D171" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E171" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="F171" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G171" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A172" s="4" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C172" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D172" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F172" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G172" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A173" s="4" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D173" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E173" s="5" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F173" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G173" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A174" s="4" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>2037</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E174" s="5" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F174" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="G174" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A175" s="4" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E175" s="5" t="s">
+        <v>1579</v>
+      </c>
+      <c r="F175" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G175" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A176" s="4" t="s">
         <v>1158</v>
       </c>
-      <c r="C158" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E158" s="5" t="s">
+      <c r="B176" s="5" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D176" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E176" s="5" t="s">
         <v>1159</v>
-      </c>
-[...412 lines deleted...]
-        <v>149</v>
       </c>
       <c r="F176" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G176" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="177" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="177" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A177" s="4" t="s">
-        <v>282</v>
+        <v>932</v>
       </c>
       <c r="B177" s="5" t="s">
-        <v>283</v>
+        <v>1835</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>284</v>
+        <v>933</v>
       </c>
       <c r="F177" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G177" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A178" s="4" t="s">
-        <v>334</v>
+        <v>1134</v>
       </c>
       <c r="B178" s="5" t="s">
-        <v>335</v>
+        <v>1859</v>
       </c>
       <c r="C178" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>336</v>
+        <v>1135</v>
       </c>
       <c r="F178" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A179" s="4" t="s">
-        <v>343</v>
+        <v>635</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>344</v>
+        <v>1812</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>345</v>
+        <v>636</v>
       </c>
       <c r="F179" s="6" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G179" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="180" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="180" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A180" s="4" t="s">
-        <v>355</v>
+        <v>1412</v>
       </c>
       <c r="B180" s="5" t="s">
-        <v>356</v>
+        <v>1908</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>357</v>
+        <v>1413</v>
       </c>
       <c r="F180" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G180" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A181" s="4" t="s">
-        <v>361</v>
+        <v>891</v>
       </c>
       <c r="B181" s="5" t="s">
-        <v>362</v>
+        <v>1833</v>
       </c>
       <c r="C181" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E181" s="5" t="s">
-        <v>363</v>
+        <v>892</v>
       </c>
       <c r="F181" s="6" t="s">
-        <v>364</v>
+        <v>10</v>
       </c>
       <c r="G181" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A182" s="4" t="s">
-        <v>431</v>
+        <v>293</v>
       </c>
       <c r="B182" s="5" t="s">
-        <v>432</v>
+        <v>2069</v>
       </c>
       <c r="C182" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>433</v>
+        <v>294</v>
       </c>
       <c r="F182" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G182" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A183" s="4" t="s">
-        <v>528</v>
+        <v>79</v>
       </c>
       <c r="B183" s="5" t="s">
-        <v>529</v>
+        <v>1768</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>530</v>
+        <v>80</v>
       </c>
       <c r="F183" s="6" t="s">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G183" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="184" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="184" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A184" s="4" t="s">
-        <v>574</v>
+        <v>640</v>
       </c>
       <c r="B184" s="5" t="s">
-        <v>575</v>
+        <v>2085</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E184" s="5" t="s">
-        <v>576</v>
+        <v>641</v>
       </c>
       <c r="F184" s="6" t="s">
-        <v>10</v>
+        <v>88</v>
       </c>
       <c r="G184" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A185" s="4" t="s">
-        <v>593</v>
+        <v>1504</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>594</v>
+        <v>2155</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>595</v>
+        <v>1505</v>
       </c>
       <c r="F185" s="6" t="s">
+        <v>959</v>
+      </c>
+      <c r="G185" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A186" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="B186" s="5" t="s">
+        <v>2068</v>
+      </c>
+      <c r="C186" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D186" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E186" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="F186" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G186" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A187" s="4" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B187" s="5" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C187" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D187" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E187" s="5" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F187" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G187" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A188" s="4" t="s">
+        <v>685</v>
+      </c>
+      <c r="B188" s="5" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C188" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D188" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E188" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="F188" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G188" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A189" s="4" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B189" s="5" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C189" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D189" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E189" s="5" t="s">
+        <v>1547</v>
+      </c>
+      <c r="F189" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G189" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A190" s="4" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B190" s="5" t="s">
+        <v>2163</v>
+      </c>
+      <c r="C190" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D190" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E190" s="5" t="s">
+        <v>1559</v>
+      </c>
+      <c r="F190" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G190" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A191" s="4" t="s">
+        <v>751</v>
+      </c>
+      <c r="B191" s="5" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C191" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D191" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E191" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="F191" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G191" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A192" s="4" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B192" s="5" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C192" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D192" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E192" s="5" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F192" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G192" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A193" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="B193" s="5" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C193" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D193" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E193" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="F193" s="6"/>
+      <c r="G193" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A194" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="B194" s="5" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C194" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D194" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E194" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="F194" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G194" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A195" s="4" t="s">
+        <v>351</v>
+      </c>
+      <c r="B195" s="5" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C195" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D195" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E195" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="F195" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="G195" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A196" s="4" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>2129</v>
+      </c>
+      <c r="C196" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D196" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E196" s="5" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F196" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G196" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A197" s="4" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C197" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D197" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E197" s="5" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F197" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="G197" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A198" s="4" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C198" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D198" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E198" s="5" t="s">
+        <v>1395</v>
+      </c>
+      <c r="F198" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G198" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A199" s="4" t="s">
+        <v>753</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C199" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D199" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E199" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="F199" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G199" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A200" s="4" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B200" s="5" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C200" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D200" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E200" s="5" t="s">
+        <v>1367</v>
+      </c>
+      <c r="F200" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G185" s="7">
-[...203 lines deleted...]
-      <c r="F194" s="6" t="s">
+      <c r="G200" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A201" s="4" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B201" s="5" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C201" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D201" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E201" s="5" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F201" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G194" s="7">
-[...159 lines deleted...]
-      </c>
       <c r="G201" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="202" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A202" s="4" t="s">
-        <v>1280</v>
+        <v>1302</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>1281</v>
+        <v>1890</v>
       </c>
       <c r="C202" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>1282</v>
+        <v>1303</v>
       </c>
       <c r="F202" s="6" t="s">
-        <v>10</v>
+        <v>206</v>
       </c>
       <c r="G202" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="203" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A203" s="4" t="s">
-        <v>1307</v>
+        <v>509</v>
       </c>
       <c r="B203" s="5" t="s">
-        <v>1308</v>
+        <v>2079</v>
       </c>
       <c r="C203" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E203" s="5" t="s">
-        <v>1309</v>
+        <v>510</v>
       </c>
       <c r="F203" s="6" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G203" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="204" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A204" s="4" t="s">
-        <v>1356</v>
+        <v>1442</v>
       </c>
       <c r="B204" s="5" t="s">
-        <v>1357</v>
+        <v>1916</v>
       </c>
       <c r="C204" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>1358</v>
+        <v>1443</v>
       </c>
       <c r="F204" s="6" t="s">
-        <v>10</v>
+        <v>206</v>
       </c>
       <c r="G204" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A205" s="4" t="s">
-        <v>1392</v>
+        <v>998</v>
       </c>
       <c r="B205" s="5" t="s">
-        <v>1393</v>
+        <v>1844</v>
       </c>
       <c r="C205" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E205" s="5" t="s">
-        <v>1394</v>
+        <v>999</v>
       </c>
       <c r="F205" s="6" t="s">
-        <v>1337</v>
+        <v>270</v>
       </c>
       <c r="G205" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44347</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A206" s="4" t="s">
-        <v>1413</v>
+        <v>444</v>
       </c>
       <c r="B206" s="5" t="s">
-        <v>1414</v>
+        <v>1992</v>
       </c>
       <c r="C206" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E206" s="5" t="s">
-        <v>1415</v>
+        <v>445</v>
       </c>
       <c r="F206" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G206" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A207" s="4" t="s">
-        <v>1428</v>
+        <v>1469</v>
       </c>
       <c r="B207" s="5" t="s">
-        <v>1429</v>
+        <v>2151</v>
       </c>
       <c r="C207" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>1430</v>
+        <v>1470</v>
       </c>
       <c r="F207" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G207" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A208" s="4" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D208" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E208" s="5" t="s">
+        <v>1656</v>
+      </c>
+      <c r="F208" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="G208" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A209" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C209" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D209" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E209" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="F209" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="G209" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A210" s="4" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C210" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D210" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E210" s="5" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F210" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="G210" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A211" s="4" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B211" s="5" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C211" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D211" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E211" s="5" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F211" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G211" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A212" s="4" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B212" s="5" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C212" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D212" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E212" s="5" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F212" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G212" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A213" s="4" t="s">
+        <v>543</v>
+      </c>
+      <c r="B213" s="5" t="s">
+        <v>2080</v>
+      </c>
+      <c r="C213" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D213" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E213" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="F213" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G213" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A214" s="4" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D214" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E214" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="F214" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G214" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A215" s="4" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>2161</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E215" s="5" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F215" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G215" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A216" s="4" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E216" s="5" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F216" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G216" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A217" s="4" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B217" s="5" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C217" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D217" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E217" s="5" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F217" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G217" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A218" s="4" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B218" s="5" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C218" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D218" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E218" s="5" t="s">
+        <v>1585</v>
+      </c>
+      <c r="F218" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G218" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A219" s="4" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B219" s="5" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C219" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D219" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>1590</v>
+      </c>
+      <c r="F219" s="6" t="s">
+        <v>803</v>
+      </c>
+      <c r="G219" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A220" s="4" t="s">
+        <v>841</v>
+      </c>
+      <c r="B220" s="5" t="s">
+        <v>2096</v>
+      </c>
+      <c r="C220" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D220" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E220" s="5" t="s">
+        <v>842</v>
+      </c>
+      <c r="F220" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="G220" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A221" s="4" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B221" s="5" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C221" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D221" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E221" s="5" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F221" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G221" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A222" s="4" t="s">
+        <v>324</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C222" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E222" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="F222" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G222" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A223" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="B223" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="C223" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D223" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E223" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="F223" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G223" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A224" s="4" t="s">
+        <v>500</v>
+      </c>
+      <c r="B224" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="C224" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D224" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E224" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="F224" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G224" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="208" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G208" s="7">
+    <row r="225" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A225" s="4" t="s">
+        <v>907</v>
+      </c>
+      <c r="B225" s="5" t="s">
+        <v>908</v>
+      </c>
+      <c r="C225" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D225" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E225" s="5" t="s">
+        <v>909</v>
+      </c>
+      <c r="F225" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G225" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A226" s="4" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B226" s="5" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C226" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D226" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E226" s="5" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F226" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G226" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A227" s="4" t="s">
+        <v>709</v>
+      </c>
+      <c r="B227" s="5" t="s">
+        <v>710</v>
+      </c>
+      <c r="C227" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D227" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E227" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="F227" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G227" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="209" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G209" s="7">
+    <row r="228" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A228" s="4" t="s">
+        <v>385</v>
+      </c>
+      <c r="B228" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="C228" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D228" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E228" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="F228" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="G228" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A229" s="4" t="s">
+        <v>656</v>
+      </c>
+      <c r="B229" s="5" t="s">
+        <v>657</v>
+      </c>
+      <c r="C229" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D229" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E229" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="F229" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G229" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A230" s="4" t="s">
+        <v>846</v>
+      </c>
+      <c r="B230" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="C230" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D230" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E230" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="F230" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G230" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="210" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...320 lines deleted...]
-      <c r="A224" s="4" t="s">
+    <row r="231" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A231" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="B231" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C231" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D231" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E231" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="F231" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G231" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A232" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="B232" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="C232" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D232" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E232" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="F232" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G232" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A233" s="4" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B233" s="5" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C233" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D233" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E233" s="5" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F233" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G233" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A234" s="4" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B234" s="5" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C234" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D234" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E234" s="5" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F234" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G234" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A235" s="4" t="s">
+        <v>947</v>
+      </c>
+      <c r="B235" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="C235" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D235" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E235" s="5" t="s">
+        <v>949</v>
+      </c>
+      <c r="F235" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G235" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A236" s="4" t="s">
+        <v>878</v>
+      </c>
+      <c r="B236" s="5" t="s">
         <v>879</v>
       </c>
-      <c r="B224" s="5" t="s">
+      <c r="C236" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D236" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E236" s="5" t="s">
         <v>880</v>
       </c>
-      <c r="C224" s="5" t="s">
-[...283 lines deleted...]
-      </c>
       <c r="F236" s="6" t="s">
-        <v>1337</v>
+        <v>211</v>
       </c>
       <c r="G236" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A237" s="4" t="s">
-        <v>1458</v>
+        <v>1387</v>
       </c>
       <c r="B237" s="5" t="s">
-        <v>1459</v>
+        <v>1388</v>
       </c>
       <c r="C237" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E237" s="5" t="s">
-        <v>1460</v>
+        <v>1389</v>
       </c>
       <c r="F237" s="6" t="s">
-        <v>10</v>
+        <v>88</v>
       </c>
       <c r="G237" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="238" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="238" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A238" s="4" t="s">
-        <v>1464</v>
+        <v>433</v>
       </c>
       <c r="B238" s="5" t="s">
-        <v>1465</v>
+        <v>434</v>
       </c>
       <c r="C238" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E238" s="5" t="s">
-        <v>1466</v>
+        <v>435</v>
       </c>
       <c r="F238" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G238" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A239" s="4" t="s">
-        <v>1479</v>
+        <v>632</v>
       </c>
       <c r="B239" s="5" t="s">
-        <v>1480</v>
+        <v>633</v>
       </c>
       <c r="C239" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E239" s="5" t="s">
-        <v>1481</v>
+        <v>634</v>
       </c>
       <c r="F239" s="6" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="G239" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A240" s="4" t="s">
-        <v>1485</v>
+        <v>1508</v>
       </c>
       <c r="B240" s="5" t="s">
-        <v>1486</v>
+        <v>1509</v>
       </c>
       <c r="C240" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E240" s="5" t="s">
-        <v>1487</v>
+        <v>1510</v>
       </c>
       <c r="F240" s="6" t="s">
-        <v>10</v>
+        <v>229</v>
       </c>
       <c r="G240" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A241" s="4" t="s">
-        <v>1488</v>
+        <v>506</v>
       </c>
       <c r="B241" s="5" t="s">
-        <v>1489</v>
+        <v>507</v>
       </c>
       <c r="C241" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E241" s="5" t="s">
-        <v>1490</v>
+        <v>508</v>
       </c>
       <c r="F241" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G241" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A242" s="4" t="s">
+        <v>823</v>
+      </c>
+      <c r="B242" s="5" t="s">
+        <v>824</v>
+      </c>
+      <c r="C242" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D242" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E242" s="5" t="s">
+        <v>825</v>
+      </c>
+      <c r="F242" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G241" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G242" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A243" s="4" t="s">
-        <v>1601</v>
+        <v>990</v>
       </c>
       <c r="B243" s="5" t="s">
-        <v>1602</v>
+        <v>991</v>
       </c>
       <c r="C243" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E243" s="5" t="s">
-        <v>1603</v>
+        <v>992</v>
       </c>
       <c r="F243" s="6" t="s">
-        <v>592</v>
+        <v>11</v>
       </c>
       <c r="G243" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A244" s="4" t="s">
-        <v>1625</v>
+        <v>1253</v>
       </c>
       <c r="B244" s="5" t="s">
-        <v>1626</v>
+        <v>1254</v>
       </c>
       <c r="C244" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E244" s="5" t="s">
-        <v>1627</v>
+        <v>1255</v>
       </c>
       <c r="F244" s="6" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G244" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A245" s="4" t="s">
-        <v>1657</v>
+        <v>1646</v>
       </c>
       <c r="B245" s="5" t="s">
-        <v>1658</v>
+        <v>1647</v>
       </c>
       <c r="C245" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E245" s="5" t="s">
-        <v>1659</v>
+        <v>1648</v>
       </c>
       <c r="F245" s="6" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="G245" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A246" s="4" t="s">
-        <v>1696</v>
+        <v>494</v>
       </c>
       <c r="B246" s="5" t="s">
-        <v>1697</v>
+        <v>495</v>
       </c>
       <c r="C246" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D246" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E246" s="5" t="s">
-        <v>1698</v>
+        <v>496</v>
       </c>
       <c r="F246" s="6" t="s">
-        <v>100</v>
+        <v>493</v>
       </c>
       <c r="G246" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A247" s="4" t="s">
-        <v>1702</v>
+        <v>868</v>
       </c>
       <c r="B247" s="5" t="s">
-        <v>1703</v>
+        <v>869</v>
       </c>
       <c r="C247" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E247" s="5" t="s">
-        <v>1704</v>
+        <v>870</v>
       </c>
       <c r="F247" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G247" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A248" s="4" t="s">
-        <v>76</v>
+        <v>725</v>
       </c>
       <c r="B248" s="5" t="s">
-        <v>77</v>
+        <v>726</v>
       </c>
       <c r="C248" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E248" s="5" t="s">
-        <v>78</v>
+        <v>727</v>
       </c>
       <c r="F248" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G248" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A249" s="4" t="s">
-        <v>230</v>
+        <v>587</v>
       </c>
       <c r="B249" s="5" t="s">
-        <v>231</v>
+        <v>588</v>
       </c>
       <c r="C249" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E249" s="5" t="s">
-        <v>232</v>
+        <v>589</v>
       </c>
       <c r="F249" s="6" t="s">
-        <v>10</v>
+        <v>590</v>
       </c>
       <c r="G249" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A250" s="4" t="s">
-        <v>328</v>
+        <v>644</v>
       </c>
       <c r="B250" s="5" t="s">
-        <v>329</v>
+        <v>645</v>
       </c>
       <c r="C250" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E250" s="5" t="s">
-        <v>330</v>
+        <v>646</v>
       </c>
       <c r="F250" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G250" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A251" s="4" t="s">
-        <v>331</v>
+        <v>517</v>
       </c>
       <c r="B251" s="5" t="s">
-        <v>332</v>
+        <v>518</v>
       </c>
       <c r="C251" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E251" s="5" t="s">
-        <v>333</v>
+        <v>519</v>
       </c>
       <c r="F251" s="6" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G251" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A252" s="4" t="s">
-        <v>392</v>
+        <v>1421</v>
       </c>
       <c r="B252" s="5" t="s">
-        <v>393</v>
+        <v>1422</v>
       </c>
       <c r="C252" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E252" s="5" t="s">
-        <v>394</v>
+        <v>1423</v>
       </c>
       <c r="F252" s="6" t="s">
-        <v>364</v>
+        <v>10</v>
       </c>
       <c r="G252" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="253" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A253" s="4" t="s">
-        <v>401</v>
+        <v>978</v>
       </c>
       <c r="B253" s="5" t="s">
-        <v>402</v>
+        <v>979</v>
       </c>
       <c r="C253" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E253" s="5" t="s">
-        <v>403</v>
+        <v>980</v>
       </c>
       <c r="F253" s="6" t="s">
-        <v>263</v>
+        <v>10</v>
       </c>
       <c r="G253" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="254" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A254" s="4" t="s">
-        <v>419</v>
+        <v>1050</v>
       </c>
       <c r="B254" s="5" t="s">
-        <v>420</v>
+        <v>1051</v>
       </c>
       <c r="C254" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E254" s="5" t="s">
-        <v>421</v>
+        <v>1052</v>
       </c>
       <c r="F254" s="6" t="s">
-        <v>263</v>
+        <v>10</v>
       </c>
       <c r="G254" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="255" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A255" s="4" t="s">
-        <v>726</v>
+        <v>625</v>
       </c>
       <c r="B255" s="5" t="s">
-        <v>727</v>
+        <v>626</v>
       </c>
       <c r="C255" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E255" s="5" t="s">
-        <v>728</v>
+        <v>627</v>
       </c>
       <c r="F255" s="6" t="s">
-        <v>10</v>
+        <v>628</v>
       </c>
       <c r="G255" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A256" s="4" t="s">
-        <v>753</v>
+        <v>929</v>
       </c>
       <c r="B256" s="5" t="s">
-        <v>754</v>
+        <v>930</v>
       </c>
       <c r="C256" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E256" s="5" t="s">
-        <v>755</v>
+        <v>931</v>
       </c>
       <c r="F256" s="6" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G256" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="257" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A257" s="4" t="s">
-        <v>786</v>
+        <v>1071</v>
       </c>
       <c r="B257" s="5" t="s">
-        <v>787</v>
+        <v>1072</v>
       </c>
       <c r="C257" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E257" s="5" t="s">
-        <v>788</v>
+        <v>1073</v>
       </c>
       <c r="F257" s="6" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="G257" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="258" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A258" s="4" t="s">
-        <v>864</v>
+        <v>1194</v>
       </c>
       <c r="B258" s="5" t="s">
-        <v>865</v>
+        <v>1195</v>
       </c>
       <c r="C258" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E258" s="5" t="s">
-        <v>866</v>
+        <v>1196</v>
       </c>
       <c r="F258" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G258" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A259" s="4" t="s">
-        <v>967</v>
+        <v>816</v>
       </c>
       <c r="B259" s="5" t="s">
-        <v>968</v>
+        <v>817</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>969</v>
+        <v>818</v>
       </c>
       <c r="F259" s="6" t="s">
-        <v>236</v>
+        <v>10</v>
       </c>
       <c r="G259" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A260" s="4" t="s">
-        <v>982</v>
+        <v>363</v>
       </c>
       <c r="B260" s="5" t="s">
-        <v>983</v>
+        <v>364</v>
       </c>
       <c r="C260" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E260" s="5" t="s">
-        <v>984</v>
+        <v>365</v>
       </c>
       <c r="F260" s="6" t="s">
-        <v>134</v>
+        <v>11</v>
       </c>
       <c r="G260" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="261" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A261" s="4" t="s">
-        <v>991</v>
+        <v>936</v>
       </c>
       <c r="B261" s="5" t="s">
-        <v>992</v>
+        <v>937</v>
       </c>
       <c r="C261" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D261" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E261" s="5" t="s">
-        <v>993</v>
+        <v>938</v>
       </c>
       <c r="F261" s="6" t="s">
-        <v>994</v>
+        <v>10</v>
       </c>
       <c r="G261" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="262" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A262" s="4" t="s">
-        <v>1038</v>
+        <v>730</v>
       </c>
       <c r="B262" s="5" t="s">
-        <v>1039</v>
+        <v>731</v>
       </c>
       <c r="C262" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D262" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E262" s="5" t="s">
-        <v>1040</v>
+        <v>732</v>
       </c>
       <c r="F262" s="6" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G262" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="263" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A263" s="4" t="s">
-        <v>1057</v>
+        <v>1332</v>
       </c>
       <c r="B263" s="5" t="s">
-        <v>1058</v>
+        <v>1333</v>
       </c>
       <c r="C263" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D263" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E263" s="5" t="s">
-        <v>1059</v>
+        <v>1334</v>
       </c>
       <c r="F263" s="6" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G263" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="264" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="264" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A264" s="4" t="s">
-        <v>1166</v>
+        <v>682</v>
       </c>
       <c r="B264" s="5" t="s">
-        <v>1167</v>
+        <v>683</v>
       </c>
       <c r="C264" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D264" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E264" s="5" t="s">
-        <v>1168</v>
+        <v>684</v>
       </c>
       <c r="F264" s="6" t="s">
-        <v>10</v>
+        <v>206</v>
       </c>
       <c r="G264" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="265" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A265" s="4" t="s">
-        <v>1178</v>
+        <v>200</v>
       </c>
       <c r="B265" s="5" t="s">
-        <v>1179</v>
+        <v>201</v>
       </c>
       <c r="C265" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D265" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E265" s="5" t="s">
-        <v>1180</v>
+        <v>202</v>
       </c>
       <c r="F265" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G265" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="266" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="266" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A266" s="4" t="s">
-        <v>1304</v>
+        <v>1291</v>
       </c>
       <c r="B266" s="5" t="s">
-        <v>1305</v>
+        <v>1292</v>
       </c>
       <c r="C266" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D266" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E266" s="5" t="s">
-        <v>1306</v>
+        <v>1293</v>
       </c>
       <c r="F266" s="6" t="s">
-        <v>253</v>
+        <v>16</v>
       </c>
       <c r="G266" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="267" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A267" s="4" t="s">
-        <v>1325</v>
+        <v>1053</v>
       </c>
       <c r="B267" s="5" t="s">
-        <v>1326</v>
+        <v>1054</v>
       </c>
       <c r="C267" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D267" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E267" s="5" t="s">
-        <v>1327</v>
+        <v>1055</v>
       </c>
       <c r="F267" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G267" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="268" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A268" s="4" t="s">
+        <v>677</v>
+      </c>
+      <c r="B268" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="C268" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D268" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E268" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="F268" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G267" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G268" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="269" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A269" s="4" t="s">
-        <v>1347</v>
+        <v>38</v>
       </c>
       <c r="B269" s="5" t="s">
-        <v>1348</v>
+        <v>39</v>
       </c>
       <c r="C269" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D269" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E269" s="5" t="s">
-        <v>1349</v>
+        <v>40</v>
       </c>
       <c r="F269" s="6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="G269" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="270" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A270" s="4" t="s">
-        <v>1416</v>
+        <v>767</v>
       </c>
       <c r="B270" s="5" t="s">
-        <v>1417</v>
+        <v>768</v>
       </c>
       <c r="C270" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D270" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E270" s="5" t="s">
-        <v>1418</v>
+        <v>769</v>
       </c>
       <c r="F270" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G270" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="271" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A271" s="4" t="s">
+        <v>910</v>
+      </c>
+      <c r="B271" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="C271" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D271" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E271" s="5" t="s">
+        <v>912</v>
+      </c>
+      <c r="F271" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G271" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="272" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A272" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="B272" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="C272" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D272" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E272" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="F272" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G272" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="273" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A273" s="4" t="s">
+        <v>786</v>
+      </c>
+      <c r="B273" s="5" t="s">
+        <v>787</v>
+      </c>
+      <c r="C273" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D273" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E273" s="5" t="s">
+        <v>788</v>
+      </c>
+      <c r="F273" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G270" s="7">
-[...67 lines deleted...]
-      </c>
       <c r="G273" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="274" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A274" s="4" t="s">
-        <v>1628</v>
+        <v>794</v>
       </c>
       <c r="B274" s="5" t="s">
-        <v>1629</v>
+        <v>795</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E274" s="5" t="s">
-        <v>1630</v>
+        <v>796</v>
       </c>
       <c r="F274" s="6" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G274" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="275" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A275" s="4" t="s">
-        <v>1643</v>
+        <v>1376</v>
       </c>
       <c r="B275" s="5" t="s">
-        <v>1644</v>
+        <v>1377</v>
       </c>
       <c r="C275" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D275" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E275" s="5" t="s">
-        <v>1645</v>
+        <v>1378</v>
       </c>
       <c r="F275" s="6" t="s">
-        <v>236</v>
+        <v>206</v>
       </c>
       <c r="G275" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="276" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A276" s="4" t="s">
-        <v>1669</v>
+        <v>1216</v>
       </c>
       <c r="B276" s="5" t="s">
-        <v>1670</v>
+        <v>1217</v>
       </c>
       <c r="C276" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E276" s="5" t="s">
-        <v>1671</v>
+        <v>1218</v>
       </c>
       <c r="F276" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G276" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="277" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A277" s="4" t="s">
-        <v>1687</v>
+        <v>620</v>
       </c>
       <c r="B277" s="5" t="s">
-        <v>1688</v>
+        <v>621</v>
       </c>
       <c r="C277" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E277" s="5" t="s">
-        <v>1689</v>
+        <v>622</v>
       </c>
       <c r="F277" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G277" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="278" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A278" s="4" t="s">
-        <v>1723</v>
+        <v>770</v>
       </c>
       <c r="B278" s="5" t="s">
-        <v>1724</v>
+        <v>771</v>
       </c>
       <c r="C278" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D278" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E278" s="5" t="s">
-        <v>1725</v>
+        <v>772</v>
       </c>
       <c r="F278" s="6" t="s">
-        <v>1726</v>
+        <v>88</v>
       </c>
       <c r="G278" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="279" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A279" s="4" t="s">
-        <v>1790</v>
+        <v>1015</v>
       </c>
       <c r="B279" s="5" t="s">
-        <v>1791</v>
+        <v>1016</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>1792</v>
+        <v>1017</v>
       </c>
       <c r="F279" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G279" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="280" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A280" s="4" t="s">
-        <v>1796</v>
+        <v>913</v>
       </c>
       <c r="B280" s="5" t="s">
-        <v>1797</v>
+        <v>914</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D280" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E280" s="5" t="s">
-        <v>1798</v>
+        <v>915</v>
       </c>
       <c r="F280" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G280" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="281" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="281" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A281" s="4" t="s">
-        <v>1823</v>
+        <v>1436</v>
       </c>
       <c r="B281" s="5" t="s">
-        <v>1824</v>
+        <v>1437</v>
       </c>
       <c r="C281" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E281" s="5" t="s">
-        <v>1825</v>
+        <v>1438</v>
       </c>
       <c r="F281" s="6" t="s">
-        <v>263</v>
+        <v>1439</v>
       </c>
       <c r="G281" s="7">
         <v>45107</v>
       </c>
     </row>
+    <row r="282" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A282" s="4" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B282" s="5" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C282" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D282" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E282" s="5" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F282" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G282" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="283" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A283" s="4" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B283" s="5" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C283" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D283" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E283" s="5" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F283" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G283" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="284" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A284" s="4" t="s">
+        <v>374</v>
+      </c>
+      <c r="B284" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="C284" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D284" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E284" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="F284" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G284" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="285" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A285" s="4" t="s">
+        <v>535</v>
+      </c>
+      <c r="B285" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="C285" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D285" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E285" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="F285" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G285" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="286" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A286" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B286" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C286" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D286" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E286" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F286" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G286" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="287" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A287" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B287" s="5" t="s">
+        <v>583</v>
+      </c>
+      <c r="C287" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D287" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E287" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="F287" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G287" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="288" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A288" s="4" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C288" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D288" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E288" s="5" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F288" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="G288" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="289" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A289" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="B289" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C289" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D289" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E289" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="F289" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G289" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="290" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A290" s="4" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B290" s="5" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C290" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D290" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E290" s="5" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F290" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G290" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="291" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A291" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="B291" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="C291" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D291" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E291" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="F291" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G291" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="292" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A292" s="4" t="s">
+        <v>995</v>
+      </c>
+      <c r="B292" s="5" t="s">
+        <v>996</v>
+      </c>
+      <c r="C292" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D292" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E292" s="5" t="s">
+        <v>997</v>
+      </c>
+      <c r="F292" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G292" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="293" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A293" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="B293" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="C293" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D293" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E293" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="F293" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G293" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="294" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A294" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="B294" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="C294" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D294" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E294" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="F294" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="G294" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="295" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A295" s="4" t="s">
+        <v>672</v>
+      </c>
+      <c r="B295" s="5" t="s">
+        <v>673</v>
+      </c>
+      <c r="C295" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D295" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E295" s="5" t="s">
+        <v>674</v>
+      </c>
+      <c r="F295" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G295" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="296" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A296" s="4" t="s">
+        <v>901</v>
+      </c>
+      <c r="B296" s="5" t="s">
+        <v>902</v>
+      </c>
+      <c r="C296" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D296" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E296" s="5" t="s">
+        <v>903</v>
+      </c>
+      <c r="F296" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="G296" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="297" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A297" s="4" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B297" s="5" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C297" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D297" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E297" s="5" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F297" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G297" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="298" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A298" s="4" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B298" s="5" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C298" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D298" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E298" s="5" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F298" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G298" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A299" s="4" t="s">
+        <v>942</v>
+      </c>
+      <c r="B299" s="5" t="s">
+        <v>943</v>
+      </c>
+      <c r="C299" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D299" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E299" s="5" t="s">
+        <v>944</v>
+      </c>
+      <c r="F299" s="6" t="s">
+        <v>493</v>
+      </c>
+      <c r="G299" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="300" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A300" s="4" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B300" s="5" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C300" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D300" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E300" s="5" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F300" s="6" t="s">
+        <v>1144</v>
+      </c>
+      <c r="G300" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="301" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A301" s="4" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B301" s="5" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C301" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D301" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E301" s="5" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F301" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G301" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="302" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A302" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="B302" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="C302" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D302" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E302" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="F302" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G302" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="303" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A303" s="4" t="s">
+        <v>939</v>
+      </c>
+      <c r="B303" s="5" t="s">
+        <v>940</v>
+      </c>
+      <c r="C303" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D303" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E303" s="5" t="s">
+        <v>941</v>
+      </c>
+      <c r="F303" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G303" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="304" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A304" s="4" t="s">
+        <v>459</v>
+      </c>
+      <c r="B304" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="C304" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D304" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E304" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="F304" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G304" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="305" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A305" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="B305" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="C305" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D305" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E305" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="F305" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G305" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="306" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A306" s="4" t="s">
+        <v>483</v>
+      </c>
+      <c r="B306" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="C306" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D306" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E306" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="F306" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G306" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="307" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A307" s="4" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B307" s="5" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C307" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D307" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E307" s="5" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F307" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G307" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="308" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A308" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="B308" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="C308" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D308" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E308" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="F308" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G308" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="309" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A309" s="4" t="s">
+        <v>829</v>
+      </c>
+      <c r="B309" s="5" t="s">
+        <v>830</v>
+      </c>
+      <c r="C309" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D309" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E309" s="5" t="s">
+        <v>831</v>
+      </c>
+      <c r="F309" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G309" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="310" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A310" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="B310" s="5" t="s">
+        <v>249</v>
+      </c>
+      <c r="C310" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D310" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E310" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="F310" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G310" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="311" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A311" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="B311" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="C311" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D311" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E311" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="F311" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G311" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="312" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A312" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="B312" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="C312" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D312" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E312" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="F312" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G312" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="313" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A313" s="4" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B313" s="5" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C313" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D313" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E313" s="5" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F313" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G313" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="314" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A314" s="4" t="s">
+        <v>538</v>
+      </c>
+      <c r="B314" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="C314" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D314" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E314" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="F314" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="G314" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="315" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A315" s="4" t="s">
+        <v>741</v>
+      </c>
+      <c r="B315" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="C315" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D315" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E315" s="5" t="s">
+        <v>743</v>
+      </c>
+      <c r="F315" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G315" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="316" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A316" s="4" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B316" s="5" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C316" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D316" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E316" s="5" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F316" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G316" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="317" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A317" s="4" t="s">
+        <v>783</v>
+      </c>
+      <c r="B317" s="5" t="s">
+        <v>784</v>
+      </c>
+      <c r="C317" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D317" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E317" s="5" t="s">
+        <v>785</v>
+      </c>
+      <c r="F317" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G317" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="318" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A318" s="4" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B318" s="5" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C318" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D318" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E318" s="5" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F318" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="G318" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="319" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A319" s="4" t="s">
+        <v>614</v>
+      </c>
+      <c r="B319" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="C319" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D319" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E319" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="F319" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G319" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="320" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A320" s="4" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B320" s="5" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C320" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D320" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E320" s="5" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F320" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G320" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="321" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A321" s="4" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B321" s="5" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C321" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D321" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E321" s="5" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F321" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G321" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="322" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A322" s="4" t="s">
+        <v>926</v>
+      </c>
+      <c r="B322" s="5" t="s">
+        <v>927</v>
+      </c>
+      <c r="C322" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D322" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E322" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="F322" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G322" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="323" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A323" s="4" t="s">
+        <v>919</v>
+      </c>
+      <c r="B323" s="5" t="s">
+        <v>920</v>
+      </c>
+      <c r="C323" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D323" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E323" s="5" t="s">
+        <v>921</v>
+      </c>
+      <c r="F323" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G323" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="324" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A324" s="4" t="s">
+        <v>807</v>
+      </c>
+      <c r="B324" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="C324" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D324" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E324" s="5" t="s">
+        <v>809</v>
+      </c>
+      <c r="F324" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G324" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="325" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A325" s="4" t="s">
+        <v>735</v>
+      </c>
+      <c r="B325" s="5" t="s">
+        <v>736</v>
+      </c>
+      <c r="C325" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D325" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E325" s="5" t="s">
+        <v>737</v>
+      </c>
+      <c r="F325" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="G325" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="326" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A326" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B326" s="5" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C326" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D326" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E326" s="5" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F326" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G326" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="327" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A327" s="4" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B327" s="5" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C327" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D327" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E327" s="5" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F327" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G327" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="328" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A328" s="4" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B328" s="5" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C328" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D328" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E328" s="5" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F328" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G328" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="329" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A329" s="4" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B329" s="5" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C329" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D329" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E329" s="5" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F329" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G329" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="330" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A330" s="4" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B330" s="5" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C330" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D330" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E330" s="5" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F330" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G330" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="331" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A331" s="4" t="s">
+        <v>702</v>
+      </c>
+      <c r="B331" s="5" t="s">
+        <v>703</v>
+      </c>
+      <c r="C331" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D331" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E331" s="5" t="s">
+        <v>704</v>
+      </c>
+      <c r="F331" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G331" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="332" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A332" s="4" t="s">
+        <v>964</v>
+      </c>
+      <c r="B332" s="5" t="s">
+        <v>965</v>
+      </c>
+      <c r="C332" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D332" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E332" s="5" t="s">
+        <v>966</v>
+      </c>
+      <c r="F332" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G332" s="7">
+        <v>44012</v>
+      </c>
+    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A1:G281">
-[...1 lines deleted...]
-  </sortState>
   <hyperlinks>
-    <hyperlink ref="A17" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44372" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
-[...278 lines deleted...]
-    <hyperlink ref="A281" r:id="rId280" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33598" xr:uid="{00000000-0004-0000-0100-000017010000}"/>
+    <hyperlink ref="A143" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44372" xr:uid="{B1110BE4-F505-4006-93E5-C35D5DB32989}"/>
+    <hyperlink ref="A159" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44388" xr:uid="{40058E98-2451-49B4-B04A-50F1DF13A2A8}"/>
+    <hyperlink ref="A269" r:id="rId3" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44427" xr:uid="{253D1002-E539-40AA-A551-7779C3D544C4}"/>
+    <hyperlink ref="A18" r:id="rId4" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44430" xr:uid="{07B75DF9-5686-463B-98FE-1BDDD9BB6AFD}"/>
+    <hyperlink ref="A286" r:id="rId5" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44433" xr:uid="{41512681-6823-45E9-8FEB-18CC7545CB61}"/>
+    <hyperlink ref="A28" r:id="rId6" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44434" xr:uid="{02B09CB3-2A17-4E7A-9060-348026B07EB5}"/>
+    <hyperlink ref="A111" r:id="rId7" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44435" xr:uid="{7D8276BD-B80D-490B-913A-28DC0815324D}"/>
+    <hyperlink ref="A51" r:id="rId8" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44444" xr:uid="{8F694241-E273-43DF-AE37-249F3772B808}"/>
+    <hyperlink ref="A289" r:id="rId9" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44449" xr:uid="{88C9FAF3-DAE7-4637-AC9B-C591F6AE024D}"/>
+    <hyperlink ref="A232" r:id="rId10" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44450" xr:uid="{6D3C6643-F76B-4323-B2EE-F85A1407B590}"/>
+    <hyperlink ref="A116" r:id="rId11" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44455" xr:uid="{0DB2A9AF-40F8-473E-BAD8-4A0C0B084403}"/>
+    <hyperlink ref="A65" r:id="rId12" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44474" xr:uid="{E81A19B7-BA88-42D3-B15E-A3F1925DCC77}"/>
+    <hyperlink ref="A183" r:id="rId13" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44495" xr:uid="{CBDB4A93-A286-4ADD-9713-B347A60358A2}"/>
+    <hyperlink ref="A231" r:id="rId14" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44498" xr:uid="{2FD3E56F-916C-4CF5-BF13-E370ED4CA54D}"/>
+    <hyperlink ref="A77" r:id="rId15" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44510" xr:uid="{353A8278-5106-414A-B1A4-E8C84A0C77BC}"/>
+    <hyperlink ref="A4" r:id="rId16" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44511" xr:uid="{DD67BD16-B514-465E-9562-4ADA712375A8}"/>
+    <hyperlink ref="A57" r:id="rId17" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44512" xr:uid="{1B0D473F-7282-43B3-B5C5-8F6770CBE568}"/>
+    <hyperlink ref="A152" r:id="rId18" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44519" xr:uid="{54E87EC4-7666-41E2-95DC-BA36E6C89BB6}"/>
+    <hyperlink ref="A124" r:id="rId19" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44521" xr:uid="{5A4A28DF-0340-449B-8441-0FA61B5DC06C}"/>
+    <hyperlink ref="A71" r:id="rId20" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44529" xr:uid="{909EBB3D-20A9-4C03-8793-B24D4D2B3967}"/>
+    <hyperlink ref="A29" r:id="rId21" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44542" xr:uid="{4B46E092-AA55-4444-9B21-EC9C0876E077}"/>
+    <hyperlink ref="A68" r:id="rId22" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44548" xr:uid="{D0FCCDC2-EEC3-43EC-8367-53197E4F1987}"/>
+    <hyperlink ref="A92" r:id="rId23" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44549" xr:uid="{6BC439B2-B4EA-4ECE-99E1-16A539A540D9}"/>
+    <hyperlink ref="A72" r:id="rId24" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44556" xr:uid="{B8D06FAD-29DE-40B6-A0E0-D38A70FD00DF}"/>
+    <hyperlink ref="A106" r:id="rId25" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44557" xr:uid="{EF76719C-FAAD-4398-B262-998E737F3758}"/>
+    <hyperlink ref="A291" r:id="rId26" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44565" xr:uid="{6D4619D7-F89D-4814-A913-25CA5C062BB0}"/>
+    <hyperlink ref="A104" r:id="rId27" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44570" xr:uid="{61190B6C-515D-4584-97C4-E8012B7027C9}"/>
+    <hyperlink ref="A120" r:id="rId28" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44571" xr:uid="{9E420807-D643-4B30-B66D-2A93C24670B7}"/>
+    <hyperlink ref="A121" r:id="rId29" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44574" xr:uid="{75E7BE38-3A66-4417-9F37-2B39850181C0}"/>
+    <hyperlink ref="A95" r:id="rId30" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44616" xr:uid="{075D6130-D72B-4934-BD4D-7DC17894692B}"/>
+    <hyperlink ref="A54" r:id="rId31" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44620" xr:uid="{FD6630D4-3E58-460A-AC56-AE1801D41000}"/>
+    <hyperlink ref="A85" r:id="rId32" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44621" xr:uid="{D819B92C-E884-45DC-A1CF-9B577CBC2751}"/>
+    <hyperlink ref="A126" r:id="rId33" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44635" xr:uid="{23431130-9151-4E38-89B5-32D5A2474B96}"/>
+    <hyperlink ref="A69" r:id="rId34" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44638" xr:uid="{6EC511FF-A785-4C6C-AF4A-06E029DF31E7}"/>
+    <hyperlink ref="A47" r:id="rId35" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44647" xr:uid="{42BB97BB-4EBE-4EF5-AB3A-73C1B75DC787}"/>
+    <hyperlink ref="A67" r:id="rId36" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44648" xr:uid="{88B42536-5955-4EA2-A9F0-5F716324A603}"/>
+    <hyperlink ref="A46" r:id="rId37" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44649" xr:uid="{86519EB6-3863-4B60-9AE1-E7B74AD361CF}"/>
+    <hyperlink ref="A150" r:id="rId38" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44650" xr:uid="{BAFBA591-ED0A-4A21-88B9-D607BD84EDE7}"/>
+    <hyperlink ref="A53" r:id="rId39" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44652" xr:uid="{B27D3A26-235D-4898-A6B3-2E04BADBB639}"/>
+    <hyperlink ref="A82" r:id="rId40" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44660" xr:uid="{AED25E1B-C9E9-4DE4-89FC-58EA0D928BED}"/>
+    <hyperlink ref="A265" r:id="rId41" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44661" xr:uid="{220D9C0A-2E14-4533-A044-367460174748}"/>
+    <hyperlink ref="A34" r:id="rId42" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44663" xr:uid="{47008EA8-636B-4A89-82F9-A1F1367C5F83}"/>
+    <hyperlink ref="A302" r:id="rId43" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44701" xr:uid="{D44E086E-236F-47B4-B2A9-9CB2AFED04A1}"/>
+    <hyperlink ref="A7" r:id="rId44" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44707" xr:uid="{3183373C-4CD8-4AAD-8595-BFB27A5857DE}"/>
+    <hyperlink ref="A311" r:id="rId45" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44717" xr:uid="{1401DAB6-5350-46B0-803A-2B0D40D727D2}"/>
+    <hyperlink ref="A27" r:id="rId46" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44718" xr:uid="{1D2DB55F-DE75-4E3D-A498-B8131130AC74}"/>
+    <hyperlink ref="A122" r:id="rId47" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44771" xr:uid="{178F6D6E-D589-4F5B-8835-B2B3A6DF6424}"/>
+    <hyperlink ref="A26" r:id="rId48" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44775" xr:uid="{2A31EC8D-9F8D-40C3-AF2D-AC7968FCFED8}"/>
+    <hyperlink ref="A310" r:id="rId49" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44854" xr:uid="{B66023F7-3951-4726-AEE9-FEEF50F3093C}"/>
+    <hyperlink ref="A45" r:id="rId50" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44888" xr:uid="{259DE808-DD56-43E3-AE61-022541382169}"/>
+    <hyperlink ref="A312" r:id="rId51" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44896" xr:uid="{33194A66-746E-4DD2-9A83-504077E42E6A}"/>
+    <hyperlink ref="A149" r:id="rId52" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44902" xr:uid="{3DCB8FB3-D03E-4E62-AB61-EEF4C9462B97}"/>
+    <hyperlink ref="A194" r:id="rId53" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44912" xr:uid="{1C963803-6DAA-4854-991A-E680FEF6C37A}"/>
+    <hyperlink ref="A209" r:id="rId54" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44920" xr:uid="{3AFB89B4-1434-47B7-B452-C4D4D3F764BC}"/>
+    <hyperlink ref="A127" r:id="rId55" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44922" xr:uid="{CA44DDA2-5BA0-4061-9724-BE6B5D191FEE}"/>
+    <hyperlink ref="A105" r:id="rId56" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44936" xr:uid="{9DD48C19-2920-4A52-A0F9-9F8E72E25ACD}"/>
+    <hyperlink ref="A305" r:id="rId57" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44947" xr:uid="{3D396F44-F082-4438-A558-15FAEF2A1206}"/>
+    <hyperlink ref="A88" r:id="rId58" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44948" xr:uid="{1F32F66B-FD34-4154-AD39-5C99E53DC277}"/>
+    <hyperlink ref="A89" r:id="rId59" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44971" xr:uid="{3A6B6774-4FD9-46D6-8F78-A8366059D056}"/>
+    <hyperlink ref="A186" r:id="rId60" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44973" xr:uid="{5C4992C0-7A7D-4BE2-9807-FAA0293215AD}"/>
+    <hyperlink ref="A182" r:id="rId61" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44974" xr:uid="{25004BCF-0CE3-4B52-A9E1-FABC56A98198}"/>
+    <hyperlink ref="A171" r:id="rId62" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44986" xr:uid="{DABEAD6E-E6CF-412B-BF95-6B3F58E9BB77}"/>
+    <hyperlink ref="A133" r:id="rId63" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44987" xr:uid="{02DF9AE9-6AAD-4A6C-99A8-D2147D2917D6}"/>
+    <hyperlink ref="A63" r:id="rId64" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45002" xr:uid="{B7953459-1CDD-4186-A958-F11B4C5563B3}"/>
+    <hyperlink ref="A308" r:id="rId65" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45019" xr:uid="{E1C86233-82C7-41CD-BEF6-8680C03AB5D2}"/>
+    <hyperlink ref="A272" r:id="rId66" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45036" xr:uid="{6627848B-BFCD-438D-8FA4-6011C4A85F0B}"/>
+    <hyperlink ref="A294" r:id="rId67" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45062" xr:uid="{D87C5CCD-1528-4237-83FD-AEE2C1A5F419}"/>
+    <hyperlink ref="A84" r:id="rId68" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45064" xr:uid="{0A99181B-60CC-49CC-AFAA-8F2B0BF3AF6F}"/>
+    <hyperlink ref="A222" r:id="rId69" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45072" xr:uid="{BC6637BA-CC87-4762-B4C9-74F4686CF433}"/>
+    <hyperlink ref="A145" r:id="rId70" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45074" xr:uid="{693BADC4-BB80-49E0-BBE9-FF839ED0EA71}"/>
+    <hyperlink ref="A12" r:id="rId71" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45121" xr:uid="{5FCF781D-BBD2-4FCA-BF1B-B93D7EA0B2DF}"/>
+    <hyperlink ref="A64" r:id="rId72" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45126" xr:uid="{E9D407AB-3582-4862-854B-AF87489D4852}"/>
+    <hyperlink ref="A6" r:id="rId73" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45140" xr:uid="{15C58BD4-330E-4733-8D32-F5FE64DEF211}"/>
+    <hyperlink ref="A55" r:id="rId74" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45142" xr:uid="{A52BCCF9-9C78-4DE5-8F88-9774A0583B70}"/>
+    <hyperlink ref="A195" r:id="rId75" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45144" xr:uid="{ABAA9A74-D2EE-4B4A-8E64-725E2F9F52D5}"/>
+    <hyperlink ref="A293" r:id="rId76" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45153" xr:uid="{C5EA0E43-8E6B-453A-BBE0-3AD741636856}"/>
+    <hyperlink ref="A98" r:id="rId77" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45177" xr:uid="{83D4AE2E-9960-4A71-8A5B-2FE1BF7B0B5D}"/>
+    <hyperlink ref="A193" r:id="rId78" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45186" xr:uid="{BE8BA29F-1E79-489E-AEB6-40D9150DFF48}"/>
+    <hyperlink ref="A260" r:id="rId79" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45187" xr:uid="{8F329B6D-2DE4-4884-A458-1E442827DCFB}"/>
+    <hyperlink ref="A2" r:id="rId80" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45204" xr:uid="{70964721-C214-42DE-BD3A-517243D3BA58}"/>
+    <hyperlink ref="A284" r:id="rId81" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45220" xr:uid="{73B505A5-00AB-4022-A310-E497F5CE287B}"/>
+    <hyperlink ref="A74" r:id="rId82" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45224" xr:uid="{2445A6C8-BDD8-4E7A-9396-0D13BC7C5A2F}"/>
+    <hyperlink ref="A30" r:id="rId83" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45242" xr:uid="{957131DE-C723-448D-896F-A59EE6A68E35}"/>
+    <hyperlink ref="A228" r:id="rId84" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45243" xr:uid="{385181E1-0E85-46A5-8570-0D25F54FC867}"/>
+    <hyperlink ref="A94" r:id="rId85" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45255" xr:uid="{C5142862-3EEA-4084-B2A1-F9EF7F784CEE}"/>
+    <hyperlink ref="A62" r:id="rId86" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45262" xr:uid="{8E5D938D-CDA4-4078-8EB5-70AB2186E1E2}"/>
+    <hyperlink ref="A22" r:id="rId87" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45263" xr:uid="{8286C438-AAD3-4B57-9B79-C201CE8421CE}"/>
+    <hyperlink ref="A139" r:id="rId88" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45273" xr:uid="{606CF93E-923E-4ED4-B4DC-CCBC92DD48EC}"/>
+    <hyperlink ref="A25" r:id="rId89" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45286" xr:uid="{4978D8ED-1D94-4F7A-9423-FA558699826D}"/>
+    <hyperlink ref="A60" r:id="rId90" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45336" xr:uid="{A946E82C-9D90-4DFC-9460-954C621B2595}"/>
+    <hyperlink ref="A5" r:id="rId91" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45339" xr:uid="{50852B97-9623-40D2-AC19-81685EECA89F}"/>
+    <hyperlink ref="A109" r:id="rId92" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45344" xr:uid="{95A486D1-AE87-4CD9-97B7-EFAAB7CF7DDB}"/>
+    <hyperlink ref="A238" r:id="rId93" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45346" xr:uid="{E4BE6435-E164-4248-B93A-A8126DF6263A}"/>
+    <hyperlink ref="A107" r:id="rId94" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45351" xr:uid="{10438413-84C2-4C90-8FB8-DC0A5787074C}"/>
+    <hyperlink ref="A135" r:id="rId95" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45353" xr:uid="{98873AD8-1649-44AA-9644-38F18DC795BC}"/>
+    <hyperlink ref="A206" r:id="rId96" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45360" xr:uid="{B61AA8D6-A975-4CF1-B0D8-D175E59C3592}"/>
+    <hyperlink ref="A223" r:id="rId97" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45373" xr:uid="{8BC1127B-2B8A-4A97-A6A0-3FD907E0EAE4}"/>
+    <hyperlink ref="A36" r:id="rId98" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45374" xr:uid="{C85D141A-1FA5-4F38-9833-13230AEDA187}"/>
+    <hyperlink ref="A79" r:id="rId99" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45375" xr:uid="{0340FDF6-CFB3-49B4-A7D3-B471CD3346A3}"/>
+    <hyperlink ref="A304" r:id="rId100" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45383" xr:uid="{77CA44E5-9710-4B2B-916D-046083E052F9}"/>
+    <hyperlink ref="A80" r:id="rId101" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45388" xr:uid="{45AD8673-C1C9-4B42-B002-D60BAFD36EB9}"/>
+    <hyperlink ref="A118" r:id="rId102" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45390" xr:uid="{E4610511-0FA6-457B-A213-A880C9E5FE56}"/>
+    <hyperlink ref="A66" r:id="rId103" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45393" xr:uid="{35363E1B-BA93-4A54-8091-87BEF56942DD}"/>
+    <hyperlink ref="A119" r:id="rId104" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45397" xr:uid="{6720899A-E515-4000-8C75-9FEBE462A840}"/>
+    <hyperlink ref="A31" r:id="rId105" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45399" xr:uid="{F8CB6B91-F500-4E4B-9159-F5F664304283}"/>
+    <hyperlink ref="A166" r:id="rId106" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45421" xr:uid="{9A96394F-0560-4E5B-8501-D2B53DB7F68E}"/>
+    <hyperlink ref="A306" r:id="rId107" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45423" xr:uid="{83740551-E525-4C3F-A689-C1DF7E560F5C}"/>
+    <hyperlink ref="A49" r:id="rId108" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45434" xr:uid="{EFF8FB3F-BD81-46F3-BB97-13DEEAB16E79}"/>
+    <hyperlink ref="A246" r:id="rId109" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45437" xr:uid="{328B28BB-4CE1-419B-B0FD-89CF4EC59535}"/>
+    <hyperlink ref="A102" r:id="rId110" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45441" xr:uid="{418BC4FB-C30A-4E97-B4C1-C39F09F782D4}"/>
+    <hyperlink ref="A224" r:id="rId111" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45443" xr:uid="{A63DA324-10A5-4F08-A7B8-5B23918497C1}"/>
+    <hyperlink ref="A52" r:id="rId112" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45448" xr:uid="{43978669-3F84-41DC-8520-79DABB21B212}"/>
+    <hyperlink ref="A241" r:id="rId113" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45456" xr:uid="{9E2EF904-3CFE-4B62-88D1-DAF2327AE908}"/>
+    <hyperlink ref="A203" r:id="rId114" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45457" xr:uid="{1E11B1EA-7A39-4CF3-AD72-4556F6C6ADFB}"/>
+    <hyperlink ref="A24" r:id="rId115" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45458" xr:uid="{A4C8B1C9-0171-4442-A4B7-11F139EB94B9}"/>
+    <hyperlink ref="A251" r:id="rId116" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45466" xr:uid="{49F2B32E-3752-4AFB-9DDB-844DEA6E4E45}"/>
+    <hyperlink ref="A78" r:id="rId117" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45468" xr:uid="{7D16524F-5B38-46BB-B0CC-3F6EDCD12E96}"/>
+    <hyperlink ref="A123" r:id="rId118" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45471" xr:uid="{D24BB295-12C1-4942-96B4-4853126D4962}"/>
+    <hyperlink ref="A151" r:id="rId119" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45513" xr:uid="{77DBC535-2DBA-426F-A76A-4D78A09117A7}"/>
+    <hyperlink ref="A148" r:id="rId120" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45514" xr:uid="{C0D0E0D2-C13B-40E5-9E87-0EE76E488CFB}"/>
+    <hyperlink ref="A285" r:id="rId121" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45515" xr:uid="{3A447333-5DF9-49E9-9FCE-1396D9E9588F}"/>
+    <hyperlink ref="A314" r:id="rId122" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45521" xr:uid="{2BCEAE82-40DE-43C9-97C3-3835B82D2702}"/>
+    <hyperlink ref="A213" r:id="rId123" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45523" xr:uid="{55DAB653-073B-41B5-A48A-352E16C769F0}"/>
+    <hyperlink ref="A15" r:id="rId124" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45561" xr:uid="{58DE569C-8F39-49DF-8770-18C17BD5F552}"/>
+    <hyperlink ref="A131" r:id="rId125" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45569" xr:uid="{48122928-8038-4139-A0FE-2574DA8C7F33}"/>
+    <hyperlink ref="A13" r:id="rId126" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45589" xr:uid="{22E75FEA-BC72-4E45-98E9-816F53442F08}"/>
+    <hyperlink ref="A75" r:id="rId127" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45598" xr:uid="{6F7258DC-29BF-4EB3-B4E6-6666A32D43A6}"/>
+    <hyperlink ref="A73" r:id="rId128" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45635" xr:uid="{863158C1-CDB5-4FDE-8561-A7BA2F744FAC}"/>
+    <hyperlink ref="A137" r:id="rId129" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45773" xr:uid="{F146F129-232A-41C5-BABD-6BD1DAF81F39}"/>
+    <hyperlink ref="A14" r:id="rId130" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45788" xr:uid="{6E8D9909-ECC2-42AC-A44A-E03FB9ECC62B}"/>
+    <hyperlink ref="A287" r:id="rId131" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45789" xr:uid="{3AF310E9-3780-4850-899F-A0ECD4FC411A}"/>
+    <hyperlink ref="A249" r:id="rId132" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45798" xr:uid="{DD483B10-E780-4ED9-8E23-0F78FFBE13E3}"/>
+    <hyperlink ref="A70" r:id="rId133" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45878" xr:uid="{766F02C0-4708-47CB-888D-3FF55255EAD5}"/>
+    <hyperlink ref="A140" r:id="rId134" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45955" xr:uid="{0BAF3E81-2CBE-43C6-A93D-4889B1BFE8FF}"/>
+    <hyperlink ref="A35" r:id="rId135" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46015" xr:uid="{448E736F-6D04-48B9-83F0-0FB2522F2AEE}"/>
+    <hyperlink ref="A20" r:id="rId136" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46293" xr:uid="{CF43D92F-B6EF-40B7-81A4-BFBD5C8F66B9}"/>
+    <hyperlink ref="A147" r:id="rId137" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46295" xr:uid="{ED53FB80-7B10-4FC1-A55B-752C4625B54A}"/>
+    <hyperlink ref="A50" r:id="rId138" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46307" xr:uid="{29F0BD69-588B-48E8-9982-4BB39341A63B}"/>
+    <hyperlink ref="A319" r:id="rId139" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46312" xr:uid="{84021882-11CC-41B0-AC66-7409176399C0}"/>
+    <hyperlink ref="A277" r:id="rId140" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46645" xr:uid="{C0012CF4-1381-440A-9BFF-9A21E080AA17}"/>
+    <hyperlink ref="A255" r:id="rId141" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46653" xr:uid="{C1832666-3C58-4B84-9406-787BE3278904}"/>
+    <hyperlink ref="A115" r:id="rId142" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46654" xr:uid="{EE58D257-91D1-4458-8380-483497FE8EC1}"/>
+    <hyperlink ref="A239" r:id="rId143" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46701" xr:uid="{CC9E4D34-8664-43EB-B6DD-111163CB37A0}"/>
+    <hyperlink ref="A179" r:id="rId144" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46703" xr:uid="{21813F02-DA32-4F7C-B05D-79D7FCBF0153}"/>
+    <hyperlink ref="A42" r:id="rId145" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46735" xr:uid="{8FCA5ABD-8EC7-4958-84DC-ED487DFB6A8C}"/>
+    <hyperlink ref="A184" r:id="rId146" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46773" xr:uid="{C8197D91-0919-4155-B77A-329B65F9C0A8}"/>
+    <hyperlink ref="A250" r:id="rId147" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46775" xr:uid="{7EF6F860-4863-43CF-A5FF-57146EE44B37}"/>
+    <hyperlink ref="A43" r:id="rId148" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46943" xr:uid="{FCF8F542-2257-496D-B389-5BEFB421640A}"/>
+    <hyperlink ref="A90" r:id="rId149" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46945" xr:uid="{0402C69F-62D2-4317-829F-D038F71839A2}"/>
+    <hyperlink ref="A142" r:id="rId150" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46946" xr:uid="{D4829682-4CFD-48EE-844A-C70F318D1B02}"/>
+    <hyperlink ref="A229" r:id="rId151" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47067" xr:uid="{D4A04674-B3AC-484E-9B3D-F73589B72536}"/>
+    <hyperlink ref="A113" r:id="rId152" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47068" xr:uid="{54C3F6A3-E06C-4208-95F6-77CD9B255A74}"/>
+    <hyperlink ref="A41" r:id="rId153" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47069" xr:uid="{EB1F29F4-D6B7-48CC-8666-5957837816E0}"/>
+    <hyperlink ref="A129" r:id="rId154" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47123" xr:uid="{4BC89D03-2C4D-46CB-ABB1-60F27DE22F43}"/>
+    <hyperlink ref="A295" r:id="rId155" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47177" xr:uid="{9DE983B1-3E08-45D6-BE01-A8859BE1515D}"/>
+    <hyperlink ref="A268" r:id="rId156" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47179" xr:uid="{9059528E-8E41-4D79-97E0-99D0230D2735}"/>
+    <hyperlink ref="A264" r:id="rId157" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47181" xr:uid="{2A5F0333-D11D-453B-8665-78E54B19FACC}"/>
+    <hyperlink ref="A188" r:id="rId158" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47345" xr:uid="{19FFBFC9-6A35-47D6-8E57-261C41D0BBD6}"/>
+    <hyperlink ref="A44" r:id="rId159" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47346" xr:uid="{1DE46F55-4A40-49AA-937C-87C212BFCFEB}"/>
+    <hyperlink ref="A21" r:id="rId160" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47348" xr:uid="{F9B145BE-236D-425B-9005-FBD2A3F32449}"/>
+    <hyperlink ref="A157" r:id="rId161" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47350" xr:uid="{DAC28C2D-3B3E-466F-9C86-7F74FD805D0A}"/>
+    <hyperlink ref="A138" r:id="rId162" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47353" xr:uid="{7B7A0FF2-82D1-4DA8-9DE8-C31BBED9CFD3}"/>
+    <hyperlink ref="A331" r:id="rId163" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47655" xr:uid="{31C2C531-678F-45A3-8216-18F72E43B498}"/>
+    <hyperlink ref="A155" r:id="rId164" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47656" xr:uid="{A19A3F9A-6207-4BDB-9EA4-A5764AC4AD8F}"/>
+    <hyperlink ref="A165" r:id="rId165" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47657" xr:uid="{D4587231-6D6D-41BF-BA86-5A9AF64BFEED}"/>
+    <hyperlink ref="A227" r:id="rId166" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47658" xr:uid="{67593776-3CF7-4D5A-8E9A-1706D728C5DD}"/>
+    <hyperlink ref="A76" r:id="rId167" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47659" xr:uid="{DE5BFA57-FEF3-4EAC-A6E5-CD1E72F3656E}"/>
+    <hyperlink ref="A56" r:id="rId168" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47773" xr:uid="{513186AA-961F-48A1-A2E0-825CF068C415}"/>
+    <hyperlink ref="A114" r:id="rId169" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47896" xr:uid="{2951C140-0024-4984-BBF1-8D40605DB833}"/>
+    <hyperlink ref="A248" r:id="rId170" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47897" xr:uid="{6DBFD4F6-11ED-484F-9EBC-39DC0D2D225C}"/>
+    <hyperlink ref="A8" r:id="rId171" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47900" xr:uid="{1DF0BB50-0389-473C-BEA8-9885F752A1D0}"/>
+    <hyperlink ref="A262" r:id="rId172" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47929" xr:uid="{2E5F89B0-0238-461E-A7A6-C7A2711F6863}"/>
+    <hyperlink ref="A325" r:id="rId173" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47968" xr:uid="{1A1AADEB-7877-4767-A7E0-9C0E61FA6518}"/>
+    <hyperlink ref="A96" r:id="rId174" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47971" xr:uid="{1E5BE1E1-79D0-4B41-A583-4183AE945570}"/>
+    <hyperlink ref="A315" r:id="rId175" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47978" xr:uid="{D522A22D-C349-4C58-8157-C4C4CBFCA16C}"/>
+    <hyperlink ref="A97" r:id="rId176" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47979" xr:uid="{96FF0263-B7B8-4B76-A85B-7AFA16C71432}"/>
+    <hyperlink ref="A160" r:id="rId177" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47996" xr:uid="{E7EF69F4-A34A-44B2-A43C-F01FF5CAD96A}"/>
+    <hyperlink ref="A191" r:id="rId178" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56358" xr:uid="{15635BCF-E71C-424E-8785-940BB1751842}"/>
+    <hyperlink ref="A10" r:id="rId179" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47997" xr:uid="{B59D5EBB-D055-45C5-A445-B44AE4139194}"/>
+    <hyperlink ref="A199" r:id="rId180" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48002" xr:uid="{49F21683-E4B4-468F-8429-EB3AFA3B1FBD}"/>
+    <hyperlink ref="A112" r:id="rId181" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48015" xr:uid="{0D05743A-98E1-4C53-AA48-EA2C62B51473}"/>
+    <hyperlink ref="A11" r:id="rId182" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48022" xr:uid="{B1238908-A255-4A35-A3E6-0506B8D27019}"/>
+    <hyperlink ref="A38" r:id="rId183" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48110" xr:uid="{A3BFADA2-C98A-4914-A070-66CB2CB385B4}"/>
+    <hyperlink ref="A270" r:id="rId184" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48116" xr:uid="{34DFCABC-8EEB-44B7-A149-70E609549C90}"/>
+    <hyperlink ref="A278" r:id="rId185" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48118" xr:uid="{F8AEA9B8-9727-4677-A832-5B703D4F26DA}"/>
+    <hyperlink ref="A17" r:id="rId186" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48148" xr:uid="{F008675D-810F-4ACB-994D-9157342FFA12}"/>
+    <hyperlink ref="A59" r:id="rId187" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48149" xr:uid="{2BA87DD4-F16A-47F3-BEC1-90AEAFD84163}"/>
+    <hyperlink ref="A317" r:id="rId188" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48160" xr:uid="{AF645F30-40F8-46E0-81DE-24044C305268}"/>
+    <hyperlink ref="A273" r:id="rId189" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48187" xr:uid="{5D082C83-5FF1-49C7-B023-A3C9E486E661}"/>
+    <hyperlink ref="A146" r:id="rId190" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48235" xr:uid="{1AFD7454-9B14-4A98-B418-E00E2B3B3AF7}"/>
+    <hyperlink ref="A274" r:id="rId191" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48261" xr:uid="{60869A57-D828-4ECF-94C1-CB123AED126C}"/>
+    <hyperlink ref="A144" r:id="rId192" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48263" xr:uid="{0C32F12D-BF01-48FA-AD4A-F70D92EDE14E}"/>
+    <hyperlink ref="A130" r:id="rId193" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48270" xr:uid="{5C8C47EF-32A9-4FC1-8C8E-2003B1D46B22}"/>
+    <hyperlink ref="A324" r:id="rId194" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48289" xr:uid="{2F1440C9-AD17-4DC0-9764-AC40D2DBF9DA}"/>
+    <hyperlink ref="A58" r:id="rId195" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48294" xr:uid="{7F716467-162C-449A-97D5-05A21BF98499}"/>
+    <hyperlink ref="A101" r:id="rId196" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48303" xr:uid="{D7242FD7-807B-4FE8-BFE3-5C59B8B72C2F}"/>
+    <hyperlink ref="A259" r:id="rId197" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48326" xr:uid="{02808ED9-97FC-40AA-9B57-1529C78D3E5D}"/>
+    <hyperlink ref="A242" r:id="rId198" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48349" xr:uid="{FE356EA1-7E9A-457F-B3AD-92B954FEEDB8}"/>
+    <hyperlink ref="A141" r:id="rId199" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48372" xr:uid="{FB6F2074-45B2-4877-890E-FC12485E755C}"/>
+    <hyperlink ref="A309" r:id="rId200" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48377" xr:uid="{0D2B3B7F-F10B-4B59-93D5-C3C19CEBC930}"/>
+    <hyperlink ref="A86" r:id="rId201" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48426" xr:uid="{848B043D-1458-4961-9B2B-A3CA178FDA33}"/>
+    <hyperlink ref="A220" r:id="rId202" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48434" xr:uid="{1714B779-C88E-4B25-9969-6B113FA38D8C}"/>
+    <hyperlink ref="A61" r:id="rId203" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48443" xr:uid="{AE60BC2C-C928-438A-9C2D-D84D47E2DBC3}"/>
+    <hyperlink ref="A230" r:id="rId204" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48454" xr:uid="{C2AFC56C-1C7B-4572-A8BE-08A8627CE407}"/>
+    <hyperlink ref="A162" r:id="rId205" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48459" xr:uid="{2100F75B-BFE2-4CEB-BFB2-E0DCFE9E5101}"/>
+    <hyperlink ref="A83" r:id="rId206" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48488" xr:uid="{223270D9-1F26-49DF-ADA3-645985651E5E}"/>
+    <hyperlink ref="A156" r:id="rId207" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48513" xr:uid="{C1A4957F-649D-4E6D-8F8E-1CD461634015}"/>
+    <hyperlink ref="A247" r:id="rId208" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48536" xr:uid="{49872155-4CD3-4459-8B84-19996FBED799}"/>
+    <hyperlink ref="A236" r:id="rId209" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48561" xr:uid="{4C357EAF-9FB7-4CBB-B690-16A4A885AE4A}"/>
+    <hyperlink ref="A158" r:id="rId210" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48576" xr:uid="{84FF4CFB-4D0D-4CB2-BD18-AD450CCF2E93}"/>
+    <hyperlink ref="A181" r:id="rId211" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48606" xr:uid="{D28D407C-65D2-4DE3-A52A-4B8BA73CFB2C}"/>
+    <hyperlink ref="A164" r:id="rId212" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48664" xr:uid="{969FF595-E69A-45AE-8827-BFEF113A3679}"/>
+    <hyperlink ref="A128" r:id="rId213" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48666" xr:uid="{84F93CC8-A893-44B1-8A9C-2846264B2105}"/>
+    <hyperlink ref="A296" r:id="rId214" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48670" xr:uid="{EA6CFDBA-DFA5-4AB0-88CF-F23417710C6D}"/>
+    <hyperlink ref="A39" r:id="rId215" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48680" xr:uid="{191354BD-0330-4DDD-955A-B49C25B8E1C0}"/>
+    <hyperlink ref="A225" r:id="rId216" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48697" xr:uid="{E2F0FCF5-C92B-4E80-84F1-B0259D2A8AEF}"/>
+    <hyperlink ref="A271" r:id="rId217" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48701" xr:uid="{28C1B36F-C647-42BE-9D34-5FA699A6FC92}"/>
+    <hyperlink ref="A280" r:id="rId218" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48710" xr:uid="{518C85B3-5FC1-4987-80CD-695B8FFAA45F}"/>
+    <hyperlink ref="A81" r:id="rId219" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48773" xr:uid="{E9D271A0-5FF0-477A-BBA0-9F4CA3C4E74F}"/>
+    <hyperlink ref="A323" r:id="rId220" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48780" xr:uid="{4837D5F6-0419-4CC9-AD6C-5D7789AD965B}"/>
+    <hyperlink ref="A322" r:id="rId221" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48807" xr:uid="{8EAC91D3-E500-40DB-85B1-3AE9120D4DAA}"/>
+    <hyperlink ref="A256" r:id="rId222" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48814" xr:uid="{0325B366-4C92-49FC-AECE-AE40316DF5AD}"/>
+    <hyperlink ref="A177" r:id="rId223" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48830" xr:uid="{3B857788-1598-4AFE-AD87-F247B65BF5E1}"/>
+    <hyperlink ref="A261" r:id="rId224" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48849" xr:uid="{BC5DA2D4-D895-45AA-8EAF-7F9A208611CA}"/>
+    <hyperlink ref="A303" r:id="rId225" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48852" xr:uid="{6A846A88-D8FA-427F-AA75-F7FD64AA4502}"/>
+    <hyperlink ref="A299" r:id="rId226" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48863" xr:uid="{2518233F-14E1-4A04-A5C9-60EAE11A994F}"/>
+    <hyperlink ref="A235" r:id="rId227" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48871" xr:uid="{65787B58-F856-4303-8A44-5FC37CC54F80}"/>
+    <hyperlink ref="A332" r:id="rId228" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48886" xr:uid="{77F36611-0039-4A03-9564-31B292A1D9FE}"/>
+    <hyperlink ref="A167" r:id="rId229" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48899" xr:uid="{B9403FF3-B32F-45AC-888D-DDA8D0760F69}"/>
+    <hyperlink ref="A253" r:id="rId230" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48909" xr:uid="{91F8805C-09FF-49FB-B967-8E15B01AE3E4}"/>
+    <hyperlink ref="A37" r:id="rId231" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48941" xr:uid="{30D70E2A-0DB7-4B42-8CD7-F24C255CC580}"/>
+    <hyperlink ref="A243" r:id="rId232" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49041" xr:uid="{97AFF9DE-65D3-443B-BF90-DC055EBBF726}"/>
+    <hyperlink ref="A292" r:id="rId233" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49055" xr:uid="{70817E9D-2815-4BFC-BDBC-41312C03F4E2}"/>
+    <hyperlink ref="A205" r:id="rId234" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49189" xr:uid="{F1EF6DE0-4783-4CB9-B822-ABF564B1953F}"/>
+    <hyperlink ref="A301" r:id="rId235" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55795" xr:uid="{7197D63D-3882-4943-A532-BD94B1BA52E8}"/>
+    <hyperlink ref="A134" r:id="rId236" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49366" xr:uid="{40468A85-7995-42E8-8F5C-B63F4EB54289}"/>
+    <hyperlink ref="A298" r:id="rId237" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49416" xr:uid="{757F3380-7FCF-4283-9E4B-4D6F12E878D6}"/>
+    <hyperlink ref="A279" r:id="rId238" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49444" xr:uid="{DA3F6EEA-8A00-422C-85EB-D52C22940952}"/>
+    <hyperlink ref="A217" r:id="rId239" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49449" xr:uid="{1BA40187-D838-43AA-BC4F-1B600507EB90}"/>
+    <hyperlink ref="A103" r:id="rId240" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49478" xr:uid="{A9A3E1B3-6C31-4F4C-8926-1D2EFE0560A0}"/>
+    <hyperlink ref="A40" r:id="rId241" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49481" xr:uid="{272D0903-66A1-434D-92F9-11ECF0947B80}"/>
+    <hyperlink ref="A93" r:id="rId242" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49499" xr:uid="{232024D3-B911-459F-A280-DBD3BECF3332}"/>
+    <hyperlink ref="A48" r:id="rId243" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49677" xr:uid="{00206450-7928-45C0-8CBD-63815659FA7C}"/>
+    <hyperlink ref="A110" r:id="rId244" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49822" xr:uid="{CDD40741-EE52-42D9-9E56-A6F031B695A4}"/>
+    <hyperlink ref="A254" r:id="rId245" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49959" xr:uid="{455D946C-A0B0-4EAB-AEE8-73C0F0D4C928}"/>
+    <hyperlink ref="A267" r:id="rId246" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49969" xr:uid="{3C5D2BA9-62CE-4F41-84F1-33828C02721F}"/>
+    <hyperlink ref="A91" r:id="rId247" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50015" xr:uid="{3EC4BAA8-45D2-4C18-BC24-44A7B5788A23}"/>
+    <hyperlink ref="A197" r:id="rId248" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50085" xr:uid="{D2D1CF99-1F8D-4452-8F42-912065916D12}"/>
+    <hyperlink ref="A3" r:id="rId249" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50093" xr:uid="{55AD1619-CC0A-4506-8B6F-2767F0A18527}"/>
+    <hyperlink ref="A257" r:id="rId250" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50206" xr:uid="{82D4E8E5-6FB1-4AA5-91AC-E8FB003526F0}"/>
+    <hyperlink ref="A288" r:id="rId251" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50319" xr:uid="{36A145C4-F584-4B00-95CC-0089DD3310A9}"/>
+    <hyperlink ref="A211" r:id="rId252" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50334" xr:uid="{3C91C0AC-5180-427C-AC4F-B32E8D1FE9C1}"/>
+    <hyperlink ref="A221" r:id="rId253" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50335" xr:uid="{4DAA282E-E932-4D28-B0E6-9CC7A0C1FE54}"/>
+    <hyperlink ref="A326" r:id="rId254" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50337" xr:uid="{A09EFB40-6ECB-40DF-852E-DC0125F31616}"/>
+    <hyperlink ref="A19" r:id="rId255" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50778" xr:uid="{C3A6201C-397D-42AA-A335-711EA028B3EA}"/>
+    <hyperlink ref="A234" r:id="rId256" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50822" xr:uid="{90301413-7166-44F1-B221-D2814E567D96}"/>
+    <hyperlink ref="A212" r:id="rId257" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50823" xr:uid="{3152242C-2E51-4791-9458-E78DE2CB737E}"/>
+    <hyperlink ref="A318" r:id="rId258" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51041" xr:uid="{B8B3EF5B-2372-44BD-9A9E-16A97648C46C}"/>
+    <hyperlink ref="A330" r:id="rId259" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51042" xr:uid="{6CA728D2-3060-40EE-BFF6-C5F7550DEE19}"/>
+    <hyperlink ref="A32" r:id="rId260" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51232" xr:uid="{F886CFED-9B2E-4ADF-93FE-8B6FC2BE25F9}"/>
+    <hyperlink ref="A178" r:id="rId261" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51334" xr:uid="{6D85EAA7-8EAE-4AB2-AF36-EE90A31C87F3}"/>
+    <hyperlink ref="A172" r:id="rId262" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51372" xr:uid="{839C7AB6-E7D9-41F7-988F-75FA8325FA93}"/>
+    <hyperlink ref="A132" r:id="rId263" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51459" xr:uid="{D074A175-CF81-4CE1-A78D-6AEF408ADEBF}"/>
+    <hyperlink ref="A136" r:id="rId264" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51566" xr:uid="{BE3575E2-7D29-411E-9D05-E26705075E7C}"/>
+    <hyperlink ref="A168" r:id="rId265" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51616" xr:uid="{EEF212CB-A26F-4E7A-B232-260AA283F313}"/>
+    <hyperlink ref="A316" r:id="rId266" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51621" xr:uid="{F8CB034F-55C5-43FA-86AB-27C310B12689}"/>
+    <hyperlink ref="A176" r:id="rId267" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51657" xr:uid="{DB15754F-3CBD-4B1E-B149-E10F9D8B71BA}"/>
+    <hyperlink ref="A173" r:id="rId268" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51699" xr:uid="{8AB3AAE2-2D38-4094-AD7F-7CDCBCF03074}"/>
+    <hyperlink ref="A327" r:id="rId269" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51700" xr:uid="{EAAD0F29-26F1-48A4-ADD2-A40981E60BA2}"/>
+    <hyperlink ref="A290" r:id="rId270" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51711" xr:uid="{35DC9D7F-E027-463E-A4AF-0B7A6AE0E826}"/>
+    <hyperlink ref="A117" r:id="rId271" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51811" xr:uid="{9273C775-2079-4628-BC32-E65A0718E4D7}"/>
+    <hyperlink ref="A300" r:id="rId272" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51835" xr:uid="{7BA7404F-8BD7-4DE3-93F1-A37ABF12510F}"/>
+    <hyperlink ref="A201" r:id="rId273" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51866" xr:uid="{3F7E5DE5-82A8-4157-92FD-CF069BB93FD4}"/>
+    <hyperlink ref="A258" r:id="rId274" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51928" xr:uid="{4EF599AA-B29B-4F2B-AA64-356D931AB9AB}"/>
+    <hyperlink ref="A320" r:id="rId275" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52109" xr:uid="{9BD17C4B-68BB-4ACC-A5C0-4FCE207661E0}"/>
+    <hyperlink ref="A313" r:id="rId276" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52173" xr:uid="{D07795B5-F4FF-4733-A2D1-BAFB71819C74}"/>
+    <hyperlink ref="A329" r:id="rId277" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52177" xr:uid="{4B3D5E9C-3B99-44DE-8A12-7EE8DA7D736D}"/>
+    <hyperlink ref="A276" r:id="rId278" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52262" xr:uid="{426EF1DB-BA3D-4E83-8D91-1BEF7262F308}"/>
+    <hyperlink ref="A192" r:id="rId279" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52371" xr:uid="{FA846B77-BC3B-49CE-9B38-A3F037E82D19}"/>
+    <hyperlink ref="A282" r:id="rId280" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52579" xr:uid="{3BFF9A29-91D4-4EB6-8B32-D2C0CA8F7EF3}"/>
+    <hyperlink ref="A16" r:id="rId281" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52759" xr:uid="{8683D9AC-9033-44E2-9183-7F7FB9CFAFA6}"/>
+    <hyperlink ref="A99" r:id="rId282" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52778" xr:uid="{90FF0950-6C64-4304-80D1-7F9652396A6F}"/>
+    <hyperlink ref="A244" r:id="rId283" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53019" xr:uid="{20841ECC-A949-44E6-8B9C-8972799814FF}"/>
+    <hyperlink ref="A33" r:id="rId284" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53079" xr:uid="{65F79131-C9D2-4AB7-8BC5-10D718057424}"/>
+    <hyperlink ref="A307" r:id="rId285" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53199" xr:uid="{542E6CFB-22FA-4441-B36F-60E349246A50}"/>
+    <hyperlink ref="A108" r:id="rId286" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55705" xr:uid="{DCA5BA7E-0829-43EF-B3C8-FAA839BE2B73}"/>
+    <hyperlink ref="A125" r:id="rId287" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53200" xr:uid="{256AE650-2FB2-4D8C-B178-F76149E2001C}"/>
+    <hyperlink ref="A196" r:id="rId288" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53729" xr:uid="{4EE3797E-C007-440C-A9ED-87384A4537C7}"/>
+    <hyperlink ref="A214" r:id="rId289" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53786" xr:uid="{1FE38D8E-9FCF-48B6-9C14-F763684F159C}"/>
+    <hyperlink ref="A266" r:id="rId290" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54123" xr:uid="{2E8563AB-5C6E-42BD-9F58-3F3BA4DBCD52}"/>
+    <hyperlink ref="A202" r:id="rId291" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54597" xr:uid="{26CD36BD-6CBD-4C21-9919-FAE9EE1722B1}"/>
+    <hyperlink ref="A321" r:id="rId292" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54638" xr:uid="{FFB799A9-BCA2-4AC1-94B4-8314B1D9FA97}"/>
+    <hyperlink ref="A154" r:id="rId293" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54639" xr:uid="{3F004CB5-60D9-4AA1-9D0B-D4EE3CFD9B31}"/>
+    <hyperlink ref="A87" r:id="rId294" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54777" xr:uid="{9B1B0C2B-DF87-401E-AAF4-2842314B6B05}"/>
+    <hyperlink ref="A263" r:id="rId295" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55349" xr:uid="{B9A4A3D1-113E-43F0-B007-E3A62B06CEC7}"/>
+    <hyperlink ref="A153" r:id="rId296" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55713" xr:uid="{E19C3773-5F7F-43D6-A2F2-496BF1BCDDE1}"/>
+    <hyperlink ref="A100" r:id="rId297" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55973" xr:uid="{5CEFC45B-6929-4851-8BFA-2013904183F4}"/>
+    <hyperlink ref="A233" r:id="rId298" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56624" xr:uid="{6F8E804C-8390-4ED8-94ED-AAAED10E9D60}"/>
+    <hyperlink ref="A200" r:id="rId299" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56717" xr:uid="{C37EB59F-B073-4B08-B19B-D659FFB21406}"/>
+    <hyperlink ref="A169" r:id="rId300" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57076" xr:uid="{A3548B25-55E2-41CB-AE1A-08B983214995}"/>
+    <hyperlink ref="A275" r:id="rId301" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57143" xr:uid="{4F7FFD97-C834-4BE5-B303-C1730D0E7045}"/>
+    <hyperlink ref="A283" r:id="rId302" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57211" xr:uid="{A4035C40-672A-4A9D-BD17-BBCFB99C2CD5}"/>
+    <hyperlink ref="A237" r:id="rId303" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57600" xr:uid="{C90DA4D1-DFD9-4EA7-A70E-2055578F5702}"/>
+    <hyperlink ref="A198" r:id="rId304" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58413" xr:uid="{AE049B48-A2ED-4AA3-8524-E157A1B02DF4}"/>
+    <hyperlink ref="A9" r:id="rId305" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58642" xr:uid="{90154D45-A206-4111-898A-550BF142D882}"/>
+    <hyperlink ref="A216" r:id="rId306" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59011" xr:uid="{D250557A-FD1A-45DB-8156-582708E2AFED}"/>
+    <hyperlink ref="A180" r:id="rId307" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59014" xr:uid="{E552BF67-1D3B-4D21-AAF2-4DFF0B4936E1}"/>
+    <hyperlink ref="A23" r:id="rId308" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59142" xr:uid="{CAC6B143-51D9-48F8-9C16-1171FC1FD83C}"/>
+    <hyperlink ref="A252" r:id="rId309" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59222" xr:uid="{B73F7504-A64A-436D-A3AF-1EA7382B24F5}"/>
+    <hyperlink ref="A281" r:id="rId310" display="C:\Users\amoore\Downloads\credView.asp?credidnt=34150" xr:uid="{798BE39B-BC31-44EC-83BE-C91F1A0D08AB}"/>
+    <hyperlink ref="A187" r:id="rId311" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33782" xr:uid="{376C9B36-EB56-4675-AFAE-BEB2D68FE276}"/>
+    <hyperlink ref="A204" r:id="rId312" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33759" xr:uid="{8F82D9FD-0531-434C-AED1-3730C0143212}"/>
+    <hyperlink ref="A207" r:id="rId313" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33565" xr:uid="{BBA1E451-0836-4FAF-AD3D-3349F4B927C2}"/>
+    <hyperlink ref="A297" r:id="rId314" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62926" xr:uid="{0AAB7ADC-2A30-4ACD-AEDB-BC95663304F3}"/>
+    <hyperlink ref="A185" r:id="rId315" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66230" xr:uid="{6B6FB9A0-5B29-4ED0-9EE0-A6E75D6F1B98}"/>
+    <hyperlink ref="A240" r:id="rId316" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33598" xr:uid="{41AC48DC-EE87-4F34-BA3F-35C108BE0B03}"/>
+    <hyperlink ref="A226" r:id="rId317" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33788" xr:uid="{FFE1AB77-C265-44A3-A5CC-1F97A9EE1B67}"/>
+    <hyperlink ref="A210" r:id="rId318" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33462" xr:uid="{0C3C07BF-0140-40FE-867E-941C0A1601C0}"/>
+    <hyperlink ref="A170" r:id="rId319" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65512" xr:uid="{A308CB97-EB4E-4F57-BC36-2C9536E8FAFD}"/>
+    <hyperlink ref="A174" r:id="rId320" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67580" xr:uid="{406BE39F-7854-438A-9BB6-D6F3DF40D38C}"/>
+    <hyperlink ref="A215" r:id="rId321" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68215" xr:uid="{1EC1AEDD-F3A3-4AA1-AD20-CFCC0B93EBC5}"/>
+    <hyperlink ref="A189" r:id="rId322" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67335" xr:uid="{5B0203D3-2BA6-4F30-A082-7EB26D603E3B}"/>
+    <hyperlink ref="A190" r:id="rId323" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71088" xr:uid="{8AC2FA3A-9E07-4F9F-B9E1-885F2F301E95}"/>
+    <hyperlink ref="A175" r:id="rId324" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68450" xr:uid="{32E0A7FE-0FF1-412F-8C03-C0BC5CA4AC3B}"/>
+    <hyperlink ref="A218" r:id="rId325" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66430" xr:uid="{56BE775B-1320-45AF-A0D9-0641DC9397E6}"/>
+    <hyperlink ref="A328" r:id="rId326" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65518" xr:uid="{13540382-841C-4F0D-8309-FBBF542629F5}"/>
+    <hyperlink ref="A219" r:id="rId327" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68039" xr:uid="{8799FF8F-A1CD-4FB3-9922-8DB9FBAE66AE}"/>
+    <hyperlink ref="A245" r:id="rId328" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76057" xr:uid="{76D99AAA-04B6-43A8-BF30-B420406543D9}"/>
+    <hyperlink ref="A208" r:id="rId329" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76993" xr:uid="{18672ABF-1B9F-4FE2-95FE-AC004B4D716F}"/>
+    <hyperlink ref="A163" r:id="rId330" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77116" xr:uid="{645ABCDE-6532-401A-B373-2D2E162EA631}"/>
+    <hyperlink ref="A161" r:id="rId331" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79988" xr:uid="{CDA6E370-B0EA-4B67-8C83-291C0C406A1C}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{359B7D27-DCFA-4CF6-8551-578905CDC58C}">
+  <dimension ref="A1:L3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:G1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="17.44140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="18.33203125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="43.77734375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="25.77734375" customWidth="1"/>
+    <col min="5" max="5" width="29.21875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="10.6640625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="9.33203125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="F2" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G2" s="7">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A3" s="9" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B3" s="10" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C3" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="10" t="s">
+        <v>1316</v>
+      </c>
+      <c r="E3" s="10" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F3" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" s="12">
+        <v>45473</v>
+      </c>
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="13"/>
+      <c r="L3" s="13"/>
+    </row>
+  </sheetData>
+  <hyperlinks>
+    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44826" xr:uid="{478BA74C-E801-44CB-A4C4-84DAFD0D8528}"/>
+    <hyperlink ref="A3" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54767" xr:uid="{F5D28C04-5B08-4060-BD7F-B121CD62BA72}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>CRRA- Expired &amp; Inactive Record</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>CRRA-Certified</vt:lpstr>
+      <vt:lpstr>CRRA-Expired &amp; Inactive</vt:lpstr>
+      <vt:lpstr>CRRA-Ethics</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>CRRA Report (December 2023)</dc:title>
+  <dc:title>Credential Roster</dc:title>
   <dc:creator>Aunalatice Moore</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>